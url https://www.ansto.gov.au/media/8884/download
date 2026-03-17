--- v0 (2025-12-01)
+++ v1 (2026-03-17)
@@ -1,1521 +1,2083 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9026"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B627D9" w:rsidRPr="00FA6204" w:rsidTr="0072201E">
+      <w:tr w:rsidR="00B627D9" w:rsidRPr="00FA6204" w14:paraId="5D8E20F4" w14:textId="77777777" w:rsidTr="00C10B74">
         <w:trPr>
-          <w:trHeight w:val="3119"/>
+          <w:trHeight w:val="2694"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00B627D9" w:rsidRDefault="00B627D9" w:rsidP="005E3049">
+          <w:p w14:paraId="5C66BD85" w14:textId="77777777" w:rsidR="00B627D9" w:rsidRDefault="00B627D9" w:rsidP="005E3049">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:caps/>
               </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_Hlk222756080"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
-          <w:p w:rsidR="00B627D9" w:rsidRDefault="0072201E" w:rsidP="005E3049">
+          <w:p w14:paraId="6C818E4D" w14:textId="77777777" w:rsidR="00B627D9" w:rsidRDefault="0072201E" w:rsidP="005E3049">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:caps/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:caps/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0859C847" wp14:editId="7764F740">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="14D620FA" wp14:editId="75BBCA25">
                   <wp:extent cx="3162300" cy="646404"/>
                   <wp:effectExtent l="0" t="0" r="0" b="1905"/>
                   <wp:docPr id="5" name="Picture 5"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="ANSTO-LOGO-Inline-Without-Tagline.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId8" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="3162300" cy="646404"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B627D9" w:rsidRDefault="00B627D9" w:rsidP="005E3049">
+          <w:p w14:paraId="413D0AE5" w14:textId="77777777" w:rsidR="00B627D9" w:rsidRDefault="00B627D9" w:rsidP="005E3049">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:caps/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00B627D9" w:rsidRDefault="0072201E" w:rsidP="005E3049">
+          <w:p w14:paraId="5DD7D4D2" w14:textId="77777777" w:rsidR="00B627D9" w:rsidRDefault="0072201E" w:rsidP="005E3049">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:caps/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:caps/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656704" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B48AC7F" wp14:editId="0E0E7D99">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656704" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4046D78A" wp14:editId="3A66332F">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
-                        <wp:posOffset>-276225</wp:posOffset>
+                        <wp:posOffset>-68580</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
-                        <wp:posOffset>142240</wp:posOffset>
+                        <wp:posOffset>142875</wp:posOffset>
                       </wp:positionV>
-                      <wp:extent cx="6286500" cy="609600"/>
+                      <wp:extent cx="5734050" cy="609600"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
                       <wp:docPr id="1" name="Rectangle 1"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
-                                <a:ext cx="6286500" cy="609600"/>
+                                <a:ext cx="5734050" cy="609600"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
                                 <a:schemeClr val="accent1"/>
                               </a:solidFill>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </wps:spPr>
                             <wps:style>
                               <a:lnRef idx="2">
                                 <a:schemeClr val="accent1">
                                   <a:shade val="50000"/>
                                 </a:schemeClr>
                               </a:lnRef>
                               <a:fillRef idx="1">
                                 <a:schemeClr val="accent1"/>
                               </a:fillRef>
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:rect w14:anchorId="3DA823EC" id="Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:-21.75pt;margin-top:11.2pt;width:495pt;height:48pt;z-index:251656704;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBW8ycahQIAAIgFAAAOAAAAZHJzL2Uyb0RvYy54bWysVG1P2zAQ/j5p/8Hy95G0gg4qUlSBmCYh&#10;QMDEZ+PYjSXH553dpt2v39lJw6s2adqX5M733Nvj852ebVvLNgqDAVfxyUHJmXISauNWFf/xcPnl&#10;mLMQhauFBacqvlOBny0+fzrt/FxNoQFbK2QUxIV55yvexOjnRRFko1oRDsArR0YN2IpIKq6KGkVH&#10;0VtbTMtyVnSAtUeQKgQ6veiNfJHja61kvNE6qMhsxam2mL+Yv0/pWyxOxXyFwjdGDmWIf6iiFcZR&#10;0jHUhYiCrdG8C9UaiRBAxwMJbQFaG6lyD9TNpHzTzX0jvMq9EDnBjzSF/xdWXm9ukZma7o4zJ1q6&#10;ojsiTbiVVWyS6Ol8mBPq3t/ioAUSU69bjW36UxdsmyndjZSqbWSSDmfT49lRScxLss3KkxnJFKZ4&#10;9vYY4jcFLUtCxZGyZybF5irEHrqHpGQBrKkvjbVZSWOizi2yjaALFlIqF3PVlOAV0rqEd5A8+6Dp&#10;pEjN9e1kKe6sSjjr7pQmVqiBaS4mz+P7RLmGRtSqz0+Nju2NHrnZHDChNeUfY0/+FLuvcsAnV5XH&#10;eXQu/+48euTM4OLo3BoH+FEAO9Kne/yepJ6axNIT1DuaGYT+MQUvLw1d3ZUI8VYgvR66bdoI8YY+&#10;2kJXcRgkzhrAXx+dJzwNNVk56+g1Vjz8XAtUnNnvjsb9ZHJ4mJ5vVg6Pvk5JwZeWp5cWt27PgeaB&#10;Rpqqy2LCR7sXNUL7SItjmbKSSThJuSsuI+6V89hvCVo9Ui2XGUZP1ot45e69TMETq2k0H7aPAv0w&#10;v5Em/xr2L1fM34xxj02eDpbrCNrkGX/mdeCbnnsenGE1pX3yUs+o5wW6+A0AAP//AwBQSwMEFAAG&#10;AAgAAAAhAGYIAWngAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOxapyGN&#10;2hCnAiS6hlIhunPjaRwRPxQ7TcrXM6zKcmaO7pxbbibTsTP2oXVWwGKeAENbO9XaRsD+43W2Ahai&#10;tEp2zqKACwbYVLc3pSyUG+07nnexYRRiQyEF6Bh9wXmoNRoZ5s6jpdvJ9UZGGvuGq16OFG46niZJ&#10;zo1sLX3Q0uOLxvp7NxgBfrt/O5z0sx/zy+dyOzXD1087CHF/Nz09Aos4xSsMf/qkDhU5Hd1gVWCd&#10;gFn2sCRUQJpmwAhYZzktjkQuVhnwquT/K1S/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AFbzJxqFAgAAiAUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAGYIAWngAAAACgEAAA8AAAAAAAAAAAAAAAAA3wQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAADsBQAAAAA=&#10;" fillcolor="#4f81bd [3204]" stroked="f" strokeweight="2pt"/>
+                    <v:rect w14:anchorId="4435927E" id="Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:-5.4pt;margin-top:11.25pt;width:451.5pt;height:48pt;z-index:251656704;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC6S/HndAIAAGIFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9P2zAQfp+0/8Hy+0jatWxUpKgCMU1C&#10;gAYTz8axiSXH553dpt1fv7PTpAzQJk3Lg2P7vvv1+e5Oz7atZRuFwYCr+OSo5Ew5CbVxTxX/fn/5&#10;4TNnIQpXCwtOVXynAj9bvn932vmFmkIDtlbIyIgLi85XvInRL4oiyEa1IhyBV46EGrAVkY74VNQo&#10;OrLe2mJalsdFB1h7BKlCoNuLXsiX2b7WSsYbrYOKzFacYot5xbw+prVYnorFEwrfGLkPQ/xDFK0w&#10;jpyOpi5EFGyN5pWp1kiEADoeSWgL0NpIlXOgbCbli2zuGuFVzoXICX6kKfw/s/J6c+dvkWjofFgE&#10;2qYsthrb9Kf42DaTtRvJUtvIJF3OP32clXPiVJLsuDw5LjObxUHbY4hfFLQsbSqO9BiZI7G5CpE8&#10;EnSAJGcBrKkvjbX5kApAnVtkG0FPJ6RULk7Sc5HWb0jrEt5B0uzF6aY4pJN3cWdVwln3TWlmakpg&#10;moPJlfbaUY6hEbXq/c9L+gbvQ2g5lmwwoTX5H21P/mS7j3KPT6oqF+qoXP5dedTInsHFUbk1DvAt&#10;A3akT/f4gaSemsTSI9S7W2QIfZsELy8NPd2VCPFWIPUFvTb1eryhRVvoKg77HWcN4M+37hOeypWk&#10;nHXUZxUPP9YCFWf2q6NCPpnMZqkx82E2/zSlAz6XPD6XuHV7DlQPE5oqXuZtwkc7bDVC+0AjYZW8&#10;kkg4Sb4rLiMOh/PY9z8NFalWqwyjZvQiXrk7L5PxxGoqzfvtg0C/r99IlX8NQ0+KxYsy7rFJ08Fq&#10;HUGbXOMHXvd8UyPnwtkPnTQpnp8z6jAal78AAAD//wMAUEsDBBQABgAIAAAAIQBGyQtd3wAAAAoB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcWieWUoUQpwIkeoZSIbi5sRtHxGsr&#10;dpqUr2c5wXE1TzNv6+3iBnY2Y+w9SsjXGTCDrdc9dhIOb8+rElhMCrUaPBoJFxNh21xf1arSfsZX&#10;c96njlEJxkpJsCmFivPYWuNUXPtgkLKTH51KdI4d16OaqdwNXGTZhjvVIy1YFcyTNe3XfnISwu7w&#10;8nmyj2HeXN6L3dJNH9/9JOXtzfJwDyyZJf3B8KtP6tCQ09FPqCMbJKzyjNSTBCEKYASUd0IAOxKZ&#10;lwXwpub/X2h+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALpL8ed0AgAAYgUAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAEbJC13fAAAACgEAAA8A&#10;AAAAAAAAAAAAAAAAzgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADaBQAAAAA=&#10;" fillcolor="#4f81bd [3204]" stroked="f" strokeweight="2pt"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B627D9" w:rsidRDefault="00B627D9" w:rsidP="005E3049">
+          <w:p w14:paraId="3C0C7021" w14:textId="77777777" w:rsidR="00B627D9" w:rsidRDefault="00B627D9" w:rsidP="005E3049">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:caps/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00B627D9" w:rsidRDefault="00B627D9" w:rsidP="005E3049">
+          <w:p w14:paraId="443674C9" w14:textId="77777777" w:rsidR="00B627D9" w:rsidRDefault="00B627D9" w:rsidP="005E3049">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:caps/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00B627D9" w:rsidRDefault="00B627D9" w:rsidP="005E3049">
+          <w:p w14:paraId="782B11D7" w14:textId="77777777" w:rsidR="00B627D9" w:rsidRDefault="00B627D9" w:rsidP="005E3049">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:caps/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00B627D9" w:rsidRDefault="00B627D9" w:rsidP="005E3049">
+          <w:p w14:paraId="2758689B" w14:textId="77777777" w:rsidR="00B627D9" w:rsidRDefault="00B627D9" w:rsidP="005E3049">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:caps/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00B627D9" w:rsidRDefault="00B627D9" w:rsidP="005E3049">
+          <w:p w14:paraId="05B1D3C2" w14:textId="77777777" w:rsidR="00B627D9" w:rsidRDefault="00B627D9" w:rsidP="005E3049">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:caps/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00B627D9" w:rsidRPr="00FA6204" w:rsidRDefault="00B627D9" w:rsidP="005E3049">
+          <w:p w14:paraId="12157DF7" w14:textId="77777777" w:rsidR="00B627D9" w:rsidRPr="00FA6204" w:rsidRDefault="00B627D9" w:rsidP="005E3049">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:caps/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B627D9" w:rsidTr="0072201E">
+      <w:tr w:rsidR="00B627D9" w14:paraId="177E1A66" w14:textId="77777777" w:rsidTr="0072201E">
         <w:trPr>
           <w:trHeight w:val="1126"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="56"/>
               <w:szCs w:val="56"/>
             </w:rPr>
             <w:alias w:val="Title"/>
             <w:id w:val="15524250"/>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' xmlns:ns1='http://purl.org/dc/elements/1.1/'" w:xpath="/ns0:coreProperties[1]/ns1:title[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="5000" w:type="pct"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w:rsidR="00B627D9" w:rsidRPr="00252872" w:rsidRDefault="006A427C" w:rsidP="00252872">
+              <w:p w14:paraId="309321A2" w14:textId="77777777" w:rsidR="00B627D9" w:rsidRPr="00252872" w:rsidRDefault="006A427C" w:rsidP="00252872">
                 <w:pPr>
                   <w:pStyle w:val="NoSpacing"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                     <w:sz w:val="44"/>
                     <w:szCs w:val="44"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00252872">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="56"/>
                     <w:szCs w:val="56"/>
                   </w:rPr>
                   <w:t>Fine Particle Pollution</w:t>
                 </w:r>
                 <w:r w:rsidR="00252872" w:rsidRPr="00252872">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="56"/>
                     <w:szCs w:val="56"/>
                   </w:rPr>
                   <w:t>: Combustion</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00B627D9" w:rsidTr="005E3049">
+      <w:tr w:rsidR="00B627D9" w14:paraId="0BBA56A9" w14:textId="77777777" w:rsidTr="00C10B74">
         <w:trPr>
-          <w:trHeight w:val="720"/>
+          <w:trHeight w:val="966"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="44"/>
               <w:szCs w:val="44"/>
             </w:rPr>
             <w:alias w:val="Subtitle"/>
             <w:id w:val="15524255"/>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' xmlns:ns1='http://purl.org/dc/elements/1.1/'" w:xpath="/ns0:coreProperties[1]/ns1:subject[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="5000" w:type="pct"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w:rsidR="00B627D9" w:rsidRPr="00252872" w:rsidRDefault="005008AC" w:rsidP="005008AC">
+              <w:p w14:paraId="5BC766A9" w14:textId="77777777" w:rsidR="00B627D9" w:rsidRPr="00252872" w:rsidRDefault="005008AC" w:rsidP="005008AC">
                 <w:pPr>
                   <w:pStyle w:val="NoSpacing"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                     <w:sz w:val="44"/>
                     <w:szCs w:val="44"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00252872">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="44"/>
                     <w:szCs w:val="44"/>
                   </w:rPr>
                   <w:t>Information Processing and Data Analysis</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00B627D9" w:rsidRPr="00D67BBB" w:rsidTr="00B627D9">
+      <w:tr w:rsidR="00B627D9" w:rsidRPr="00D67BBB" w14:paraId="52E7C742" w14:textId="77777777" w:rsidTr="00C10B74">
         <w:trPr>
-          <w:trHeight w:val="1948"/>
+          <w:trHeight w:val="862"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B627D9" w:rsidRDefault="00B627D9" w:rsidP="00B627D9">
-[...18 lines deleted...]
-          <w:p w:rsidR="00C86710" w:rsidRPr="00C86710" w:rsidRDefault="00C86710" w:rsidP="00C86710">
+          <w:p w14:paraId="2EFA49A3" w14:textId="3D211B27" w:rsidR="00B627D9" w:rsidRPr="00C10B74" w:rsidRDefault="00C86710" w:rsidP="00C10B74">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C86710">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>Student Worksheet</w:t>
+              <w:t>Student Workshee</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00C86710">
+            <w:r w:rsidR="00C10B74">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:noProof/>
                 <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
-                <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <mc:AlternateContent>
-[...494 lines deleted...]
-                      <v:textbox>
+              <w:t>t</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B627D9" w:rsidRPr="00876B25" w14:paraId="7DC182F4" w14:textId="77777777" w:rsidTr="005E3049">
+        <w:trPr>
+          <w:trHeight w:val="360"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20D40F09" w14:textId="1E415DEC" w:rsidR="00B627D9" w:rsidRDefault="00B627D9" w:rsidP="005E3049">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0251A0DE" w14:textId="2BE93F17" w:rsidR="00B627D9" w:rsidRDefault="00B627D9" w:rsidP="005E3049">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="10951AE6" w14:textId="3A787BA0" w:rsidR="00B627D9" w:rsidRDefault="00B627D9" w:rsidP="005E3049">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4335B084" w14:textId="77777777" w:rsidR="00B627D9" w:rsidRPr="00876B25" w:rsidRDefault="00B627D9" w:rsidP="005E3049">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B627D9" w14:paraId="6E71FDE8" w14:textId="77777777" w:rsidTr="005E3049">
+        <w:trPr>
+          <w:trHeight w:val="360"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="03C9C407" w14:textId="4ED4AD5C" w:rsidR="00B627D9" w:rsidRDefault="00B627D9" w:rsidP="005E3049">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2626A46B" w14:textId="2E262F92" w:rsidR="00B627D9" w:rsidRDefault="00C10B74">
+      <w:r w:rsidRPr="00C86710">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659776" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1EEEEEAE" wp14:editId="7DF3BAFD">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="margin">
+                  <wp:posOffset>-21590</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>-715645</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5753100" cy="5695950"/>
+                <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
+                <wp:wrapNone/>
+                <wp:docPr id="307" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5753100" cy="5695950"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00C86710" w:rsidRDefault="00C86710" w:rsidP="00C86710">
+                          <w:p w14:paraId="25E867C7" w14:textId="77777777" w:rsidR="00C10B74" w:rsidRDefault="00C10B74" w:rsidP="00C10B74">
+                            <w:pPr>
+                              <w:spacing w:after="0"/>
+                            </w:pPr>
                             <w:r>
                               <w:t>This document and its accompanying Excel workbook provide the opportunity to process and analyse authentic scientific data created at ANSTO.</w:t>
                             </w:r>
                             <w:r w:rsidRPr="006A427C">
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00C86710" w:rsidRPr="006A427C" w:rsidRDefault="00C86710" w:rsidP="00C86710">
-[...1 lines deleted...]
-                              <w:t>The authentic data provides records from 1998 to 2019 of the concentration of 12 elements present in fine airbo</w:t>
+                          <w:p w14:paraId="5FE1F82F" w14:textId="77777777" w:rsidR="00C10B74" w:rsidRPr="008416F8" w:rsidRDefault="00C10B74" w:rsidP="00C10B74">
+                            <w:r w:rsidRPr="008416F8">
+                              <w:t xml:space="preserve">The authentic data provides records from </w:t>
                             </w:r>
                             <w:r>
-                              <w:t>rne particulate matter</w:t>
+                              <w:t xml:space="preserve">February </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="006A427C">
-                              <w:t xml:space="preserve">, from an air sampling station located in Mayfield in Newcastle, NSW. </w:t>
+                            <w:r w:rsidRPr="008416F8">
+                              <w:t xml:space="preserve">1998 to </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:t xml:space="preserve">December </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="008416F8">
+                              <w:t xml:space="preserve">2019 of the concentration of </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00DC1F6C">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                              </w:rPr>
+                              <w:t>12 elements</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="008416F8">
+                              <w:t xml:space="preserve"> present in fine airborne particulate matter from an air sampling station located in Mayfield in Newcastle, NSW.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00C86710" w:rsidRPr="006A427C" w:rsidRDefault="00C86710" w:rsidP="00C86710">
+                          <w:p w14:paraId="7AFB1A6F" w14:textId="77777777" w:rsidR="00C10B74" w:rsidRPr="006A427C" w:rsidRDefault="00C10B74" w:rsidP="00C10B74">
                             <w:pPr>
                               <w:spacing w:after="0"/>
                             </w:pPr>
                             <w:r w:rsidRPr="006A427C">
                               <w:t>Students will:</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00C86710" w:rsidRPr="006A427C" w:rsidRDefault="00C86710" w:rsidP="00C86710">
+                          <w:p w14:paraId="0E31FBBB" w14:textId="77777777" w:rsidR="00C10B74" w:rsidRPr="006A427C" w:rsidRDefault="00C10B74" w:rsidP="00C10B74">
                             <w:pPr>
                               <w:pStyle w:val="ListParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="19"/>
                               </w:numPr>
                               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="006A427C">
                               <w:rPr>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
-                              <w:t xml:space="preserve">construct graphs using Excel </w:t>
+                              <w:t xml:space="preserve">construct graphs using </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">MS </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="006A427C">
+                              <w:rPr>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Excel </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00C86710" w:rsidRPr="006A427C" w:rsidRDefault="00C86710" w:rsidP="00C86710">
+                          <w:p w14:paraId="2E92DB86" w14:textId="77777777" w:rsidR="00C10B74" w:rsidRPr="006A427C" w:rsidRDefault="00C10B74" w:rsidP="00C10B74">
                             <w:pPr>
                               <w:pStyle w:val="ListParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="19"/>
                               </w:numPr>
                               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="006A427C">
                               <w:rPr>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t xml:space="preserve">analyse their graphs to determine the trends of fine particle pollution in Newcastle </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00C86710" w:rsidRPr="006A427C" w:rsidRDefault="00C86710" w:rsidP="00C86710">
+                          <w:p w14:paraId="52FC6C0F" w14:textId="77777777" w:rsidR="00C10B74" w:rsidRPr="006A427C" w:rsidRDefault="00C10B74" w:rsidP="00C10B74">
                             <w:pPr>
                               <w:pStyle w:val="ListParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="19"/>
                               </w:numPr>
                               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>process information from suggested videos and background information to determine the source/s of the fine particle pollution and answer the questions provided</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00C86710" w:rsidRPr="00030540" w:rsidRDefault="00C86710" w:rsidP="00C86710">
+                          <w:p w14:paraId="38CA671F" w14:textId="77777777" w:rsidR="00C10B74" w:rsidRPr="00A125BD" w:rsidRDefault="00C10B74" w:rsidP="00C10B74">
                             <w:pPr>
+                              <w:spacing w:after="0"/>
                               <w:rPr>
                                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en" w:eastAsia="en-AU"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00030540">
+                            <w:r w:rsidRPr="00A125BD">
                               <w:rPr>
                                 <w:rFonts w:cstheme="minorHAnsi"/>
                                 <w:b/>
                               </w:rPr>
-                              <w:t xml:space="preserve">The activities address these </w:t>
+                              <w:t xml:space="preserve">The activities provided address these </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="00030540">
+                            <w:r w:rsidRPr="00A125BD">
                               <w:rPr>
                                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en" w:eastAsia="en-AU"/>
                               </w:rPr>
-                              <w:t xml:space="preserve">Australian Curriculum </w:t>
-[...17 lines deleted...]
-                              <w:t xml:space="preserve"> </w:t>
+                              <w:t xml:space="preserve">Australian Curriculum version 9: Science Inquiry Skills: </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00C86710" w:rsidRPr="006A427C" w:rsidRDefault="00C86710" w:rsidP="00C86710">
+                          <w:p w14:paraId="47E2EAC6" w14:textId="77777777" w:rsidR="00C10B74" w:rsidRPr="006A427C" w:rsidRDefault="00C10B74" w:rsidP="00C10B74">
                             <w:pPr>
                               <w:spacing w:after="0"/>
                               <w:rPr>
                                 <w:rFonts w:cstheme="minorHAnsi"/>
                                 <w:b/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="006A427C">
                               <w:rPr>
                                 <w:rFonts w:cstheme="minorHAnsi"/>
                                 <w:b/>
                               </w:rPr>
                               <w:t>Students:</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00C86710" w:rsidRPr="00030540" w:rsidRDefault="00C86710" w:rsidP="00C86710">
-[...43 lines deleted...]
-                          <w:p w:rsidR="00C86710" w:rsidRPr="00030540" w:rsidRDefault="00C86710" w:rsidP="00C86710">
+                          <w:p w14:paraId="675597F3" w14:textId="77777777" w:rsidR="00C10B74" w:rsidRPr="00255792" w:rsidRDefault="00C10B74" w:rsidP="00C10B74">
                             <w:pPr>
                               <w:pStyle w:val="ListParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="20"/>
                               </w:numPr>
                               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:cstheme="minorHAnsi"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00030540">
+                            <w:r w:rsidRPr="00252324">
                               <w:rPr>
                                 <w:rFonts w:cstheme="minorHAnsi"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
-                              <w:t>analyse</w:t>
+                              <w:t>represent the carbon cycle and examine how key processes including combustion, photosynthesis and respiration rely on interactions between Earth’s spheres (the geosphere, biosphere, hydrosphere and atmosphere)</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="00030540">
-[...8 lines deleted...]
-                            <w:r w:rsidRPr="00030540">
+                            <w:r>
                               <w:rPr>
                                 <w:rFonts w:cstheme="minorHAnsi"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
-                              <w:t>data</w:t>
+                              <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="00030540">
-[...9 lines deleted...]
-                              <w:r w:rsidRPr="00030540">
+                            <w:hyperlink r:id="rId9" w:tgtFrame="_blank" w:history="1">
+                              <w:r w:rsidRPr="00252872">
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlink"/>
                                   <w:rFonts w:cstheme="minorHAnsi"/>
                                   <w:color w:val="00629B"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                 </w:rPr>
-                                <w:t>(ACSIS169/ 203)</w:t>
+                                <w:t>(AC</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:rFonts w:cstheme="minorHAnsi"/>
+                                  <w:color w:val="00629B"/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                                <w:t>9</w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00252872">
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:rFonts w:cstheme="minorHAnsi"/>
+                                  <w:color w:val="00629B"/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                                <w:t>S</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:rFonts w:cstheme="minorHAnsi"/>
+                                  <w:color w:val="00629B"/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                                <w:t>9U03</w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00252872">
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:rFonts w:cstheme="minorHAnsi"/>
+                                  <w:color w:val="00629B"/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                                <w:t>)</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
-                          <w:p w:rsidR="00C86710" w:rsidRPr="00030540" w:rsidRDefault="00C86710" w:rsidP="00C86710">
+                          <w:p w14:paraId="59B3464D" w14:textId="77777777" w:rsidR="00C10B74" w:rsidRPr="008416F8" w:rsidRDefault="00C10B74" w:rsidP="00C10B74">
+                            <w:pPr>
+                              <w:pStyle w:val="ListParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="20"/>
+                              </w:numPr>
+                              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:cstheme="minorHAnsi"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00DC1F6C">
+                              <w:rPr>
+                                <w:rFonts w:cstheme="minorHAnsi"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>select and construct appropriate representations, including tables, graphs, descriptive statistics, models and mathematical relationships, to organise and process data and information</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cstheme="minorHAnsi"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:hyperlink r:id="rId10" w:tgtFrame="_blank" w:history="1">
+                              <w:r w:rsidRPr="00252872">
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:rFonts w:cstheme="minorHAnsi"/>
+                                  <w:color w:val="00629B"/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                                <w:t>(AC</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:rFonts w:cstheme="minorHAnsi"/>
+                                  <w:color w:val="00629B"/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                                <w:t>9</w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00252872">
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:rFonts w:cstheme="minorHAnsi"/>
+                                  <w:color w:val="00629B"/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                                <w:t>S</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:rFonts w:cstheme="minorHAnsi"/>
+                                  <w:color w:val="00629B"/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                                <w:t>9I04</w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00252872">
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:rFonts w:cstheme="minorHAnsi"/>
+                                  <w:color w:val="00629B"/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve">/ </w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00DC1F6C">
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:rFonts w:cstheme="minorHAnsi"/>
+                                  <w:color w:val="00629B"/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                                <w:t>AC9S</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:rFonts w:cstheme="minorHAnsi"/>
+                                  <w:color w:val="00629B"/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                                <w:t>10</w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00DC1F6C">
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:rFonts w:cstheme="minorHAnsi"/>
+                                  <w:color w:val="00629B"/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                                <w:t>I04</w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00252872">
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:rFonts w:cstheme="minorHAnsi"/>
+                                  <w:color w:val="00629B"/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                                <w:t>)</w:t>
+                              </w:r>
+                            </w:hyperlink>
+                          </w:p>
+                          <w:p w14:paraId="4D9CEFEF" w14:textId="77777777" w:rsidR="00C10B74" w:rsidRPr="00444123" w:rsidRDefault="00C10B74" w:rsidP="00C10B74">
                             <w:pPr>
                               <w:pStyle w:val="ListParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="20"/>
                               </w:numPr>
                               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:val="en" w:eastAsia="en-AU"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00030540">
+                            <w:r w:rsidRPr="00DC1F6C">
                               <w:rPr>
                                 <w:rFonts w:cstheme="minorHAnsi"/>
                                 <w:color w:val="222222"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
-                              <w:t>critically </w:t>
+                              <w:t>analyse and connect a variety of data and information to identify and explain patterns, trends, relationships and anomalies</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="00030540">
-[...7 lines deleted...]
-                            <w:r w:rsidRPr="00030540">
+                            <w:r>
                               <w:rPr>
                                 <w:rFonts w:cstheme="minorHAnsi"/>
                                 <w:color w:val="222222"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
-                              <w:t> the </w:t>
+                              <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="00030540">
-[...34 lines deleted...]
-                              <w:r w:rsidRPr="00030540">
+                            <w:hyperlink r:id="rId11" w:tgtFrame="_blank" w:history="1">
+                              <w:r w:rsidRPr="00252872">
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlink"/>
                                   <w:rFonts w:cstheme="minorHAnsi"/>
                                   <w:color w:val="00629B"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                 </w:rPr>
-                                <w:t>(ACSIS172/ 206)</w:t>
+                                <w:t>(AC</w:t>
                               </w:r>
-                            </w:hyperlink>
-[...60 lines deleted...]
-                              <w:r w:rsidRPr="00030540">
+                              <w:r>
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlink"/>
                                   <w:rFonts w:cstheme="minorHAnsi"/>
                                   <w:color w:val="00629B"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                 </w:rPr>
-                                <w:t>(ACSIS174/ 208)</w:t>
+                                <w:t>9S9I05</w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00252872">
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:rFonts w:cstheme="minorHAnsi"/>
+                                  <w:color w:val="00629B"/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve">/ </w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00DC1F6C">
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:rFonts w:cstheme="minorHAnsi"/>
+                                  <w:color w:val="00629B"/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                                <w:t>AC9S</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:rFonts w:cstheme="minorHAnsi"/>
+                                  <w:color w:val="00629B"/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                                <w:t>10</w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00DC1F6C">
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:rFonts w:cstheme="minorHAnsi"/>
+                                  <w:color w:val="00629B"/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                                <w:t>I05</w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00252872">
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:rFonts w:cstheme="minorHAnsi"/>
+                                  <w:color w:val="00629B"/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                                <w:t>)</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
-                          <w:p w:rsidR="00C86710" w:rsidRPr="00030540" w:rsidRDefault="00C86710" w:rsidP="00C86710">
+                          <w:p w14:paraId="18AD7640" w14:textId="77777777" w:rsidR="00C10B74" w:rsidRPr="00444123" w:rsidRDefault="00C10B74" w:rsidP="00C10B74">
+                            <w:pPr>
+                              <w:pStyle w:val="ListParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="20"/>
+                              </w:numPr>
+                              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                                <w:lang w:val="en" w:eastAsia="en-AU"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00444123">
+                              <w:rPr>
+                                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                                <w:lang w:val="en" w:eastAsia="en-AU"/>
+                              </w:rPr>
+                              <w:t>assess the validity and reproducibility of methods and evaluate the validity of conclusions and claims, including by identifying assumptions, conflicting evidence and areas of uncertainty</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                                <w:lang w:val="en" w:eastAsia="en-AU"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:hyperlink r:id="rId12" w:tgtFrame="_blank" w:history="1">
+                              <w:r w:rsidRPr="00252872">
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:rFonts w:cstheme="minorHAnsi"/>
+                                  <w:color w:val="00629B"/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                                <w:t>(AC</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:rFonts w:cstheme="minorHAnsi"/>
+                                  <w:color w:val="00629B"/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                                <w:t>9S9I06</w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00252872">
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:rFonts w:cstheme="minorHAnsi"/>
+                                  <w:color w:val="00629B"/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve">/ </w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00DC1F6C">
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:rFonts w:cstheme="minorHAnsi"/>
+                                  <w:color w:val="00629B"/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                                <w:t>AC9S</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:rFonts w:cstheme="minorHAnsi"/>
+                                  <w:color w:val="00629B"/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                                <w:t>10</w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00DC1F6C">
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:rFonts w:cstheme="minorHAnsi"/>
+                                  <w:color w:val="00629B"/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                                <w:t>I0</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:rFonts w:cstheme="minorHAnsi"/>
+                                  <w:color w:val="00629B"/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                                <w:t>6</w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00252872">
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:rFonts w:cstheme="minorHAnsi"/>
+                                  <w:color w:val="00629B"/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                                <w:t>)</w:t>
+                              </w:r>
+                            </w:hyperlink>
+                          </w:p>
+                          <w:p w14:paraId="519E213B" w14:textId="77777777" w:rsidR="00C10B74" w:rsidRPr="008416F8" w:rsidRDefault="00C10B74" w:rsidP="00C10B74">
+                            <w:pPr>
+                              <w:pStyle w:val="ListParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="20"/>
+                              </w:numPr>
+                              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rStyle w:val="Hyperlink"/>
+                                <w:color w:val="auto"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00DC1F6C">
+                              <w:rPr>
+                                <w:rFonts w:cstheme="minorHAnsi"/>
+                                <w:color w:val="222222"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>write and create texts to communicate ideas, findings and arguments effectively for identified purposes and audiences, including selection of appropriate content, language and text features, using digital tools as appropriate</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cstheme="minorHAnsi"/>
+                                <w:color w:val="222222"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:hyperlink r:id="rId13" w:tgtFrame="_blank" w:history="1">
+                              <w:r w:rsidRPr="00252872">
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:rFonts w:cstheme="minorHAnsi"/>
+                                  <w:color w:val="00629B"/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                                <w:t>(</w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="002B3308">
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="002B3308">
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:rFonts w:cstheme="minorHAnsi"/>
+                                  <w:color w:val="00629B"/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                                <w:t>AC9S9I0</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:rFonts w:cstheme="minorHAnsi"/>
+                                  <w:color w:val="00629B"/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                                <w:t>8</w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="002B3308">
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:rFonts w:cstheme="minorHAnsi"/>
+                                  <w:color w:val="00629B"/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                                <w:t>/ AC9S10I0</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:rFonts w:cstheme="minorHAnsi"/>
+                                  <w:color w:val="00629B"/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                                <w:t>8</w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00252872">
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:rFonts w:cstheme="minorHAnsi"/>
+                                  <w:color w:val="00629B"/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                                <w:t>)</w:t>
+                              </w:r>
+                            </w:hyperlink>
+                          </w:p>
+                          <w:p w14:paraId="3A6DC62D" w14:textId="33BBEC22" w:rsidR="00C10B74" w:rsidRPr="00030540" w:rsidRDefault="00C10B74" w:rsidP="00C10B74">
                             <w:r w:rsidRPr="00030540">
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
-                              <w:t>These activities are suitable for students in Years 9 to 12.</w:t>
+                              <w:t>These activities are suitable for students in Years 9</w:t>
+                            </w:r>
+                            <w:r w:rsidR="000B268E">
+                              <w:rPr>
+                                <w:b/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> and 10 and Senior Chemistry.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00252872" w:rsidRDefault="00252872"/>
+                          <w:p w14:paraId="5D4F6D11" w14:textId="77777777" w:rsidR="00252872" w:rsidRDefault="00252872"/>
                         </w:txbxContent>
-                      </v:textbox>
-[...85 lines deleted...]
-    <w:p w:rsidR="009D5BF7" w:rsidRDefault="00B627D9" w:rsidP="00B17F38">
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="1EEEEEAE" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-1.7pt;margin-top:-56.35pt;width:453pt;height:448.5pt;z-index:251659776;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBzV+L+EQIAACAEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjJ4rYx4hRdugwD&#10;ugvQ7QMUWY6FyaJGKbG7ry8lp2nQbS/D9CCIInVEHh4ur4fOsINCr8FWfDrJOVNWQq3truLfv23e&#10;XHHmg7C1MGBVxR+U59er16+WvSvVDFowtUJGINaXvat4G4Irs8zLVnXCT8ApS84GsBOBTNxlNYqe&#10;0DuTzfL8IusBa4cglfd0ezs6+SrhN42S4UvTeBWYqTjlFtKOad/GPVstRblD4Votj2mIf8iiE9rS&#10;pyeoWxEE26P+DarTEsFDEyYSugyaRkuVaqBqpvmLau5b4VSqhcjx7kST/3+w8vPh3n1FFoZ3MFAD&#10;UxHe3YH84ZmFdSvsTt0gQt8qUdPH00hZ1jtfHp9Gqn3pI8i2/wQ1NVnsAySgocEuskJ1MkKnBjyc&#10;SFdDYJIui8vi7TQnlyRfcbEoFkVqSybKp+cOffigoGPxUHGkriZ4cbjzIaYjyqeQ+JsHo+uNNiYZ&#10;uNuuDbKDIAVs0koVvAgzlvUVXxSzYmTgrxB5Wn+C6HQgKRvdVfzqFCTKyNt7WyehBaHNeKaUjT0S&#10;GbkbWQzDdqDASOgW6geiFGGULI0YHVrAX5z1JNeK+597gYoz89FSWxbT+TzqOxnz4nJGBp57tuce&#10;YSVBVTxwNh7XIc1EJMzCDbWv0YnY50yOuZIME9/HkYk6P7dT1PNgrx4BAAD//wMAUEsDBBQABgAI&#10;AAAAIQDZggfM4gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUhsUOu8lKQh&#10;ToWQQLArBcHWjd0kwh6H2E3D3zOsYDUazdGdc+vtYg2b9eQHhwLidQRMY+vUgJ2At9eHVQnMB4lK&#10;GodawLf2sG0uL2pZKXfGFz3vQ8coBH0lBfQhjBXnvu21lX7tRo10O7rJykDr1HE1yTOFW8OTKMq5&#10;lQPSh16O+r7X7ef+ZAWU2dP84Z/T3XubH80m3BTz49ckxPXVcncLLOgl/MHwq0/q0JDTwZ1QeWYE&#10;rNKMSJpxnBTAiNhESQ7sIKAosxR4U/P/HZofAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AHNX4v4RAgAAIAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhANmCB8ziAAAACwEAAA8AAAAAAAAAAAAAAAAAawQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="25E867C7" w14:textId="77777777" w:rsidR="00C10B74" w:rsidRDefault="00C10B74" w:rsidP="00C10B74">
+                      <w:pPr>
+                        <w:spacing w:after="0"/>
+                      </w:pPr>
+                      <w:r>
+                        <w:t>This document and its accompanying Excel workbook provide the opportunity to process and analyse authentic scientific data created at ANSTO.</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="006A427C">
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="5FE1F82F" w14:textId="77777777" w:rsidR="00C10B74" w:rsidRPr="008416F8" w:rsidRDefault="00C10B74" w:rsidP="00C10B74">
+                      <w:r w:rsidRPr="008416F8">
+                        <w:t xml:space="preserve">The authentic data provides records from </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:t xml:space="preserve">February </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="008416F8">
+                        <w:t xml:space="preserve">1998 to </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:t xml:space="preserve">December </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="008416F8">
+                        <w:t xml:space="preserve">2019 of the concentration of </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00DC1F6C">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                        </w:rPr>
+                        <w:t>12 elements</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="008416F8">
+                        <w:t xml:space="preserve"> present in fine airborne particulate matter from an air sampling station located in Mayfield in Newcastle, NSW.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="7AFB1A6F" w14:textId="77777777" w:rsidR="00C10B74" w:rsidRPr="006A427C" w:rsidRDefault="00C10B74" w:rsidP="00C10B74">
+                      <w:pPr>
+                        <w:spacing w:after="0"/>
+                      </w:pPr>
+                      <w:r w:rsidRPr="006A427C">
+                        <w:t>Students will:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="0E31FBBB" w14:textId="77777777" w:rsidR="00C10B74" w:rsidRPr="006A427C" w:rsidRDefault="00C10B74" w:rsidP="00C10B74">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="19"/>
+                        </w:numPr>
+                        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="006A427C">
+                        <w:rPr>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">construct graphs using </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">MS </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="006A427C">
+                        <w:rPr>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Excel </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="2E92DB86" w14:textId="77777777" w:rsidR="00C10B74" w:rsidRPr="006A427C" w:rsidRDefault="00C10B74" w:rsidP="00C10B74">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="19"/>
+                        </w:numPr>
+                        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="006A427C">
+                        <w:rPr>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">analyse their graphs to determine the trends of fine particle pollution in Newcastle </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="52FC6C0F" w14:textId="77777777" w:rsidR="00C10B74" w:rsidRPr="006A427C" w:rsidRDefault="00C10B74" w:rsidP="00C10B74">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="19"/>
+                        </w:numPr>
+                        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>process information from suggested videos and background information to determine the source/s of the fine particle pollution and answer the questions provided</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="38CA671F" w14:textId="77777777" w:rsidR="00C10B74" w:rsidRPr="00A125BD" w:rsidRDefault="00C10B74" w:rsidP="00C10B74">
+                      <w:pPr>
+                        <w:spacing w:after="0"/>
+                        <w:rPr>
+                          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:lang w:val="en" w:eastAsia="en-AU"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00A125BD">
+                        <w:rPr>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
+                          <w:b/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">The activities provided address these </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00A125BD">
+                        <w:rPr>
+                          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:lang w:val="en" w:eastAsia="en-AU"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Australian Curriculum version 9: Science Inquiry Skills: </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="47E2EAC6" w14:textId="77777777" w:rsidR="00C10B74" w:rsidRPr="006A427C" w:rsidRDefault="00C10B74" w:rsidP="00C10B74">
+                      <w:pPr>
+                        <w:spacing w:after="0"/>
+                        <w:rPr>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
+                          <w:b/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="006A427C">
+                        <w:rPr>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
+                          <w:b/>
+                        </w:rPr>
+                        <w:t>Students:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="675597F3" w14:textId="77777777" w:rsidR="00C10B74" w:rsidRPr="00255792" w:rsidRDefault="00C10B74" w:rsidP="00C10B74">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="20"/>
+                        </w:numPr>
+                        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00252324">
+                        <w:rPr>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>represent the carbon cycle and examine how key processes including combustion, photosynthesis and respiration rely on interactions between Earth’s spheres (the geosphere, biosphere, hydrosphere and atmosphere)</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:hyperlink r:id="rId14" w:tgtFrame="_blank" w:history="1">
+                        <w:r w:rsidRPr="00252872">
+                          <w:rPr>
+                            <w:rStyle w:val="Hyperlink"/>
+                            <w:rFonts w:cstheme="minorHAnsi"/>
+                            <w:color w:val="00629B"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                          <w:t>(AC</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:rStyle w:val="Hyperlink"/>
+                            <w:rFonts w:cstheme="minorHAnsi"/>
+                            <w:color w:val="00629B"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                          <w:t>9</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00252872">
+                          <w:rPr>
+                            <w:rStyle w:val="Hyperlink"/>
+                            <w:rFonts w:cstheme="minorHAnsi"/>
+                            <w:color w:val="00629B"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                          <w:t>S</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:rStyle w:val="Hyperlink"/>
+                            <w:rFonts w:cstheme="minorHAnsi"/>
+                            <w:color w:val="00629B"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                          <w:t>9U03</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00252872">
+                          <w:rPr>
+                            <w:rStyle w:val="Hyperlink"/>
+                            <w:rFonts w:cstheme="minorHAnsi"/>
+                            <w:color w:val="00629B"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                          <w:t>)</w:t>
+                        </w:r>
+                      </w:hyperlink>
+                    </w:p>
+                    <w:p w14:paraId="59B3464D" w14:textId="77777777" w:rsidR="00C10B74" w:rsidRPr="008416F8" w:rsidRDefault="00C10B74" w:rsidP="00C10B74">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="20"/>
+                        </w:numPr>
+                        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00DC1F6C">
+                        <w:rPr>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>select and construct appropriate representations, including tables, graphs, descriptive statistics, models and mathematical relationships, to organise and process data and information</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:hyperlink r:id="rId15" w:tgtFrame="_blank" w:history="1">
+                        <w:r w:rsidRPr="00252872">
+                          <w:rPr>
+                            <w:rStyle w:val="Hyperlink"/>
+                            <w:rFonts w:cstheme="minorHAnsi"/>
+                            <w:color w:val="00629B"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                          <w:t>(AC</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:rStyle w:val="Hyperlink"/>
+                            <w:rFonts w:cstheme="minorHAnsi"/>
+                            <w:color w:val="00629B"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                          <w:t>9</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00252872">
+                          <w:rPr>
+                            <w:rStyle w:val="Hyperlink"/>
+                            <w:rFonts w:cstheme="minorHAnsi"/>
+                            <w:color w:val="00629B"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                          <w:t>S</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:rStyle w:val="Hyperlink"/>
+                            <w:rFonts w:cstheme="minorHAnsi"/>
+                            <w:color w:val="00629B"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                          <w:t>9I04</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00252872">
+                          <w:rPr>
+                            <w:rStyle w:val="Hyperlink"/>
+                            <w:rFonts w:cstheme="minorHAnsi"/>
+                            <w:color w:val="00629B"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">/ </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00DC1F6C">
+                          <w:rPr>
+                            <w:rStyle w:val="Hyperlink"/>
+                            <w:rFonts w:cstheme="minorHAnsi"/>
+                            <w:color w:val="00629B"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                          <w:t>AC9S</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:rStyle w:val="Hyperlink"/>
+                            <w:rFonts w:cstheme="minorHAnsi"/>
+                            <w:color w:val="00629B"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                          <w:t>10</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00DC1F6C">
+                          <w:rPr>
+                            <w:rStyle w:val="Hyperlink"/>
+                            <w:rFonts w:cstheme="minorHAnsi"/>
+                            <w:color w:val="00629B"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                          <w:t>I04</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00252872">
+                          <w:rPr>
+                            <w:rStyle w:val="Hyperlink"/>
+                            <w:rFonts w:cstheme="minorHAnsi"/>
+                            <w:color w:val="00629B"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                          <w:t>)</w:t>
+                        </w:r>
+                      </w:hyperlink>
+                    </w:p>
+                    <w:p w14:paraId="4D9CEFEF" w14:textId="77777777" w:rsidR="00C10B74" w:rsidRPr="00444123" w:rsidRDefault="00C10B74" w:rsidP="00C10B74">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="20"/>
+                        </w:numPr>
+                        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                          <w:lang w:val="en" w:eastAsia="en-AU"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00DC1F6C">
+                        <w:rPr>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
+                          <w:color w:val="222222"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>analyse and connect a variety of data and information to identify and explain patterns, trends, relationships and anomalies</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
+                          <w:color w:val="222222"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:hyperlink r:id="rId16" w:tgtFrame="_blank" w:history="1">
+                        <w:r w:rsidRPr="00252872">
+                          <w:rPr>
+                            <w:rStyle w:val="Hyperlink"/>
+                            <w:rFonts w:cstheme="minorHAnsi"/>
+                            <w:color w:val="00629B"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                          <w:t>(AC</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:rStyle w:val="Hyperlink"/>
+                            <w:rFonts w:cstheme="minorHAnsi"/>
+                            <w:color w:val="00629B"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                          <w:t>9S9I05</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00252872">
+                          <w:rPr>
+                            <w:rStyle w:val="Hyperlink"/>
+                            <w:rFonts w:cstheme="minorHAnsi"/>
+                            <w:color w:val="00629B"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">/ </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00DC1F6C">
+                          <w:rPr>
+                            <w:rStyle w:val="Hyperlink"/>
+                            <w:rFonts w:cstheme="minorHAnsi"/>
+                            <w:color w:val="00629B"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                          <w:t>AC9S</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:rStyle w:val="Hyperlink"/>
+                            <w:rFonts w:cstheme="minorHAnsi"/>
+                            <w:color w:val="00629B"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                          <w:t>10</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00DC1F6C">
+                          <w:rPr>
+                            <w:rStyle w:val="Hyperlink"/>
+                            <w:rFonts w:cstheme="minorHAnsi"/>
+                            <w:color w:val="00629B"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                          <w:t>I05</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00252872">
+                          <w:rPr>
+                            <w:rStyle w:val="Hyperlink"/>
+                            <w:rFonts w:cstheme="minorHAnsi"/>
+                            <w:color w:val="00629B"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                          <w:t>)</w:t>
+                        </w:r>
+                      </w:hyperlink>
+                    </w:p>
+                    <w:p w14:paraId="18AD7640" w14:textId="77777777" w:rsidR="00C10B74" w:rsidRPr="00444123" w:rsidRDefault="00C10B74" w:rsidP="00C10B74">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="20"/>
+                        </w:numPr>
+                        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                          <w:lang w:val="en" w:eastAsia="en-AU"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00444123">
+                        <w:rPr>
+                          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                          <w:lang w:val="en" w:eastAsia="en-AU"/>
+                        </w:rPr>
+                        <w:t>assess the validity and reproducibility of methods and evaluate the validity of conclusions and claims, including by identifying assumptions, conflicting evidence and areas of uncertainty</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                          <w:lang w:val="en" w:eastAsia="en-AU"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:hyperlink r:id="rId17" w:tgtFrame="_blank" w:history="1">
+                        <w:r w:rsidRPr="00252872">
+                          <w:rPr>
+                            <w:rStyle w:val="Hyperlink"/>
+                            <w:rFonts w:cstheme="minorHAnsi"/>
+                            <w:color w:val="00629B"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                          <w:t>(AC</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:rStyle w:val="Hyperlink"/>
+                            <w:rFonts w:cstheme="minorHAnsi"/>
+                            <w:color w:val="00629B"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                          <w:t>9S9I06</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00252872">
+                          <w:rPr>
+                            <w:rStyle w:val="Hyperlink"/>
+                            <w:rFonts w:cstheme="minorHAnsi"/>
+                            <w:color w:val="00629B"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">/ </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00DC1F6C">
+                          <w:rPr>
+                            <w:rStyle w:val="Hyperlink"/>
+                            <w:rFonts w:cstheme="minorHAnsi"/>
+                            <w:color w:val="00629B"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                          <w:t>AC9S</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:rStyle w:val="Hyperlink"/>
+                            <w:rFonts w:cstheme="minorHAnsi"/>
+                            <w:color w:val="00629B"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                          <w:t>10</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00DC1F6C">
+                          <w:rPr>
+                            <w:rStyle w:val="Hyperlink"/>
+                            <w:rFonts w:cstheme="minorHAnsi"/>
+                            <w:color w:val="00629B"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                          <w:t>I0</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:rStyle w:val="Hyperlink"/>
+                            <w:rFonts w:cstheme="minorHAnsi"/>
+                            <w:color w:val="00629B"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                          <w:t>6</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00252872">
+                          <w:rPr>
+                            <w:rStyle w:val="Hyperlink"/>
+                            <w:rFonts w:cstheme="minorHAnsi"/>
+                            <w:color w:val="00629B"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                          <w:t>)</w:t>
+                        </w:r>
+                      </w:hyperlink>
+                    </w:p>
+                    <w:p w14:paraId="519E213B" w14:textId="77777777" w:rsidR="00C10B74" w:rsidRPr="008416F8" w:rsidRDefault="00C10B74" w:rsidP="00C10B74">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="20"/>
+                        </w:numPr>
+                        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rStyle w:val="Hyperlink"/>
+                          <w:color w:val="auto"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00DC1F6C">
+                        <w:rPr>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
+                          <w:color w:val="222222"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>write and create texts to communicate ideas, findings and arguments effectively for identified purposes and audiences, including selection of appropriate content, language and text features, using digital tools as appropriate</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
+                          <w:color w:val="222222"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:hyperlink r:id="rId18" w:tgtFrame="_blank" w:history="1">
+                        <w:r w:rsidRPr="00252872">
+                          <w:rPr>
+                            <w:rStyle w:val="Hyperlink"/>
+                            <w:rFonts w:cstheme="minorHAnsi"/>
+                            <w:color w:val="00629B"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                          <w:t>(</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="002B3308">
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="002B3308">
+                          <w:rPr>
+                            <w:rStyle w:val="Hyperlink"/>
+                            <w:rFonts w:cstheme="minorHAnsi"/>
+                            <w:color w:val="00629B"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                          <w:t>AC9S9I0</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:rStyle w:val="Hyperlink"/>
+                            <w:rFonts w:cstheme="minorHAnsi"/>
+                            <w:color w:val="00629B"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                          <w:t>8</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="002B3308">
+                          <w:rPr>
+                            <w:rStyle w:val="Hyperlink"/>
+                            <w:rFonts w:cstheme="minorHAnsi"/>
+                            <w:color w:val="00629B"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                          <w:t>/ AC9S10I0</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:rStyle w:val="Hyperlink"/>
+                            <w:rFonts w:cstheme="minorHAnsi"/>
+                            <w:color w:val="00629B"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                          <w:t>8</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00252872">
+                          <w:rPr>
+                            <w:rStyle w:val="Hyperlink"/>
+                            <w:rFonts w:cstheme="minorHAnsi"/>
+                            <w:color w:val="00629B"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                          <w:t>)</w:t>
+                        </w:r>
+                      </w:hyperlink>
+                    </w:p>
+                    <w:p w14:paraId="3A6DC62D" w14:textId="33BBEC22" w:rsidR="00C10B74" w:rsidRPr="00030540" w:rsidRDefault="00C10B74" w:rsidP="00C10B74">
+                      <w:r w:rsidRPr="00030540">
+                        <w:rPr>
+                          <w:b/>
+                        </w:rPr>
+                        <w:t>These activities are suitable for students in Years 9</w:t>
+                      </w:r>
+                      <w:r w:rsidR="000B268E">
+                        <w:rPr>
+                          <w:b/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> and 10 and Senior Chemistry.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="5D4F6D11" w14:textId="77777777" w:rsidR="00252872" w:rsidRDefault="00252872"/>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap anchorx="margin"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="337E6F85" w14:textId="4FD6C022" w:rsidR="009D5BF7" w:rsidRDefault="00B627D9" w:rsidP="00B17F38">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BD7D90" w:rsidRPr="001924BB" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
+    <w:p w14:paraId="14890235" w14:textId="77777777" w:rsidR="00BD7D90" w:rsidRPr="001924BB" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001924BB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>The dirty facts of fine particle pollution</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BD7D90" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
+    <w:p w14:paraId="67266A44" w14:textId="77777777" w:rsidR="00BD7D90" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BD7D90" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
+    <w:p w14:paraId="47C7A9B0" w14:textId="77777777" w:rsidR="00BD7D90" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE017D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>The presence of atmospheric particulate matter (APM) pollution</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00851CAA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">in high concentration </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE017D">
         <w:rPr>
@@ -1559,54 +2121,68 @@
         </w:rPr>
         <w:t>with</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE017D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> a diameter of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>2.5 micrometres or less (PM2.5), which is about half the diameter of a red blood cell,</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE017D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>are classified as fine particles.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00BD7D90" w:rsidRPr="0052731C" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
+        <w:t xml:space="preserve">are classified as </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F71061">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>fine particles</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51C5AFDC" w14:textId="77777777" w:rsidR="00BD7D90" w:rsidRPr="0052731C" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE017D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Fine particle pollution is generated by urbanisation, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>industrial processes</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE017D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, motor vehicles, coal-fired power stations, wood burning heaters and other man-made sources</w:t>
       </w:r>
       <w:r>
@@ -1725,550 +2301,550 @@
       <w:r w:rsidRPr="00851CAA" w:rsidDel="002133E9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> be ea</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE017D" w:rsidDel="002133E9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>sily transported over long distances across international borders and around the globe</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> by winds and air currents</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE017D" w:rsidDel="002133E9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BD7D90" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
+    <w:p w14:paraId="27F86C7B" w14:textId="77777777" w:rsidR="00BD7D90" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A18F1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="2E2E2E"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251663872" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="588E0862" wp14:editId="5BE48DE9">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251663872" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7FA7474A" wp14:editId="4F66DD24">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>left</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>143510</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3989070" cy="2267585"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="15" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3989070" cy="2267585"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:noFill/>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00BD7D90" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
+                          <w:p w14:paraId="7608E6CF" w14:textId="77777777" w:rsidR="00BD7D90" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
                             <w:r>
                               <w:rPr>
                                 <w:noProof/>
                                 <w:lang w:eastAsia="en-AU"/>
                               </w:rPr>
                               <w:drawing>
-                                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="370A1868" wp14:editId="19570FF2">
+                                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="159880FC" wp14:editId="1698F6F3">
                                   <wp:extent cx="3915140" cy="2178424"/>
                                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                                   <wp:docPr id="16" name="Picture 16"/>
                                   <wp:cNvGraphicFramePr>
                                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                                   </wp:cNvGraphicFramePr>
                                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                         <pic:nvPicPr>
                                           <pic:cNvPr id="1" name=""/>
                                           <pic:cNvPicPr/>
                                         </pic:nvPicPr>
                                         <pic:blipFill>
-                                          <a:blip r:embed="rId17"/>
+                                          <a:blip r:embed="rId19"/>
                                           <a:stretch>
                                             <a:fillRect/>
                                           </a:stretch>
                                         </pic:blipFill>
                                         <pic:spPr>
                                           <a:xfrm>
                                             <a:off x="0" y="0"/>
                                             <a:ext cx="3922816" cy="2182695"/>
                                           </a:xfrm>
                                           <a:prstGeom prst="rect">
                                             <a:avLst/>
                                           </a:prstGeom>
                                         </pic:spPr>
                                       </pic:pic>
                                     </a:graphicData>
                                   </a:graphic>
                                 </wp:inline>
                               </w:drawing>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="588E0862" id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:11.3pt;width:314.1pt;height:178.55pt;z-index:251663872;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBNyWTQIwIAACQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N3bcZJNYcVbbbFNV&#10;2l6k3X4AxjhGBYYCiZ1+/Q44m6btW1UeEMPMHM6cGda3g1bkKJyXYCo6neSUCMOhkWZf0W9PuzdL&#10;SnxgpmEKjKjoSXh6u3n9at3bUhTQgWqEIwhifNnbinYh2DLLPO+EZn4CVhh0tuA0C2i6fdY41iO6&#10;VlmR5zdZD66xDrjwHm/vRyfdJPy2FTx8aVsvAlEVRW4h7S7tddyzzZqVe8dsJ/mZBvsHFppJg49e&#10;oO5ZYOTg5F9QWnIHHtow4aAzaFvJRaoBq5nmf1Tz2DErUi0ojrcXmfz/g+Wfj18dkQ32bk6JYRp7&#10;9CSGQN7BQIooT299iVGPFuPCgNcYmkr19gH4d08MbDtm9uLOOeg7wRqkN42Z2VXqiOMjSN1/ggaf&#10;YYcACWhonY7aoRoE0bFNp0trIhWOl29Xy1W+QBdHX1HcLObLeXqDlS/p1vnwQYAm8VBRh71P8Oz4&#10;4EOkw8qXkPiaByWbnVQqGW5fb5UjR4ZzskvrjP5bmDKkr+hqXswTsoGYn0ZIy4BzrKSu6DKPK6az&#10;Msrx3jTpHJhU4xmZKHPWJ0oyihOGekiduMheQ3NCwRyMY4vfDA8duJ+U9DiyFfU/DswJStRHg6Kv&#10;prNZnPFkzOaLAg137amvPcxwhKpooGQ8bkP6F5G2gTtsTiuTbLGLI5MzZRzFpOb528RZv7ZT1K/P&#10;vXkGAAD//wMAUEsDBBQABgAIAAAAIQAi2Lzc3AAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/B&#10;TsMwEETvSPyDtZW4IOpgIGlDNhUggXpt6Qc48TaJGq+j2G3Sv8ec4Dia0cybYjPbXlxo9J1jhMdl&#10;AoK4dqbjBuHw/fmwAuGDZqN7x4RwJQ+b8vam0LlxE+/osg+NiCXsc43QhjDkUvq6Jav90g3E0Tu6&#10;0eoQ5dhIM+opltteqiRJpdUdx4VWD/TRUn3any3CcTvdv6yn6iscst1z+q67rHJXxLvF/PYKItAc&#10;/sLwix/RoYxMlTuz8aJHiEcCglIpiOimaqVAVAhP2ToDWRbyP3/5AwAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAE3JZNAjAgAAJAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhACLYvNzcAAAABwEAAA8AAAAAAAAAAAAAAAAAfQQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;" stroked="f">
+              <v:shape w14:anchorId="7FA7474A" id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:11.3pt;width:314.1pt;height:178.55pt;z-index:251663872;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDsZPp3EQIAAP4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N3bcZJNYcVbbbFNV&#10;2l6kbT8AY2yjYoYCiZ1+/Q7Ym03bt6o8IIYZzsycOWxvh06Rk7BOgi7ofJZSIjSHSuqmoN+/Hd6s&#10;KXGe6Yop0KKgZ+Ho7e71q21vcpFBC6oSliCIdnlvCtp6b/IkcbwVHXMzMEKjswbbMY+mbZLKsh7R&#10;O5VkaXqT9GArY4EL5/D2fnTSXcSva8H9l7p2whNVUKzNx93GvQx7stuyvLHMtJJPZbB/qKJjUmPS&#10;C9Q984wcrfwLqpPcgoPazzh0CdS15CL2gN3M0z+6eWyZEbEXJMeZC03u/8Hyz6dH89USP7yDAQcY&#10;m3DmAfgPRzTsW6YbcWct9K1gFSaeB8qS3rh8ehqodrkLIGX/CSocMjt6iEBDbbvACvZJEB0HcL6Q&#10;LgZPOF6+3aw36QpdHH1ZdrNarpcxB8ufnxvr/AcBHQmHglqcaoRnpwfnQzksfw4J2RwoWR2kUtGw&#10;TblXlpwYKuAQ14T+W5jSpC/oZpktI7KG8D6Ko5MeFapkV9B1GtaomUDHe13FEM+kGs9YidITP4GS&#10;kRw/lAOR1UReoKuE6oyEWRgFiR8IDy3YX5T0KMaCup9HZgUl6qNG0jfzxSKoNxqL5SpDw157ymsP&#10;0xyhCuopGY97HxUf6NBwh8OpZaTtpZKpZBRZZHP6EEHF13aMevm2uycAAAD//wMAUEsDBBQABgAI&#10;AAAAIQAi2Lzc3AAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtZW4IOpgIGlD&#10;NhUggXpt6Qc48TaJGq+j2G3Sv8ec4Dia0cybYjPbXlxo9J1jhMdlAoK4dqbjBuHw/fmwAuGDZqN7&#10;x4RwJQ+b8vam0LlxE+/osg+NiCXsc43QhjDkUvq6Jav90g3E0Tu60eoQ5dhIM+opltteqiRJpdUd&#10;x4VWD/TRUn3any3CcTvdv6yn6iscst1z+q67rHJXxLvF/PYKItAc/sLwix/RoYxMlTuz8aJHiEcC&#10;glIpiOimaqVAVAhP2ToDWRbyP3/5AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOxk+ncR&#10;AgAA/gMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACLY&#10;vNzcAAAABwEAAA8AAAAAAAAAAAAAAAAAawQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAB0BQAAAAA=&#10;" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00BD7D90" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
+                    <w:p w14:paraId="7608E6CF" w14:textId="77777777" w:rsidR="00BD7D90" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
                       <w:r>
                         <w:rPr>
                           <w:noProof/>
                           <w:lang w:eastAsia="en-AU"/>
                         </w:rPr>
                         <w:drawing>
-                          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="370A1868" wp14:editId="19570FF2">
+                          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="159880FC" wp14:editId="1698F6F3">
                             <wp:extent cx="3915140" cy="2178424"/>
                             <wp:effectExtent l="0" t="0" r="0" b="0"/>
                             <wp:docPr id="16" name="Picture 16"/>
                             <wp:cNvGraphicFramePr>
                               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                             </wp:cNvGraphicFramePr>
                             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                   <pic:nvPicPr>
                                     <pic:cNvPr id="1" name=""/>
                                     <pic:cNvPicPr/>
                                   </pic:nvPicPr>
                                   <pic:blipFill>
-                                    <a:blip r:embed="rId18"/>
+                                    <a:blip r:embed="rId19"/>
                                     <a:stretch>
                                       <a:fillRect/>
                                     </a:stretch>
                                   </pic:blipFill>
                                   <pic:spPr>
                                     <a:xfrm>
                                       <a:off x="0" y="0"/>
                                       <a:ext cx="3922816" cy="2182695"/>
                                     </a:xfrm>
                                     <a:prstGeom prst="rect">
                                       <a:avLst/>
                                     </a:prstGeom>
                                   </pic:spPr>
                                 </pic:pic>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square" anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="004A18F1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="2E2E2E"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251664896" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6A251C94" wp14:editId="2CC63A0D">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251664896" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="383E8046" wp14:editId="50CBE13C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>4096385</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>294005</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1962785" cy="2240915"/>
                 <wp:effectExtent l="0" t="0" r="0" b="6985"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="17" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1962785" cy="2240915"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:noFill/>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00BD7D90" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
+                          <w:p w14:paraId="57CB9465" w14:textId="77777777" w:rsidR="00BD7D90" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:cstheme="minorHAnsi"/>
                                 <w:noProof/>
                                 <w:lang w:eastAsia="en-AU"/>
                               </w:rPr>
                               <w:drawing>
-                                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5E42C7E7" wp14:editId="42FBD0D8">
+                                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="054692FC" wp14:editId="7F8184B1">
                                   <wp:extent cx="1813310" cy="851647"/>
                                   <wp:effectExtent l="0" t="0" r="0" b="5715"/>
                                   <wp:docPr id="18" name="Picture 18"/>
                                   <wp:cNvGraphicFramePr>
                                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                                   </wp:cNvGraphicFramePr>
                                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                         <pic:nvPicPr>
                                           <pic:cNvPr id="0" name="Picture 5"/>
                                           <pic:cNvPicPr>
                                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                                           </pic:cNvPicPr>
                                         </pic:nvPicPr>
                                         <pic:blipFill>
-                                          <a:blip r:embed="rId19">
+                                          <a:blip r:embed="rId20">
                                             <a:extLst>
                                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                               </a:ext>
                                             </a:extLst>
                                           </a:blip>
                                           <a:srcRect/>
                                           <a:stretch>
                                             <a:fillRect/>
                                           </a:stretch>
                                         </pic:blipFill>
                                         <pic:spPr bwMode="auto">
                                           <a:xfrm>
                                             <a:off x="0" y="0"/>
                                             <a:ext cx="1817984" cy="853842"/>
                                           </a:xfrm>
                                           <a:prstGeom prst="rect">
                                             <a:avLst/>
                                           </a:prstGeom>
                                           <a:noFill/>
                                           <a:ln>
                                             <a:noFill/>
                                           </a:ln>
                                         </pic:spPr>
                                       </pic:pic>
                                     </a:graphicData>
                                   </a:graphic>
                                 </wp:inline>
                               </w:drawing>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00BD7D90" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
+                          <w:p w14:paraId="3808BD02" w14:textId="77777777" w:rsidR="00BD7D90" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
                             <w:r>
                               <w:rPr>
                                 <w:noProof/>
                                 <w:lang w:eastAsia="en-AU"/>
                               </w:rPr>
                               <w:drawing>
-                                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5187C5D6" wp14:editId="60BD74A3">
+                                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="26CC6E84" wp14:editId="0BB88D4E">
                                   <wp:extent cx="1488142" cy="666314"/>
                                   <wp:effectExtent l="0" t="0" r="0" b="635"/>
                                   <wp:docPr id="21" name="Picture 21"/>
                                   <wp:cNvGraphicFramePr>
                                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                                   </wp:cNvGraphicFramePr>
                                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                         <pic:nvPicPr>
                                           <pic:cNvPr id="0" name="Picture 8"/>
                                           <pic:cNvPicPr>
                                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                                           </pic:cNvPicPr>
                                         </pic:nvPicPr>
                                         <pic:blipFill>
-                                          <a:blip r:embed="rId20">
+                                          <a:blip r:embed="rId21">
                                             <a:extLst>
                                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                               </a:ext>
                                             </a:extLst>
                                           </a:blip>
                                           <a:srcRect/>
                                           <a:stretch>
                                             <a:fillRect/>
                                           </a:stretch>
                                         </pic:blipFill>
                                         <pic:spPr bwMode="auto">
                                           <a:xfrm>
                                             <a:off x="0" y="0"/>
                                             <a:ext cx="1546089" cy="692260"/>
                                           </a:xfrm>
                                           <a:prstGeom prst="rect">
                                             <a:avLst/>
                                           </a:prstGeom>
                                           <a:noFill/>
                                           <a:ln>
                                             <a:noFill/>
                                           </a:ln>
                                         </pic:spPr>
                                       </pic:pic>
                                     </a:graphicData>
                                   </a:graphic>
                                 </wp:inline>
                               </w:drawing>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="6A251C94" id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:322.55pt;margin-top:23.15pt;width:154.55pt;height:176.45pt;z-index:251664896;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAXtUwzIwIAACQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aMpEmMOEWXLsOA&#10;rhvQ7gNkWY6FSaImKbGzrx8lp2m23Yb5IIgm+fj4SK1vB63IUTgvwVR0OskpEYZDI82+ot+ed++W&#10;lPjATMMUGFHRk/D0dvP2zbq3pSigA9UIRxDE+LK3Fe1CsGWWed4JzfwErDDobMFpFtB0+6xxrEd0&#10;rbIiz2+yHlxjHXDhPf69H510k/DbVvDwpW29CERVFLmFdLp01vHMNmtW7h2zneRnGuwfWGgmDRa9&#10;QN2zwMjByb+gtOQOPLRhwkFn0LaSi9QDdjPN/+jmqWNWpF5QHG8vMvn/B8sfj18dkQ3ObkGJYRpn&#10;9CyGQN7DQIooT299iVFPFuPCgL8xNLXq7QPw754Y2HbM7MWdc9B3gjVIbxozs6vUEcdHkLr/DA2W&#10;YYcACWhonY7aoRoE0XFMp8toIhUeS65uisVyTglHX1HM8tV0nmqw8iXdOh8+CtAkXirqcPYJnh0f&#10;fIh0WPkSEqt5ULLZSaWS4fb1VjlyZLgnu/Sd0X8LU4b0FV3Ni3lCNhDz0wppGXCPldQVXebxi+ms&#10;jHJ8ME26BybVeEcmypz1iZKM4oShHsZJxNyoXQ3NCQVzMK4tPjO8dOB+UtLjylbU/zgwJyhRnwyK&#10;vprOZnHHkzGbLwo03LWnvvYwwxGqooGS8boN6V1E2gbucDitTLK9MjlTxlVMap6fTdz1aztFvT7u&#10;zS8AAAD//wMAUEsDBBQABgAIAAAAIQDVylhZ3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/R&#10;ToNAEEXfTfyHzZj4YuxSClSQoVETja+t/YCB3QKRnSXsttC/d33Sx8k9ufdMuVvMIC56cr1lhPUq&#10;AqG5sarnFuH49f74BMJ5YkWDZY1w1Q521e1NSYWyM+/15eBbEUrYFYTQeT8WUrqm04bcyo6aQ3ay&#10;kyEfzqmVaqI5lJtBxlGUSUM9h4WORv3W6eb7cDYIp8/5Ic3n+sMft/ske6V+W9sr4v3d8vIMwuvF&#10;/8Hwqx/UoQpOtT2zcmJAyJJ0HVCEJNuACECeJjGIGmGT5zHIqpT/X6h+AAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhABe1TDMjAgAAJAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhANXKWFnfAAAACgEAAA8AAAAAAAAAAAAAAAAAfQQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAACJBQAAAAA=&#10;" stroked="f">
+              <v:shape w14:anchorId="383E8046" id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:322.55pt;margin-top:23.15pt;width:154.55pt;height:176.45pt;z-index:251664896;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCIWQj+EgIAAP4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgxkjYx4hRdugwD&#10;ugvQ7QNkWY6FSaImKbGzrx8lu2m2vQ3zgyCa5CF5eLS5G7QiJ+G8BFPR+SynRBgOjTSHin77un+z&#10;osQHZhqmwIiKnoWnd9vXrza9LUUBHahGOIIgxpe9rWgXgi2zzPNOaOZnYIVBZwtOs4CmO2SNYz2i&#10;a5UVeX6T9eAa64AL7/Hvw+ik24TftoKHz23rRSCqothbSKdLZx3PbLth5cEx20k+tcH+oQvNpMGi&#10;F6gHFhg5OvkXlJbcgYc2zDjoDNpWcpFmwGnm+R/TPHXMijQLkuPthSb//2D5p9OT/eJIGN7CgAtM&#10;Q3j7CPy7JwZ2HTMHce8c9J1gDRaeR8qy3vpySo1U+9JHkLr/CA0umR0DJKChdTqygnMSRMcFnC+k&#10;iyEQHkuub4rb1ZISjr6iWOTr+TLVYOVzunU+vBegSbxU1OFWEzw7PfoQ22Hlc0is5kHJZi+VSoY7&#10;1DvlyImhAvbpm9B/C1OG9BVdL4tlQjYQ85M4tAyoUCV1RVd5/EbNRDremSaFBCbVeMdOlJn4iZSM&#10;5IShHohscLyYG+mqoTkjYQ5GQeIDwksH7iclPYqxov7HkTlBifpgkPT1fLGI6k3GYnlboOGuPfW1&#10;hxmOUBUNlIzXXUiKj3QYuMfltDLR9tLJ1DKKLLE5PYio4ms7Rb082+0vAAAA//8DAFBLAwQUAAYA&#10;CAAAACEA1cpYWd8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyP0U6DQBBF3038h82Y+GLsUgpU&#10;kKFRE42vrf2Agd0CkZ0l7LbQv3d90sfJPbn3TLlbzCAuenK9ZYT1KgKhubGq5xbh+PX++ATCeWJF&#10;g2WNcNUOdtXtTUmFsjPv9eXgWxFK2BWE0Hk/FlK6ptOG3MqOmkN2spMhH86plWqiOZSbQcZRlElD&#10;PYeFjkb91unm+3A2CKfP+SHN5/rDH7f7JHulflvbK+L93fLyDMLrxf/B8Ksf1KEKTrU9s3JiQMiS&#10;dB1QhCTbgAhAniYxiBphk+cxyKqU/1+ofgAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCI&#10;WQj+EgIAAP4DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQDVylhZ3wAAAAoBAAAPAAAAAAAAAAAAAAAAAGwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00BD7D90" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
+                    <w:p w14:paraId="57CB9465" w14:textId="77777777" w:rsidR="00BD7D90" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:cstheme="minorHAnsi"/>
                           <w:noProof/>
                           <w:lang w:eastAsia="en-AU"/>
                         </w:rPr>
                         <w:drawing>
-                          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5E42C7E7" wp14:editId="42FBD0D8">
+                          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="054692FC" wp14:editId="7F8184B1">
                             <wp:extent cx="1813310" cy="851647"/>
                             <wp:effectExtent l="0" t="0" r="0" b="5715"/>
                             <wp:docPr id="18" name="Picture 18"/>
                             <wp:cNvGraphicFramePr>
                               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                             </wp:cNvGraphicFramePr>
                             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                   <pic:nvPicPr>
                                     <pic:cNvPr id="0" name="Picture 5"/>
                                     <pic:cNvPicPr>
                                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                                     </pic:cNvPicPr>
                                   </pic:nvPicPr>
                                   <pic:blipFill>
-                                    <a:blip r:embed="rId21">
+                                    <a:blip r:embed="rId20">
                                       <a:extLst>
                                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                         </a:ext>
                                       </a:extLst>
                                     </a:blip>
                                     <a:srcRect/>
                                     <a:stretch>
                                       <a:fillRect/>
                                     </a:stretch>
                                   </pic:blipFill>
                                   <pic:spPr bwMode="auto">
                                     <a:xfrm>
                                       <a:off x="0" y="0"/>
                                       <a:ext cx="1817984" cy="853842"/>
                                     </a:xfrm>
                                     <a:prstGeom prst="rect">
                                       <a:avLst/>
                                     </a:prstGeom>
                                     <a:noFill/>
                                     <a:ln>
                                       <a:noFill/>
                                     </a:ln>
                                   </pic:spPr>
                                 </pic:pic>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00BD7D90" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
+                    <w:p w14:paraId="3808BD02" w14:textId="77777777" w:rsidR="00BD7D90" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
                       <w:r>
                         <w:rPr>
                           <w:noProof/>
                           <w:lang w:eastAsia="en-AU"/>
                         </w:rPr>
                         <w:drawing>
-                          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5187C5D6" wp14:editId="60BD74A3">
+                          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="26CC6E84" wp14:editId="0BB88D4E">
                             <wp:extent cx="1488142" cy="666314"/>
                             <wp:effectExtent l="0" t="0" r="0" b="635"/>
                             <wp:docPr id="21" name="Picture 21"/>
                             <wp:cNvGraphicFramePr>
                               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                             </wp:cNvGraphicFramePr>
                             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                   <pic:nvPicPr>
                                     <pic:cNvPr id="0" name="Picture 8"/>
                                     <pic:cNvPicPr>
                                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                                     </pic:cNvPicPr>
                                   </pic:nvPicPr>
                                   <pic:blipFill>
-                                    <a:blip r:embed="rId22">
+                                    <a:blip r:embed="rId21">
                                       <a:extLst>
                                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                         </a:ext>
                                       </a:extLst>
                                     </a:blip>
                                     <a:srcRect/>
                                     <a:stretch>
                                       <a:fillRect/>
                                     </a:stretch>
                                   </pic:blipFill>
                                   <pic:spPr bwMode="auto">
                                     <a:xfrm>
                                       <a:off x="0" y="0"/>
                                       <a:ext cx="1546089" cy="692260"/>
                                     </a:xfrm>
                                     <a:prstGeom prst="rect">
                                       <a:avLst/>
                                     </a:prstGeom>
                                     <a:noFill/>
                                     <a:ln>
                                       <a:noFill/>
                                     </a:ln>
                                   </pic:spPr>
                                 </pic:pic>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BD7D90" w:rsidRPr="00044B92" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
+    <w:p w14:paraId="00667132" w14:textId="77777777" w:rsidR="00BD7D90" w:rsidRPr="00044B92" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BD7D90" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
+    <w:p w14:paraId="75113BB7" w14:textId="77777777" w:rsidR="00BD7D90" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="180" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C4473">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">High concentrations of fine particles in the atmosphere are </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -2333,65 +2909,75 @@
       </w:r>
       <w:r w:rsidRPr="001D0980">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>visual degradation is influenced by high</w:t>
       </w:r>
       <w:r w:rsidRPr="003C4473">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> concentrations of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> salts particles (such as sea spray, </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003C4473">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>sulfate</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">s and nitrates) </w:t>
+        <w:t>s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and nitrates) </w:t>
       </w:r>
       <w:r w:rsidRPr="003C4473">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>which</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> strongly scatter</w:t>
       </w:r>
       <w:r w:rsidRPr="003C4473">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> light</w:t>
       </w:r>
@@ -2520,74 +3106,76 @@
       <w:r w:rsidRPr="00342B80">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
       <w:r w:rsidRPr="006738DA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00342B80">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>fog</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>),</w:t>
       </w:r>
       <w:r w:rsidRPr="003C4473">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="003C4473">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is </w:t>
       </w:r>
       <w:r w:rsidRPr="003C4473">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">strongly influenced by the presence of </w:t>
       </w:r>
       <w:r w:rsidRPr="0052731C">
@@ -2607,259 +3195,347 @@
         </w:rPr>
         <w:t>(BC)</w:t>
       </w:r>
       <w:r w:rsidRPr="003C4473">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, which is an efficient light absorber. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Other terms later coined include </w:t>
       </w:r>
       <w:r w:rsidRPr="00D066AB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>“sul</w:t>
+        <w:t>“</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D066AB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sul</w:t>
       </w:r>
       <w:r w:rsidR="00673E98">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00D066AB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>urous sm</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>urous</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D066AB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">og” and “photochemical smog”. Sulfurous smog is associated with high concentration of sulfur oxides (SOx) and humidity in the air which react to form fine sulfate particles. Photochemical smog is associated with large amounts of nitrogen oxides (NOx) and volatile organic compounds (VOC) primarily emitted from vehicles, particularly diesel-fuelled vehicles, which react in the presence of sunlight to form ground level ozone, nitrogen dioxide and nitrate particles. The combination of these secondary reaction products with primary BC particles co-emitted from the same vehicles produces the brown coloured smog synonymous with many traffic-congested city skylines.   </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00BD7D90" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
+        <w:t xml:space="preserve"> sm</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">og” and “photochemical smog”. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Sulfurous</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> smog is associated with high concentration of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sulfur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oxides (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SOx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) and humidity in the air which react to form fine </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sulfate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> particles. Photochemical smog is associated with large amounts of nitrogen oxides (NOx) and volatile organic compounds (VOC) primarily emitted from vehicles, particularly diesel-fuelled vehicles, which react in the presence of sunlight to form ground level ozone, nitrogen dioxide and nitrate particles. The combination of these secondary reaction products with primary BC particles co-emitted from the same vehicles produces the brown coloured smog synonymous with many traffic-congested city skylines.   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="312CD04C" w14:textId="77777777" w:rsidR="00BD7D90" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="180" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BD7D90" w:rsidRPr="00225CBA" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
+    <w:p w14:paraId="1F3FBC5E" w14:textId="77777777" w:rsidR="00BD7D90" w:rsidRPr="00225CBA" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:after="180" w:line="276" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E7F75">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251666944" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4BADC7DC" wp14:editId="64D9132B">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251666944" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="388C928A" wp14:editId="03DE8683">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>right</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>3390900</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5653405" cy="2725420"/>
                 <wp:effectExtent l="0" t="0" r="4445" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="8" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5653405" cy="2725420"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:noFill/>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00BD7D90" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
+                          <w:p w14:paraId="5962AECB" w14:textId="77777777" w:rsidR="00BD7D90" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
                             <w:r>
                               <w:rPr>
                                 <w:noProof/>
                                 <w:lang w:eastAsia="en-AU"/>
                               </w:rPr>
                               <w:drawing>
-                                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="106ADD05" wp14:editId="6EADCA3A">
+                                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4211AA86" wp14:editId="3AC7B191">
                                   <wp:extent cx="5402908" cy="2593731"/>
                                   <wp:effectExtent l="0" t="0" r="7620" b="0"/>
                                   <wp:docPr id="4" name="Picture 4"/>
                                   <wp:cNvGraphicFramePr>
                                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                                   </wp:cNvGraphicFramePr>
                                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                         <pic:nvPicPr>
                                           <pic:cNvPr id="0" name="Picture 7"/>
                                           <pic:cNvPicPr>
                                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                                           </pic:cNvPicPr>
                                         </pic:nvPicPr>
                                         <pic:blipFill>
-                                          <a:blip r:embed="rId23">
+                                          <a:blip r:embed="rId22">
                                             <a:extLst>
                                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                               </a:ext>
                                             </a:extLst>
                                           </a:blip>
                                           <a:srcRect/>
                                           <a:stretch>
                                             <a:fillRect/>
                                           </a:stretch>
                                         </pic:blipFill>
                                         <pic:spPr bwMode="auto">
                                           <a:xfrm>
                                             <a:off x="0" y="0"/>
                                             <a:ext cx="5421135" cy="2602481"/>
                                           </a:xfrm>
                                           <a:prstGeom prst="rect">
                                             <a:avLst/>
                                           </a:prstGeom>
                                           <a:noFill/>
                                           <a:ln>
                                             <a:noFill/>
                                           </a:ln>
                                         </pic:spPr>
                                       </pic:pic>
                                     </a:graphicData>
                                   </a:graphic>
                                 </wp:inline>
                               </w:drawing>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="4BADC7DC" id="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:393.95pt;margin-top:267pt;width:445.15pt;height:214.6pt;z-index:251666944;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBgKbIWIgIAACMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+x4cbtacaouXaZJ&#10;3YfU7gdgjGM04DIgsbNfvwtO0qh9m8YDAu7lcO45l+XtqBXZC+clmJrOZzklwnBopdnW9OfT5t0H&#10;SnxgpmUKjKjpQXh6u3r7ZjnYShTQg2qFIwhifDXYmvYh2CrLPO+FZn4GVhgMduA0C7h126x1bEB0&#10;rbIiz6+yAVxrHXDhPZ7eT0G6SvhdJ3j43nVeBKJqitxCml2amzhnqyWrto7ZXvIjDfYPLDSTBh89&#10;Q92zwMjOyVdQWnIHHrow46Az6DrJRaoBq5nnL6p57JkVqRYUx9uzTP7/wfJv+x+OyLamaJRhGi16&#10;EmMgH2EkRVRnsL7CpEeLaWHEY3Q5VertA/BfnhhY98xsxZ1zMPSCtchuHm9mF1cnHB9BmuErtPgM&#10;2wVIQGPndJQOxSCIji4dzs5EKhwPy6vy/SIvKeEYK66LclEk7zJWna5b58NnAZrERU0dWp/g2f7B&#10;h0iHVaeU+JoHJduNVCpt3LZZK0f2DNtkk0aq4EWaMmSo6U1ZlAnZQLyfOkjLgG2spEYd8zimxopy&#10;fDJtSglMqmmNTJQ56hMlmcQJYzMmI8qT7A20BxTMwdS1+Mtw0YP7Q8mAHVtT/3vHnKBEfTEo+s18&#10;sYgtnjaL8hoVIu4y0lxGmOEIVdNAybRch/QtohwG7tCcTibZoosTkyNl7MSk5vHXxFa/3Kes57+9&#10;+gsAAP//AwBQSwMEFAAGAAgAAAAhAJ7ULOzeAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FP&#10;g0AQhe8m/ofNmHgxdrG0tCBDoyYar639AQNMgcjOEnZb6L93PentTd7kve/lu9n06sKj66wgPC0i&#10;UCyVrTtpEI5f749bUM6T1NRbYYQrO9gVtzc5ZbWdZM+Xg29UCBGXEULr/ZBp7aqWDbmFHViCd7Kj&#10;IR/OsdH1SFMIN71eRlGiDXUSGloa+K3l6vtwNginz+lhnU7lhz9u9qvklbpNaa+I93fzyzMoz7P/&#10;e4Zf/IAORWAq7Vlqp3qEMMQjrONVEMHeplEMqkRIk3gJusj1/wHFDwAAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQBgKbIWIgIAACMEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQCe1Czs3gAAAAgBAAAPAAAAAAAAAAAAAAAAAHwEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAhwUAAAAA&#10;" stroked="f">
+              <v:shape w14:anchorId="388C928A" id="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:393.95pt;margin-top:267pt;width:445.15pt;height:214.6pt;z-index:251666944;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCUMQ/HFAIAAP4DAAAOAAAAZHJzL2Uyb0RvYy54bWysk9uO2yAQhu8r9R0Q940db7wHK85qm22q&#10;StuDtO0DYIxjVMzQgcTePn0Hks1G27uqvkDggZ+Zb36Wt9Ng2F6h12BrPp/lnCkrodV2W/Mf3zfv&#10;rjnzQdhWGLCq5k/K89vV2zfL0VWqgB5Mq5CRiPXV6Greh+CqLPOyV4PwM3DKUrADHESgJW6zFsVI&#10;6oPJijy/zEbA1iFI5T39vT8E+Srpd52S4WvXeRWYqTnlFtKIaWzimK2WotqicL2WxzTEP2QxCG3p&#10;0pPUvQiC7VD/JTVoieChCzMJQwZdp6VKNVA18/xVNY+9cCrVQnC8O2Hy/09Wftk/um/IwvQeJmpg&#10;KsK7B5A/PbOw7oXdqjtEGHslWrp4HpFlo/PV8WhE7SsfRZrxM7TUZLELkISmDodIhepkpE4NeDpB&#10;V1Ngkn6Wl+XFIi85kxQrropyUaS2ZKJ6Pu7Qh48KBhYnNUfqapIX+wcfYjqiet4Sb/NgdLvRxqQF&#10;bpu1QbYX5IBN+lIFr7YZy8aa35RFmZQtxPPJHIMO5FCjh5pf5/E7eCbi+GDbtCUIbQ5zysTYI5+I&#10;5AAnTM3EdFvzi3g24mqgfSJgCAdD0gOiSQ/4m7ORzFhz/2snUHFmPlmCfjNfLKJ702JRXhEhhueR&#10;5jwirCSpmgfODtN1SI6POCzcUXM6nbC9ZHJMmUyWaB4fRHTx+Trtenm2qz8AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQCe1Czs3gAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6HzZh4MXax&#10;tLQgQ6MmGq+t/QEDTIHIzhJ2W+i/dz3p7U3e5L3v5bvZ9OrCo+usIDwtIlAsla07aRCOX++PW1DO&#10;k9TUW2GEKzvYFbc3OWW1nWTPl4NvVAgRlxFC6/2Qae2qlg25hR1YgneyoyEfzrHR9UhTCDe9XkZR&#10;og11EhpaGvit5er7cDYIp8/pYZ1O5Yc/bvar5JW6TWmviPd388szKM+z/3uGX/yADkVgKu1Zaqd6&#10;hDDEI6zjVRDB3qZRDKpESJN4CbrI9f8BxQ8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;lDEPxxQCAAD+AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAntQs7N4AAAAIAQAADwAAAAAAAAAAAAAAAABuBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00BD7D90" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
+                    <w:p w14:paraId="5962AECB" w14:textId="77777777" w:rsidR="00BD7D90" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
                       <w:r>
                         <w:rPr>
                           <w:noProof/>
                           <w:lang w:eastAsia="en-AU"/>
                         </w:rPr>
                         <w:drawing>
-                          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="106ADD05" wp14:editId="6EADCA3A">
+                          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4211AA86" wp14:editId="3AC7B191">
                             <wp:extent cx="5402908" cy="2593731"/>
                             <wp:effectExtent l="0" t="0" r="7620" b="0"/>
                             <wp:docPr id="4" name="Picture 4"/>
                             <wp:cNvGraphicFramePr>
                               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                             </wp:cNvGraphicFramePr>
                             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                   <pic:nvPicPr>
                                     <pic:cNvPr id="0" name="Picture 7"/>
                                     <pic:cNvPicPr>
                                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                                     </pic:cNvPicPr>
                                   </pic:nvPicPr>
                                   <pic:blipFill>
-                                    <a:blip r:embed="rId24">
+                                    <a:blip r:embed="rId22">
                                       <a:extLst>
                                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                         </a:ext>
                                       </a:extLst>
                                     </a:blip>
                                     <a:srcRect/>
                                     <a:stretch>
                                       <a:fillRect/>
                                     </a:stretch>
                                   </pic:blipFill>
                                   <pic:spPr bwMode="auto">
                                     <a:xfrm>
                                       <a:off x="0" y="0"/>
                                       <a:ext cx="5421135" cy="2602481"/>
                                     </a:xfrm>
                                     <a:prstGeom prst="rect">
                                       <a:avLst/>
                                     </a:prstGeom>
                                     <a:noFill/>
                                     <a:ln>
                                       <a:noFill/>
                                     </a:ln>
                                   </pic:spPr>
                                 </pic:pic>
@@ -2911,649 +3587,938 @@
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00225CBA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> on clear and polluted days</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BD7D90" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
+    <w:p w14:paraId="6B2A23EF" w14:textId="77777777" w:rsidR="00BD7D90" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="180" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E7F75">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251665920" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="76C14710" wp14:editId="6FD026F9">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251665920" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0ADB02EB" wp14:editId="0F0BB51C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>right</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5626735" cy="2795905"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="6" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5626735" cy="2795905"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:noFill/>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00BD7D90" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
+                          <w:p w14:paraId="4268AB63" w14:textId="77777777" w:rsidR="00BD7D90" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
                             <w:r>
                               <w:rPr>
                                 <w:noProof/>
                                 <w:lang w:eastAsia="en-AU"/>
                               </w:rPr>
                               <w:drawing>
-                                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="55EFC6C7" wp14:editId="6AA9AF8F">
+                                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="19F3EE2E" wp14:editId="3E0520C5">
                                   <wp:extent cx="5433695" cy="2602230"/>
                                   <wp:effectExtent l="0" t="0" r="0" b="7620"/>
                                   <wp:docPr id="22" name="Picture 22"/>
                                   <wp:cNvGraphicFramePr>
                                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                                   </wp:cNvGraphicFramePr>
                                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                         <pic:nvPicPr>
                                           <pic:cNvPr id="0" name="Picture 8"/>
                                           <pic:cNvPicPr>
                                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                                           </pic:cNvPicPr>
                                         </pic:nvPicPr>
                                         <pic:blipFill>
-                                          <a:blip r:embed="rId25">
+                                          <a:blip r:embed="rId23">
                                             <a:extLst>
                                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                               </a:ext>
                                             </a:extLst>
                                           </a:blip>
                                           <a:srcRect/>
                                           <a:stretch>
                                             <a:fillRect/>
                                           </a:stretch>
                                         </pic:blipFill>
                                         <pic:spPr bwMode="auto">
                                           <a:xfrm>
                                             <a:off x="0" y="0"/>
                                             <a:ext cx="5433695" cy="2602230"/>
                                           </a:xfrm>
                                           <a:prstGeom prst="rect">
                                             <a:avLst/>
                                           </a:prstGeom>
                                           <a:noFill/>
                                           <a:ln>
                                             <a:noFill/>
                                           </a:ln>
                                         </pic:spPr>
                                       </pic:pic>
                                     </a:graphicData>
                                   </a:graphic>
                                 </wp:inline>
                               </w:drawing>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="none" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="76C14710" id="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:391.85pt;margin-top:0;width:443.05pt;height:220.15pt;z-index:251665920;visibility:visible;mso-wrap-style:none;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB5sQsRIQIAACEEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3a8OG2MOEWXLsOA&#10;dhvQ7gMUWY6FSaIgqbGzrx8lu2m23YbpIJAi+UQ+kuubQStyFM5LMDWdz3JKhOHQSHOo6fen3btr&#10;SnxgpmEKjKjpSXh6s3n7Zt3bShTQgWqEIwhifNXbmnYh2CrLPO+EZn4GVhg0tuA0C6i6Q9Y41iO6&#10;VlmR58usB9dYB1x4j693o5FuEn7bCh6+tq0XgaiaYm4h3S7d+3hnmzWrDo7ZTvIpDfYPWWgmDX56&#10;hrpjgZFnJ/+C0pI78NCGGQedQdtKLlINWM08/6Oax45ZkWpBcrw90+T/Hyz/cvzmiGxquqTEMI0t&#10;ehJDIB9gIEVkp7e+QqdHi25hwGfscqrU23vgPzwxsO2YOYhb56DvBGswu3mMzC5CRxwfQfb9AzT4&#10;DXsOkICG1ulIHZJBEB27dDp3JqbC8bFcFsur9yUlHG3F1apc5WX6g1Uv4db58EmAJlGoqcPWJ3h2&#10;vPchpsOqF5f4mwclm51UKinusN8qR44Mx2SXzoT+m5sypK/pqizKhGwgxqcJ0jLgGCupa3qdxxPD&#10;WRXp+GiaJAcm1ShjJspM/ERKRnLCsB+mRqB/5G4PzQkJczBOLW4ZCh24n5T0OLE1NbhSlKjPBilf&#10;zReLOOBJWZRXBSru0rK/tDDDEaimgZJR3Ia0FIkMe4ut2clE2mseU8I4h4nLaWfioF/qyet1sze/&#10;AAAA//8DAFBLAwQUAAYACAAAACEAfeH9r9wAAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPUUvE&#10;MBCE3wX/Q1jBNy8976i1dnuIIijCwZ3+gDTZa4vNpia5a/33Rl/0ZWGYYebbajPbQZzIh94xwnKR&#10;gSDWzvTcIry/PV0VIEJUbNTgmBC+KMCmPj+rVGncxDs67WMrUgmHUiF0MY6llEF3ZFVYuJE4eQfn&#10;rYpJ+lYar6ZUbgd5nWW5tKrntNCpkR460h/7o0V47H3zqd3qOb95vdXbXThML1uJeHkx39+BiDTH&#10;vzD84Cd0qBNT445sghgQ0iPx9yavKPIliAZhvc5WIOtK/qevvwEAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQB5sQsRIQIAACEEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQB94f2v3AAAAAUBAAAPAAAAAAAAAAAAAAAAAHsEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#10;" stroked="f">
+              <v:shape w14:anchorId="0ADB02EB" id="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:391.85pt;margin-top:0;width:443.05pt;height:220.15pt;z-index:251665920;visibility:visible;mso-wrap-style:none;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDPTFGcEQIAAPwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N3bcONlYcVbbbFNV&#10;2l6kbT8AY2yjYgYBGzv9+g7Ym03bt6o8IIYZzsycOexux16Rk7BOgi7pcpFSIjSHWuq2pN+/Hd/c&#10;UOI80zVToEVJz8LR2/3rV7vBFCKDDlQtLEEQ7YrBlLTz3hRJ4ngneuYWYIRGZwO2Zx5N2ya1ZQOi&#10;9yrJ0nSdDGBrY4EL5/D2fnLSfcRvGsH9l6ZxwhNVUqzNx93GvQp7st+xorXMdJLPZbB/qKJnUmPS&#10;C9Q984w8WfkXVC+5BQeNX3DoE2gayUXsAbtZpn9089gxI2IvSI4zF5rc/4Pln0+P5qslfnwHIw4w&#10;NuHMA/Afjmg4dEy34s5aGDrBaky8DJQlg3HF/DRQ7QoXQKrhE9Q4ZPbkIQKNje0DK9gnQXQcwPlC&#10;uhg94XiZr7P15m1OCUdfttnm2zSPOVjx/NxY5z8I6Ek4lNTiVCM8Oz04H8phxXNIyOZAyfoolYqG&#10;bauDsuTEUAHHuGb038KUJkNJt3mWR2QN4X0URy89KlTJvqQ3aViTZgId73UdQzyTajpjJUrP/ARK&#10;JnL8WI1E1iVdhbeBrgrqMxJmYRIkfiA8dGB/UjKgGEuq8bdQoj5qpHy7XK2CdqOxyjcZGvbaU117&#10;mOYIVFJPyXQ8+Kj3SIa5w9EcZSTtpY65YJRY5HL+DkHD13aMevm0+18AAAD//wMAUEsDBBQABgAI&#10;AAAAIQB94f2v3AAAAAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9RS8QwEITfBf9DWME3Lz3vqLV2&#10;e4giKMLBnf6ANNlri82mJrlr/fdGX/RlYZhh5ttqM9tBnMiH3jHCcpGBINbO9NwivL89XRUgQlRs&#10;1OCYEL4owKY+P6tUadzEOzrtYytSCYdSIXQxjqWUQXdkVVi4kTh5B+etikn6VhqvplRuB3mdZbm0&#10;que00KmRHjrSH/ujRXjsffOp3eo5v3m91dtdOEwvW4l4eTHf34GINMe/MPzgJ3SoE1PjjmyCGBDS&#10;I/H3Jq8o8iWIBmG9zlYg60r+p6+/AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAM9MUZwR&#10;AgAA/AMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAH3h&#10;/a/cAAAABQEAAA8AAAAAAAAAAAAAAAAAawQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAB0BQAAAAA=&#10;" stroked="f">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
-                    <w:p w:rsidR="00BD7D90" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
+                    <w:p w14:paraId="4268AB63" w14:textId="77777777" w:rsidR="00BD7D90" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
                       <w:r>
                         <w:rPr>
                           <w:noProof/>
                           <w:lang w:eastAsia="en-AU"/>
                         </w:rPr>
                         <w:drawing>
-                          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="55EFC6C7" wp14:editId="6AA9AF8F">
+                          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="19F3EE2E" wp14:editId="3E0520C5">
                             <wp:extent cx="5433695" cy="2602230"/>
                             <wp:effectExtent l="0" t="0" r="0" b="7620"/>
                             <wp:docPr id="22" name="Picture 22"/>
                             <wp:cNvGraphicFramePr>
                               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                             </wp:cNvGraphicFramePr>
                             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                   <pic:nvPicPr>
                                     <pic:cNvPr id="0" name="Picture 8"/>
                                     <pic:cNvPicPr>
                                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                                     </pic:cNvPicPr>
                                   </pic:nvPicPr>
                                   <pic:blipFill>
-                                    <a:blip r:embed="rId26">
+                                    <a:blip r:embed="rId23">
                                       <a:extLst>
                                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                         </a:ext>
                                       </a:extLst>
                                     </a:blip>
                                     <a:srcRect/>
                                     <a:stretch>
                                       <a:fillRect/>
                                     </a:stretch>
                                   </pic:blipFill>
                                   <pic:spPr bwMode="auto">
                                     <a:xfrm>
                                       <a:off x="0" y="0"/>
                                       <a:ext cx="5433695" cy="2602230"/>
                                     </a:xfrm>
                                     <a:prstGeom prst="rect">
                                       <a:avLst/>
                                     </a:prstGeom>
                                     <a:noFill/>
                                     <a:ln>
                                       <a:noFill/>
                                     </a:ln>
                                   </pic:spPr>
                                 </pic:pic>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square" anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BD7D90" w:rsidRPr="00A50224" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
+    <w:p w14:paraId="4AB17418" w14:textId="77777777" w:rsidR="00BD7D90" w:rsidRPr="00A50224" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="180" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A50224">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">In addition, the light absorbed by black carbon particles </w:t>
       </w:r>
       <w:r w:rsidRPr="00A50224">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>is re-radiated as heat</w:t>
       </w:r>
       <w:r w:rsidRPr="00A50224">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> which can contribute to environmental warming effects in a number of ways. If there is a lot of black carbon in the air at the altitude where clouds are forming, it can cause premature cloud evaporation which contributes to global warming, as clouds are needed to reflect a significant amount of solar radiation back to space. The premature evaporation of clouds also impacts our environmental climate by modifying weather patterns. Atmospher</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> which can contribute to environmental warming effects in </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A50224">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:t>a number of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A50224">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ways. If there is a lot of black carbon in the air at the altitude where clouds are forming, it can cause premature cloud evaporation which contributes to global warming, as clouds are needed to reflect a significant amount of solar radiation back to space. The premature evaporation of clouds also impacts our environmental climate by modifying weather patterns. Atmospher</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
         <w:t>ic particles are known as short-</w:t>
       </w:r>
       <w:r w:rsidRPr="00A50224">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>lived climate pollutants, because unlike greenhouse gases such as carbon dioxide, they can only remain suspended in the atmosphere for up to a few weeks before falling to earth with either gravity or rain. Black carbon particles that fall out of the atmosphere onto regions of snow and ice, darken the surface reducing their albedo (the reflecting power of a surface) which can accelerate melting.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BD7D90" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
+    <w:p w14:paraId="14BFA8B2" w14:textId="77777777" w:rsidR="00BD7D90" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E7F75">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Measuring the black carbon (BC) concentration gives an indication of the amount of soot present in the atmosphere. Black carbon is mainly produced by biomass burning and incomplete or inefficient combustion processes in motor vehicles, especially diesel powered vehicles. Incomplete combustion occurs when there is not enough oxygen present. So for the incomplete combustion of hydrocarbon fuels, such as petrol and diesel, </w:t>
+        <w:t xml:space="preserve">Measuring the black carbon (BC) concentration gives an indication of the amount of soot present in the atmosphere. Black carbon is mainly produced by biomass burning and incomplete or inefficient combustion processes in motor vehicles, especially </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009E7F75">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>diesel powered</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009E7F75">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vehicles. Incomplete combustion occurs when there is not enough oxygen present. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009E7F75">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>So</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009E7F75">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for the incomplete combustion of hydrocarbon fuels, such as petrol and diesel, </w:t>
       </w:r>
       <w:r w:rsidRPr="009E7F75">
         <w:rPr>
           <w:rStyle w:val="e24kjd"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>water is still produced, but carbon monoxide and carbon are produced instead of carbon dioxide.</w:t>
       </w:r>
       <w:r w:rsidRPr="009E7F75">
         <w:rPr>
           <w:rStyle w:val="e24kjd"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009E7F75">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Domestic wood (biomass) burning heaters are a major source of black carbon (BC) fine particle pollution in wintertime. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BD7D90" w:rsidRPr="009E7F75" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
+    <w:p w14:paraId="17B75E54" w14:textId="77777777" w:rsidR="00BD7D90" w:rsidRPr="009E7F75" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BD7D90" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
+    <w:p w14:paraId="70AA6FB0" w14:textId="77777777" w:rsidR="00BD7D90" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E7F75">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">Biomass burning also contributes to a fine particle source known as </w:t>
       </w:r>
       <w:r w:rsidRPr="009E7F75">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>smoke</w:t>
       </w:r>
       <w:r w:rsidRPr="009E7F75">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">, which typically contains BC and potassium (K) as two key elemental components. Smoke is often produced by bushfires in summer and hazard reduction burning, as well as wood burning heaters used for domestic heating in winter. </w:t>
       </w:r>
       <w:r w:rsidRPr="009E7F75">
-        <w:t xml:space="preserve">During these colder months, once the sun goes down, the ground loses heat very quickly and this cools the air that is in contact with the ground. However, the air above remains warm, known as an inversion layer, and acts like a lid trapping the cooler air at the surface instead of dispersing it higher in the atmosphere. So </w:t>
+        <w:t xml:space="preserve">During these colder months, once the sun goes down, the ground loses heat very quickly and this cools the air that is in contact with the ground. However, the air above remains warm, known as an inversion layer, and acts like a lid trapping the cooler air at the surface instead of dispersing it higher in the atmosphere. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009E7F75">
+        <w:t>So</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009E7F75">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009E7F75">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">on a still, cold winter’s night, smoke particles from wood burning heaters become trapped in the cold air close to ground level making the air we breathe much more </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">polluted. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BD7D90" w:rsidRPr="009E7F75" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
+    <w:p w14:paraId="558BB576" w14:textId="77777777" w:rsidR="00BD7D90" w:rsidRPr="009E7F75" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BD7D90" w:rsidRPr="009E7F75" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
+    <w:p w14:paraId="6BBD59E3" w14:textId="77777777" w:rsidR="00BD7D90" w:rsidRPr="009E7F75" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E7F75">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">Many fine particles form in the atmosphere as a result of complex chemical reactions. One such particle is </w:t>
-      </w:r>
+        <w:t xml:space="preserve">Many fine particles form in the atmosphere </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="009E7F75">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>as a result of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009E7F75">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> complex chemical reactions. One such particle is </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7F75">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
-        <w:t>ammonium sulfate</w:t>
-      </w:r>
+        <w:t xml:space="preserve">ammonium </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009E7F75">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:hyperlink r:id="rId27" w:tooltip="Learn more about Metal Smelting from ScienceDirect's AI-generated Topic Pages" w:history="1">
+          <w:b/>
+        </w:rPr>
+        <w:t>sulfate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E7F75">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. These particles originate from </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E7F75">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>sulfur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E7F75">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dioxide gas which is released into the atmosphere when fossil fuels containing </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E7F75">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>sulfur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E7F75">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are burned, and from </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:tooltip="Learn more about Metal Smelting from ScienceDirect's AI-generated Topic Pages" w:history="1">
         <w:r w:rsidRPr="009E7F75">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:color w:val="auto"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>metal smelting</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E7F75">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> and other industrial processes. </w:t>
       </w:r>
       <w:r w:rsidRPr="009E7F75">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t>High concentrations of sulfur dioxide are created through burning coal and oil for electricity generation in power stations.</w:t>
+        <w:t xml:space="preserve">High concentrations of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E7F75">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>sulfur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E7F75">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dioxide are created through burning coal and oil for electricity generation in power stations.</w:t>
       </w:r>
       <w:r w:rsidRPr="009E7F75">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009E7F75">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>Sulfur dioxide is also present in motor vehicle emissions as the result of fuel (petrol and diesel) combustion</w:t>
+        <w:t>Sulfur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E7F75">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dioxide is also present in motor vehicle emissions as the result of fuel (petrol and diesel) combustion</w:t>
       </w:r>
       <w:r w:rsidRPr="009E7F75">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t xml:space="preserve">. In January 2002, the Australian Government introduced a fuel quality standard for petrol, limiting the amount of sulfur in unleaded petrol (ULP) to 500 mg/kg and 150 mg/kg in premium unleaded petrol (PULP). The sulfur standard in ULP was adjusted to 150 mg/kg in 2005 and, in 2008, the sulfur standard in PULP became 50 mg/kg. This is still much greater than the European fuel sulfur standard which has been capped at 10mg/kg since 2009. In the atmosphere, sulfur dioxide gas reacts with other chemicals forming </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId28" w:tooltip="Learn more about Sulphuric Acid from ScienceDirect's AI-generated Topic Pages" w:history="1">
+        <w:t xml:space="preserve">. In January 2002, the Australian Government introduced a fuel quality standard for petrol, limiting the amount of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E7F75">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>sulfur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E7F75">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in unleaded petrol (ULP) to 500 mg/kg and 150 mg/kg in premium unleaded petrol (PULP). The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E7F75">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>sulfur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E7F75">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> standard in ULP was adjusted to 150 mg/kg in 2005 and, in 2008, the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E7F75">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>sulfur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E7F75">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> standard in PULP became 50 mg/kg. This is still much greater than the European fuel </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E7F75">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>sulfur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E7F75">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> standard which has been capped at 10mg/kg since 2009. In the atmosphere, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E7F75">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>sulfur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E7F75">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dioxide gas reacts with other chemicals forming </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:tooltip="Learn more about Sulphuric Acid from ScienceDirect's AI-generated Topic Pages" w:history="1">
         <w:r w:rsidRPr="009E7F75">
           <w:rPr>
             <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
             <w:lang w:eastAsia="en-AU"/>
           </w:rPr>
           <w:t>sulfuric acid</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E7F75">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="009E7F75">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>The sulfuric acid then undergoes a neutralisation reaction with ammonia present in the atmosphere to produce fine particle ammonium sulfate. If there is not enough ammonia in the atmosphere to fully neutralise the sulfuric acid, ammonium hydrogen sulfate (also known as ammonium bisulfate) is formed.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00BD7D90" w:rsidRPr="009E7F75" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
+        <w:t xml:space="preserve">The sulfuric acid then undergoes a neutralisation reaction with ammonia present in the atmosphere to produce fine particle ammonium </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E7F75">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>sulfate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E7F75">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. If there is not enough ammonia in the atmosphere to fully neutralise the sulfuric acid, ammonium hydrogen </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E7F75">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>sulfate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E7F75">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (also known as ammonium </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E7F75">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>bisulfate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E7F75">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>) is formed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A2E5A7D" w14:textId="77777777" w:rsidR="00BD7D90" w:rsidRPr="009E7F75" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BD7D90" w:rsidRPr="009E7F75" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
+    <w:p w14:paraId="3F526585" w14:textId="77777777" w:rsidR="00BD7D90" w:rsidRPr="009E7F75" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E7F75">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Fine PM2.5 particles pose a hazard to human health because their small size means they easily bypass our body’s natural defences, where they can enter deep into the lungs and have direct access to the bloodstream</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, as fine particles are</w:t>
       </w:r>
       <w:r w:rsidRPr="009E7F75">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> about half the size of a red blood cell. There is a growing body of evidence strongly linking the inhalation of fine particle air pollution to a range of serious human health problems including respiratory disease and infection, cardiovascular disease and stroke. Fine particle pollution has also been linked to premature death. This has led to</w:t>
       </w:r>
       <w:r w:rsidRPr="009E7F75">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> the Australian National Environment Protection Council (NEPC) recommending goals of an annual average mass of fine particle pollution of 8μg/m</w:t>
       </w:r>
       <w:r w:rsidRPr="009E7F75">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="009E7F75">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (1 μg = </w:t>
-      </w:r>
+        <w:t xml:space="preserve"> (1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009E7F75">
         <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>μg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E7F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7F75">
+        <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>one millionth of a gram</w:t>
       </w:r>
       <w:r w:rsidRPr="009E7F75">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>) and a maximum mass over any 24 hour period of 25μg/m</w:t>
+        <w:t xml:space="preserve">) and a maximum mass over any </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009E7F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>24 hour</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009E7F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> period of 25μg/m</w:t>
       </w:r>
       <w:r w:rsidRPr="009E7F75">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="009E7F75">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BD7D90" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
+    <w:p w14:paraId="570D7FAC" w14:textId="77777777" w:rsidR="00BD7D90" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F7A21" w:rsidRPr="00AF794D" w:rsidRDefault="000F7A21" w:rsidP="000F7A21">
+    <w:p w14:paraId="3BE7D9F4" w14:textId="77777777" w:rsidR="000F7A21" w:rsidRPr="00AF794D" w:rsidRDefault="000F7A21" w:rsidP="000F7A21">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF794D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Method and study site</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BD7D90" w:rsidRPr="00225CBA" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
+    <w:p w14:paraId="48A131C4" w14:textId="77777777" w:rsidR="00BD7D90" w:rsidRPr="00225CBA" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BD7D90" w:rsidRPr="009D5BF7" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
+    <w:p w14:paraId="6AFF1B05" w14:textId="77777777" w:rsidR="00BD7D90" w:rsidRPr="009D5BF7" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C403D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">The data </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">for </w:t>
       </w:r>
       <w:r w:rsidRPr="002C403D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">this activity </w:t>
       </w:r>
       <w:r>
@@ -3587,692 +4552,692 @@
         </w:rPr>
         <w:t>one of Newcastle’s older suburbs</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>, between 1998 and 2019</w:t>
       </w:r>
       <w:r w:rsidRPr="002C403D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>. </w:t>
       </w:r>
       <w:r w:rsidRPr="009D5BF7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Newcastle is situated on the east coast of NSW, about 150 km north of Sydney. This region was developed as an area for heavy industry, specifically for iron and steel making and steel products, non-ferrous metal manufacture, chemical and fertiliser manufacture, petroleum and coal-tar products. Significant tonnes of coal are also exported annually from Australia to Asia through the port of Newcastle. Mayfield is close to the highly industrialised areas and the port of Newcastle.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BD7D90" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
+    <w:p w14:paraId="57BC8175" w14:textId="77777777" w:rsidR="00BD7D90" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BD7D90" w:rsidRPr="009D5BF7" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
+    <w:p w14:paraId="75BF3C0B" w14:textId="77777777" w:rsidR="00BD7D90" w:rsidRPr="009D5BF7" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009D5BF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Newcastle is also in the vicinity of five coal-fired power stations. Two of these, Vales Point and Eraring, are located near Lake Macquarie on the central coast, Bayswater and Liddell power stations are located near Muswellbrook, and Mt Piper power station is located near Portland (close to Wallerawang)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Figure 1)</w:t>
       </w:r>
       <w:r w:rsidRPr="009D5BF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F7A21" w:rsidRDefault="000F7A21" w:rsidP="00B17F38">
+    <w:p w14:paraId="446F6A55" w14:textId="77777777" w:rsidR="000F7A21" w:rsidRDefault="000F7A21" w:rsidP="00B17F38">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:noProof/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660800" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6C4D5074" wp14:editId="6D146348">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660800" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4F2FAE71" wp14:editId="7343F286">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>28575</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>292100</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5701553" cy="904875"/>
                 <wp:effectExtent l="0" t="0" r="0" b="9525"/>
                 <wp:wrapNone/>
                 <wp:docPr id="19" name="Text Box 19"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5701553" cy="904875"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00B17F38" w:rsidRPr="00E77277" w:rsidRDefault="00B17F38" w:rsidP="00B17F38">
+                          <w:p w14:paraId="0EF50E45" w14:textId="77777777" w:rsidR="00B17F38" w:rsidRPr="00E77277" w:rsidRDefault="00B17F38" w:rsidP="00B17F38">
                             <w:pPr>
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:cstheme="minorHAnsi"/>
                                 <w:noProof/>
                                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                                 <w:lang w:eastAsia="en-AU"/>
                               </w:rPr>
                               <w:drawing>
-                                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="63E6CA94" wp14:editId="27F677FE">
+                                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="65C6F909" wp14:editId="1D4CB573">
                                   <wp:extent cx="1577788" cy="704796"/>
                                   <wp:effectExtent l="0" t="0" r="3810" b="635"/>
                                   <wp:docPr id="20" name="Picture 20"/>
                                   <wp:cNvGraphicFramePr>
                                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                                   </wp:cNvGraphicFramePr>
                                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                         <pic:nvPicPr>
                                           <pic:cNvPr id="0" name="Picture 30"/>
                                           <pic:cNvPicPr>
                                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                                           </pic:cNvPicPr>
                                         </pic:nvPicPr>
                                         <pic:blipFill>
-                                          <a:blip r:embed="rId29">
+                                          <a:blip r:embed="rId26">
                                             <a:extLst>
                                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                               </a:ext>
                                             </a:extLst>
                                           </a:blip>
                                           <a:srcRect/>
                                           <a:stretch>
                                             <a:fillRect/>
                                           </a:stretch>
                                         </pic:blipFill>
                                         <pic:spPr bwMode="auto">
                                           <a:xfrm>
                                             <a:off x="0" y="0"/>
                                             <a:ext cx="1595611" cy="712758"/>
                                           </a:xfrm>
                                           <a:prstGeom prst="rect">
                                             <a:avLst/>
                                           </a:prstGeom>
                                           <a:noFill/>
                                           <a:ln>
                                             <a:noFill/>
                                           </a:ln>
                                         </pic:spPr>
                                       </pic:pic>
                                     </a:graphicData>
                                   </a:graphic>
                                 </wp:inline>
                               </w:drawing>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00B17F38" w:rsidRDefault="00B17F38" w:rsidP="00B17F38"/>
+                          <w:p w14:paraId="6A31312D" w14:textId="77777777" w:rsidR="00B17F38" w:rsidRDefault="00B17F38" w:rsidP="00B17F38"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="6C4D5074" id="Text Box 19" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:2.25pt;margin-top:23pt;width:448.95pt;height:71.25pt;z-index:251660800;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBZQsDCjwIAAJMFAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFPGzEMfp+0/xDlfdwVWqAVV9SBmCYh&#10;QIOJ5zSX0GhJnCVp77pfPyd313aMF6a93Dn2Zzv+YvvisjWabIQPCmxFR0clJcJyqJV9qej3p5tP&#10;55SEyGzNNFhR0a0I9HL+8cNF42biGFaga+EJBrFh1riKrmJ0s6IIfCUMC0fghEWjBG9YxKN/KWrP&#10;GoxudHFclqdFA752HrgIAbXXnZHOc3wpBY/3UgYRia4o3i3mr8/fZfoW8ws2e/HMrRTvr8H+4RaG&#10;KYtJd6GuWWRk7dVfoYziHgLIeMTBFCCl4iLXgNWMylfVPK6YE7kWJCe4HU3h/4Xld5sHT1SNbzel&#10;xDKDb/Qk2kg+Q0tQhfw0LswQ9ugQGFvUI3bQB1SmslvpTfpjQQTtyPR2x26KxlE5OStHk8kJJRxt&#10;03J8fjZJYYq9t/MhfhFgSBIq6vH1MqlscxtiBx0gKVkAreobpXU+pI4RV9qTDcO31jHfEYP/gdKW&#10;NBU9PZmUObCF5N5F1jaFEbln+nSp8q7CLMWtFgmj7TchkbNc6Bu5GefC7vJndEJJTPUexx6/v9V7&#10;nLs60CNnBht3zkZZ8Ln6PGR7yuofA2Wyw+PbHNSdxNgu29wsJ0MDLKHeYl946CYrOH6j8PFuWYgP&#10;zOMoYSvgeoj3+JEakHzoJUpW4H+9pU947HC0UtLgaFY0/FwzLyjRXy32/nQ0HqdZzofx5OwYD/7Q&#10;sjy02LW5AuyIES4ix7OY8FEPovRgnnGLLFJWNDHLMXdF4yBexW5h4BbiYrHIIJxex+KtfXQ8hU4s&#10;p9Z8ap+Zd33/Ruz8OxiGmM1etXGHTZ4WFusIUuUeTzx3rPb84+TnKem3VFoth+eM2u/S+W8AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQALNY3D4AAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9LT8MwEITv&#10;SPwHaytxQdShbUoIcSqEeEi90fAQNzfeJhHxOordJPx7lhM9rUbzaXYm20y2FQP2vnGk4HoegUAq&#10;nWmoUvBWPF0lIHzQZHTrCBX8oIdNfn6W6dS4kV5x2IVKcAj5VCuoQ+hSKX1Zo9V+7jok9g6utzqw&#10;7Ctpej1yuG3lIorW0uqG+EOtO3yosfzeHa2Cr8vqc+un5/dxGS+7x5ehuPkwhVIXs+n+DkTAKfzD&#10;8Fefq0POnfbuSMaLVsEqZpDPmhexfRstViD2zCVJDDLP5OmA/BcAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQBZQsDCjwIAAJMFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQALNY3D4AAAAAgBAAAPAAAAAAAAAAAAAAAAAOkEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAA9gUAAAAA&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="4F2FAE71" id="Text Box 19" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:2.25pt;margin-top:23pt;width:448.95pt;height:71.25pt;z-index:251660800;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD2WwdYegIAAGwFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9v2jAQfp+0/8Hy+5rQQmlRQ8WoOk1C&#10;bTU69dk4NlhzfJ5tSNhfv7OTAOv60mkvydn33a/Pd3dz21Sa7ITzCkxBB2c5JcJwKJVZF/T78/2n&#10;K0p8YKZkGowo6F54ejv9+OGmthNxDhvQpXAEnRg/qW1BNyHYSZZ5vhEV82dghUGlBFexgEe3zkrH&#10;avRe6ew8zy+zGlxpHXDhPd7etUo6Tf6lFDw8SulFILqgmFtIX5e+q/jNpjdssnbMbhTv0mD/kEXF&#10;lMGgB1d3LDCydeovV5XiDjzIcMahykBKxUWqAasZ5K+qWW6YFakWJMfbA03+/7nlD7ulfXIkNJ+h&#10;wQeMhNTWTzxexnoa6ar4x0wJ6pHC/YE20QTC8XI0zgej0QUlHHXX+fBqPIpusqO1dT58EVCRKBTU&#10;4bMktthu4UML7SExmAetynuldTrEVhBz7ciO4SPqkHJE53+gtCF1QS8vRnlybCCat561iW5EaoYu&#10;3LHCJIW9FhGjzTchiSpToW/EZpwLc4if0BElMdR7DDv8Mav3GLd1oEWKDCYcjCtlwKXq0/QcKSt/&#10;9JTJFo9vc1J3FEOzarBwfMu+AVZQ7rEvHLQj4y2/V/h4C+bDE3M4I9gKOPfhET9SA5IPnUTJBtyv&#10;t+4jHlsXtZTUOHMF9T+3zAlK9FeDTX09GA7jkKbDcDQ+x4M71axONWZbzQE7YoAbxvIkRnzQvSgd&#10;VC+4HmYxKqqY4Ri7oKEX56HdBLheuJjNEgjH0rKwMEvLo+vIcmzN5+aFOdv1b8DOf4B+OtnkVRu3&#10;2GhpYLYNIFXq8chzy2rHP450mpJu/cSdcXpOqOOSnP4GAAD//wMAUEsDBBQABgAIAAAAIQALNY3D&#10;4AAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9LT8MwEITvSPwHaytxQdShbUoIcSqEeEi90fAQ&#10;NzfeJhHxOordJPx7lhM9rUbzaXYm20y2FQP2vnGk4HoegUAqnWmoUvBWPF0lIHzQZHTrCBX8oIdN&#10;fn6W6dS4kV5x2IVKcAj5VCuoQ+hSKX1Zo9V+7jok9g6utzqw7Ctpej1yuG3lIorW0uqG+EOtO3yo&#10;sfzeHa2Cr8vqc+un5/dxGS+7x5ehuPkwhVIXs+n+DkTAKfzD8Fefq0POnfbuSMaLVsEqZpDPmhex&#10;fRstViD2zCVJDDLP5OmA/BcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD2WwdYegIAAGwF&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQALNY3D4AAA&#10;AAgBAAAPAAAAAAAAAAAAAAAAANQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA4QUA&#10;AAAA&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00B17F38" w:rsidRPr="00E77277" w:rsidRDefault="00B17F38" w:rsidP="00B17F38">
+                    <w:p w14:paraId="0EF50E45" w14:textId="77777777" w:rsidR="00B17F38" w:rsidRPr="00E77277" w:rsidRDefault="00B17F38" w:rsidP="00B17F38">
                       <w:pPr>
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:cstheme="minorHAnsi"/>
                           <w:noProof/>
                           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                           <w:lang w:eastAsia="en-AU"/>
                         </w:rPr>
                         <w:drawing>
-                          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="63E6CA94" wp14:editId="27F677FE">
+                          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="65C6F909" wp14:editId="1D4CB573">
                             <wp:extent cx="1577788" cy="704796"/>
                             <wp:effectExtent l="0" t="0" r="3810" b="635"/>
                             <wp:docPr id="20" name="Picture 20"/>
                             <wp:cNvGraphicFramePr>
                               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                             </wp:cNvGraphicFramePr>
                             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                   <pic:nvPicPr>
                                     <pic:cNvPr id="0" name="Picture 30"/>
                                     <pic:cNvPicPr>
                                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                                     </pic:cNvPicPr>
                                   </pic:nvPicPr>
                                   <pic:blipFill>
-                                    <a:blip r:embed="rId30">
+                                    <a:blip r:embed="rId26">
                                       <a:extLst>
                                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                         </a:ext>
                                       </a:extLst>
                                     </a:blip>
                                     <a:srcRect/>
                                     <a:stretch>
                                       <a:fillRect/>
                                     </a:stretch>
                                   </pic:blipFill>
                                   <pic:spPr bwMode="auto">
                                     <a:xfrm>
                                       <a:off x="0" y="0"/>
                                       <a:ext cx="1595611" cy="712758"/>
                                     </a:xfrm>
                                     <a:prstGeom prst="rect">
                                       <a:avLst/>
                                     </a:prstGeom>
                                     <a:noFill/>
                                     <a:ln>
                                       <a:noFill/>
                                     </a:ln>
                                   </pic:spPr>
                                 </pic:pic>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00B17F38" w:rsidRDefault="00B17F38" w:rsidP="00B17F38"/>
+                    <w:p w14:paraId="6A31312D" w14:textId="77777777" w:rsidR="00B17F38" w:rsidRDefault="00B17F38" w:rsidP="00B17F38"/>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B17F38" w:rsidRDefault="00B17F38" w:rsidP="00B17F38">
+    <w:p w14:paraId="014F0DEF" w14:textId="77777777" w:rsidR="00B17F38" w:rsidRDefault="00B17F38" w:rsidP="00B17F38">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B17F38" w:rsidRDefault="00B17F38" w:rsidP="00B17F38">
+    <w:p w14:paraId="50D62F23" w14:textId="77777777" w:rsidR="00B17F38" w:rsidRDefault="00B17F38" w:rsidP="00B17F38">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B17F38" w:rsidRDefault="00B17F38" w:rsidP="00B17F38">
+    <w:p w14:paraId="43DB3D17" w14:textId="77777777" w:rsidR="00B17F38" w:rsidRDefault="00B17F38" w:rsidP="00B17F38">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B17F38" w:rsidRDefault="00B17F38" w:rsidP="00B17F38">
+    <w:p w14:paraId="4CC36576" w14:textId="77777777" w:rsidR="00B17F38" w:rsidRDefault="00B17F38" w:rsidP="00B17F38">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B17F38" w:rsidRPr="00F255BA" w:rsidRDefault="00B17F38" w:rsidP="00B17F38">
+    <w:p w14:paraId="7F182BFE" w14:textId="77777777" w:rsidR="00B17F38" w:rsidRPr="00F255BA" w:rsidRDefault="00B17F38" w:rsidP="00B17F38">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4510"/>
         <w:gridCol w:w="4511"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B17F38" w:rsidTr="00E972E1">
+      <w:tr w:rsidR="00B17F38" w14:paraId="6F604EE6" w14:textId="77777777" w:rsidTr="00E972E1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4510" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B17F38" w:rsidRPr="00E71636" w:rsidRDefault="00B17F38" w:rsidP="00E972E1">
+          <w:p w14:paraId="5D5C9E17" w14:textId="77777777" w:rsidR="00B17F38" w:rsidRPr="00E71636" w:rsidRDefault="00B17F38" w:rsidP="00E972E1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E71636">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>1996</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4511" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B17F38" w:rsidRPr="00E71636" w:rsidRDefault="00B17F38" w:rsidP="00E972E1">
+          <w:p w14:paraId="4529CB12" w14:textId="77777777" w:rsidR="00B17F38" w:rsidRPr="00E71636" w:rsidRDefault="00B17F38" w:rsidP="00E972E1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E71636">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>2001</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B17F38" w:rsidTr="00E972E1">
+      <w:tr w:rsidR="00B17F38" w14:paraId="26B3D420" w14:textId="77777777" w:rsidTr="00E972E1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4510" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B17F38" w:rsidRDefault="00B17F38" w:rsidP="00E972E1">
+          <w:p w14:paraId="5CBFB3D5" w14:textId="77777777" w:rsidR="00B17F38" w:rsidRDefault="00B17F38" w:rsidP="00E972E1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:object w:dxaOrig="3420" w:dyaOrig="2595">
+              <w:object w:dxaOrig="3420" w:dyaOrig="2595" w14:anchorId="10BBF7D8">
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
                 <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:171pt;height:129.5pt" o:ole="">
-                  <v:imagedata r:id="rId31" o:title=""/>
+                  <v:imagedata r:id="rId27" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1651584345" r:id="rId32"/>
+                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1833371284" r:id="rId28"/>
               </w:object>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B17F38" w:rsidRDefault="00B17F38" w:rsidP="00E972E1">
+          <w:p w14:paraId="4162C9F8" w14:textId="77777777" w:rsidR="00B17F38" w:rsidRDefault="00B17F38" w:rsidP="00E972E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4511" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B17F38" w:rsidRDefault="00B17F38" w:rsidP="00E972E1">
+          <w:p w14:paraId="05EB15E6" w14:textId="77777777" w:rsidR="00B17F38" w:rsidRDefault="00B17F38" w:rsidP="00E972E1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:object w:dxaOrig="3660" w:dyaOrig="2595">
+              <w:object w:dxaOrig="3660" w:dyaOrig="2595" w14:anchorId="161FC202">
                 <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:182.8pt;height:129.5pt" o:ole="">
-                  <v:imagedata r:id="rId33" o:title=""/>
+                  <v:imagedata r:id="rId29" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1026" DrawAspect="Content" ObjectID="_1651584346" r:id="rId34"/>
+                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1026" DrawAspect="Content" ObjectID="_1833371285" r:id="rId30"/>
               </w:object>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B17F38" w:rsidTr="00E972E1">
+      <w:tr w:rsidR="00B17F38" w14:paraId="7DE04DA7" w14:textId="77777777" w:rsidTr="00E972E1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4510" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B17F38" w:rsidRPr="00E71636" w:rsidRDefault="00B17F38" w:rsidP="00E972E1">
+          <w:p w14:paraId="5BDD929C" w14:textId="77777777" w:rsidR="00B17F38" w:rsidRPr="00E71636" w:rsidRDefault="00B17F38" w:rsidP="00E972E1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E71636">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>2012</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4511" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B17F38" w:rsidRPr="00233B86" w:rsidRDefault="00B17F38" w:rsidP="00E972E1">
+          <w:p w14:paraId="5E4E5358" w14:textId="77777777" w:rsidR="00B17F38" w:rsidRPr="00233B86" w:rsidRDefault="00B17F38" w:rsidP="00E972E1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00233B86">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B17F38" w:rsidTr="00E972E1">
+      <w:tr w:rsidR="00B17F38" w14:paraId="56146594" w14:textId="77777777" w:rsidTr="00E972E1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4510" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B17F38" w:rsidRDefault="00B17F38" w:rsidP="00E972E1">
+          <w:p w14:paraId="210FF515" w14:textId="77777777" w:rsidR="00B17F38" w:rsidRDefault="00B17F38" w:rsidP="00E972E1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:object w:dxaOrig="3435" w:dyaOrig="2535">
+              <w:object w:dxaOrig="3435" w:dyaOrig="2535" w14:anchorId="5B628477">
                 <v:shape id="_x0000_i1027" type="#_x0000_t75" style="width:171.75pt;height:126.75pt" o:ole="">
-                  <v:imagedata r:id="rId35" o:title=""/>
+                  <v:imagedata r:id="rId31" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1027" DrawAspect="Content" ObjectID="_1651584347" r:id="rId36"/>
+                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1027" DrawAspect="Content" ObjectID="_1833371286" r:id="rId32"/>
               </w:object>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4511" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B17F38" w:rsidRDefault="00B17F38" w:rsidP="00E972E1">
+          <w:p w14:paraId="7C39F261" w14:textId="77777777" w:rsidR="00B17F38" w:rsidRDefault="00B17F38" w:rsidP="00E972E1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:object w:dxaOrig="3405" w:dyaOrig="2475">
+              <w:object w:dxaOrig="3405" w:dyaOrig="2475" w14:anchorId="6D80BCD8">
                 <v:shape id="_x0000_i1028" type="#_x0000_t75" style="width:173.85pt;height:125.35pt" o:ole="">
-                  <v:imagedata r:id="rId37" o:title=""/>
+                  <v:imagedata r:id="rId33" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1028" DrawAspect="Content" ObjectID="_1651584348" r:id="rId38"/>
+                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1028" DrawAspect="Content" ObjectID="_1833371287" r:id="rId34"/>
               </w:object>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B17F38" w:rsidRDefault="00B17F38" w:rsidP="00B17F38">
+    <w:p w14:paraId="6789BFCC" w14:textId="77777777" w:rsidR="00B17F38" w:rsidRDefault="00B17F38" w:rsidP="00B17F38">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000F7A21" w:rsidRDefault="000F7A21" w:rsidP="000F7A21">
+    <w:p w14:paraId="2A8FD791" w14:textId="77777777" w:rsidR="000F7A21" w:rsidRDefault="000F7A21" w:rsidP="000F7A21">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Figure 1. </w:t>
       </w:r>
       <w:r w:rsidRPr="00D644C7">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Maps showing changes in energy production and industrialisation around the Newcastle area</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00437EB0">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId39" w:history="1">
+      <w:hyperlink r:id="rId35" w:history="1">
         <w:r w:rsidRPr="001E6DA0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>https://www.aemc.gov.au/energy-system/electricity/changing-generation-mix/nsw</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F7A21" w:rsidRPr="001E6DA0" w:rsidRDefault="000F7A21" w:rsidP="000F7A21">
+    <w:p w14:paraId="6B4DA313" w14:textId="77777777" w:rsidR="000F7A21" w:rsidRPr="001E6DA0" w:rsidRDefault="000F7A21" w:rsidP="000F7A21">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BD7D90" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
+    <w:p w14:paraId="1C760218" w14:textId="77777777" w:rsidR="00BD7D90" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Many </w:t>
       </w:r>
       <w:r w:rsidRPr="009713C8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">changes have occurred in the area around Newcastle over the time of the data sampling. In October 1999, a major industrial iron and steel works plant in Newcastle closed, </w:t>
       </w:r>
       <w:r w:rsidRPr="009713C8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>shutting down its blast furnaces</w:t>
@@ -4369,78 +5334,106 @@
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
       <w:r w:rsidRPr="009713C8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> Wallerawang </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">C </w:t>
       </w:r>
       <w:r w:rsidRPr="009713C8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">power station closed down in </w:t>
+        <w:t xml:space="preserve">power station </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009713C8">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>closed down</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009713C8">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">November </w:t>
       </w:r>
       <w:r w:rsidRPr="009713C8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>2014 after operating for around 56 years.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D644C7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>The ageing 50 year old Liddell plant, is due to shut during the 2022-23 summer months.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00BD7D90" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
+        <w:t xml:space="preserve">The ageing </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D644C7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>50 year old</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D644C7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Liddell plant, is due to shut during the 2022-23 summer months.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="763B25A9" w14:textId="77777777" w:rsidR="00BD7D90" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Some extreme natural</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE79E4">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> events such as dust storms</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
@@ -4503,577 +5496,637 @@
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE79E4">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> smoke and black carbon </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>fractions of fine particle pollution, with these extreme events being observed as individual spikes above long-term seasonal trends in the data.</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE79E4">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BD7D90" w:rsidRPr="009D5BF7" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
+    <w:p w14:paraId="5620C785" w14:textId="77777777" w:rsidR="00BD7D90" w:rsidRPr="009D5BF7" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en" w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009D5BF7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:noProof/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251668992" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6C642C6A" wp14:editId="5A08D9FD">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251668992" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7ED98EB8" wp14:editId="7B452A8B">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>4086225</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>63500</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1765935" cy="2994025"/>
                 <wp:effectExtent l="0" t="0" r="5715" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="217" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1765935" cy="2994025"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:noFill/>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00BD7D90" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
+                          <w:p w14:paraId="1B328CBE" w14:textId="77777777" w:rsidR="00BD7D90" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
                             <w:r>
                               <w:rPr>
                                 <w:noProof/>
                                 <w:lang w:eastAsia="en-AU"/>
                               </w:rPr>
                               <w:drawing>
-                                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="569F7131" wp14:editId="3DC64C5A">
+                                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="22D9B4D3" wp14:editId="14FAD766">
                                   <wp:extent cx="1514836" cy="2223247"/>
                                   <wp:effectExtent l="0" t="0" r="9525" b="5715"/>
                                   <wp:docPr id="12" name="Picture 12"/>
                                   <wp:cNvGraphicFramePr>
                                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                                   </wp:cNvGraphicFramePr>
                                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                         <pic:nvPicPr>
                                           <pic:cNvPr id="0" name="Picture 2"/>
                                           <pic:cNvPicPr>
                                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                                           </pic:cNvPicPr>
                                         </pic:nvPicPr>
                                         <pic:blipFill>
-                                          <a:blip r:embed="rId40">
+                                          <a:blip r:embed="rId36">
                                             <a:extLst>
                                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                               </a:ext>
                                             </a:extLst>
                                           </a:blip>
                                           <a:srcRect/>
                                           <a:stretch>
                                             <a:fillRect/>
                                           </a:stretch>
                                         </pic:blipFill>
                                         <pic:spPr bwMode="auto">
                                           <a:xfrm>
                                             <a:off x="0" y="0"/>
                                             <a:ext cx="1588665" cy="2331601"/>
                                           </a:xfrm>
                                           <a:prstGeom prst="rect">
                                             <a:avLst/>
                                           </a:prstGeom>
                                           <a:noFill/>
                                           <a:ln>
                                             <a:noFill/>
                                           </a:ln>
                                         </pic:spPr>
                                       </pic:pic>
                                     </a:graphicData>
                                   </a:graphic>
                                 </wp:inline>
                               </w:drawing>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00BD7D90" w:rsidRPr="009D5BF7" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
+                          <w:p w14:paraId="7D4E0367" w14:textId="77777777" w:rsidR="00BD7D90" w:rsidRPr="009D5BF7" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
                             <w:pPr>
                               <w:spacing w:after="0"/>
                               <w:rPr>
                                 <w:i/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="009D5BF7">
                               <w:rPr>
                                 <w:i/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Exposed stretched Teflon </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00BD7D90" w:rsidRPr="009D5BF7" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
+                          <w:p w14:paraId="34E570F8" w14:textId="77777777" w:rsidR="00BD7D90" w:rsidRPr="009D5BF7" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
                             <w:pPr>
                               <w:spacing w:after="0"/>
                               <w:rPr>
                                 <w:i/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="009D5BF7">
                               <w:rPr>
                                 <w:i/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve">filter, specifically designed </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00BD7D90" w:rsidRPr="002561E9" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
+                          <w:p w14:paraId="612B98F5" w14:textId="77777777" w:rsidR="00BD7D90" w:rsidRPr="002561E9" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
                             <w:pPr>
                               <w:spacing w:after="0"/>
                               <w:rPr>
                                 <w:i/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="009D5BF7">
                               <w:rPr>
                                 <w:i/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>for IBA analysis</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00BD7D90" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90"/>
+                          <w:p w14:paraId="6097D80D" w14:textId="77777777" w:rsidR="00BD7D90" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="6C642C6A" id="_x0000_s1032" type="#_x0000_t202" style="position:absolute;margin-left:321.75pt;margin-top:5pt;width:139.05pt;height:235.75pt;z-index:251668992;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQASRnL+JAIAACUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU81u2zAMvg/YOwi6L3a8pG2MOEWXLsOA&#10;7gdo9wCMLMfCJNGTlNjZ04+S0zTbbsN0EEiR/Eh+pJa3g9HsIJ1XaCs+neScSSuwVnZX8W9Pmzc3&#10;nPkAtgaNVlb8KD2/Xb1+tey7UhbYoq6lYwRifdl3FW9D6Mos86KVBvwEO2nJ2KAzEEh1u6x20BO6&#10;0VmR51dZj67uHArpPb3ej0a+SvhNI0X40jReBqYrTrWFdLt0b+OdrZZQ7hx0rRKnMuAfqjCgLCU9&#10;Q91DALZ36i8oo4RDj02YCDQZNo0SMvVA3UzzP7p5bKGTqRcix3dnmvz/gxWfD18dU3XFi+k1ZxYM&#10;DelJDoG9w4EVkZ++8yW5PXbkGAZ6pjmnXn33gOK7ZxbXLdidvHMO+1ZCTfVNY2R2ETri+Aiy7T9h&#10;TWlgHzABDY0zkTyigxE6zel4nk0sRcSU11fzxds5Z4JsxWIxy4t5ygHlc3jnfPgg0bAoVNzR8BM8&#10;HB58iOVA+ewSs3nUqt4orZPidtu1duwAtCibdE7ov7lpy/qKL+aUO0ZZjPFph4wKtMhamYrf5PHE&#10;cCgjHe9tneQASo8yVaLtiZ9IyUhOGLZDGsUsxkbutlgfiTCH497SPyOhRfeTs552tuL+xx6c5Ex/&#10;tET6YjqbxSVPymx+XZDiLi3bSwtYQVAVD5yN4jqkjzE2dkfDaVSi7aWSU8m0i4nN07+Jy36pJ6+X&#10;3736BQAA//8DAFBLAwQUAAYACAAAACEAcSRApd8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;0U6DQBBF3038h82Y+GLsQgXaUpZGTTS+tvYDBnYLpOwsYbeF/r3jkz5O7smdc4vdbHtxNaPvHCmI&#10;FxEIQ7XTHTUKjt8fz2sQPiBp7B0ZBTfjYVfe3xWYazfR3lwPoRFcQj5HBW0IQy6lr1tj0S/cYIiz&#10;kxstBj7HRuoRJy63vVxGUSYtdsQfWhzMe2vq8+FiFZy+pqd0M1Wf4bjaJ9kbdqvK3ZR6fJhftyCC&#10;mcMfDL/6rA4lO1XuQtqLXkGWvKSMchDxJgY2yzgDUSlI1nEKsizk/wnlDwAAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQASRnL+JAIAACUEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQBxJECl3wAAAAoBAAAPAAAAAAAAAAAAAAAAAH4EAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAigUAAAAA&#10;" stroked="f">
+              <v:shape w14:anchorId="7ED98EB8" id="_x0000_s1032" type="#_x0000_t202" style="position:absolute;margin-left:321.75pt;margin-top:5pt;width:139.05pt;height:235.75pt;z-index:251668992;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA4z13LEgIAAP4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjJkrQx4hRdugwD&#10;ugvQ7QMUWY6FyaJGKbG7ry8lu2m2vQ3zgyCa5CF5eLS+6VvDTgq9Blvy6STnTFkJlbaHkn//tntz&#10;zZkPwlbCgFUlf1Se32xev1p3rlAzaMBUChmBWF90ruRNCK7IMi8b1Qo/AacsOWvAVgQy8ZBVKDpC&#10;b002y/Nl1gFWDkEq7+nv3eDkm4Rf10qGL3XtVWCm5NRbSCemcx/PbLMWxQGFa7Qc2xD/0EUrtKWi&#10;Z6g7EQQ7ov4LqtUSwUMdJhLaDOpaS5VmoGmm+R/TPDTCqTQLkePdmSb//2Dl59OD+4os9O+gpwWm&#10;Iby7B/nDMwvbRtiDukWErlGiosLTSFnWOV+MqZFqX/gIsu8+QUVLFscACaivsY2s0JyM0GkBj2fS&#10;VR+YjCWvlovV2wVnknyz1Wqezxaphiie0x368EFBy+Kl5EhbTfDidO9DbEcUzyGxmgejq502Jhl4&#10;2G8NspMgBezSN6L/FmYs60q+WlDtmGUh5idxtDqQQo1uS36dx2/QTKTjva1SSBDaDHfqxNiRn0jJ&#10;QE7o9z3TVcmXMTfStYfqkQhDGARJD4guDeAvzjoSY8n9z6NAxZn5aIn01XQ+j+pNxnxxNSMDLz37&#10;S4+wkqBKHjgbrtuQFD8MdkvLqXWi7aWTsWUSWWJzfBBRxZd2inp5tpsnAAAA//8DAFBLAwQUAAYA&#10;CAAAACEAcSRApd8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyP0U6DQBBF3038h82Y+GLsQgXa&#10;UpZGTTS+tvYDBnYLpOwsYbeF/r3jkz5O7smdc4vdbHtxNaPvHCmIFxEIQ7XTHTUKjt8fz2sQPiBp&#10;7B0ZBTfjYVfe3xWYazfR3lwPoRFcQj5HBW0IQy6lr1tj0S/cYIizkxstBj7HRuoRJy63vVxGUSYt&#10;dsQfWhzMe2vq8+FiFZy+pqd0M1Wf4bjaJ9kbdqvK3ZR6fJhftyCCmcMfDL/6rA4lO1XuQtqLXkGW&#10;vKSMchDxJgY2yzgDUSlI1nEKsizk/wnlDwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA4&#10;z13LEgIAAP4DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQBxJECl3wAAAAoBAAAPAAAAAAAAAAAAAAAAAGwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00BD7D90" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
+                    <w:p w14:paraId="1B328CBE" w14:textId="77777777" w:rsidR="00BD7D90" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
                       <w:r>
                         <w:rPr>
                           <w:noProof/>
                           <w:lang w:eastAsia="en-AU"/>
                         </w:rPr>
                         <w:drawing>
-                          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="569F7131" wp14:editId="3DC64C5A">
+                          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="22D9B4D3" wp14:editId="14FAD766">
                             <wp:extent cx="1514836" cy="2223247"/>
                             <wp:effectExtent l="0" t="0" r="9525" b="5715"/>
                             <wp:docPr id="12" name="Picture 12"/>
                             <wp:cNvGraphicFramePr>
                               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                             </wp:cNvGraphicFramePr>
                             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                   <pic:nvPicPr>
                                     <pic:cNvPr id="0" name="Picture 2"/>
                                     <pic:cNvPicPr>
                                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                                     </pic:cNvPicPr>
                                   </pic:nvPicPr>
                                   <pic:blipFill>
-                                    <a:blip r:embed="rId41">
+                                    <a:blip r:embed="rId36">
                                       <a:extLst>
                                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                         </a:ext>
                                       </a:extLst>
                                     </a:blip>
                                     <a:srcRect/>
                                     <a:stretch>
                                       <a:fillRect/>
                                     </a:stretch>
                                   </pic:blipFill>
                                   <pic:spPr bwMode="auto">
                                     <a:xfrm>
                                       <a:off x="0" y="0"/>
                                       <a:ext cx="1588665" cy="2331601"/>
                                     </a:xfrm>
                                     <a:prstGeom prst="rect">
                                       <a:avLst/>
                                     </a:prstGeom>
                                     <a:noFill/>
                                     <a:ln>
                                       <a:noFill/>
                                     </a:ln>
                                   </pic:spPr>
                                 </pic:pic>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00BD7D90" w:rsidRPr="009D5BF7" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
+                    <w:p w14:paraId="7D4E0367" w14:textId="77777777" w:rsidR="00BD7D90" w:rsidRPr="009D5BF7" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
                       <w:pPr>
                         <w:spacing w:after="0"/>
                         <w:rPr>
                           <w:i/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="009D5BF7">
                         <w:rPr>
                           <w:i/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Exposed stretched Teflon </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00BD7D90" w:rsidRPr="009D5BF7" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
+                    <w:p w14:paraId="34E570F8" w14:textId="77777777" w:rsidR="00BD7D90" w:rsidRPr="009D5BF7" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
                       <w:pPr>
                         <w:spacing w:after="0"/>
                         <w:rPr>
                           <w:i/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:proofErr w:type="gramStart"/>
                       <w:r w:rsidRPr="009D5BF7">
                         <w:rPr>
                           <w:i/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
-                        <w:t>filter</w:t>
+                        <w:t xml:space="preserve">filter, specifically designed </w:t>
                       </w:r>
-                      <w:proofErr w:type="gramEnd"/>
+                    </w:p>
+                    <w:p w14:paraId="612B98F5" w14:textId="77777777" w:rsidR="00BD7D90" w:rsidRPr="002561E9" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
+                      <w:pPr>
+                        <w:spacing w:after="0"/>
+                        <w:rPr>
+                          <w:i/>
+                        </w:rPr>
+                      </w:pPr>
                       <w:r w:rsidRPr="009D5BF7">
                         <w:rPr>
                           <w:i/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
-                        <w:t xml:space="preserve">, specifically designed </w:t>
+                        <w:t>for IBA analysis</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00BD7D90" w:rsidRPr="002561E9" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
-[...25 lines deleted...]
-                    <w:p w:rsidR="00BD7D90" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90"/>
+                    <w:p w14:paraId="6097D80D" w14:textId="77777777" w:rsidR="00BD7D90" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90"/>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square" anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">A team of scientists at </w:t>
       </w:r>
       <w:r w:rsidRPr="00944B79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>ANSTO</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>, Prof David Cohen, Dr Armand Atanacio and Dr Madhura Manohar,</w:t>
+        <w:t xml:space="preserve">, Prof David Cohen, Dr Armand </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Atanacio</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Dr Madhura Manohar,</w:t>
       </w:r>
       <w:r w:rsidRPr="00944B79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003C4473">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">have </w:t>
       </w:r>
       <w:r w:rsidRPr="00944B79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve">been measuring and characterising fine particle pollution from key sites around Australia, including Mayfield, for more than 30 years. </w:t>
+        <w:t xml:space="preserve">been measuring and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00944B79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>characterising</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00944B79">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> fine particle pollution from key sites around Australia, including Mayfield, for more than 30 years. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en" w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>They collect</w:t>
       </w:r>
       <w:r w:rsidRPr="009D5BF7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en" w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the fine particulate matter on thin </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009D5BF7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en" w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t>Teflon filters and then analyse</w:t>
-      </w:r>
+        <w:t>the fine</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="009D5BF7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en" w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> them using ion beam analysis (IBA)</w:t>
+        <w:t xml:space="preserve"> particulate matter on thin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en" w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003C4473">
+        <w:t xml:space="preserve">Teflon filters and then </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en" w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t xml:space="preserve">techniques </w:t>
-      </w:r>
+        <w:t>analyse</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009D5BF7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en" w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t>on the STAR accelerator,</w:t>
-[...37 lines deleted...]
-      <w:r w:rsidRPr="009D5BF7">
+        <w:t xml:space="preserve"> them using ion beam analysis (IBA)</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en" w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t xml:space="preserve">It can simultaneously determine 21 key air pollution elements collected on each filter. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A83FC9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C4473">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en" w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ion beam analysis </w:t>
+        <w:t xml:space="preserve">techniques </w:t>
       </w:r>
       <w:r w:rsidRPr="009D5BF7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en" w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t>is non-destructive and requires no additional sample preparation. It takes only 5 minutes per filter for the IBA analysis to be completed</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>on the STAR accelerator,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D5BF7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009D5BF7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2 million volt</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009D5BF7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tandem accelerator. The STAR accelerator is a super sensitive instrument </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C4473">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D5BF7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">can measure parts per </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C4473">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">million concentrations of elements </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D5BF7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the very small microgram samples collected. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D5BF7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en" w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009D5BF7">
+        <w:t xml:space="preserve">It can simultaneously determine 21 key air pollution elements collected on each filter. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A83FC9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en" w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> making it an ideal technique for the hundreds of samples collected each month as part of the ongoing research program. Using powerful statistical analysis techniques</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">Ion beam analysis </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D5BF7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en" w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A83FC9">
+        <w:t>is non-destructive and requires no additional sample preparation. It takes only 5 minutes per filter for the IBA analysis to be completed</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en" w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t xml:space="preserve">on the IBA elemental data, </w:t>
+        <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="009D5BF7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en" w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t xml:space="preserve">the </w:t>
+        <w:t xml:space="preserve"> making it an ideal technique for the hundreds of samples collected each month as part of the ongoing research program. Using powerful statistical analysis techniques</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en" w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t>scientists can identify the sources of these fine particles.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00BD7D90" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A83FC9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">on the IBA elemental data, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009D5BF7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>scientists</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> can identify the sources of these fine particles.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42930E5C" w14:textId="77777777" w:rsidR="00BD7D90" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BD7D90" w:rsidRPr="004C7BD2" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
+    <w:p w14:paraId="1E9ABF7B" w14:textId="77777777" w:rsidR="00BD7D90" w:rsidRPr="004C7BD2" w:rsidRDefault="00BD7D90" w:rsidP="00BD7D90">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C7BD2">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">All values given in the spreadsheet </w:t>
       </w:r>
       <w:r w:rsidRPr="004C7BD2">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">(Fine Particle Air Pollution Mayfield Data Excel Workbook) </w:t>
       </w:r>
       <w:r w:rsidRPr="004C7BD2">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>are the concentrations of PM2.5 fine particle pollution and are measured in nanograms (</w:t>
@@ -5088,498 +6141,525 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="004C7BD2">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> per cubic metre of air sampled (ng/m</w:t>
       </w:r>
       <w:r w:rsidRPr="004C7BD2">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="004C7BD2">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">). The air was sampled over a 24 hour period (from midnight to midnight) every Wednesday and Sunday. Each filter was analysed for the concentration of key elements. The </w:t>
+        <w:t xml:space="preserve">). The air was sampled over a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C7BD2">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>24 hour</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004C7BD2">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> period (from midnight to midnight) every Wednesday and Sunday. Each filter was analysed for the concentration of key elements. The </w:t>
       </w:r>
       <w:r w:rsidRPr="00A83FC9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">concentrations provided in the table are </w:t>
       </w:r>
       <w:r w:rsidRPr="004C7BD2">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>averaged over the month for each key element examined. The data presented are the mean absolute concentrations of PM2.5 atmospheric particles for each month.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B17F38" w:rsidRDefault="00B17F38" w:rsidP="00B17F38">
+    <w:p w14:paraId="31B0A647" w14:textId="77777777" w:rsidR="00B17F38" w:rsidRDefault="00B17F38" w:rsidP="00B17F38">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F7A21" w:rsidRPr="00435BD8" w:rsidRDefault="000F7A21" w:rsidP="000F7A21">
+    <w:p w14:paraId="60E7CE67" w14:textId="77777777" w:rsidR="000F7A21" w:rsidRPr="00435BD8" w:rsidRDefault="000F7A21" w:rsidP="000F7A21">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rStyle w:val="Heading1Char"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00435BD8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Fu</w:t>
       </w:r>
       <w:r w:rsidRPr="00435BD8">
         <w:rPr>
           <w:rStyle w:val="Heading1Char"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">rther background reading for students </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F7A21" w:rsidRDefault="000F7A21" w:rsidP="000F7A21">
+    <w:p w14:paraId="37E632BD" w14:textId="77777777" w:rsidR="000F7A21" w:rsidRDefault="000F7A21" w:rsidP="000F7A21">
       <w:r w:rsidRPr="00455264">
         <w:t xml:space="preserve">Before beginning the information and data analysis tasks, read the </w:t>
       </w:r>
       <w:r>
         <w:t>background information provided (“</w:t>
       </w:r>
       <w:r w:rsidRPr="00435BD8">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>The dirty facts of fine particle pollution</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and “</w:t>
       </w:r>
       <w:r w:rsidRPr="00435BD8">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Method and study site</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidRPr="00455264">
         <w:t xml:space="preserve">and view the videos listed below. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F7A21" w:rsidRPr="00455264" w:rsidRDefault="000F7A21" w:rsidP="000F7A21">
+    <w:p w14:paraId="15355707" w14:textId="77777777" w:rsidR="000F7A21" w:rsidRPr="00455264" w:rsidRDefault="000F7A21" w:rsidP="000F7A21">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00455264">
         <w:t xml:space="preserve">Use the information presented in these sources to assist you in answering the questions in the tasks. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F7A21" w:rsidRPr="00455264" w:rsidRDefault="00673E98" w:rsidP="000F7A21">
+    <w:p w14:paraId="3A585D44" w14:textId="77777777" w:rsidR="000F7A21" w:rsidRPr="00455264" w:rsidRDefault="000F7A21" w:rsidP="000F7A21">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId42" w:history="1">
-        <w:r w:rsidR="000F7A21" w:rsidRPr="00455264">
+      <w:hyperlink r:id="rId37" w:history="1">
+        <w:r w:rsidRPr="00455264">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en"/>
           </w:rPr>
           <w:t>https://www.ansto.gov.au/research/programs/other/aerosol-sampling-program</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="000F7A21" w:rsidRPr="00455264">
+      <w:r w:rsidRPr="00455264">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F7A21" w:rsidRPr="00455264" w:rsidRDefault="000F7A21" w:rsidP="000F7A21">
+    <w:p w14:paraId="6AFEDC9B" w14:textId="77777777" w:rsidR="000F7A21" w:rsidRPr="00455264" w:rsidRDefault="000F7A21" w:rsidP="000F7A21">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00455264">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve">a video of </w:t>
-      </w:r>
+        <w:t>a video</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00455264">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00455264">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Prof David Cohen introducing fine particle pollution and revealing the sources of Sydney's air pollution</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F7A21" w:rsidRPr="00455264" w:rsidRDefault="000F7A21" w:rsidP="000F7A21">
+    <w:p w14:paraId="4E621D85" w14:textId="77777777" w:rsidR="000F7A21" w:rsidRPr="00455264" w:rsidRDefault="000F7A21" w:rsidP="000F7A21">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00455264">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">a video on how fine particle samples are collected </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F7A21" w:rsidRPr="00455264" w:rsidRDefault="000F7A21" w:rsidP="000F7A21">
+    <w:p w14:paraId="251350DC" w14:textId="77777777" w:rsidR="000F7A21" w:rsidRPr="00455264" w:rsidRDefault="000F7A21" w:rsidP="000F7A21">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000F7A21" w:rsidRPr="00455264" w:rsidRDefault="00673E98" w:rsidP="000F7A21">
+    <w:p w14:paraId="7111BDB8" w14:textId="77777777" w:rsidR="000F7A21" w:rsidRPr="00455264" w:rsidRDefault="000F7A21" w:rsidP="000F7A21">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId43" w:history="1">
-        <w:r w:rsidR="000F7A21" w:rsidRPr="00455264">
+      <w:hyperlink r:id="rId38" w:history="1">
+        <w:r w:rsidRPr="00455264">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en"/>
           </w:rPr>
           <w:t>https://www.ansto.gov.au/2mv-star-tandem-accelerator</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="000F7A21" w:rsidRPr="00455264">
+      <w:r w:rsidRPr="00455264">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F7A21" w:rsidRPr="00455264" w:rsidRDefault="000F7A21" w:rsidP="000F7A21">
+    <w:p w14:paraId="50A825B7" w14:textId="77777777" w:rsidR="000F7A21" w:rsidRPr="00455264" w:rsidRDefault="000F7A21" w:rsidP="000F7A21">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="030303"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00455264">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="030303"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
         </w:rPr>
         <w:t xml:space="preserve">ANSTO STAR accelerator animation </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F7A21" w:rsidRPr="00455264" w:rsidRDefault="000F7A21" w:rsidP="000F7A21">
+    <w:p w14:paraId="5DBBD0A5" w14:textId="77777777" w:rsidR="000F7A21" w:rsidRPr="00455264" w:rsidRDefault="000F7A21" w:rsidP="000F7A21">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00455264">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="030303"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
         </w:rPr>
         <w:t>SBS The Crew learn about ANSTO's STAR Accelerator video</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F7A21" w:rsidRPr="00455264" w:rsidRDefault="000F7A21" w:rsidP="000F7A21">
+    <w:p w14:paraId="09402AC1" w14:textId="77777777" w:rsidR="000F7A21" w:rsidRPr="00455264" w:rsidRDefault="000F7A21" w:rsidP="000F7A21">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000F7A21" w:rsidRPr="00455264" w:rsidRDefault="00673E98" w:rsidP="000F7A21">
+    <w:p w14:paraId="7DB4D54C" w14:textId="77777777" w:rsidR="000F7A21" w:rsidRPr="00455264" w:rsidRDefault="000F7A21" w:rsidP="000F7A21">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId44" w:history="1">
-        <w:r w:rsidR="000F7A21" w:rsidRPr="00455264">
+      <w:hyperlink r:id="rId39" w:history="1">
+        <w:r w:rsidRPr="00455264">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://www.ansto.gov.au/ion-beam-analysis</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="000F7A21" w:rsidRPr="00455264">
+      <w:r w:rsidRPr="00455264">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F7A21" w:rsidRPr="00455264" w:rsidRDefault="000F7A21" w:rsidP="000F7A21">
+    <w:p w14:paraId="1D67C4BD" w14:textId="77777777" w:rsidR="000F7A21" w:rsidRPr="00455264" w:rsidRDefault="000F7A21" w:rsidP="000F7A21">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00455264">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Ion beam analysis simulation</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F7A21" w:rsidRDefault="000F7A21" w:rsidP="000F7A21">
+    <w:p w14:paraId="30F35184" w14:textId="77777777" w:rsidR="000F7A21" w:rsidRDefault="000F7A21" w:rsidP="000F7A21">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00455264">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>particle induced X-ray emission (PIXE) and particle induced gamma ray emission (PIGE) simulation</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000410E9" w:rsidRPr="00455264" w:rsidRDefault="000410E9" w:rsidP="000410E9">
+    <w:p w14:paraId="018AFA0B" w14:textId="77777777" w:rsidR="000410E9" w:rsidRPr="00455264" w:rsidRDefault="000410E9" w:rsidP="000410E9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000F7A21" w:rsidRPr="00455264" w:rsidRDefault="00673E98" w:rsidP="000F7A21">
+    <w:p w14:paraId="4BA7173E" w14:textId="77777777" w:rsidR="000F7A21" w:rsidRPr="00455264" w:rsidRDefault="000F7A21" w:rsidP="000F7A21">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId45" w:history="1">
-        <w:r w:rsidR="000F7A21" w:rsidRPr="00455264">
+      <w:hyperlink r:id="rId40" w:history="1">
+        <w:r w:rsidRPr="00455264">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://www.youtube.com/watch?v=CcPJjlQpl8Y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="000F7A21" w:rsidRPr="00455264" w:rsidRDefault="000F7A21" w:rsidP="000F7A21">
+    <w:p w14:paraId="6433758C" w14:textId="77777777" w:rsidR="000F7A21" w:rsidRPr="00455264" w:rsidRDefault="000F7A21" w:rsidP="000F7A21">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00455264">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
@@ -5588,895 +6668,1302 @@
         <w:t xml:space="preserve">Smoke Pollution Levels in Sydney 2019: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Prof</w:t>
       </w:r>
       <w:r w:rsidRPr="00455264">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> David Cohen</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F7A21" w:rsidRDefault="000F7A21" w:rsidP="000F7A21">
+    <w:p w14:paraId="253160DD" w14:textId="77777777" w:rsidR="000F7A21" w:rsidRDefault="000F7A21" w:rsidP="000F7A21">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B17F38" w:rsidRDefault="00B17F38" w:rsidP="00B17F38">
+    <w:p w14:paraId="725DD26D" w14:textId="77777777" w:rsidR="00B17F38" w:rsidRDefault="00B17F38" w:rsidP="00B17F38">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000F7A21" w:rsidRDefault="00B17F38" w:rsidP="000F7A21">
+    <w:p w14:paraId="145E9F21" w14:textId="77777777" w:rsidR="000F7A21" w:rsidRDefault="00B17F38" w:rsidP="000F7A21">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidR="000F7A21" w:rsidRPr="00435BD8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Fine Particle Pollution: The effect of combustion </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F7A21" w:rsidRDefault="000F7A21" w:rsidP="000F7A21">
+    <w:p w14:paraId="0D0B6E76" w14:textId="77777777" w:rsidR="000F7A21" w:rsidRDefault="000F7A21" w:rsidP="000F7A21">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="2E2E2E"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00455264" w:rsidRPr="00455264" w:rsidRDefault="00455264" w:rsidP="00455264">
+    <w:p w14:paraId="0A99648F" w14:textId="77777777" w:rsidR="00455264" w:rsidRPr="00455264" w:rsidRDefault="00455264" w:rsidP="00455264">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00455264">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Fine particle pollution consists of particles having a diameter of 2.5 micrometres or less. How many fine particles of size 2.5 micrometres would line up across the diameter of a human hair shown below?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00455264" w:rsidRPr="001543C5" w:rsidRDefault="00455264" w:rsidP="001543C5">
+    <w:p w14:paraId="39B38490" w14:textId="77777777" w:rsidR="00455264" w:rsidRPr="001543C5" w:rsidRDefault="00455264" w:rsidP="001543C5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:noProof/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7D5A4A55" wp14:editId="0BE29365">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="277E0085" wp14:editId="27E6C90E">
             <wp:extent cx="1577788" cy="1607587"/>
             <wp:effectExtent l="0" t="0" r="3810" b="0"/>
             <wp:docPr id="3" name="Picture 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId46">
+                    <a:blip r:embed="rId41">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1588682" cy="1618687"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001543C5" w:rsidRDefault="001543C5" w:rsidP="001543C5">
+    <w:p w14:paraId="36F14E26" w14:textId="77777777" w:rsidR="001543C5" w:rsidRDefault="001543C5" w:rsidP="001543C5">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00167CDE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001543C5" w:rsidRPr="00167CDE" w:rsidRDefault="001543C5" w:rsidP="001543C5">
+    <w:p w14:paraId="624FC65E" w14:textId="77777777" w:rsidR="001543C5" w:rsidRPr="00167CDE" w:rsidRDefault="001543C5" w:rsidP="001543C5">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00455264" w:rsidRDefault="00455264" w:rsidP="00455264">
+    <w:p w14:paraId="2979F7B1" w14:textId="77777777" w:rsidR="00455264" w:rsidRDefault="00455264" w:rsidP="00455264">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="2E2E2E"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00455264">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="2E2E2E"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Describe how the process of Ion Beam Analysis is used to determine the </w:t>
       </w:r>
       <w:r w:rsidRPr="00455264">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en" w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>key air pollution elements collected on each filter</w:t>
       </w:r>
       <w:r w:rsidRPr="00455264">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="2E2E2E"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001543C5" w:rsidRPr="001543C5" w:rsidRDefault="001543C5" w:rsidP="001543C5">
+    <w:p w14:paraId="471FF839" w14:textId="77777777" w:rsidR="001543C5" w:rsidRPr="001543C5" w:rsidRDefault="001543C5" w:rsidP="001543C5">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001543C5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001543C5" w:rsidRPr="001543C5" w:rsidRDefault="001543C5" w:rsidP="001543C5">
+    <w:p w14:paraId="30828204" w14:textId="77777777" w:rsidR="001543C5" w:rsidRPr="001543C5" w:rsidRDefault="001543C5" w:rsidP="001543C5">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001543C5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001543C5" w:rsidRPr="00167CDE" w:rsidRDefault="001543C5" w:rsidP="001543C5">
+    <w:p w14:paraId="19C2AF18" w14:textId="77777777" w:rsidR="001543C5" w:rsidRPr="00167CDE" w:rsidRDefault="001543C5" w:rsidP="001543C5">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00167CDE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001543C5" w:rsidRPr="00167CDE" w:rsidRDefault="001543C5" w:rsidP="001543C5">
+    <w:p w14:paraId="5CC3E4D0" w14:textId="77777777" w:rsidR="001543C5" w:rsidRPr="00167CDE" w:rsidRDefault="001543C5" w:rsidP="001543C5">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00167CDE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00455264" w:rsidRPr="00951FFF" w:rsidRDefault="00455264" w:rsidP="00455264">
+    <w:p w14:paraId="622DE922" w14:textId="77777777" w:rsidR="00455264" w:rsidRPr="00951FFF" w:rsidRDefault="00455264" w:rsidP="00455264">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="0070C0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003657C8" w:rsidRPr="00455264" w:rsidRDefault="003657C8" w:rsidP="003657C8">
+    <w:p w14:paraId="1655BAEF" w14:textId="77777777" w:rsidR="003657C8" w:rsidRPr="00455264" w:rsidRDefault="003657C8" w:rsidP="003657C8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="2E2E2E"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="2E2E2E"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>When analysing</w:t>
       </w:r>
       <w:r w:rsidRPr="00455264">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="2E2E2E"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> the filter samples, those with incorrect exposure time, excessively high or low air flow rates or those damaged during handling were rejected. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003657C8" w:rsidRDefault="003657C8" w:rsidP="003657C8">
+    <w:p w14:paraId="71F126C8" w14:textId="77777777" w:rsidR="003657C8" w:rsidRDefault="003657C8" w:rsidP="003657C8">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="2E2E2E"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="2E2E2E"/>
         </w:rPr>
         <w:t>In terms of scientific method, explain why this was done.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001543C5" w:rsidRPr="00167CDE" w:rsidRDefault="001543C5" w:rsidP="001543C5">
+    <w:p w14:paraId="4B69BD31" w14:textId="77777777" w:rsidR="001543C5" w:rsidRPr="00167CDE" w:rsidRDefault="001543C5" w:rsidP="001543C5">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00167CDE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001543C5" w:rsidRDefault="001543C5" w:rsidP="001543C5">
+    <w:p w14:paraId="328BE86E" w14:textId="77777777" w:rsidR="001543C5" w:rsidRDefault="001543C5" w:rsidP="001543C5">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00167CDE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001543C5" w:rsidRPr="00167CDE" w:rsidRDefault="001543C5" w:rsidP="001543C5">
+    <w:p w14:paraId="3C607F74" w14:textId="77777777" w:rsidR="001543C5" w:rsidRPr="00167CDE" w:rsidRDefault="001543C5" w:rsidP="001543C5">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00167CDE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>……………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F7A21" w:rsidRDefault="000F7A21">
+    <w:p w14:paraId="5D066785" w14:textId="77777777" w:rsidR="000F7A21" w:rsidRDefault="000F7A21">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924B20" w:rsidRPr="00924B20" w:rsidRDefault="00924B20" w:rsidP="00924B20">
+    <w:p w14:paraId="59BE461C" w14:textId="77777777" w:rsidR="00924B20" w:rsidRPr="00924B20" w:rsidRDefault="00924B20" w:rsidP="00924B20">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00924B20">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Sulfur dioxide gas is released into the atmosphere due to emissions from coal burning, industry and cars. </w:t>
-      </w:r>
+        <w:t>Sulfur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00924B20">
         <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dioxide gas is released into the atmosphere due to emissions from coal burning, industry and cars. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00924B20">
+        <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t>In the atmosphere, sulfur dioxide reac</w:t>
+        <w:t xml:space="preserve">In the atmosphere, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00924B20">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>sulfur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00924B20">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dioxide reac</w:t>
       </w:r>
       <w:r w:rsidR="003657C8">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">ts with other chemicals to form </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47" w:tooltip="Learn more about Sulphuric Acid from ScienceDirect's AI-generated Topic Pages" w:history="1">
+      <w:hyperlink r:id="rId42" w:tooltip="Learn more about Sulphuric Acid from ScienceDirect's AI-generated Topic Pages" w:history="1">
         <w:r w:rsidRPr="00924B20">
           <w:rPr>
             <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
           </w:rPr>
           <w:t>sulfuric acid</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00924B20">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>, which undergoes</w:t>
       </w:r>
       <w:r w:rsidRPr="00924B20">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> a neutralisation reaction with ammonia present in the atmosphere forming fine particle ammonium sulfate. </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00924B20" w:rsidRPr="00924B20" w:rsidRDefault="00924B20" w:rsidP="00924B20">
+        <w:t xml:space="preserve"> a neutralisation reaction with ammonia present in the atmosphere forming fine particle ammonium </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00924B20">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sulfate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00924B20">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7394967B" w14:textId="77777777" w:rsidR="00924B20" w:rsidRPr="00924B20" w:rsidRDefault="00924B20" w:rsidP="00924B20">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00924B20" w:rsidRPr="00924B20" w:rsidRDefault="00924B20" w:rsidP="00924B20">
+    <w:p w14:paraId="265DE59F" w14:textId="77777777" w:rsidR="00924B20" w:rsidRPr="00924B20" w:rsidRDefault="00924B20" w:rsidP="00924B20">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00924B20">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>Write a word equation (or a completely balanced chemical equation) to represent the chemical reaction that produces particulate ammonium sulfate, and explain why this reaction is classed as a neutralisation reaction.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00924B20" w:rsidRDefault="00924B20" w:rsidP="00924B20">
+        <w:t xml:space="preserve">Write a word equation (or a completely balanced chemical equation) to represent the chemical reaction that produces particulate ammonium </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00924B20">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>sulfate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00924B20">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>, and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00924B20">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> explain why this reaction is classed as a neutralisation reaction.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B3EBED4" w14:textId="77777777" w:rsidR="00924B20" w:rsidRDefault="00924B20" w:rsidP="00924B20">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001543C5" w:rsidRPr="00167CDE" w:rsidRDefault="001543C5" w:rsidP="001543C5">
+    <w:p w14:paraId="312BC274" w14:textId="77777777" w:rsidR="001543C5" w:rsidRPr="00167CDE" w:rsidRDefault="001543C5" w:rsidP="001543C5">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00167CDE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001543C5" w:rsidRPr="00167CDE" w:rsidRDefault="001543C5" w:rsidP="001543C5">
+    <w:p w14:paraId="76CFA44B" w14:textId="77777777" w:rsidR="001543C5" w:rsidRPr="00167CDE" w:rsidRDefault="001543C5" w:rsidP="001543C5">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00167CDE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001543C5" w:rsidRPr="00167CDE" w:rsidRDefault="001543C5" w:rsidP="001543C5">
+    <w:p w14:paraId="16DECE61" w14:textId="77777777" w:rsidR="001543C5" w:rsidRPr="00167CDE" w:rsidRDefault="001543C5" w:rsidP="001543C5">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00167CDE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>……………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924B20" w:rsidRDefault="00924B20" w:rsidP="00924B20">
+    <w:p w14:paraId="7CA01FE6" w14:textId="77777777" w:rsidR="00924B20" w:rsidRDefault="00924B20" w:rsidP="00924B20">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003657C8" w:rsidRDefault="003657C8" w:rsidP="00924B20">
+    <w:p w14:paraId="25F4B165" w14:textId="77777777" w:rsidR="003657C8" w:rsidRDefault="003657C8" w:rsidP="00924B20">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C0312B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Write a word equation (or a completely balanced chemical equation) for the reaction that occurs when there is not enough ammonia in the atmosphere to fully neutralise the sulfuric acid.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003657C8" w:rsidRDefault="003657C8" w:rsidP="003657C8">
+    <w:p w14:paraId="37462677" w14:textId="77777777" w:rsidR="003657C8" w:rsidRDefault="003657C8" w:rsidP="003657C8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003657C8" w:rsidRPr="00167CDE" w:rsidRDefault="003657C8" w:rsidP="003657C8">
+    <w:p w14:paraId="193E749B" w14:textId="77777777" w:rsidR="003657C8" w:rsidRPr="00167CDE" w:rsidRDefault="003657C8" w:rsidP="003657C8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00167CDE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003657C8" w:rsidRPr="00167CDE" w:rsidRDefault="003657C8" w:rsidP="003657C8">
+    <w:p w14:paraId="0C0C1BD4" w14:textId="77777777" w:rsidR="003657C8" w:rsidRPr="00167CDE" w:rsidRDefault="003657C8" w:rsidP="003657C8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00167CDE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003657C8" w:rsidRPr="00167CDE" w:rsidRDefault="003657C8" w:rsidP="003657C8">
+    <w:p w14:paraId="47944C5D" w14:textId="77777777" w:rsidR="003657C8" w:rsidRPr="00167CDE" w:rsidRDefault="003657C8" w:rsidP="003657C8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00167CDE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>……………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003657C8" w:rsidRDefault="003657C8" w:rsidP="003657C8">
+    <w:p w14:paraId="1F42560B" w14:textId="77777777" w:rsidR="003657C8" w:rsidRDefault="003657C8" w:rsidP="003657C8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00924B20" w:rsidRPr="00924B20" w:rsidRDefault="00924B20" w:rsidP="00924B20">
+    <w:p w14:paraId="4EEB97B2" w14:textId="2C5D4EFC" w:rsidR="00924B20" w:rsidRPr="00924B20" w:rsidRDefault="00924B20" w:rsidP="00924B20">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00924B20">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Construct a 2D clustered column graph to show the concentration of ammonium sulfate in sampled air from 1998 to 2019.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00924B20" w:rsidRPr="00924B20" w:rsidRDefault="00924B20" w:rsidP="00924B20">
+        <w:t xml:space="preserve">Construct a 2D clustered column graph to show the concentration of ammonium </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00924B20">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sulfate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00924B20">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in sampled air from </w:t>
+      </w:r>
+      <w:r w:rsidR="00C10B74">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">February </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00924B20">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1998 to </w:t>
+      </w:r>
+      <w:r w:rsidR="00C10B74">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">December </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00924B20">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2019.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F276E3E" w14:textId="77777777" w:rsidR="00924B20" w:rsidRPr="00924B20" w:rsidRDefault="00924B20" w:rsidP="00924B20">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00924B20" w:rsidRPr="00924B20" w:rsidRDefault="00924B20" w:rsidP="00924B20">
+    <w:p w14:paraId="66BD0D8C" w14:textId="77777777" w:rsidR="00924B20" w:rsidRPr="00924B20" w:rsidRDefault="00924B20" w:rsidP="00924B20">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00924B20">
         <w:t>Label your axes and include units. Give your graph a title.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924B20" w:rsidRPr="00924B20" w:rsidRDefault="00924B20" w:rsidP="00924B20">
+    <w:p w14:paraId="7DBDA991" w14:textId="77777777" w:rsidR="00924B20" w:rsidRPr="00924B20" w:rsidRDefault="00924B20" w:rsidP="00924B20">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00924B20" w:rsidRPr="00924B20" w:rsidRDefault="00924B20" w:rsidP="00924B20">
+    <w:p w14:paraId="26CF561C" w14:textId="77777777" w:rsidR="00C10B74" w:rsidRPr="00924B20" w:rsidRDefault="00C10B74" w:rsidP="00C10B74">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F7A21">
+      <w:r w:rsidRPr="00063DA3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t>HINT:</w:t>
       </w:r>
-      <w:r w:rsidRPr="000F7A21">
+      <w:r w:rsidRPr="00063DA3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00924B20">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">You can use the following steps to create your chart: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924B20" w:rsidRPr="00924B20" w:rsidRDefault="00924B20" w:rsidP="00924B20">
+    <w:p w14:paraId="7B272990" w14:textId="77777777" w:rsidR="00C10B74" w:rsidRPr="00924B20" w:rsidRDefault="00C10B74" w:rsidP="00C10B74">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00924B20" w:rsidRPr="00924B20" w:rsidRDefault="00924B20" w:rsidP="00924B20">
+    <w:p w14:paraId="28727EC3" w14:textId="77777777" w:rsidR="00C10B74" w:rsidRPr="00444123" w:rsidRDefault="00C10B74" w:rsidP="00C10B74">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00444123">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Highlight all the data in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444123">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>column A ‘1998-2019’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444123">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444123">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">by clicking in the cell of the first date, Feb-98 (cell A8) and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444123">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">simultaneously hold down </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444123">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CTRL +SHIFT +   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00444123">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>↓</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444123">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00444123">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Down Arrow) keys. This will highlight the entire column of data in column A. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B75C5A6" w14:textId="77777777" w:rsidR="00C10B74" w:rsidRPr="00007E6E" w:rsidRDefault="00C10B74" w:rsidP="00C10B74">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00924B20">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="000318CA">
+      <w:r w:rsidRPr="00444123">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Scroll to the top of the spreadsheet and, holding down the control (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444123">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="22"/>
-[...22 lines deleted...]
-    <w:p w:rsidR="00924B20" w:rsidRPr="00924B20" w:rsidRDefault="00924B20" w:rsidP="00924B20">
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>CTRL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444123">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) button, click in cell </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444123">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8, the first data cell of column </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444123">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>‘</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(NH</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00252324">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00252324">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00252324">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444123">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00007E6E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="002C3DBC" w14:textId="77777777" w:rsidR="00C10B74" w:rsidRPr="00007E6E" w:rsidRDefault="00C10B74" w:rsidP="00C10B74">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00924B20">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="000318CA">
+      <w:r w:rsidRPr="00444123">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Whilst still depressing the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444123">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="000318CA">
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>CTRL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444123">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> button, simultaneously hold down the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444123">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SHIFT </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00444123">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">+  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444123">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>↓</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00444123">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  (Down Arrow) keys to highlight all the data in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444123">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">column </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444123">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ‘</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(NH</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00252324">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="000318CA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="000318CA">
+      <w:r w:rsidRPr="00252324">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="000318CA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>SO</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000318CA">
+        <w:t xml:space="preserve"> SO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00252324">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="000318CA">
+      <w:r w:rsidRPr="00444123">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r w:rsidRPr="00924B20">
-[...8 lines deleted...]
-    <w:p w:rsidR="00924B20" w:rsidRDefault="00924B20" w:rsidP="00924B20">
+      <w:r w:rsidRPr="00007E6E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C491343" w14:textId="62D314F5" w:rsidR="00C10B74" w:rsidRDefault="00C10B74" w:rsidP="00C10B74">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00924B20">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">On the </w:t>
       </w:r>
       <w:r w:rsidRPr="000318CA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
@@ -6505,1343 +7992,1666 @@
       <w:r w:rsidRPr="00924B20">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> group, click the </w:t>
       </w:r>
       <w:r w:rsidRPr="000318CA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>column graph</w:t>
       </w:r>
       <w:r w:rsidRPr="00924B20">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> symbol.</w:t>
       </w:r>
-    </w:p>
-[...21 lines deleted...]
-      <w:r w:rsidRPr="00924B20">
+      <w:r w:rsidRPr="00C10B74">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00924B20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="319D31EB" wp14:editId="7690BFA3">
-[...2 lines deleted...]
-            <wp:docPr id="2" name="Picture 2"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6037A888" wp14:editId="028C9CAE">
+            <wp:extent cx="1638300" cy="946960"/>
+            <wp:effectExtent l="0" t="0" r="0" b="5715"/>
+            <wp:docPr id="2" name="Picture 2" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 2"/>
+                    <pic:cNvPr id="2" name="Picture 2" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId48">
+                    <a:blip r:embed="rId43">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1947887" cy="1125906"/>
+                      <a:ext cx="1660454" cy="959765"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924B20" w:rsidRPr="00924B20" w:rsidRDefault="00924B20" w:rsidP="00924B20">
+    <w:p w14:paraId="4EE2956A" w14:textId="77777777" w:rsidR="00C10B74" w:rsidRPr="00A32C4A" w:rsidRDefault="00C10B74" w:rsidP="00C10B74">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00924B20">
+      <w:bookmarkStart w:id="1" w:name="_Hlk222746643"/>
+      <w:r w:rsidRPr="00A32C4A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Choose </w:t>
       </w:r>
-      <w:r w:rsidRPr="000318CA">
+      <w:r w:rsidRPr="00A32C4A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2D clustered column graph</w:t>
       </w:r>
-      <w:r w:rsidRPr="00924B20">
+      <w:r w:rsidRPr="00A32C4A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (first graph under 2D column heading). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000318CA" w:rsidRDefault="00924B20" w:rsidP="00924B20">
+    <w:p w14:paraId="658ADB06" w14:textId="77777777" w:rsidR="00C10B74" w:rsidRPr="00D7693E" w:rsidRDefault="00C10B74" w:rsidP="00C10B74">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00924B20">
-[...35 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4248">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lick on your graph and then click on </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00007E6E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Chart</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000318CA">
-[...87 lines deleted...]
-    <w:p w:rsidR="000318CA" w:rsidRDefault="000318CA" w:rsidP="000318CA">
+      <w:r w:rsidRPr="009B4248">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Design </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4248">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tab </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>from the top tool bar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4248">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4248">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Add Chart Elements</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4248">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> appears on left hand side of tool bar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B015504" w14:textId="77777777" w:rsidR="00C10B74" w:rsidRPr="00252324" w:rsidRDefault="00C10B74" w:rsidP="00C10B74">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00D7693E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Click on </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D7693E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Add Chart Elements</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D7693E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and scroll down to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D7693E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chart Title. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D7693E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Choose </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D7693E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>above chart</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D7693E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, click in the box at the top of the spreadsheet and type the title of your graph </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00252324">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="000318CA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-[...6 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-      </w:r>
+        <w:t xml:space="preserve">Ammonium </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000318CA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Ammonium sulfate PM2.5 concentration in air sampled at Mayfield from 1998 to 2019</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t>sulfate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000318CA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000318CA">
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> PM2.5 concentration in air sampled at Mayfield from 1998 to 2019</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00252324">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Press</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00252324">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
-        <w:t>Design</w:t>
-[...103 lines deleted...]
-    <w:p w:rsidR="000F7A21" w:rsidRPr="00FF2E98" w:rsidRDefault="000F7A21" w:rsidP="000F7A21">
+        <w:t xml:space="preserve"> ENTER. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="1D273A25" w14:textId="77777777" w:rsidR="00C10B74" w:rsidRPr="00D7693E" w:rsidRDefault="00C10B74" w:rsidP="00C10B74">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...18 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00D7693E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Repeat for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D7693E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:eastAsia="en-AU"/>
-[...18 lines deleted...]
-          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Axis Titles, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D7693E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>both Primary Horizontal and Primary Vertical</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D7693E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D7693E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
-[...196 lines deleted...]
-    <w:p w:rsidR="000F7A21" w:rsidRPr="00FF2E98" w:rsidRDefault="000F7A21" w:rsidP="000F7A21">
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Add the title </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000318CA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>onth-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000318CA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Year</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for Primary Horizontal axis and the title </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000318CA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mean monthly concentration of PM2.5 ammonium </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000318CA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sulfate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000318CA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (ng/m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000318CA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000318CA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for the Primary Vertical axis.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04EE600E" w14:textId="77777777" w:rsidR="00C10B74" w:rsidRPr="00FF2E98" w:rsidRDefault="00C10B74" w:rsidP="00C10B74">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FF2E98">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00FF2E98">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Right</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0066E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">-click the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FF2E98">
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t>y axis labels</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>x</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0066E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
+        <w:t xml:space="preserve"> axis labels</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0066E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FF2E98">
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t xml:space="preserve">(vertical axis) and select </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FF2E98">
+        <w:t xml:space="preserve">(horizontal axis) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0066E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>select</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0066E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0066E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>Format Axis</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FF2E98">
+      <w:r w:rsidRPr="00B0066E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in the dialog box.  Click on </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FF2E98">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in the dialog box.  For </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C30C83">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t>NUMBER</w:t>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00FF2E98">
+        <w:t xml:space="preserve">Axis </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C30C83">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>osition</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> choose </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C30C83">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C30C83">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tick marks</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF2E98">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Click on </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF2E98">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>LABELS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF2E98">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> select </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF2E98">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>specify interval unit</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF2E98">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and type 6 in the box. Press </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF2E98">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>ENTER</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF2E98">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47E7BEEB" w14:textId="77777777" w:rsidR="00C10B74" w:rsidRPr="00FF2E98" w:rsidRDefault="00C10B74" w:rsidP="00C10B74">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF2E98">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>To remove decimal points from y axis scale, right</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF2E98">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-click the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF2E98">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>y axis labels</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF2E98">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(vertical axis) and select </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF2E98">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>Format Axis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF2E98">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the dialog box.  Click on </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF2E98">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>NUMBER</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF2E98">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF2E98">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
         <w:t>decimal places</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF2E98">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> type 0 in the box. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C86710" w:rsidRPr="000318CA" w:rsidRDefault="00C86710" w:rsidP="000318CA">
-[...8 lines deleted...]
-    <w:p w:rsidR="00924B20" w:rsidRDefault="00924B20" w:rsidP="00924B20">
+    <w:p w14:paraId="6CB02D6E" w14:textId="77777777" w:rsidR="00924B20" w:rsidRDefault="00924B20" w:rsidP="00924B20">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000318CA" w:rsidRPr="000318CA" w:rsidRDefault="000318CA" w:rsidP="000318CA">
+    <w:p w14:paraId="3DCBD444" w14:textId="77777777" w:rsidR="000318CA" w:rsidRPr="000318CA" w:rsidRDefault="000318CA" w:rsidP="000318CA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000318CA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Consider the concentration of PM2.5 ammonium sulfate over the last decade, from Jan 2009 to Jan 2019. Suggest a possible reason for the observed seasonal variations. </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="000318CA" w:rsidRDefault="000318CA" w:rsidP="000318CA">
+        <w:t xml:space="preserve">Consider the concentration of PM2.5 ammonium </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000318CA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sulfate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000318CA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> over the last decade, from Jan 2009 to Jan 2019. Suggest a possible reason for the observed seasonal variations. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F9AFF8E" w14:textId="77777777" w:rsidR="000318CA" w:rsidRDefault="000318CA" w:rsidP="000318CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002E2AB8" w:rsidRPr="001543C5" w:rsidRDefault="002E2AB8" w:rsidP="002E2AB8">
+    <w:p w14:paraId="084AD609" w14:textId="77777777" w:rsidR="002E2AB8" w:rsidRPr="001543C5" w:rsidRDefault="002E2AB8" w:rsidP="002E2AB8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001543C5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002E2AB8" w:rsidRPr="001543C5" w:rsidRDefault="002E2AB8" w:rsidP="002E2AB8">
+    <w:p w14:paraId="3A01DCE1" w14:textId="77777777" w:rsidR="002E2AB8" w:rsidRPr="001543C5" w:rsidRDefault="002E2AB8" w:rsidP="002E2AB8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001543C5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002E2AB8" w:rsidRPr="00167CDE" w:rsidRDefault="002E2AB8" w:rsidP="002E2AB8">
+    <w:p w14:paraId="748373C2" w14:textId="77777777" w:rsidR="002E2AB8" w:rsidRPr="00167CDE" w:rsidRDefault="002E2AB8" w:rsidP="002E2AB8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00167CDE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000318CA" w:rsidRPr="000F7A21" w:rsidRDefault="000318CA" w:rsidP="000318CA">
+    <w:p w14:paraId="71FCD960" w14:textId="77777777" w:rsidR="000318CA" w:rsidRPr="000F7A21" w:rsidRDefault="000318CA" w:rsidP="000318CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000318CA" w:rsidRDefault="000318CA" w:rsidP="000318CA">
+    <w:p w14:paraId="0C2C3A7A" w14:textId="77777777" w:rsidR="000318CA" w:rsidRDefault="000318CA" w:rsidP="000318CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000318CA" w:rsidRPr="000318CA" w:rsidRDefault="000318CA" w:rsidP="000318CA">
+    <w:p w14:paraId="17CC24E0" w14:textId="623CFCFD" w:rsidR="000318CA" w:rsidRPr="000318CA" w:rsidRDefault="000318CA" w:rsidP="000318CA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000318CA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Account for any observed trend in the concentration of PM2.5 ammonium sulfate from 1998 to 2019.</w:t>
+        <w:t xml:space="preserve">Account for any observed trend in the concentration of PM2.5 ammonium </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000318CA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sulfate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000318CA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from </w:t>
+      </w:r>
+      <w:r w:rsidR="00C10B74">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">February </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000318CA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1998 to </w:t>
+      </w:r>
+      <w:r w:rsidR="00C10B74">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">December </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000318CA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2019.</w:t>
       </w:r>
       <w:r w:rsidRPr="000318CA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000318CA" w:rsidRDefault="000318CA" w:rsidP="000318CA">
+    <w:p w14:paraId="0DAF74F4" w14:textId="77777777" w:rsidR="000318CA" w:rsidRDefault="000318CA" w:rsidP="000318CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002E2AB8" w:rsidRPr="001543C5" w:rsidRDefault="002E2AB8" w:rsidP="002E2AB8">
+    <w:p w14:paraId="1F26645F" w14:textId="77777777" w:rsidR="002E2AB8" w:rsidRPr="001543C5" w:rsidRDefault="002E2AB8" w:rsidP="002E2AB8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001543C5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002E2AB8" w:rsidRPr="001543C5" w:rsidRDefault="002E2AB8" w:rsidP="002E2AB8">
+    <w:p w14:paraId="1EE55F0A" w14:textId="77777777" w:rsidR="002E2AB8" w:rsidRPr="001543C5" w:rsidRDefault="002E2AB8" w:rsidP="002E2AB8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001543C5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002E2AB8" w:rsidRPr="00167CDE" w:rsidRDefault="002E2AB8" w:rsidP="002E2AB8">
+    <w:p w14:paraId="607BC3E5" w14:textId="77777777" w:rsidR="002E2AB8" w:rsidRPr="00167CDE" w:rsidRDefault="002E2AB8" w:rsidP="002E2AB8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00167CDE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>……………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D5BF7" w:rsidRDefault="009D5BF7" w:rsidP="000F7A21">
+    <w:p w14:paraId="07170A0D" w14:textId="77777777" w:rsidR="009D5BF7" w:rsidRDefault="009D5BF7" w:rsidP="000F7A21">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000F7A21" w:rsidRPr="000F7A21" w:rsidRDefault="000F7A21" w:rsidP="000F7A21">
+    <w:p w14:paraId="19E950BE" w14:textId="77777777" w:rsidR="000F7A21" w:rsidRPr="000F7A21" w:rsidRDefault="000F7A21" w:rsidP="000F7A21">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000318CA" w:rsidRPr="00623108" w:rsidRDefault="000318CA" w:rsidP="00623108">
+    <w:p w14:paraId="26CB4F75" w14:textId="77777777" w:rsidR="000318CA" w:rsidRPr="00623108" w:rsidRDefault="000318CA" w:rsidP="00623108">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00623108">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Smoke is produced when biomass is burned. What is meant by the term ‘biomass’?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002E2AB8" w:rsidRPr="002E2AB8" w:rsidRDefault="002E2AB8" w:rsidP="002E2AB8">
+    <w:p w14:paraId="60B40B73" w14:textId="77777777" w:rsidR="002E2AB8" w:rsidRPr="002E2AB8" w:rsidRDefault="002E2AB8" w:rsidP="002E2AB8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E2AB8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002E2AB8" w:rsidRPr="002E2AB8" w:rsidRDefault="002E2AB8" w:rsidP="002E2AB8">
+    <w:p w14:paraId="762833B5" w14:textId="77777777" w:rsidR="002E2AB8" w:rsidRPr="002E2AB8" w:rsidRDefault="002E2AB8" w:rsidP="002E2AB8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E2AB8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>……………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00623108" w:rsidRDefault="00623108" w:rsidP="000318CA">
-[...17 lines deleted...]
-    <w:p w:rsidR="000318CA" w:rsidRPr="00623108" w:rsidRDefault="000318CA" w:rsidP="00623108">
+    <w:p w14:paraId="3403F6C8" w14:textId="465438FC" w:rsidR="000318CA" w:rsidRPr="00623108" w:rsidRDefault="000318CA" w:rsidP="00623108">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00623108">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Construct a 2D clustered column graph to show the concentration of </w:t>
       </w:r>
       <w:r w:rsidRPr="00623108">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>smoke</w:t>
       </w:r>
       <w:r w:rsidRPr="00623108">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in sampled air from 1998 to 2019.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="000318CA" w:rsidRPr="00623108" w:rsidRDefault="000318CA" w:rsidP="000318CA">
+        <w:t xml:space="preserve"> in sampled air from </w:t>
+      </w:r>
+      <w:r w:rsidR="00C10B74">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">February </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00623108">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1998 to </w:t>
+      </w:r>
+      <w:r w:rsidR="00C10B74">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">December </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00623108">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2019.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="171F21AA" w14:textId="77777777" w:rsidR="000318CA" w:rsidRPr="00623108" w:rsidRDefault="000318CA" w:rsidP="000318CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000318CA" w:rsidRPr="00623108" w:rsidRDefault="000318CA" w:rsidP="00623108">
+    <w:p w14:paraId="205B236B" w14:textId="77777777" w:rsidR="000318CA" w:rsidRPr="00623108" w:rsidRDefault="000318CA" w:rsidP="00623108">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00623108">
         <w:t>Label each of your axes and include units. Give your graph a title.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000318CA" w:rsidRDefault="000318CA" w:rsidP="000318CA">
+    <w:p w14:paraId="636A7D3C" w14:textId="77777777" w:rsidR="000318CA" w:rsidRDefault="000318CA" w:rsidP="000318CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00907C70" w:rsidRDefault="00907C70" w:rsidP="00907C70">
+    <w:p w14:paraId="3246613E" w14:textId="77777777" w:rsidR="00C10B74" w:rsidRPr="00C54E3A" w:rsidRDefault="00C10B74" w:rsidP="00C10B74">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0095395F">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00C54E3A">
+        <w:rPr>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t>HINT:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00623108">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00C54E3A">
+        <w:rPr>
+          <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006E2FFE">
-[...23 lines deleted...]
-      <w:r w:rsidRPr="0095395F">
+      <w:r>
+        <w:t xml:space="preserve">Follow the instructions provided for the construction of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000318CA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PM2.5 ammonium </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000318CA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>sulfate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000318CA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">graph on page 9 and 10 but, for step 2, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54E3A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>hold down the control (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54E3A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-        </w:rPr>
-[...20 lines deleted...]
-      <w:r w:rsidRPr="00623108">
+          <w:bCs/>
+        </w:rPr>
+        <w:t>CTRL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54E3A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) button, click in cell </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-        </w:rPr>
-[...23 lines deleted...]
-        <w:spacing w:after="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>H</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54E3A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54E3A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, the first data cell of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54E3A">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">column </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>H</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54E3A">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ‘</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>smoke’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54E3A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and, whilst still depressing the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54E3A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>CTRL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54E3A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> button, simultaneously hold down the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54E3A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">SHIFT +  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54E3A">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>↓</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54E3A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  (Down Arrow) keys to highlight all the data in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54E3A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">column </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>H</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54E3A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ‘</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>smoke’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54E3A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63135F1A" w14:textId="77777777" w:rsidR="000318CA" w:rsidRDefault="000318CA" w:rsidP="000318CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79345610" w14:textId="5CA49704" w:rsidR="002D4AD5" w:rsidRPr="0011791F" w:rsidRDefault="0011791F" w:rsidP="0011791F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...18 lines deleted...]
-    <w:p w:rsidR="000318CA" w:rsidRDefault="000318CA" w:rsidP="000318CA">
+      <w:r w:rsidRPr="0011791F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Insert a copy of your graph in the space below</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D638DFC" w14:textId="77777777" w:rsidR="0011791F" w:rsidRDefault="0011791F" w:rsidP="000318CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="0070C0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002D4AD5" w:rsidRDefault="002D4AD5" w:rsidP="000318CA">
+    <w:p w14:paraId="74CD489C" w14:textId="77777777" w:rsidR="0011791F" w:rsidRDefault="0011791F" w:rsidP="000318CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="0070C0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00907C70" w:rsidRPr="00623108" w:rsidRDefault="00907C70" w:rsidP="00907C70">
+    <w:p w14:paraId="55E16ED1" w14:textId="77777777" w:rsidR="0011791F" w:rsidRDefault="0011791F" w:rsidP="000318CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75C1F0E7" w14:textId="77777777" w:rsidR="0011791F" w:rsidRDefault="0011791F" w:rsidP="000318CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3ECBDE14" w14:textId="77777777" w:rsidR="0011791F" w:rsidRDefault="0011791F" w:rsidP="000318CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F028955" w14:textId="77777777" w:rsidR="0011791F" w:rsidRDefault="0011791F" w:rsidP="000318CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D78E36C" w14:textId="77777777" w:rsidR="0011791F" w:rsidRDefault="0011791F" w:rsidP="000318CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="359B3D41" w14:textId="77777777" w:rsidR="0011791F" w:rsidRDefault="0011791F" w:rsidP="000318CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0238D8DC" w14:textId="77777777" w:rsidR="0011791F" w:rsidRDefault="0011791F" w:rsidP="000318CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="213465F6" w14:textId="77777777" w:rsidR="0011791F" w:rsidRDefault="0011791F" w:rsidP="000318CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77EE9757" w14:textId="77777777" w:rsidR="0011791F" w:rsidRDefault="0011791F" w:rsidP="000318CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29C59952" w14:textId="77777777" w:rsidR="0011791F" w:rsidRDefault="0011791F" w:rsidP="000318CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67D69A0C" w14:textId="77777777" w:rsidR="00907C70" w:rsidRPr="00623108" w:rsidRDefault="00907C70" w:rsidP="00907C70">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00623108">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Identify the times when</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
@@ -7853,451 +9663,766 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00623108">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Provide a possible explanation to account for the presence of significant smoke during these times.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000318CA" w:rsidRDefault="000318CA" w:rsidP="000318CA">
+    <w:p w14:paraId="2EE0B07A" w14:textId="77777777" w:rsidR="000318CA" w:rsidRDefault="000318CA" w:rsidP="000318CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="0070C0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002E2AB8" w:rsidRPr="001543C5" w:rsidRDefault="002E2AB8" w:rsidP="002E2AB8">
+    <w:p w14:paraId="7CDF044B" w14:textId="77777777" w:rsidR="002E2AB8" w:rsidRPr="001543C5" w:rsidRDefault="002E2AB8" w:rsidP="002E2AB8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001543C5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002E2AB8" w:rsidRPr="001543C5" w:rsidRDefault="002E2AB8" w:rsidP="002E2AB8">
+    <w:p w14:paraId="12B4B87F" w14:textId="77777777" w:rsidR="002E2AB8" w:rsidRPr="001543C5" w:rsidRDefault="002E2AB8" w:rsidP="002E2AB8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001543C5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000318CA" w:rsidRPr="002E2AB8" w:rsidRDefault="002E2AB8" w:rsidP="002E2AB8">
+    <w:p w14:paraId="3A168E5E" w14:textId="77777777" w:rsidR="000318CA" w:rsidRPr="002E2AB8" w:rsidRDefault="002E2AB8" w:rsidP="002E2AB8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00167CDE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00623108" w:rsidRDefault="00623108">
+    <w:p w14:paraId="0E6088C3" w14:textId="77777777" w:rsidR="00623108" w:rsidRDefault="00623108">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="0070C0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00623108" w:rsidRPr="00623108" w:rsidRDefault="00623108" w:rsidP="00623108">
+    <w:p w14:paraId="286B67CC" w14:textId="77777777" w:rsidR="00623108" w:rsidRPr="00623108" w:rsidRDefault="00623108" w:rsidP="00623108">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00623108">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Black carbon concentration gives an indication of the amount of soot that is present in the atmosphere. Soot is mainly produced by motor vehicles and biomass burning.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00623108" w:rsidRPr="00623108" w:rsidRDefault="00623108" w:rsidP="00623108">
+    <w:p w14:paraId="3B79D779" w14:textId="77777777" w:rsidR="00623108" w:rsidRPr="00623108" w:rsidRDefault="00623108" w:rsidP="00623108">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00623108" w:rsidRPr="00623108" w:rsidRDefault="00623108" w:rsidP="00623108">
+    <w:p w14:paraId="4C4C190B" w14:textId="77777777" w:rsidR="00623108" w:rsidRPr="00623108" w:rsidRDefault="00623108" w:rsidP="00623108">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00623108">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Explain how soot is produced by motor vehicles. Include a word equation (or a completely balanced chemical equation) in your answer.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00623108" w:rsidRDefault="00623108" w:rsidP="00623108">
+    <w:p w14:paraId="1E699DE7" w14:textId="77777777" w:rsidR="00623108" w:rsidRDefault="00623108" w:rsidP="00623108">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E75927" w:rsidRPr="00167CDE" w:rsidRDefault="00E75927" w:rsidP="00E75927">
+    <w:p w14:paraId="54DB77C4" w14:textId="77777777" w:rsidR="00E75927" w:rsidRPr="00167CDE" w:rsidRDefault="00E75927" w:rsidP="00E75927">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00167CDE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E75927" w:rsidRPr="00167CDE" w:rsidRDefault="00E75927" w:rsidP="00E75927">
+    <w:p w14:paraId="028E73AC" w14:textId="77777777" w:rsidR="00E75927" w:rsidRPr="00167CDE" w:rsidRDefault="00E75927" w:rsidP="00E75927">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00167CDE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00623108" w:rsidRDefault="00623108" w:rsidP="00623108">
+    <w:p w14:paraId="2DF83C51" w14:textId="77777777" w:rsidR="00623108" w:rsidRDefault="00623108" w:rsidP="00623108">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E75927" w:rsidRDefault="00E75927" w:rsidP="00623108">
-[...8 lines deleted...]
-    <w:p w:rsidR="00623108" w:rsidRPr="003E7818" w:rsidRDefault="00623108" w:rsidP="00623108">
+    <w:p w14:paraId="46319DCE" w14:textId="41EE0B8F" w:rsidR="00623108" w:rsidRPr="003E7818" w:rsidRDefault="00623108" w:rsidP="00623108">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E7818">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Construct a 2D clustered column graph to show</w:t>
       </w:r>
       <w:r w:rsidR="003E7818" w:rsidRPr="003E7818">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> the concentration of Black C</w:t>
       </w:r>
       <w:r w:rsidRPr="003E7818">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">arbon </w:t>
       </w:r>
       <w:r w:rsidR="006E2FFE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(BC) </w:t>
       </w:r>
       <w:r w:rsidRPr="003E7818">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>in sampled air from Jan 2015 to Dec 2019.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003E7818" w:rsidRPr="003E7818" w:rsidRDefault="003E7818" w:rsidP="003E7818">
+    <w:p w14:paraId="787FBC21" w14:textId="77777777" w:rsidR="003E7818" w:rsidRPr="003E7818" w:rsidRDefault="003E7818" w:rsidP="003E7818">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003E7818" w:rsidRPr="003E7818" w:rsidRDefault="003E7818" w:rsidP="003E7818">
+    <w:p w14:paraId="57612517" w14:textId="77777777" w:rsidR="003E7818" w:rsidRPr="003E7818" w:rsidRDefault="003E7818" w:rsidP="003E7818">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E7818">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Label your axes and include units. Give your graph a title.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00623108" w:rsidRPr="003E7818" w:rsidRDefault="00623108" w:rsidP="00623108">
+    <w:p w14:paraId="44D8BACC" w14:textId="77777777" w:rsidR="00623108" w:rsidRPr="003E7818" w:rsidRDefault="00623108" w:rsidP="00623108">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002D4AD5" w:rsidRDefault="002D4AD5">
-      <w:pPr>
+    <w:p w14:paraId="3993BF2E" w14:textId="77777777" w:rsidR="0011791F" w:rsidRPr="003E7818" w:rsidRDefault="0011791F" w:rsidP="0011791F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0095395F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="0070C0"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t>HINT:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E7818">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> You can use the following steps to create your chart: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="741A1901" w14:textId="77777777" w:rsidR="0011791F" w:rsidRPr="003E7818" w:rsidRDefault="0011791F" w:rsidP="0011791F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="283E3EA4" w14:textId="77777777" w:rsidR="0011791F" w:rsidRPr="00444123" w:rsidRDefault="0011791F" w:rsidP="0011791F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E7818">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Highlight the required data in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E7818">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:color w:val="0070C0"/>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00907C70">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>column A ‘1998-2019’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444123">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444123">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>by clicking in the cell o</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>f the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D844C3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E7818">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">date </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D844C3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:color w:val="0070C0"/>
-[...7 lines deleted...]
-          <w:color w:val="0070C0"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Jan-15</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E7818">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (cell A2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E7818">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003E7818">
-[...14 lines deleted...]
-    <w:p w:rsidR="003E7818" w:rsidRPr="003E7818" w:rsidRDefault="003E7818" w:rsidP="003E7818">
+      <w:r w:rsidRPr="00444123">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444123">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">simultaneously hold down </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444123">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CTRL +SHIFT +   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00444123">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>↓</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444123">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00444123">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Down Arrow) keys. This will highlight the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>rest of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444123">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444123">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> data in column A. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76F5D60B" w14:textId="77777777" w:rsidR="0011791F" w:rsidRPr="00007E6E" w:rsidRDefault="0011791F" w:rsidP="0011791F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E7818">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="003E7818">
+      <w:r w:rsidRPr="00444123">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Scroll </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">back to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D844C3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="22"/>
-[...22 lines deleted...]
-    <w:p w:rsidR="003E7818" w:rsidRPr="003E7818" w:rsidRDefault="003E7818" w:rsidP="003E7818">
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>row 211</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444123">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>of the spreadsheet and, holding down the control (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444123">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>CTRL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444123">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) button, click in cell </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>F211</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00007E6E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5021543D" w14:textId="77777777" w:rsidR="0011791F" w:rsidRPr="00007E6E" w:rsidRDefault="0011791F" w:rsidP="0011791F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E7818">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="003E7818">
+      <w:r w:rsidRPr="00444123">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Whilst still depressing the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444123">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="22"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="003E7818" w:rsidRPr="003E7818" w:rsidRDefault="003E7818" w:rsidP="003E7818">
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>CTRL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444123">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> button, simultaneously hold down the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444123">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SHIFT </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00444123">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">+  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444123">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>↓</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00444123">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  (Down Arrow) keys to highlight the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rest of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444123">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">data in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444123">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">column </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444123">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ‘</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>BC’.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29A985E6" w14:textId="77777777" w:rsidR="0011791F" w:rsidRPr="003E7818" w:rsidRDefault="0011791F" w:rsidP="0011791F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E7818">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">On the </w:t>
       </w:r>
       <w:r w:rsidRPr="003E7818">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
@@ -8344,1064 +10469,1336 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> symbol and choose </w:t>
       </w:r>
       <w:r w:rsidRPr="003E7818">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2D clustered column graph</w:t>
       </w:r>
       <w:r w:rsidRPr="003E7818">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (first graph under 2D column heading). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00623108" w:rsidRDefault="00623108" w:rsidP="00386138">
+    <w:p w14:paraId="678284F2" w14:textId="77777777" w:rsidR="0011791F" w:rsidRPr="00D7693E" w:rsidRDefault="0011791F" w:rsidP="0011791F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E7818">
-[...8 lines deleted...]
-    <w:p w:rsidR="00907C70" w:rsidRPr="00FF2E98" w:rsidRDefault="00907C70" w:rsidP="00907C70">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4248">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>lick on your graph</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4248">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and then click on </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00007E6E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Chart</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4248">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Design </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4248">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tab </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>from the top tool bar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4248">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4248">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Add Chart Elements</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4248">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> appears on left hand side of tool bar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15332131" w14:textId="77777777" w:rsidR="0011791F" w:rsidRPr="00D844C3" w:rsidRDefault="0011791F" w:rsidP="0011791F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...18 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00D7693E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Click on </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D7693E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="22"/>
-[...7 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Add Chart Elements</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D7693E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and scroll down to </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">add </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007604B6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="22"/>
-[...52 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Axis </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="22"/>
-[...25 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007604B6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="22"/>
-[...7 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>itles</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D7693E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="22"/>
-[...7 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Chart Title</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="22"/>
-[...123 lines deleted...]
-          <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00907C70" w:rsidRPr="00FF2E98" w:rsidRDefault="00907C70" w:rsidP="00907C70">
+    <w:p w14:paraId="658D1024" w14:textId="77777777" w:rsidR="0011791F" w:rsidRPr="00FF2E98" w:rsidRDefault="0011791F" w:rsidP="0011791F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FF2E98">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00FF2E98">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Right</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0066E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">-click the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FF2E98">
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t>y axis labels</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>x</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0066E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
+        <w:t xml:space="preserve"> axis labels</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0066E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FF2E98">
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t xml:space="preserve">(vertical axis) and select </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FF2E98">
+        <w:t xml:space="preserve">(horizontal axis) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0066E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>select</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0066E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0066E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>Format Axis</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FF2E98">
+      <w:r w:rsidRPr="00B0066E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in the dialog box.  Click on </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FF2E98">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in the dialog box.  For </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C30C83">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t>NUMBER</w:t>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00FF2E98">
+        <w:t xml:space="preserve">Axis </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C30C83">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>osition</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> choose </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C30C83">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C30C83">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tick marks</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF2E98">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Click on </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF2E98">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>LABELS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF2E98">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> select </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF2E98">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>specify interval unit</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF2E98">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and type </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF2E98">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in the box. Press </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF2E98">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>ENTER</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF2E98">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FB12FE2" w14:textId="77777777" w:rsidR="0011791F" w:rsidRPr="00FF2E98" w:rsidRDefault="0011791F" w:rsidP="0011791F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF2E98">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>To remove decimal points from y axis scale, right</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF2E98">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-click the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF2E98">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>y axis labels</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF2E98">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(vertical axis) and select </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF2E98">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>Format Axis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF2E98">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the dialog box.  Click on </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF2E98">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>NUMBER</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF2E98">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF2E98">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
         <w:t>decimal places</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF2E98">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> type 0 in the box. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00623108" w:rsidRDefault="00623108" w:rsidP="00623108">
+    <w:p w14:paraId="7B86E623" w14:textId="77777777" w:rsidR="0011791F" w:rsidRDefault="0011791F" w:rsidP="0011791F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E671CB6" w14:textId="099ED6A4" w:rsidR="0011791F" w:rsidRDefault="0011791F" w:rsidP="0011791F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Insert a copy of your graph in the space below:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CA99250" w14:textId="77777777" w:rsidR="0011791F" w:rsidRDefault="0011791F" w:rsidP="0011791F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="297E23D4" w14:textId="77777777" w:rsidR="0011791F" w:rsidRDefault="0011791F" w:rsidP="0011791F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66A9D2EA" w14:textId="77777777" w:rsidR="0011791F" w:rsidRDefault="0011791F" w:rsidP="0011791F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="461AE7AE" w14:textId="77777777" w:rsidR="0011791F" w:rsidRDefault="0011791F" w:rsidP="0011791F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EBAEB86" w14:textId="77777777" w:rsidR="0011791F" w:rsidRDefault="0011791F" w:rsidP="0011791F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31DFF422" w14:textId="77777777" w:rsidR="0011791F" w:rsidRDefault="0011791F" w:rsidP="0011791F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22E4F0FD" w14:textId="77777777" w:rsidR="0011791F" w:rsidRDefault="0011791F" w:rsidP="0011791F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D74C156" w14:textId="77777777" w:rsidR="0011791F" w:rsidRDefault="0011791F" w:rsidP="0011791F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D5467AD" w14:textId="77777777" w:rsidR="0011791F" w:rsidRPr="0011791F" w:rsidRDefault="0011791F" w:rsidP="0011791F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40D53695" w14:textId="77777777" w:rsidR="00623108" w:rsidRDefault="00623108" w:rsidP="00623108">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E2FFE" w:rsidRPr="00623108" w:rsidRDefault="006E2FFE" w:rsidP="00623108">
+    <w:p w14:paraId="4E9BC5AC" w14:textId="77777777" w:rsidR="006E2FFE" w:rsidRPr="00623108" w:rsidRDefault="006E2FFE" w:rsidP="00623108">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00623108" w:rsidRPr="00F670C7" w:rsidRDefault="00623108" w:rsidP="006E2FFE">
+    <w:p w14:paraId="48FB45A1" w14:textId="77777777" w:rsidR="00623108" w:rsidRPr="00F670C7" w:rsidRDefault="00623108" w:rsidP="006E2FFE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F670C7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Account for any seasonal variations in the concentration of Black Carbon from 2015 to 2019. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00623108" w:rsidRDefault="00623108" w:rsidP="00623108">
+    <w:p w14:paraId="6AAB0BC6" w14:textId="77777777" w:rsidR="00623108" w:rsidRDefault="00623108" w:rsidP="00623108">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E75927" w:rsidRPr="00167CDE" w:rsidRDefault="00E75927" w:rsidP="00E75927">
+    <w:p w14:paraId="3EEFA669" w14:textId="77777777" w:rsidR="00E75927" w:rsidRPr="00167CDE" w:rsidRDefault="00E75927" w:rsidP="00E75927">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00167CDE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E75927" w:rsidRPr="00167CDE" w:rsidRDefault="00E75927" w:rsidP="00E75927">
+    <w:p w14:paraId="0ACFF12D" w14:textId="77777777" w:rsidR="00E75927" w:rsidRPr="00167CDE" w:rsidRDefault="00E75927" w:rsidP="00E75927">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00167CDE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E75927" w:rsidRPr="002E2AB8" w:rsidRDefault="00E75927" w:rsidP="00E75927">
+    <w:p w14:paraId="6663F575" w14:textId="77777777" w:rsidR="00E75927" w:rsidRPr="002E2AB8" w:rsidRDefault="00E75927" w:rsidP="00E75927">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00167CDE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>……………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F670C7" w:rsidRDefault="00F670C7" w:rsidP="00F670C7">
-[...16 lines deleted...]
-    <w:p w:rsidR="00F670C7" w:rsidRPr="00F670C7" w:rsidRDefault="00F670C7" w:rsidP="006E2FFE">
+    <w:p w14:paraId="44DBE460" w14:textId="757EFBB8" w:rsidR="00F670C7" w:rsidRPr="00F670C7" w:rsidRDefault="00F670C7" w:rsidP="006E2FFE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F670C7">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">You have been appointed as a consultant to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>the Pollution Management C</w:t>
       </w:r>
       <w:r w:rsidRPr="00F670C7">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ommittee </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>for the C</w:t>
       </w:r>
       <w:r w:rsidRPr="00F670C7">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ity of Newcastle. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F670C7" w:rsidRPr="00F670C7" w:rsidRDefault="00F670C7" w:rsidP="00F670C7">
+    <w:p w14:paraId="42D514E9" w14:textId="77777777" w:rsidR="00F670C7" w:rsidRPr="00F670C7" w:rsidRDefault="00F670C7" w:rsidP="00F670C7">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F670C7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>What recommendations would you make in order to reduce fine particle pollution and improve the air quality in the Newcastle region? Justify your recommendations.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00E75927" w:rsidRPr="001543C5" w:rsidRDefault="00E75927" w:rsidP="00E75927">
+        <w:t xml:space="preserve">What recommendations would you make </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F670C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F670C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> reduce fine particle pollution and improve the air quality in the Newcastle region? Justify your recommendations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="039006EA" w14:textId="77777777" w:rsidR="00E75927" w:rsidRPr="001543C5" w:rsidRDefault="00E75927" w:rsidP="00E75927">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001543C5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E75927" w:rsidRPr="001543C5" w:rsidRDefault="00E75927" w:rsidP="00E75927">
+    <w:p w14:paraId="4765F16F" w14:textId="77777777" w:rsidR="00E75927" w:rsidRPr="001543C5" w:rsidRDefault="00E75927" w:rsidP="00E75927">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001543C5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E75927" w:rsidRPr="002E2AB8" w:rsidRDefault="00E75927" w:rsidP="00E75927">
+    <w:p w14:paraId="2CEC1288" w14:textId="77777777" w:rsidR="00E75927" w:rsidRPr="002E2AB8" w:rsidRDefault="00E75927" w:rsidP="00E75927">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00167CDE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E75927" w:rsidRPr="001543C5" w:rsidRDefault="00E75927" w:rsidP="00E75927">
+    <w:p w14:paraId="778FB1C3" w14:textId="77777777" w:rsidR="00E75927" w:rsidRPr="001543C5" w:rsidRDefault="00E75927" w:rsidP="00E75927">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001543C5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E75927" w:rsidRPr="001543C5" w:rsidRDefault="00E75927" w:rsidP="00E75927">
+    <w:p w14:paraId="5EA3752F" w14:textId="77777777" w:rsidR="00E75927" w:rsidRPr="001543C5" w:rsidRDefault="00E75927" w:rsidP="00E75927">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001543C5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E75927" w:rsidRPr="002E2AB8" w:rsidRDefault="00E75927" w:rsidP="00E75927">
+    <w:p w14:paraId="3FD362EB" w14:textId="77777777" w:rsidR="00E75927" w:rsidRPr="002E2AB8" w:rsidRDefault="00E75927" w:rsidP="00E75927">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00167CDE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E75927" w:rsidRPr="001543C5" w:rsidRDefault="00E75927" w:rsidP="00E75927">
+    <w:p w14:paraId="2B8698DB" w14:textId="77777777" w:rsidR="00E75927" w:rsidRPr="001543C5" w:rsidRDefault="00E75927" w:rsidP="00E75927">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001543C5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E75927" w:rsidRPr="001543C5" w:rsidRDefault="00E75927" w:rsidP="00E75927">
+    <w:p w14:paraId="65A2C7F9" w14:textId="77777777" w:rsidR="00E75927" w:rsidRPr="001543C5" w:rsidRDefault="00E75927" w:rsidP="00E75927">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001543C5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E75927" w:rsidRPr="002E2AB8" w:rsidRDefault="00E75927" w:rsidP="00E75927">
+    <w:p w14:paraId="30DE8110" w14:textId="77777777" w:rsidR="00E75927" w:rsidRPr="002E2AB8" w:rsidRDefault="00E75927" w:rsidP="00E75927">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00167CDE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E75927" w:rsidRPr="001543C5" w:rsidRDefault="00E75927" w:rsidP="00E75927">
+    <w:p w14:paraId="630A01FA" w14:textId="77777777" w:rsidR="00E75927" w:rsidRPr="001543C5" w:rsidRDefault="00E75927" w:rsidP="00E75927">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001543C5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E75927" w:rsidRDefault="00E75927" w:rsidP="00E75927">
+    <w:p w14:paraId="11FAB262" w14:textId="77777777" w:rsidR="00E75927" w:rsidRDefault="00E75927" w:rsidP="00E75927">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00167CDE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E2FFE" w:rsidRDefault="006E2FFE" w:rsidP="006E2FFE">
+    <w:p w14:paraId="0747BAAE" w14:textId="77777777" w:rsidR="006E2FFE" w:rsidRPr="00E75927" w:rsidRDefault="006E2FFE" w:rsidP="00E75927">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00167CDE">
-[...14 lines deleted...]
-    <w:p w:rsidR="00F670C7" w:rsidRPr="00F670C7" w:rsidRDefault="00F670C7" w:rsidP="006E2FFE">
+    </w:p>
+    <w:p w14:paraId="65D164AC" w14:textId="7301702D" w:rsidR="00F670C7" w:rsidRPr="00F670C7" w:rsidRDefault="00F670C7" w:rsidP="006E2FFE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F670C7">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Why should ANSTO continue to monitor the fine particle pollution in the Newcastle area as well as other urban areas?</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00E75927" w:rsidRPr="00E75927" w:rsidRDefault="00E75927" w:rsidP="00E75927">
+        <w:t>Why should ANSTO continue to monitor the fine particle pollution in the Newcastle area as well as other urban areas</w:t>
+      </w:r>
+      <w:r w:rsidR="00C565D0">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> across Australia</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F670C7">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D1014EB" w14:textId="77777777" w:rsidR="00E75927" w:rsidRPr="00E75927" w:rsidRDefault="00E75927" w:rsidP="00E75927">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E75927">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E75927" w:rsidRPr="00E75927" w:rsidRDefault="00E75927" w:rsidP="00E75927">
+    <w:p w14:paraId="5CFF4D91" w14:textId="77777777" w:rsidR="00E75927" w:rsidRPr="00E75927" w:rsidRDefault="00E75927" w:rsidP="00E75927">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E75927">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E75927" w:rsidRPr="00E75927" w:rsidRDefault="00E75927" w:rsidP="00E75927">
+    <w:p w14:paraId="494F977B" w14:textId="77777777" w:rsidR="00E75927" w:rsidRPr="00E75927" w:rsidRDefault="00E75927" w:rsidP="00E75927">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E75927">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B627D9" w:rsidRDefault="00B627D9"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId50"/>
+    <w:sectPr w:rsidR="00E75927" w:rsidRPr="00E75927" w:rsidSect="00484B91">
+      <w:headerReference w:type="default" r:id="rId44"/>
+      <w:footerReference w:type="default" r:id="rId45"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0010701F" w:rsidRDefault="0010701F" w:rsidP="00B627D9">
+    <w:p w14:paraId="51532B27" w14:textId="77777777" w:rsidR="0010701F" w:rsidRDefault="0010701F" w:rsidP="00B627D9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0010701F" w:rsidRDefault="0010701F" w:rsidP="00B627D9">
+    <w:p w14:paraId="10718752" w14:textId="77777777" w:rsidR="0010701F" w:rsidRDefault="0010701F" w:rsidP="00B627D9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="007909DE" w:rsidRPr="007909DE" w:rsidRDefault="00673E98" w:rsidP="007909DE">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6D8EA6F4" w14:textId="26D5F33B" w:rsidR="007909DE" w:rsidRPr="007909DE" w:rsidRDefault="000B268E" w:rsidP="007909DE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1590"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:alias w:val="Title"/>
         <w:tag w:val=""/>
         <w:id w:val="1743288076"/>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns0:title[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="00252872">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>Fine Particle Pollution: Combustion</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
     <w:r w:rsidR="007909DE" w:rsidRPr="007909DE">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
+    <w:r w:rsidR="00C10B74">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>updated 23</w:t>
+    </w:r>
     <w:r w:rsidR="0026205F">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve">20 </w:t>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="0072201E">
+    <w:r w:rsidR="00C10B74">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>May</w:t>
+      <w:t>February</w:t>
     </w:r>
     <w:r w:rsidR="00455264">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve"> 2020</w:t>
+      <w:t xml:space="preserve"> 202</w:t>
+    </w:r>
+    <w:r w:rsidR="00C10B74">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="007909DE" w:rsidRPr="007909DE">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:id w:val="1420058667"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
@@ -9419,117 +11816,117 @@
         </w:r>
         <w:r w:rsidR="007909DE" w:rsidRPr="007909DE">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="007909DE" w:rsidRPr="007909DE">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="007909DE" w:rsidRPr="007909DE">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00673E98">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r w:rsidR="007909DE" w:rsidRPr="007909DE">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
-  <w:p w:rsidR="00B627D9" w:rsidRPr="007909DE" w:rsidRDefault="00B627D9" w:rsidP="007909DE">
+  <w:p w14:paraId="14A7D40E" w14:textId="77777777" w:rsidR="00B627D9" w:rsidRPr="007909DE" w:rsidRDefault="00B627D9" w:rsidP="007909DE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0010701F" w:rsidRDefault="0010701F" w:rsidP="00B627D9">
+    <w:p w14:paraId="36CFE7C8" w14:textId="77777777" w:rsidR="0010701F" w:rsidRDefault="0010701F" w:rsidP="00B627D9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0010701F" w:rsidRDefault="0010701F" w:rsidP="00B627D9">
+    <w:p w14:paraId="35BE1602" w14:textId="77777777" w:rsidR="0010701F" w:rsidRDefault="0010701F" w:rsidP="00B627D9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00B627D9" w:rsidRDefault="00B627D9">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1BA3A916" w14:textId="77777777" w:rsidR="00B627D9" w:rsidRDefault="00B627D9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="130F38FE" wp14:editId="4A0A1874">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="42EEA283" wp14:editId="57DD502F">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4874260</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-230505</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1504950" cy="419735"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapSquare wrapText="bothSides"/>
           <wp:docPr id="9" name="Picture 9"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="ANSTO-LOGO-Inline-Without-Tagline.jpg"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1" cstate="print">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -9545,51 +11942,51 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1504950" cy="419735"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03B14981"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="45369EE6"/>
     <w:lvl w:ilvl="0" w:tplc="0C090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -13146,316 +15543,329 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="459880832">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="159271888">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="17397700">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1383292301">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="875968850">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1126630049">
     <w:abstractNumId w:val="37"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="194739496">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1278566678">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1452825404">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="338897385">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1430736412">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1480152983">
     <w:abstractNumId w:val="36"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="406924870">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="1450127233">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="987711507">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="1629816419">
     <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="1633247622">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="1696273924">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="1168449227">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="1383016627">
     <w:abstractNumId w:val="35"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="317996786">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="374040369">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="837235725">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="560865008">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="1815174722">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="1473908347">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="27" w16cid:durableId="1382822876">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="28">
+  <w:num w:numId="28" w16cid:durableId="630018320">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="29">
+  <w:num w:numId="29" w16cid:durableId="640572726">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="30">
+  <w:num w:numId="30" w16cid:durableId="1853757975">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="31">
+  <w:num w:numId="31" w16cid:durableId="938365566">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="32">
+  <w:num w:numId="32" w16cid:durableId="2110855609">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="33">
+  <w:num w:numId="33" w16cid:durableId="14501830">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="34">
+  <w:num w:numId="34" w16cid:durableId="805121428">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="35">
+  <w:num w:numId="35" w16cid:durableId="472792909">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="36">
+  <w:num w:numId="36" w16cid:durableId="1985425927">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="37">
+  <w:num w:numId="37" w16cid:durableId="922834074">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="38">
+  <w:num w:numId="38" w16cid:durableId="1271163589">
     <w:abstractNumId w:val="28"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="108"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="10241"/>
+    <o:shapedefaults v:ext="edit" spidmax="14337"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B627D9"/>
     <w:rsid w:val="000318CA"/>
     <w:rsid w:val="000410E9"/>
     <w:rsid w:val="00043810"/>
     <w:rsid w:val="00075CFE"/>
+    <w:rsid w:val="000B268E"/>
     <w:rsid w:val="000E7B4E"/>
     <w:rsid w:val="000F7A21"/>
     <w:rsid w:val="00100492"/>
     <w:rsid w:val="0010701F"/>
+    <w:rsid w:val="0011791F"/>
     <w:rsid w:val="001543C5"/>
     <w:rsid w:val="00167CDE"/>
     <w:rsid w:val="00176494"/>
+    <w:rsid w:val="001B0614"/>
     <w:rsid w:val="001E39C0"/>
     <w:rsid w:val="00252872"/>
     <w:rsid w:val="00260278"/>
     <w:rsid w:val="00261858"/>
     <w:rsid w:val="0026205F"/>
+    <w:rsid w:val="002845FB"/>
     <w:rsid w:val="002D4AD5"/>
     <w:rsid w:val="002D6B40"/>
     <w:rsid w:val="002E2AB8"/>
     <w:rsid w:val="00326786"/>
     <w:rsid w:val="00350FB5"/>
     <w:rsid w:val="003657C8"/>
     <w:rsid w:val="00386138"/>
     <w:rsid w:val="003E7818"/>
     <w:rsid w:val="00455264"/>
     <w:rsid w:val="00484B91"/>
     <w:rsid w:val="005008AC"/>
     <w:rsid w:val="00623108"/>
     <w:rsid w:val="00673E98"/>
     <w:rsid w:val="006A427C"/>
     <w:rsid w:val="006E105C"/>
     <w:rsid w:val="006E2FFE"/>
     <w:rsid w:val="0072201E"/>
     <w:rsid w:val="007308B5"/>
     <w:rsid w:val="007467A4"/>
     <w:rsid w:val="0078151C"/>
     <w:rsid w:val="007909DE"/>
+    <w:rsid w:val="007F4979"/>
     <w:rsid w:val="008148D5"/>
     <w:rsid w:val="00870378"/>
     <w:rsid w:val="008B2AE9"/>
     <w:rsid w:val="008D0CC3"/>
     <w:rsid w:val="008E3DEB"/>
     <w:rsid w:val="00900500"/>
     <w:rsid w:val="00907C70"/>
     <w:rsid w:val="00924B20"/>
     <w:rsid w:val="00952280"/>
     <w:rsid w:val="009C39D7"/>
     <w:rsid w:val="009D5BF7"/>
+    <w:rsid w:val="009F61B3"/>
     <w:rsid w:val="00A551CE"/>
     <w:rsid w:val="00AE2A64"/>
     <w:rsid w:val="00AF6EE1"/>
     <w:rsid w:val="00B0066E"/>
     <w:rsid w:val="00B17F38"/>
     <w:rsid w:val="00B627D9"/>
     <w:rsid w:val="00BB7545"/>
     <w:rsid w:val="00BD7D90"/>
     <w:rsid w:val="00BF354C"/>
+    <w:rsid w:val="00C10B74"/>
     <w:rsid w:val="00C37D4C"/>
+    <w:rsid w:val="00C565D0"/>
     <w:rsid w:val="00C8149C"/>
     <w:rsid w:val="00C86710"/>
+    <w:rsid w:val="00CE2D6D"/>
     <w:rsid w:val="00CE7BCB"/>
     <w:rsid w:val="00D94263"/>
     <w:rsid w:val="00DC6AA1"/>
     <w:rsid w:val="00E03F8E"/>
     <w:rsid w:val="00E75927"/>
+    <w:rsid w:val="00E86E8C"/>
     <w:rsid w:val="00E91FEF"/>
     <w:rsid w:val="00EB4C9A"/>
     <w:rsid w:val="00EF2B73"/>
     <w:rsid w:val="00F036A9"/>
     <w:rsid w:val="00F11592"/>
     <w:rsid w:val="00F174D7"/>
     <w:rsid w:val="00F21F24"/>
     <w:rsid w:val="00F55DF9"/>
     <w:rsid w:val="00F62E22"/>
     <w:rsid w:val="00F670C7"/>
+    <w:rsid w:val="00F71061"/>
     <w:rsid w:val="00F9429B"/>
     <w:rsid w:val="00FF6AF3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="10241"/>
+    <o:shapedefaults v:ext="edit" spidmax="14337"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="1D636864"/>
+  <w14:docId w14:val="30E2913D"/>
   <w15:docId w15:val="{2A03578E-DC6D-45BF-860A-DC14C6E5ACAE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-AU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -13783,50 +16193,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00B627D9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
@@ -14138,58 +16553,58 @@
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="000318CA"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="e24kjd">
     <w:name w:val="e24kjd"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00BD7D90"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.scootle.edu.au/ec/search?accContentId=ACSSU179" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image60.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aemc.gov.au/energy-system/electricity/changing-generation-mix/nsw" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image30.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject2.bin"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ansto.gov.au/research/programs/other/aerosol-sampling-program" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/topics/earth-and-planetary-sciences/sulphuric-acid" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.scootle.edu.au/ec/search?accContentId=ACSIS208" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject4.bin"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.scootle.edu.au/ec/search?accContentId=ACSIS208" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image120.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.scootle.edu.au/ec/search?accContentId=ACSIS172" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image50.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=CcPJjlQpl8Y" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.scootle.edu.au/ec/search?accContentId=ACSIS172" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/topics/earth-and-planetary-sciences/sulphuric-acid" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject3.bin"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.scootle.edu.au/ec/search?accContentId=ACSIS169" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ansto.gov.au/ion-beam-analysis" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.scootle.edu.au/ec/search?accContentId=ACSSU179" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.scootle.edu.au/ec/search?accContentId=ACSIS169" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image40.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/topics/earth-and-planetary-sciences/metal-smelting" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image70.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ansto.gov.au/2mv-star-tandem-accelerator" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.scootle.edu.au/ec/search?accContentId=ACSIS208" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.scootle.edu.au/ec/search?accContentId=ACSIS208" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ansto.gov.au/ion-beam-analysis" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject4.bin"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/topics/earth-and-planetary-sciences/sulphuric-acid" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.scootle.edu.au/ec/search?accContentId=ACSIS172" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.scootle.edu.au/ec/search?accContentId=ACSIS172" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/topics/earth-and-planetary-sciences/sulphuric-acid" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ansto.gov.au/2mv-star-tandem-accelerator" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.scootle.edu.au/ec/search?accContentId=ACSIS172" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.scootle.edu.au/ec/search?accContentId=ACSIS172" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/topics/earth-and-planetary-sciences/metal-smelting" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject3.bin"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ansto.gov.au/research/programs/other/aerosol-sampling-program" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=CcPJjlQpl8Y" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.scootle.edu.au/ec/search?accContentId=ACSIS169" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.scootle.edu.au/ec/search?accContentId=ACSIS169" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.scootle.edu.au/ec/search?accContentId=ACSIS169" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.scootle.edu.au/ec/search?accContentId=ACSIS169" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject2.bin"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aemc.gov.au/energy-system/electricity/changing-generation-mix/nsw" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -14458,68 +16873,68 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BB3FD806-5DA6-4603-BD74-16388D65A4F8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>13</Pages>
-  <Words>3671</Words>
-  <Characters>20930</Characters>
+  <Words>3808</Words>
+  <Characters>21711</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>174</Lines>
-  <Paragraphs>49</Paragraphs>
+  <Lines>180</Lines>
+  <Paragraphs>50</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Fine Particle Pollution: Combustion</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>ANSTO</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>24552</CharactersWithSpaces>
+  <CharactersWithSpaces>25469</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Fine Particle Pollution: Combustion</dc:title>
   <dc:subject>Information Processing and Data Analysis</dc:subject>
   <dc:creator>MURPHY, Bridget</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>