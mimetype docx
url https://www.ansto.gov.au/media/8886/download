--- v0 (2025-12-01)
+++ v1 (2026-02-25)
@@ -1,55 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9026"/>
       </w:tblGrid>
       <w:tr w:rsidR="008416F8" w:rsidRPr="00FA6204" w14:paraId="2F2FCC3B" w14:textId="77777777" w:rsidTr="00A80665">
         <w:trPr>
           <w:trHeight w:val="3544"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="297FFD1F" w14:textId="77777777" w:rsidR="008416F8" w:rsidRDefault="008416F8" w:rsidP="00A80665">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:caps/>
@@ -164,119 +165,119 @@
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:caps/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="653B4E18" w14:textId="77777777" w:rsidR="008416F8" w:rsidRPr="00FA6204" w:rsidRDefault="008416F8" w:rsidP="00A80665">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:caps/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:caps/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251620352" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="062794EF" wp14:editId="37894DD8">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251620352" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="062794EF" wp14:editId="13ED94B9">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
-                        <wp:posOffset>-53340</wp:posOffset>
+                        <wp:posOffset>-78104</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
-                        <wp:posOffset>96520</wp:posOffset>
+                        <wp:posOffset>99695</wp:posOffset>
                       </wp:positionV>
-                      <wp:extent cx="6286500" cy="609600"/>
+                      <wp:extent cx="5753100" cy="609600"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
                       <wp:docPr id="8" name="Rectangle 8"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
-                                <a:ext cx="6286500" cy="609600"/>
+                                <a:ext cx="5753100" cy="609600"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
                                 <a:schemeClr val="accent1"/>
                               </a:solidFill>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </wps:spPr>
                             <wps:style>
                               <a:lnRef idx="2">
                                 <a:schemeClr val="accent1">
                                   <a:shade val="50000"/>
                                 </a:schemeClr>
                               </a:lnRef>
                               <a:fillRef idx="1">
                                 <a:schemeClr val="accent1"/>
                               </a:fillRef>
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:rect w14:anchorId="66C67738" id="Rectangle 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:-4.2pt;margin-top:7.6pt;width:495pt;height:48pt;z-index:251620352;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAkXqkBhgIAAIgFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+0EbdYGdYqgRYcB&#10;RVu0HXpWZSkWIIsapcTJfv0o2XE/sQHDLjYpPpLiE8nTs21r2UZhMOAqPjkoOVNOQm3cquI/Hi6/&#10;HHMWonC1sOBUxXcq8LPF50+nnZ+rKTRga4WMgrgw73zFmxj9vCiCbFQrwgF45cioAVsRScVVUaPo&#10;KHpri2lZzooOsPYIUoVApxe9kS9yfK2VjDdaBxWZrTjdLeYv5u9T+haLUzFfofCNkcM1xD/cohXG&#10;UdIx1IWIgq3RvAvVGokQQMcDCW0BWhupcg1UzaR8U819I7zKtRA5wY80hf8XVl5vbpGZuuL0UE60&#10;9ER3RJpwK6vYcaKn82FOqHt/i4MWSEy1bjW26U9VsG2mdDdSqraRSTqcTY9nRyUxL8k2K09mJFOY&#10;4tnbY4jfFLQsCRVHyp6ZFJurEHvoHpKSBbCmvjTWZiW1iTq3yDaCHlhIqVycDAleIa1LeAfJsw+a&#10;TopUXF9OluLOqoSz7k5pYoUKmObL5H58nyjfoRG16vNToWN5o0cuNgdMaE35x9iTP8Xubzngk6vK&#10;7Tw6l393Hj1yZnBxdG6NA/wogB3p0z1+T1JPTWLpCeod9QxCP0zBy0tDT3clQrwVSNNDr00bId7Q&#10;R1voKg6DxFkD+Ouj84SnpiYrZx1NY8XDz7VAxZn97qjdTyaHh2l8s3J49HVKCr60PL20uHV7DtQP&#10;E9o9XmYx4aPdixqhfaTFsUxZySScpNwVlxH3ynnstwStHqmWywyjkfUiXrl7L1PwxGpqzYfto0A/&#10;9G+kzr+G/eSK+Zs27rHJ08FyHUGb3OPPvA5807jnxhlWU9onL/WMel6gi98AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQAQ2V9/3gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcWicR&#10;jUIapwIkeoZSIXpzYzeOiNdW7DQpX89yosedGc2+qTaz7dlZD6FzKCBdJsA0Nk512ArYf7wuCmAh&#10;SlSyd6gFXHSATX17U8lSuQnf9XkXW0YlGEopwMToS85DY7SVYem8RvJObrAy0jm0XA1yonLb8yxJ&#10;cm5lh/TBSK9fjG6+d6MV4Lf7t8PJPPspv3yutnM7fv10oxD3d/PTGljUc/wPwx8+oUNNTEc3ogqs&#10;F7AoHihJ+ioDRv5jkebAjiSkaQa8rvj1gvoXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;JF6pAYYCAACIBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAENlff94AAAAJAQAADwAAAAAAAAAAAAAAAADgBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAOsFAAAAAA==&#10;" fillcolor="#4f81bd [3204]" stroked="f" strokeweight="2pt"/>
+                    <v:rect w14:anchorId="40FF6919" id="Rectangle 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:-6.15pt;margin-top:7.85pt;width:453pt;height:48pt;z-index:251620352;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHR4j+cgIAAGIFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9P3DAMfp+0/yHK+2h742Cc6KETiGkS&#10;AgRMPIc0oZXSOHNy17v99XPSH8cAbdK0PqRObH+2v9g5Pdu2hm0U+gZsyYuDnDNlJVSNfS7594fL&#10;T18480HYShiwquQ75fnZ8uOH084t1AxqMJVCRiDWLzpX8joEt8gyL2vVCn8ATllSasBWBNric1ah&#10;6Ai9Ndksz4+yDrByCFJ5T6cXvZIvE77WSoYbrb0KzJSccgtpxbQ+xTVbnorFMwpXN3JIQ/xDFq1o&#10;LAWdoC5EEGyNzRuotpEIHnQ4kNBmoHUjVaqBqinyV9Xc18KpVAuR491Ek/9/sPJ6c+9ukWjonF94&#10;EmMVW41t/FN+bJvI2k1kqW1gkg7nx/PPRU6cStId5SdHJBNMtvd26MNXBS2LQsmRLiNxJDZXPvSm&#10;o0kM5sE01WVjTNrEBlDnBtlG0NUJKZUNxRDgN0tjo72F6NmDxpNsX06Sws6oaGfsndKsqaiAWUom&#10;ddrbQCmHWlSqjz/P6Rujj6mlYhNgtNYUf8Iu/oTdZznYR1eVGnVyzv/uPHmkyGDD5Nw2FvA9ADPR&#10;p3v7kaSemsjSE1S7W2QI/Zh4Jy8buror4cOtQJoLum2a9XBDizbQlRwGibMa8Od759Ge2pW0nHU0&#10;ZyX3P9YCFWfmm6VGPikOD+Ngps3h/HhGG3ypeXqpsev2HKgfCnpVnExitA9mFDVC+0hPwipGJZWw&#10;kmKXXAYcN+ehn396VKRarZIZDaMT4creOxnBI6uxNR+2jwLd0L+BOv8axpkUi1dt3NtGTwurdQDd&#10;pB7f8zrwTYOcGmd4dOJL8XKfrPZP4/IXAAAA//8DAFBLAwQUAAYACAAAACEAsiOKduAAAAAKAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3FonrfqXxqkAiZ6hVAhubrKNI+K1FTtN&#10;ytOznOC2uzOa/SbfjbYVF+xC40hBOk1AIJWuaqhWcHx7nqxBhKip0q0jVHDFALvi9ibXWeUGesXL&#10;IdaCQyhkWoGJ0WdShtKg1WHqPBJrZ9dZHXntall1euBw28pZkiyl1Q3xB6M9Phksvw69VeD3x5fP&#10;s3n0w/L6vtiPdf/x3fRK3d+ND1sQEcf4Z4ZffEaHgplOrqcqiFbBJJ3N2crCYgWCDevNnIcTH9J0&#10;BbLI5f8KxQ8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAh0eI/nICAABiBQAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAsiOKduAAAAAKAQAADwAA&#10;AAAAAAAAAAAAAADMBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANkFAAAAAA==&#10;" fillcolor="#4f81bd [3204]" stroked="f" strokeweight="2pt"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008416F8" w14:paraId="3295DCCB" w14:textId="77777777" w:rsidTr="00A80665">
         <w:trPr>
           <w:trHeight w:val="1440"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="56"/>
               <w:szCs w:val="80"/>
             </w:rPr>
             <w:alias w:val="Title"/>
             <w:id w:val="250939130"/>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' xmlns:ns1='http://purl.org/dc/elements/1.1/'" w:xpath="/ns0:coreProperties[1]/ns1:title[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
@@ -396,823 +397,1117 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="44"/>
                 <w:szCs w:val="44"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4FB595C7" w14:textId="3B894E83" w:rsidR="008416F8" w:rsidRPr="007135F5" w:rsidRDefault="008416F8" w:rsidP="00A80665">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="44"/>
                 <w:szCs w:val="44"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A551CE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251621376" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="297C3A13" wp14:editId="1DCCC63E">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251621376" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="297C3A13" wp14:editId="0ADD122E">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
-                        <wp:posOffset>-33020</wp:posOffset>
+                        <wp:posOffset>-68580</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
-                        <wp:posOffset>463550</wp:posOffset>
+                        <wp:posOffset>398145</wp:posOffset>
                       </wp:positionV>
-                      <wp:extent cx="5773420" cy="4437380"/>
-                      <wp:effectExtent l="0" t="0" r="17780" b="20320"/>
+                      <wp:extent cx="5705475" cy="4762500"/>
+                      <wp:effectExtent l="0" t="0" r="28575" b="19050"/>
                       <wp:wrapNone/>
                       <wp:docPr id="10" name="Text Box 2"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1">
                               <a:spLocks noChangeArrowheads="1"/>
                             </wps:cNvSpPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
-                                <a:ext cx="5773420" cy="4437529"/>
+                                <a:ext cx="5705475" cy="4762500"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                               <a:ln w="9525">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:miter lim="800000"/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a:ln>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="5D41FC6E" w14:textId="77777777" w:rsidR="0019764E" w:rsidRPr="008416F8" w:rsidRDefault="0019764E" w:rsidP="0019764E">
+                                <w:p w14:paraId="5D41FC6E" w14:textId="62265528" w:rsidR="0019764E" w:rsidRPr="008416F8" w:rsidRDefault="0019764E" w:rsidP="0019764E">
                                   <w:r w:rsidRPr="008416F8">
-                                    <w:t xml:space="preserve">This document and its accompanying Excel workbook </w:t>
+                                    <w:t xml:space="preserve">This document and its accompanying </w:t>
+                                  </w:r>
+                                  <w:r w:rsidR="00DC1F6C">
+                                    <w:t xml:space="preserve">MS </w:t>
+                                  </w:r>
+                                  <w:r w:rsidRPr="008416F8">
+                                    <w:t xml:space="preserve">Excel workbook </w:t>
                                   </w:r>
                                   <w:r>
-                                    <w:t>provide the opportunity to</w:t>
+                                    <w:t xml:space="preserve">provide the opportunity </w:t>
+                                  </w:r>
+                                  <w:r w:rsidR="00DC1F6C">
+                                    <w:t xml:space="preserve">for students </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:t>to</w:t>
                                   </w:r>
                                   <w:r w:rsidRPr="008416F8">
                                     <w:t xml:space="preserve"> process and analys</w:t>
                                   </w:r>
                                   <w:r>
                                     <w:t xml:space="preserve">e </w:t>
                                   </w:r>
                                   <w:r w:rsidRPr="008416F8">
                                     <w:t>authentic scientific data created at ANSTO.</w:t>
                                   </w:r>
                                 </w:p>
-                                <w:p w14:paraId="78257AB2" w14:textId="77777777" w:rsidR="008416F8" w:rsidRPr="008416F8" w:rsidRDefault="008416F8" w:rsidP="008416F8">
+                                <w:p w14:paraId="78257AB2" w14:textId="6706B8E9" w:rsidR="008416F8" w:rsidRPr="008416F8" w:rsidRDefault="008416F8" w:rsidP="008416F8">
                                   <w:r w:rsidRPr="008416F8">
-                                    <w:t>The authentic data provides records from 1998 to 2019 of the concentration of 12 elements present in fine airborne particulate matter from an air sampling station located in Mayfield in Newcastle, NSW.</w:t>
+                                    <w:t xml:space="preserve">The authentic data provides records from </w:t>
+                                  </w:r>
+                                  <w:r w:rsidR="00DC1F6C">
+                                    <w:t xml:space="preserve">February </w:t>
+                                  </w:r>
+                                  <w:r w:rsidRPr="008416F8">
+                                    <w:t xml:space="preserve">1998 to </w:t>
+                                  </w:r>
+                                  <w:r w:rsidR="00DC1F6C">
+                                    <w:t xml:space="preserve">December </w:t>
+                                  </w:r>
+                                  <w:r w:rsidRPr="008416F8">
+                                    <w:t xml:space="preserve">2019 of the concentration of </w:t>
+                                  </w:r>
+                                  <w:r w:rsidRPr="00DC1F6C">
+                                    <w:rPr>
+                                      <w:b/>
+                                      <w:bCs/>
+                                    </w:rPr>
+                                    <w:t>12 elements</w:t>
+                                  </w:r>
+                                  <w:r w:rsidRPr="008416F8">
+                                    <w:t xml:space="preserve"> present in fine airborne particulate matter from an air sampling station located in Mayfield in Newcastle, NSW.</w:t>
                                   </w:r>
                                 </w:p>
                                 <w:p w14:paraId="50E1084E" w14:textId="77777777" w:rsidR="008416F8" w:rsidRPr="008416F8" w:rsidRDefault="008416F8" w:rsidP="008416F8">
                                   <w:r w:rsidRPr="008416F8">
                                     <w:t>Students will:</w:t>
                                   </w:r>
                                 </w:p>
-                                <w:p w14:paraId="64088C19" w14:textId="77777777" w:rsidR="008416F8" w:rsidRPr="008416F8" w:rsidRDefault="008416F8" w:rsidP="005F5BEE">
+                                <w:p w14:paraId="64088C19" w14:textId="4B69CC3F" w:rsidR="008416F8" w:rsidRPr="008416F8" w:rsidRDefault="008416F8" w:rsidP="005F5BEE">
                                   <w:pPr>
                                     <w:pStyle w:val="ListParagraph"/>
                                     <w:numPr>
                                       <w:ilvl w:val="0"/>
                                       <w:numId w:val="1"/>
                                     </w:numPr>
                                     <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
                                     <w:rPr>
                                       <w:sz w:val="22"/>
                                       <w:szCs w:val="22"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="008416F8">
                                     <w:rPr>
                                       <w:sz w:val="22"/>
                                       <w:szCs w:val="22"/>
                                     </w:rPr>
-                                    <w:t xml:space="preserve">construct graphs using Excel </w:t>
+                                    <w:t xml:space="preserve">construct graphs using </w:t>
+                                  </w:r>
+                                  <w:r w:rsidR="00DC1F6C">
+                                    <w:rPr>
+                                      <w:sz w:val="22"/>
+                                      <w:szCs w:val="22"/>
+                                    </w:rPr>
+                                    <w:t xml:space="preserve">MS </w:t>
+                                  </w:r>
+                                  <w:r w:rsidRPr="008416F8">
+                                    <w:rPr>
+                                      <w:sz w:val="22"/>
+                                      <w:szCs w:val="22"/>
+                                    </w:rPr>
+                                    <w:t xml:space="preserve">Excel </w:t>
                                   </w:r>
                                 </w:p>
                                 <w:p w14:paraId="36F38D46" w14:textId="77777777" w:rsidR="008416F8" w:rsidRPr="008416F8" w:rsidRDefault="008416F8" w:rsidP="005F5BEE">
                                   <w:pPr>
                                     <w:pStyle w:val="ListParagraph"/>
                                     <w:numPr>
                                       <w:ilvl w:val="0"/>
                                       <w:numId w:val="1"/>
                                     </w:numPr>
                                     <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
                                     <w:rPr>
                                       <w:sz w:val="22"/>
                                       <w:szCs w:val="22"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="008416F8">
                                     <w:rPr>
                                       <w:sz w:val="22"/>
                                       <w:szCs w:val="22"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve">analyse their graphs to determine the trends of fine particle pollution in Newcastle </w:t>
                                   </w:r>
                                 </w:p>
                                 <w:p w14:paraId="387F8960" w14:textId="77777777" w:rsidR="008416F8" w:rsidRPr="008416F8" w:rsidRDefault="008416F8" w:rsidP="005F5BEE">
                                   <w:pPr>
                                     <w:pStyle w:val="ListParagraph"/>
                                     <w:numPr>
                                       <w:ilvl w:val="0"/>
                                       <w:numId w:val="1"/>
                                     </w:numPr>
                                     <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
                                     <w:rPr>
                                       <w:sz w:val="22"/>
                                       <w:szCs w:val="22"/>
                                     </w:rPr>
                                   </w:pPr>
-                                  <w:proofErr w:type="gramStart"/>
                                   <w:r w:rsidRPr="008416F8">
                                     <w:rPr>
                                       <w:sz w:val="22"/>
                                       <w:szCs w:val="22"/>
                                     </w:rPr>
-                                    <w:t>process</w:t>
-[...7 lines deleted...]
-                                    <w:t xml:space="preserve"> information from suggested videos and background information to determine the source/s of the fine particle pollution and answer the questions provided.</w:t>
+                                    <w:t>process information from suggested videos and background information to determine the source/s of the fine particle pollution and answer the questions provided.</w:t>
                                   </w:r>
                                 </w:p>
-                                <w:p w14:paraId="45DE8987" w14:textId="77777777" w:rsidR="0019764E" w:rsidRPr="0019764E" w:rsidRDefault="0019764E" w:rsidP="0019764E">
+                                <w:p w14:paraId="4F8931CE" w14:textId="77777777" w:rsidR="008F2F5A" w:rsidRPr="008F2F5A" w:rsidRDefault="008F2F5A" w:rsidP="008F2F5A">
                                   <w:pPr>
                                     <w:rPr>
                                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                                       <w:b/>
                                       <w:bCs/>
                                       <w:lang w:val="en" w:eastAsia="en-AU"/>
                                     </w:rPr>
                                   </w:pPr>
-                                  <w:r w:rsidRPr="0019764E">
+                                  <w:r w:rsidRPr="008F2F5A">
                                     <w:rPr>
                                       <w:rFonts w:cstheme="minorHAnsi"/>
                                       <w:b/>
                                     </w:rPr>
                                     <w:t xml:space="preserve">The activities provided address these </w:t>
                                   </w:r>
-                                  <w:r w:rsidRPr="0019764E">
+                                  <w:r w:rsidRPr="008F2F5A">
                                     <w:rPr>
                                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                                       <w:b/>
                                       <w:bCs/>
                                       <w:lang w:val="en" w:eastAsia="en-AU"/>
                                     </w:rPr>
-                                    <w:t xml:space="preserve">Australian Curriculum Inquiry Skills: </w:t>
+                                    <w:t xml:space="preserve">Australian Curriculum version 9: Science Inquiry Skills: </w:t>
                                   </w:r>
                                 </w:p>
-                                <w:p w14:paraId="3AACB61C" w14:textId="77777777" w:rsidR="008416F8" w:rsidRPr="008416F8" w:rsidRDefault="008416F8" w:rsidP="005F5BEE">
+                                <w:p w14:paraId="3AACB61C" w14:textId="6BFBA15E" w:rsidR="008416F8" w:rsidRPr="008416F8" w:rsidRDefault="00DC1F6C" w:rsidP="005F5BEE">
                                   <w:pPr>
                                     <w:pStyle w:val="ListParagraph"/>
                                     <w:numPr>
                                       <w:ilvl w:val="0"/>
                                       <w:numId w:val="2"/>
                                     </w:numPr>
                                     <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
                                     <w:rPr>
                                       <w:rFonts w:cstheme="minorHAnsi"/>
                                       <w:sz w:val="22"/>
                                       <w:szCs w:val="22"/>
                                     </w:rPr>
                                   </w:pPr>
-                                  <w:r w:rsidRPr="008416F8">
+                                  <w:r w:rsidRPr="00DC1F6C">
                                     <w:rPr>
                                       <w:rFonts w:cstheme="minorHAnsi"/>
                                       <w:sz w:val="22"/>
                                       <w:szCs w:val="22"/>
                                     </w:rPr>
-                                    <w:t>Analyse</w:t>
+                                    <w:t>select and construct appropriate representations, including tables, graphs, descriptive statistics, models and mathematical relationships, to organise and process data and information</w:t>
                                   </w:r>
-                                  <w:r w:rsidRPr="008416F8">
-[...8 lines deleted...]
-                                  <w:r w:rsidRPr="008416F8">
+                                  <w:r>
                                     <w:rPr>
                                       <w:rFonts w:cstheme="minorHAnsi"/>
                                       <w:sz w:val="22"/>
                                       <w:szCs w:val="22"/>
                                     </w:rPr>
-                                    <w:t>data</w:t>
-[...8 lines deleted...]
-                                    <w:t>, including describing relationships between variables and identifying inconsistencies </w:t>
+                                    <w:t xml:space="preserve"> </w:t>
                                   </w:r>
                                   <w:hyperlink r:id="rId9" w:tgtFrame="_blank" w:history="1">
-                                    <w:r w:rsidRPr="00252872">
+                                    <w:r w:rsidR="008416F8" w:rsidRPr="00252872">
                                       <w:rPr>
                                         <w:rStyle w:val="Hyperlink"/>
                                         <w:rFonts w:cstheme="minorHAnsi"/>
                                         <w:color w:val="00629B"/>
                                         <w:sz w:val="18"/>
                                         <w:szCs w:val="18"/>
                                       </w:rPr>
-                                      <w:t>(ACSIS169/ 203)</w:t>
+                                      <w:t>(AC</w:t>
+                                    </w:r>
+                                    <w:r>
+                                      <w:rPr>
+                                        <w:rStyle w:val="Hyperlink"/>
+                                        <w:rFonts w:cstheme="minorHAnsi"/>
+                                        <w:color w:val="00629B"/>
+                                        <w:sz w:val="18"/>
+                                        <w:szCs w:val="18"/>
+                                      </w:rPr>
+                                      <w:t>9</w:t>
+                                    </w:r>
+                                    <w:r w:rsidR="008416F8" w:rsidRPr="00252872">
+                                      <w:rPr>
+                                        <w:rStyle w:val="Hyperlink"/>
+                                        <w:rFonts w:cstheme="minorHAnsi"/>
+                                        <w:color w:val="00629B"/>
+                                        <w:sz w:val="18"/>
+                                        <w:szCs w:val="18"/>
+                                      </w:rPr>
+                                      <w:t>S</w:t>
+                                    </w:r>
+                                    <w:r>
+                                      <w:rPr>
+                                        <w:rStyle w:val="Hyperlink"/>
+                                        <w:rFonts w:cstheme="minorHAnsi"/>
+                                        <w:color w:val="00629B"/>
+                                        <w:sz w:val="18"/>
+                                        <w:szCs w:val="18"/>
+                                      </w:rPr>
+                                      <w:t>9I04</w:t>
+                                    </w:r>
+                                    <w:r w:rsidR="008416F8" w:rsidRPr="00252872">
+                                      <w:rPr>
+                                        <w:rStyle w:val="Hyperlink"/>
+                                        <w:rFonts w:cstheme="minorHAnsi"/>
+                                        <w:color w:val="00629B"/>
+                                        <w:sz w:val="18"/>
+                                        <w:szCs w:val="18"/>
+                                      </w:rPr>
+                                      <w:t xml:space="preserve">/ </w:t>
+                                    </w:r>
+                                    <w:r w:rsidRPr="00DC1F6C">
+                                      <w:rPr>
+                                        <w:rStyle w:val="Hyperlink"/>
+                                        <w:rFonts w:cstheme="minorHAnsi"/>
+                                        <w:color w:val="00629B"/>
+                                        <w:sz w:val="18"/>
+                                        <w:szCs w:val="18"/>
+                                      </w:rPr>
+                                      <w:t>AC9S</w:t>
+                                    </w:r>
+                                    <w:r>
+                                      <w:rPr>
+                                        <w:rStyle w:val="Hyperlink"/>
+                                        <w:rFonts w:cstheme="minorHAnsi"/>
+                                        <w:color w:val="00629B"/>
+                                        <w:sz w:val="18"/>
+                                        <w:szCs w:val="18"/>
+                                      </w:rPr>
+                                      <w:t>10</w:t>
+                                    </w:r>
+                                    <w:r w:rsidRPr="00DC1F6C">
+                                      <w:rPr>
+                                        <w:rStyle w:val="Hyperlink"/>
+                                        <w:rFonts w:cstheme="minorHAnsi"/>
+                                        <w:color w:val="00629B"/>
+                                        <w:sz w:val="18"/>
+                                        <w:szCs w:val="18"/>
+                                      </w:rPr>
+                                      <w:t>I04</w:t>
+                                    </w:r>
+                                    <w:r w:rsidR="008416F8" w:rsidRPr="00252872">
+                                      <w:rPr>
+                                        <w:rStyle w:val="Hyperlink"/>
+                                        <w:rFonts w:cstheme="minorHAnsi"/>
+                                        <w:color w:val="00629B"/>
+                                        <w:sz w:val="18"/>
+                                        <w:szCs w:val="18"/>
+                                      </w:rPr>
+                                      <w:t>)</w:t>
                                     </w:r>
                                   </w:hyperlink>
                                 </w:p>
-                                <w:p w14:paraId="0ED3224C" w14:textId="77777777" w:rsidR="008416F8" w:rsidRPr="006A427C" w:rsidRDefault="008416F8" w:rsidP="005F5BEE">
+                                <w:p w14:paraId="0ED3224C" w14:textId="740CE2FF" w:rsidR="008416F8" w:rsidRPr="006A427C" w:rsidRDefault="00DC1F6C" w:rsidP="005F5BEE">
                                   <w:pPr>
                                     <w:pStyle w:val="ListParagraph"/>
                                     <w:numPr>
                                       <w:ilvl w:val="0"/>
                                       <w:numId w:val="2"/>
                                     </w:numPr>
                                     <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
                                     <w:rPr>
                                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                                       <w:b/>
                                       <w:bCs/>
                                       <w:sz w:val="22"/>
                                       <w:szCs w:val="22"/>
                                       <w:lang w:val="en" w:eastAsia="en-AU"/>
                                     </w:rPr>
                                   </w:pPr>
-                                  <w:r w:rsidRPr="008416F8">
+                                  <w:r w:rsidRPr="00DC1F6C">
                                     <w:rPr>
                                       <w:rFonts w:cstheme="minorHAnsi"/>
                                       <w:color w:val="222222"/>
                                       <w:sz w:val="22"/>
                                       <w:szCs w:val="22"/>
                                     </w:rPr>
-                                    <w:t>Critically </w:t>
+                                    <w:t>analyse and connect a variety of data and information to identify and explain patterns, trends, relationships and anomalies</w:t>
                                   </w:r>
-                                  <w:r w:rsidRPr="008416F8">
-[...7 lines deleted...]
-                                  <w:r w:rsidRPr="008416F8">
+                                  <w:r>
                                     <w:rPr>
                                       <w:rFonts w:cstheme="minorHAnsi"/>
                                       <w:color w:val="222222"/>
                                       <w:sz w:val="22"/>
                                       <w:szCs w:val="22"/>
                                     </w:rPr>
-                                    <w:t> the </w:t>
-[...33 lines deleted...]
-                                    <w:t> the approaches used to solve problems </w:t>
+                                    <w:t xml:space="preserve"> </w:t>
                                   </w:r>
                                   <w:hyperlink r:id="rId10" w:tgtFrame="_blank" w:history="1">
-                                    <w:r w:rsidRPr="00252872">
+                                    <w:r w:rsidR="008416F8" w:rsidRPr="00252872">
                                       <w:rPr>
                                         <w:rStyle w:val="Hyperlink"/>
                                         <w:rFonts w:cstheme="minorHAnsi"/>
                                         <w:color w:val="00629B"/>
                                         <w:sz w:val="18"/>
                                         <w:szCs w:val="18"/>
                                       </w:rPr>
-                                      <w:t>(ACSIS172/ 206)</w:t>
+                                      <w:t>(AC</w:t>
+                                    </w:r>
+                                    <w:r>
+                                      <w:rPr>
+                                        <w:rStyle w:val="Hyperlink"/>
+                                        <w:rFonts w:cstheme="minorHAnsi"/>
+                                        <w:color w:val="00629B"/>
+                                        <w:sz w:val="18"/>
+                                        <w:szCs w:val="18"/>
+                                      </w:rPr>
+                                      <w:t>9S9I05</w:t>
+                                    </w:r>
+                                    <w:r w:rsidR="008416F8" w:rsidRPr="00252872">
+                                      <w:rPr>
+                                        <w:rStyle w:val="Hyperlink"/>
+                                        <w:rFonts w:cstheme="minorHAnsi"/>
+                                        <w:color w:val="00629B"/>
+                                        <w:sz w:val="18"/>
+                                        <w:szCs w:val="18"/>
+                                      </w:rPr>
+                                      <w:t xml:space="preserve">/ </w:t>
+                                    </w:r>
+                                    <w:r w:rsidRPr="00DC1F6C">
+                                      <w:rPr>
+                                        <w:rStyle w:val="Hyperlink"/>
+                                        <w:rFonts w:cstheme="minorHAnsi"/>
+                                        <w:color w:val="00629B"/>
+                                        <w:sz w:val="18"/>
+                                        <w:szCs w:val="18"/>
+                                      </w:rPr>
+                                      <w:t>AC9S</w:t>
+                                    </w:r>
+                                    <w:r>
+                                      <w:rPr>
+                                        <w:rStyle w:val="Hyperlink"/>
+                                        <w:rFonts w:cstheme="minorHAnsi"/>
+                                        <w:color w:val="00629B"/>
+                                        <w:sz w:val="18"/>
+                                        <w:szCs w:val="18"/>
+                                      </w:rPr>
+                                      <w:t>10</w:t>
+                                    </w:r>
+                                    <w:r w:rsidRPr="00DC1F6C">
+                                      <w:rPr>
+                                        <w:rStyle w:val="Hyperlink"/>
+                                        <w:rFonts w:cstheme="minorHAnsi"/>
+                                        <w:color w:val="00629B"/>
+                                        <w:sz w:val="18"/>
+                                        <w:szCs w:val="18"/>
+                                      </w:rPr>
+                                      <w:t>I05</w:t>
+                                    </w:r>
+                                    <w:r w:rsidR="008416F8" w:rsidRPr="00252872">
+                                      <w:rPr>
+                                        <w:rStyle w:val="Hyperlink"/>
+                                        <w:rFonts w:cstheme="minorHAnsi"/>
+                                        <w:color w:val="00629B"/>
+                                        <w:sz w:val="18"/>
+                                        <w:szCs w:val="18"/>
+                                      </w:rPr>
+                                      <w:t>)</w:t>
                                     </w:r>
                                   </w:hyperlink>
                                 </w:p>
-                                <w:p w14:paraId="54D77415" w14:textId="77777777" w:rsidR="008416F8" w:rsidRPr="008416F8" w:rsidRDefault="008416F8" w:rsidP="005F5BEE">
+                                <w:p w14:paraId="54D77415" w14:textId="40A78470" w:rsidR="008416F8" w:rsidRPr="008416F8" w:rsidRDefault="00DC1F6C" w:rsidP="005F5BEE">
                                   <w:pPr>
                                     <w:pStyle w:val="ListParagraph"/>
                                     <w:numPr>
                                       <w:ilvl w:val="0"/>
                                       <w:numId w:val="2"/>
                                     </w:numPr>
                                     <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
                                     <w:rPr>
                                       <w:rStyle w:val="Hyperlink"/>
                                       <w:color w:val="auto"/>
                                       <w:sz w:val="22"/>
                                       <w:szCs w:val="22"/>
                                     </w:rPr>
                                   </w:pPr>
-                                  <w:r w:rsidRPr="008416F8">
+                                  <w:r w:rsidRPr="00DC1F6C">
                                     <w:rPr>
                                       <w:rFonts w:cstheme="minorHAnsi"/>
                                       <w:color w:val="222222"/>
                                       <w:sz w:val="22"/>
                                       <w:szCs w:val="22"/>
                                     </w:rPr>
-                                    <w:t>Communicate scientific ideas and information for a particular purpose, including constructing </w:t>
+                                    <w:t>write and create texts to communicate ideas, findings and arguments effectively for identified purposes and audiences, including selection of appropriate content, language and text features, using digital tools as appropriate</w:t>
                                   </w:r>
-                                  <w:r w:rsidRPr="008416F8">
-[...7 lines deleted...]
-                                  <w:r w:rsidRPr="008416F8">
+                                  <w:r>
                                     <w:rPr>
                                       <w:rFonts w:cstheme="minorHAnsi"/>
                                       <w:color w:val="222222"/>
                                       <w:sz w:val="22"/>
                                       <w:szCs w:val="22"/>
                                     </w:rPr>
-                                    <w:t>-based arguments and using appropriate </w:t>
-[...16 lines deleted...]
-                                    <w:t>, conventions and representations </w:t>
+                                    <w:t xml:space="preserve"> </w:t>
                                   </w:r>
                                   <w:hyperlink r:id="rId11" w:tgtFrame="_blank" w:history="1">
-                                    <w:r w:rsidRPr="00252872">
+                                    <w:r w:rsidR="008416F8" w:rsidRPr="00252872">
                                       <w:rPr>
                                         <w:rStyle w:val="Hyperlink"/>
                                         <w:rFonts w:cstheme="minorHAnsi"/>
                                         <w:color w:val="00629B"/>
                                         <w:sz w:val="18"/>
                                         <w:szCs w:val="18"/>
                                       </w:rPr>
-                                      <w:t>(ACSIS174/ 208)</w:t>
+                                      <w:t>(</w:t>
+                                    </w:r>
+                                    <w:r w:rsidR="002B3308" w:rsidRPr="002B3308">
+                                      <w:t xml:space="preserve"> </w:t>
+                                    </w:r>
+                                    <w:r w:rsidR="002B3308" w:rsidRPr="002B3308">
+                                      <w:rPr>
+                                        <w:rStyle w:val="Hyperlink"/>
+                                        <w:rFonts w:cstheme="minorHAnsi"/>
+                                        <w:color w:val="00629B"/>
+                                        <w:sz w:val="18"/>
+                                        <w:szCs w:val="18"/>
+                                      </w:rPr>
+                                      <w:t>AC9S9I0</w:t>
+                                    </w:r>
+                                    <w:r w:rsidR="002B3308">
+                                      <w:rPr>
+                                        <w:rStyle w:val="Hyperlink"/>
+                                        <w:rFonts w:cstheme="minorHAnsi"/>
+                                        <w:color w:val="00629B"/>
+                                        <w:sz w:val="18"/>
+                                        <w:szCs w:val="18"/>
+                                      </w:rPr>
+                                      <w:t>8</w:t>
+                                    </w:r>
+                                    <w:r w:rsidR="002B3308" w:rsidRPr="002B3308">
+                                      <w:rPr>
+                                        <w:rStyle w:val="Hyperlink"/>
+                                        <w:rFonts w:cstheme="minorHAnsi"/>
+                                        <w:color w:val="00629B"/>
+                                        <w:sz w:val="18"/>
+                                        <w:szCs w:val="18"/>
+                                      </w:rPr>
+                                      <w:t>/ AC9S10I0</w:t>
+                                    </w:r>
+                                    <w:r w:rsidR="002B3308">
+                                      <w:rPr>
+                                        <w:rStyle w:val="Hyperlink"/>
+                                        <w:rFonts w:cstheme="minorHAnsi"/>
+                                        <w:color w:val="00629B"/>
+                                        <w:sz w:val="18"/>
+                                        <w:szCs w:val="18"/>
+                                      </w:rPr>
+                                      <w:t>8</w:t>
+                                    </w:r>
+                                    <w:r w:rsidR="008416F8" w:rsidRPr="00252872">
+                                      <w:rPr>
+                                        <w:rStyle w:val="Hyperlink"/>
+                                        <w:rFonts w:cstheme="minorHAnsi"/>
+                                        <w:color w:val="00629B"/>
+                                        <w:sz w:val="18"/>
+                                        <w:szCs w:val="18"/>
+                                      </w:rPr>
+                                      <w:t>)</w:t>
                                     </w:r>
                                   </w:hyperlink>
                                 </w:p>
                                 <w:p w14:paraId="688D257D" w14:textId="77777777" w:rsidR="008416F8" w:rsidRPr="007F5E83" w:rsidRDefault="008416F8" w:rsidP="007F5E83">
                                   <w:pPr>
                                     <w:rPr>
                                       <w:b/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="007F5E83">
                                     <w:rPr>
                                       <w:b/>
                                     </w:rPr>
                                     <w:t>These activities are suitable for students in Years 9 to 12.</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:shapetype w14:anchorId="297C3A13" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                       <v:stroke joinstyle="miter"/>
                       <v:path gradientshapeok="t" o:connecttype="rect"/>
                     </v:shapetype>
-                    <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-2.6pt;margin-top:36.5pt;width:454.6pt;height:349.4pt;z-index:251621376;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHHypOIgIAAEYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N068SbOx4qy22aaq&#10;tL1Iu/0AjHGMCgwFEjv9+h2wN01vL1V5QAwzHM6cmVnf9FqRo3BeginpbDKlRBgOtTT7kn553L26&#10;psQHZmqmwIiSnoSnN5uXL9adLUQOLahaOIIgxhedLWkbgi2yzPNWaOYnYIVBZwNOs4Cm22e1Yx2i&#10;a5Xl0+nrrANXWwdceI+3d4OTbhJ+0wgePjWNF4GokiK3kHaX9iru2WbNir1jtpV8pMH+gYVm0uCn&#10;Z6g7Fhg5OPkblJbcgYcmTDjoDJpGcpFywGxm01+yeWiZFSkXFMfbs0z+/8Hyj8fPjsgaa4fyGKax&#10;Ro+iD+QN9CSP8nTWFxj1YDEu9HiNoSlVb++Bf/XEwLZlZi9unYOuFaxGerP4Mrt4OuD4CFJ1H6DG&#10;b9ghQALqG6ejdqgGQXTkcTqXJlLheLlYLq/mObo4+ubzq+UiX6U/WPH83Dof3gnQJB5K6rD2CZ4d&#10;732IdFjxHBJ/86BkvZNKJcPtq61y5MiwT3Zpjeg/hSlDupKuFvliUOCvENO0/gShZcCGV1KX9Poc&#10;xIqo21tTp3YMTKrhjJSVGYWM2g0qhr7qx8JUUJ9QUgdDY+Mg4qEF952SDpu6pP7bgTlBiXpvsCyr&#10;2XwepyAZ88UyCuouPdWlhxmOUCUNlAzHbUiTEwUzcIvla2QSNtZ5YDJyxWZNeo+DFafh0k5RP8Z/&#10;8wQAAP//AwBQSwMEFAAGAAgAAAAhACDIlKLgAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj81O&#10;wzAQhO9IvIO1SFxQ6/SHJg1xKoQEghuUqlzdeJtE2OsQu2l4e5YT3HZ3RrPfFJvRWTFgH1pPCmbT&#10;BARS5U1LtYLd++MkAxGiJqOtJ1TwjQE25eVFoXPjz/SGwzbWgkMo5FpBE2OXSxmqBp0OU98hsXb0&#10;vdOR176WptdnDndWzpNkJZ1uiT80usOHBqvP7ckpyJbPw0d4Wbzuq9XRruNNOjx99UpdX433dyAi&#10;jvHPDL/4jA4lMx38iUwQVsHkds5OBemCK7G+TpY8HPiQzjKQZSH/Nyh/AAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAAcfKk4iAgAARgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhACDIlKLgAAAACQEAAA8AAAAAAAAAAAAAAAAAfAQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAACJBQAAAAA=&#10;">
+                    <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-5.4pt;margin-top:31.35pt;width:449.25pt;height:375pt;z-index:251621376;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB4UX/HEQIAACAEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgJ4qY14hRdugwD&#10;ugvQ7QNkWY6FyaJGKbGzrx+lpGnQbS/D9CCIInVEHh4ub8fesL1Cr8FWfDrJOVNWQqPttuLfvm7e&#10;XHPmg7CNMGBVxQ/K89vV61fLwZVqBh2YRiEjEOvLwVW8C8GVWeZlp3rhJ+CUJWcL2ItAJm6zBsVA&#10;6L3JZnl+lQ2AjUOQynu6vT86+Srht62S4XPbehWYqTjlFtKOaa/jnq2WotyicJ2WpzTEP2TRC23p&#10;0zPUvQiC7VD/BtVrieChDRMJfQZtq6VKNVA10/xFNY+dcCrVQuR4d6bJ/z9Y+Wn/6L4gC+NbGKmB&#10;qQjvHkB+98zCuhN2q+4QYeiUaOjjaaQsG5wvT08j1b70EaQePkJDTRa7AAlobLGPrFCdjNCpAYcz&#10;6WoMTNJlsciL+aLgTJJvvriaFXlqSybKp+cOfXivoGfxUHGkriZ4sX/wIaYjyqeQ+JsHo5uNNiYZ&#10;uK3XBtlekAI2aaUKXoQZy4aK3xSz4sjAXyHytP4E0etAUja6r/j1OUiUkbd3tklCC0Kb45lSNvZE&#10;ZOTuyGIY65ECI6E1NAeiFOEoWRoxOnSAPzkbSK4V9z92AhVn5oOlttxM5/Oo72TMi8WMDLz01Jce&#10;YSVBVTxwdjyuQ5qJSJiFO2pfqxOxz5mcciUZJr5PIxN1fmmnqOfBXv0CAAD//wMAUEsDBBQABgAI&#10;AAAAIQAUfaX53wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEhc0JZ2oLYr&#10;TSeEBIIbDMSuWeO1FY1Tkqwr/x5zgtuz39Pz52oz20FM6EPvSEG6TEAgNc701Cp4f3tYFCBC1GT0&#10;4AgVfGOATX1+VunSuBO94rSNreASCqVW0MU4llKGpkOrw9KNSOwdnLc68uhbabw+cbkd5CpJMml1&#10;T3yh0yPed9h8bo9WQXHzNO3C8/XLR5MdhnW8yqfHL6/U5cV8dwsi4hz/wvCLz+hQM9PeHckEMShY&#10;pAmjRwXZKgfBgaLIWexZpLyRdSX/v1D/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHhR&#10;f8cRAgAAIAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;ABR9pfnfAAAACgEAAA8AAAAAAAAAAAAAAAAAawQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;">
                       <v:textbox>
                         <w:txbxContent>
-                          <w:p w14:paraId="5D41FC6E" w14:textId="77777777" w:rsidR="0019764E" w:rsidRPr="008416F8" w:rsidRDefault="0019764E" w:rsidP="0019764E">
+                          <w:p w14:paraId="5D41FC6E" w14:textId="62265528" w:rsidR="0019764E" w:rsidRPr="008416F8" w:rsidRDefault="0019764E" w:rsidP="0019764E">
                             <w:r w:rsidRPr="008416F8">
-                              <w:t xml:space="preserve">This document and its accompanying Excel workbook </w:t>
+                              <w:t xml:space="preserve">This document and its accompanying </w:t>
+                            </w:r>
+                            <w:r w:rsidR="00DC1F6C">
+                              <w:t xml:space="preserve">MS </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="008416F8">
+                              <w:t xml:space="preserve">Excel workbook </w:t>
                             </w:r>
                             <w:r>
-                              <w:t>provide the opportunity to</w:t>
+                              <w:t xml:space="preserve">provide the opportunity </w:t>
+                            </w:r>
+                            <w:r w:rsidR="00DC1F6C">
+                              <w:t xml:space="preserve">for students </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:t>to</w:t>
                             </w:r>
                             <w:r w:rsidRPr="008416F8">
                               <w:t xml:space="preserve"> process and analys</w:t>
                             </w:r>
                             <w:r>
                               <w:t xml:space="preserve">e </w:t>
                             </w:r>
                             <w:r w:rsidRPr="008416F8">
                               <w:t>authentic scientific data created at ANSTO.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="78257AB2" w14:textId="77777777" w:rsidR="008416F8" w:rsidRPr="008416F8" w:rsidRDefault="008416F8" w:rsidP="008416F8">
+                          <w:p w14:paraId="78257AB2" w14:textId="6706B8E9" w:rsidR="008416F8" w:rsidRPr="008416F8" w:rsidRDefault="008416F8" w:rsidP="008416F8">
                             <w:r w:rsidRPr="008416F8">
-                              <w:t>The authentic data provides records from 1998 to 2019 of the concentration of 12 elements present in fine airborne particulate matter from an air sampling station located in Mayfield in Newcastle, NSW.</w:t>
+                              <w:t xml:space="preserve">The authentic data provides records from </w:t>
+                            </w:r>
+                            <w:r w:rsidR="00DC1F6C">
+                              <w:t xml:space="preserve">February </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="008416F8">
+                              <w:t xml:space="preserve">1998 to </w:t>
+                            </w:r>
+                            <w:r w:rsidR="00DC1F6C">
+                              <w:t xml:space="preserve">December </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="008416F8">
+                              <w:t xml:space="preserve">2019 of the concentration of </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00DC1F6C">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                              </w:rPr>
+                              <w:t>12 elements</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="008416F8">
+                              <w:t xml:space="preserve"> present in fine airborne particulate matter from an air sampling station located in Mayfield in Newcastle, NSW.</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="50E1084E" w14:textId="77777777" w:rsidR="008416F8" w:rsidRPr="008416F8" w:rsidRDefault="008416F8" w:rsidP="008416F8">
                             <w:r w:rsidRPr="008416F8">
                               <w:t>Students will:</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="64088C19" w14:textId="77777777" w:rsidR="008416F8" w:rsidRPr="008416F8" w:rsidRDefault="008416F8" w:rsidP="005F5BEE">
+                          <w:p w14:paraId="64088C19" w14:textId="4B69CC3F" w:rsidR="008416F8" w:rsidRPr="008416F8" w:rsidRDefault="008416F8" w:rsidP="005F5BEE">
                             <w:pPr>
                               <w:pStyle w:val="ListParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="1"/>
                               </w:numPr>
                               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="008416F8">
                               <w:rPr>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
-                              <w:t xml:space="preserve">construct graphs using Excel </w:t>
+                              <w:t xml:space="preserve">construct graphs using </w:t>
+                            </w:r>
+                            <w:r w:rsidR="00DC1F6C">
+                              <w:rPr>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">MS </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="008416F8">
+                              <w:rPr>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Excel </w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="36F38D46" w14:textId="77777777" w:rsidR="008416F8" w:rsidRPr="008416F8" w:rsidRDefault="008416F8" w:rsidP="005F5BEE">
                             <w:pPr>
                               <w:pStyle w:val="ListParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="1"/>
                               </w:numPr>
                               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="008416F8">
                               <w:rPr>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t xml:space="preserve">analyse their graphs to determine the trends of fine particle pollution in Newcastle </w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="387F8960" w14:textId="77777777" w:rsidR="008416F8" w:rsidRPr="008416F8" w:rsidRDefault="008416F8" w:rsidP="005F5BEE">
                             <w:pPr>
                               <w:pStyle w:val="ListParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="1"/>
                               </w:numPr>
                               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:proofErr w:type="gramStart"/>
                             <w:r w:rsidRPr="008416F8">
                               <w:rPr>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
-                              <w:t>process</w:t>
-[...7 lines deleted...]
-                              <w:t xml:space="preserve"> information from suggested videos and background information to determine the source/s of the fine particle pollution and answer the questions provided.</w:t>
+                              <w:t>process information from suggested videos and background information to determine the source/s of the fine particle pollution and answer the questions provided.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="45DE8987" w14:textId="77777777" w:rsidR="0019764E" w:rsidRPr="0019764E" w:rsidRDefault="0019764E" w:rsidP="0019764E">
+                          <w:p w14:paraId="4F8931CE" w14:textId="77777777" w:rsidR="008F2F5A" w:rsidRPr="008F2F5A" w:rsidRDefault="008F2F5A" w:rsidP="008F2F5A">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en" w:eastAsia="en-AU"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="0019764E">
+                            <w:r w:rsidRPr="008F2F5A">
                               <w:rPr>
                                 <w:rFonts w:cstheme="minorHAnsi"/>
                                 <w:b/>
                               </w:rPr>
                               <w:t xml:space="preserve">The activities provided address these </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="0019764E">
+                            <w:r w:rsidRPr="008F2F5A">
                               <w:rPr>
                                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en" w:eastAsia="en-AU"/>
                               </w:rPr>
-                              <w:t xml:space="preserve">Australian Curriculum Inquiry Skills: </w:t>
+                              <w:t xml:space="preserve">Australian Curriculum version 9: Science Inquiry Skills: </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="3AACB61C" w14:textId="77777777" w:rsidR="008416F8" w:rsidRPr="008416F8" w:rsidRDefault="008416F8" w:rsidP="005F5BEE">
+                          <w:p w14:paraId="3AACB61C" w14:textId="6BFBA15E" w:rsidR="008416F8" w:rsidRPr="008416F8" w:rsidRDefault="00DC1F6C" w:rsidP="005F5BEE">
                             <w:pPr>
                               <w:pStyle w:val="ListParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="2"/>
                               </w:numPr>
                               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:cstheme="minorHAnsi"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="008416F8">
+                            <w:r w:rsidRPr="00DC1F6C">
                               <w:rPr>
                                 <w:rFonts w:cstheme="minorHAnsi"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
-                              <w:t>Analyse</w:t>
+                              <w:t>select and construct appropriate representations, including tables, graphs, descriptive statistics, models and mathematical relationships, to organise and process data and information</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="008416F8">
-[...8 lines deleted...]
-                            <w:r w:rsidRPr="008416F8">
+                            <w:r>
                               <w:rPr>
                                 <w:rFonts w:cstheme="minorHAnsi"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
-                              <w:t>data</w:t>
-[...8 lines deleted...]
-                              <w:t>, including describing relationships between variables and identifying inconsistencies </w:t>
+                              <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:hyperlink r:id="rId12" w:tgtFrame="_blank" w:history="1">
-                              <w:r w:rsidRPr="00252872">
+                              <w:r w:rsidR="008416F8" w:rsidRPr="00252872">
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlink"/>
                                   <w:rFonts w:cstheme="minorHAnsi"/>
                                   <w:color w:val="00629B"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                 </w:rPr>
-                                <w:t>(ACSIS169/ 203)</w:t>
+                                <w:t>(AC</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:rFonts w:cstheme="minorHAnsi"/>
+                                  <w:color w:val="00629B"/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                                <w:t>9</w:t>
+                              </w:r>
+                              <w:r w:rsidR="008416F8" w:rsidRPr="00252872">
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:rFonts w:cstheme="minorHAnsi"/>
+                                  <w:color w:val="00629B"/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                                <w:t>S</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:rFonts w:cstheme="minorHAnsi"/>
+                                  <w:color w:val="00629B"/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                                <w:t>9I04</w:t>
+                              </w:r>
+                              <w:r w:rsidR="008416F8" w:rsidRPr="00252872">
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:rFonts w:cstheme="minorHAnsi"/>
+                                  <w:color w:val="00629B"/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve">/ </w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00DC1F6C">
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:rFonts w:cstheme="minorHAnsi"/>
+                                  <w:color w:val="00629B"/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                                <w:t>AC9S</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:rFonts w:cstheme="minorHAnsi"/>
+                                  <w:color w:val="00629B"/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                                <w:t>10</w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00DC1F6C">
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:rFonts w:cstheme="minorHAnsi"/>
+                                  <w:color w:val="00629B"/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                                <w:t>I04</w:t>
+                              </w:r>
+                              <w:r w:rsidR="008416F8" w:rsidRPr="00252872">
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:rFonts w:cstheme="minorHAnsi"/>
+                                  <w:color w:val="00629B"/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                                <w:t>)</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
-                          <w:p w14:paraId="0ED3224C" w14:textId="77777777" w:rsidR="008416F8" w:rsidRPr="006A427C" w:rsidRDefault="008416F8" w:rsidP="005F5BEE">
+                          <w:p w14:paraId="0ED3224C" w14:textId="740CE2FF" w:rsidR="008416F8" w:rsidRPr="006A427C" w:rsidRDefault="00DC1F6C" w:rsidP="005F5BEE">
                             <w:pPr>
                               <w:pStyle w:val="ListParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="2"/>
                               </w:numPr>
                               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:val="en" w:eastAsia="en-AU"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="008416F8">
+                            <w:r w:rsidRPr="00DC1F6C">
                               <w:rPr>
                                 <w:rFonts w:cstheme="minorHAnsi"/>
                                 <w:color w:val="222222"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
-                              <w:t>Critically </w:t>
+                              <w:t>analyse and connect a variety of data and information to identify and explain patterns, trends, relationships and anomalies</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="008416F8">
-[...7 lines deleted...]
-                            <w:r w:rsidRPr="008416F8">
+                            <w:r>
                               <w:rPr>
                                 <w:rFonts w:cstheme="minorHAnsi"/>
                                 <w:color w:val="222222"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
-                              <w:t> the </w:t>
-[...33 lines deleted...]
-                              <w:t> the approaches used to solve problems </w:t>
+                              <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:hyperlink r:id="rId13" w:tgtFrame="_blank" w:history="1">
-                              <w:r w:rsidRPr="00252872">
+                              <w:r w:rsidR="008416F8" w:rsidRPr="00252872">
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlink"/>
                                   <w:rFonts w:cstheme="minorHAnsi"/>
                                   <w:color w:val="00629B"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                 </w:rPr>
-                                <w:t>(ACSIS172/ 206)</w:t>
+                                <w:t>(AC</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:rFonts w:cstheme="minorHAnsi"/>
+                                  <w:color w:val="00629B"/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                                <w:t>9S9I05</w:t>
+                              </w:r>
+                              <w:r w:rsidR="008416F8" w:rsidRPr="00252872">
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:rFonts w:cstheme="minorHAnsi"/>
+                                  <w:color w:val="00629B"/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve">/ </w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00DC1F6C">
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:rFonts w:cstheme="minorHAnsi"/>
+                                  <w:color w:val="00629B"/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                                <w:t>AC9S</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:rFonts w:cstheme="minorHAnsi"/>
+                                  <w:color w:val="00629B"/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                                <w:t>10</w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00DC1F6C">
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:rFonts w:cstheme="minorHAnsi"/>
+                                  <w:color w:val="00629B"/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                                <w:t>I05</w:t>
+                              </w:r>
+                              <w:r w:rsidR="008416F8" w:rsidRPr="00252872">
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:rFonts w:cstheme="minorHAnsi"/>
+                                  <w:color w:val="00629B"/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                                <w:t>)</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
-                          <w:p w14:paraId="54D77415" w14:textId="77777777" w:rsidR="008416F8" w:rsidRPr="008416F8" w:rsidRDefault="008416F8" w:rsidP="005F5BEE">
+                          <w:p w14:paraId="54D77415" w14:textId="40A78470" w:rsidR="008416F8" w:rsidRPr="008416F8" w:rsidRDefault="00DC1F6C" w:rsidP="005F5BEE">
                             <w:pPr>
                               <w:pStyle w:val="ListParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="2"/>
                               </w:numPr>
                               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rStyle w:val="Hyperlink"/>
                                 <w:color w:val="auto"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="008416F8">
+                            <w:r w:rsidRPr="00DC1F6C">
                               <w:rPr>
                                 <w:rFonts w:cstheme="minorHAnsi"/>
                                 <w:color w:val="222222"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
-                              <w:t>Communicate scientific ideas and information for a particular purpose, including constructing </w:t>
+                              <w:t>write and create texts to communicate ideas, findings and arguments effectively for identified purposes and audiences, including selection of appropriate content, language and text features, using digital tools as appropriate</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="008416F8">
-[...7 lines deleted...]
-                            <w:r w:rsidRPr="008416F8">
+                            <w:r>
                               <w:rPr>
                                 <w:rFonts w:cstheme="minorHAnsi"/>
                                 <w:color w:val="222222"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
-                              <w:t>-based arguments and using appropriate </w:t>
-[...16 lines deleted...]
-                              <w:t>, conventions and representations </w:t>
+                              <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:hyperlink r:id="rId14" w:tgtFrame="_blank" w:history="1">
-                              <w:r w:rsidRPr="00252872">
+                              <w:r w:rsidR="008416F8" w:rsidRPr="00252872">
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlink"/>
                                   <w:rFonts w:cstheme="minorHAnsi"/>
                                   <w:color w:val="00629B"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                 </w:rPr>
-                                <w:t>(ACSIS174/ 208)</w:t>
+                                <w:t>(</w:t>
+                              </w:r>
+                              <w:r w:rsidR="002B3308" w:rsidRPr="002B3308">
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r w:rsidR="002B3308" w:rsidRPr="002B3308">
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:rFonts w:cstheme="minorHAnsi"/>
+                                  <w:color w:val="00629B"/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                                <w:t>AC9S9I0</w:t>
+                              </w:r>
+                              <w:r w:rsidR="002B3308">
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:rFonts w:cstheme="minorHAnsi"/>
+                                  <w:color w:val="00629B"/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                                <w:t>8</w:t>
+                              </w:r>
+                              <w:r w:rsidR="002B3308" w:rsidRPr="002B3308">
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:rFonts w:cstheme="minorHAnsi"/>
+                                  <w:color w:val="00629B"/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                                <w:t>/ AC9S10I0</w:t>
+                              </w:r>
+                              <w:r w:rsidR="002B3308">
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:rFonts w:cstheme="minorHAnsi"/>
+                                  <w:color w:val="00629B"/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                                <w:t>8</w:t>
+                              </w:r>
+                              <w:r w:rsidR="008416F8" w:rsidRPr="00252872">
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:rFonts w:cstheme="minorHAnsi"/>
+                                  <w:color w:val="00629B"/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                                <w:t>)</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
                           <w:p w14:paraId="688D257D" w14:textId="77777777" w:rsidR="008416F8" w:rsidRPr="007F5E83" w:rsidRDefault="008416F8" w:rsidP="007F5E83">
                             <w:pPr>
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="007F5E83">
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                               <w:t>These activities are suitable for students in Years 9 to 12.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="007135F5">
               <w:rPr>
@@ -1492,112 +1787,103 @@
                                             <a:off x="0" y="0"/>
                                             <a:ext cx="5567144" cy="3536272"/>
                                           </a:xfrm>
                                           <a:prstGeom prst="rect">
                                             <a:avLst/>
                                           </a:prstGeom>
                                         </pic:spPr>
                                       </pic:pic>
                                     </a:graphicData>
                                   </a:graphic>
                                 </wp:inline>
                               </w:drawing>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="6B7DED2E" w14:textId="6BCDED26" w:rsidR="005F6083" w:rsidRPr="00B13F16" w:rsidRDefault="005F6083" w:rsidP="005F6083">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:cstheme="minorHAnsi"/>
                                 <w:color w:val="2F2F2F"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                                 <w:lang w:val="en"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:proofErr w:type="gramStart"/>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
-                              <w:t>image</w:t>
-[...7 lines deleted...]
-                              <w:t xml:space="preserve"> </w:t>
+                              <w:t xml:space="preserve">image </w:t>
                             </w:r>
                             <w:r w:rsidR="0019764E">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>sourced</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> from </w:t>
                             </w:r>
                             <w:hyperlink r:id="rId16" w:history="1">
                               <w:r w:rsidRPr="00B13F16">
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlink"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                 </w:rPr>
                                 <w:t>https://www.ansto.gov.au/research/programs/other/aerosol-sampling-program</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
                           <w:p w14:paraId="5900DC0B" w14:textId="77777777" w:rsidR="005F6083" w:rsidRDefault="005F6083"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="7C8D21F9" id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:84.2pt;width:451.05pt;height:326.8pt;z-index:251685888;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAv3UJGIwIAACQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU21v2yAQ/j5p/wHxfbHjJF1qxam6dJkm&#10;dS9Sux+AMY7RgGNAYme/fgdO06j7VpUPiOOOh7vnnlvdDFqRg3BegqnodJJTIgyHRppdRX89bj8s&#10;KfGBmYYpMKKiR+Hpzfr9u1VvS1FAB6oRjiCI8WVvK9qFYMss87wTmvkJWGHQ2YLTLKDpdlnjWI/o&#10;WmVFnl9lPbjGOuDCe7y9G510nfDbVvDwo229CERVFHMLaXdpr+OerVes3DlmO8lPabBXZKGZNPjp&#10;GeqOBUb2Tv4HpSV34KENEw46g7aVXKQasJpp/qKah45ZkWpBcrw90+TfDpZ/P/x0RDYVLWaUGKax&#10;R49iCOQTDKSI9PTWlxj1YDEuDHiNbU6lensP/LcnBjYdMztx6xz0nWANpjeNL7OLpyOOjyB1/w0a&#10;/IbtAySgoXU6codsEETHNh3PrYmpcLxcfCyWs9mCEo6++XSRz65S8zJWPj23zocvAjSJh4o67H2C&#10;Z4d7H2I6rHwKib95ULLZSqWS4Xb1RjlyYKiTbVqpghdhypC+oteLYpGQDcT3SUJaBtSxkrqiyzyu&#10;UVmRjs+mSSGBSTWeMRNlTvxESkZywlAPqROJvMhdDc0RCXMwyhbHDA8duL+U9CjZivo/e+YEJeqr&#10;QdKvp/N51Hgy5sgYGu7SU196mOEIVdFAyXjchDQXkQ4Dt9icVibanjM5pYxSTGyexiZq/dJOUc/D&#10;vf4HAAD//wMAUEsDBBQABgAIAAAAIQAJ5WTK3QAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/B&#10;TsMwEETvSPyDtUhcELUblTRN41SABOLa0g/YxG4SNV5Hsdukf89yguPsrGbeFLvZ9eJqx9B50rBc&#10;KBCWam86ajQcvz+eMxAhIhnsPVkNNxtgV97fFZgbP9HeXg+xERxCIUcNbYxDLmWoW+swLPxgib2T&#10;Hx1GlmMjzYgTh7teJkql0mFH3NDiYN9bW58PF6fh9DU9vWym6jMe1/tV+obduvI3rR8f5tctiGjn&#10;+PcMv/iMDiUzVf5CJoheAw+JfE2zFQi2NypZgqg0ZEmiQJaF/D+g/AEAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQAv3UJGIwIAACQEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQAJ5WTK3QAAAAgBAAAPAAAAAAAAAAAAAAAAAH0EAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAhwUAAAAA&#10;" stroked="f">
+              <v:shape w14:anchorId="7C8D21F9" id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:84.2pt;width:451.05pt;height:326.8pt;z-index:251685888;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDkSf4+EQIAAP4DAAAOAAAAZHJzL2Uyb0RvYy54bWysk9uO2yAQhu8r9R0Q942d0zZrxVlts01V&#10;aXuQtn0AgnGMihk6kNjbp98Be7PR9q6qLxBj4Gfmm5/1Td8adlLoNdiSTyc5Z8pKqLQ9lPznj927&#10;FWc+CFsJA1aV/FF5frN5+2bduULNoAFTKWQkYn3RuZI3Ibgiy7xsVCv8BJyytFgDtiJQiIesQtGR&#10;emuyWZ5fZR1g5RCk8p7+3g2LfJP061rJ8K2uvQrMlJxyC2nENO7jmG3WojigcI2WYxriH7JohbZ0&#10;6VnqTgTBjqj/kmq1RPBQh4mENoO61lKlGqiaaf6qmodGOJVqITjenTH5/ycrv54e3Hdkof8APTUw&#10;FeHdPchfnlnYNsIe1C0idI0SFV08jciyzvliPBpR+8JHkX33BSpqsjgGSEJ9jW2kQnUyUqcGPJ6h&#10;qz4wST+X72er+XzJmaS1xXSZz69SWzJRPB936MMnBS2Lk5IjdTXJi9O9DzEdUTxvibd5MLraaWNS&#10;gIf91iA7CXLALn2pglfbjGVdya+Xs2VSthDPJ3O0OpBDjW5LvsrjN3gm4vhoq7QlCG2GOWVi7Mgn&#10;IhnghH7fM12N8CKuPVSPBAxhMCQ9IJo0gH8468iMJfe/jwIVZ+azJejX08UiujcFCyJGAV6u7C9X&#10;hJUkVfLA2TDdhuT4iMPCLTWn1gnbSyZjymSyRHN8ENHFl3Ha9fJsN08AAAD//wMAUEsDBBQABgAI&#10;AAAAIQAJ5WTK3QAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUhcELUblTRN&#10;41SABOLa0g/YxG4SNV5Hsdukf89yguPsrGbeFLvZ9eJqx9B50rBcKBCWam86ajQcvz+eMxAhIhns&#10;PVkNNxtgV97fFZgbP9HeXg+xERxCIUcNbYxDLmWoW+swLPxgib2THx1GlmMjzYgTh7teJkql0mFH&#10;3NDiYN9bW58PF6fh9DU9vWym6jMe1/tV+obduvI3rR8f5tctiGjn+PcMv/iMDiUzVf5CJoheAw+J&#10;fE2zFQi2NypZgqg0ZEmiQJaF/D+g/AEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDkSf4+&#10;EQIAAP4DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAJ&#10;5WTK3QAAAAgBAAAPAAAAAAAAAAAAAAAAAGsEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAdQUAAAAA&#10;" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="0510AB07" w14:textId="77777777" w:rsidR="007C18E4" w:rsidRDefault="007C18E4">
                       <w:r>
                         <w:rPr>
                           <w:noProof/>
                           <w:lang w:eastAsia="en-AU"/>
                         </w:rPr>
                         <w:drawing>
                           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="64147746" wp14:editId="0030AD2C">
                             <wp:extent cx="5531223" cy="3513455"/>
                             <wp:effectExtent l="0" t="0" r="0" b="0"/>
                             <wp:docPr id="13" name="Picture 13"/>
                             <wp:cNvGraphicFramePr>
                               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                             </wp:cNvGraphicFramePr>
                             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                   <pic:nvPicPr>
                                     <pic:cNvPr id="1" name=""/>
                                     <pic:cNvPicPr/>
                                   </pic:nvPicPr>
                                   <pic:blipFill>
                                     <a:blip r:embed="rId15"/>
@@ -1610,65 +1896,56 @@
                                       <a:off x="0" y="0"/>
                                       <a:ext cx="5567144" cy="3536272"/>
                                     </a:xfrm>
                                     <a:prstGeom prst="rect">
                                       <a:avLst/>
                                     </a:prstGeom>
                                   </pic:spPr>
                                 </pic:pic>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="6B7DED2E" w14:textId="6BCDED26" w:rsidR="005F6083" w:rsidRPr="00B13F16" w:rsidRDefault="005F6083" w:rsidP="005F6083">
                       <w:pPr>
                         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                         <w:rPr>
                           <w:rFonts w:cstheme="minorHAnsi"/>
                           <w:color w:val="2F2F2F"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                           <w:lang w:val="en"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:proofErr w:type="gramStart"/>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
-                        <w:t>image</w:t>
-[...7 lines deleted...]
-                        <w:t xml:space="preserve"> </w:t>
+                        <w:t xml:space="preserve">image </w:t>
                       </w:r>
                       <w:r w:rsidR="0019764E">
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>sourced</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> from </w:t>
                       </w:r>
                       <w:hyperlink r:id="rId17" w:history="1">
                         <w:r w:rsidRPr="00B13F16">
                           <w:rPr>
                             <w:rStyle w:val="Hyperlink"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                           <w:t>https://www.ansto.gov.au/research/programs/other/aerosol-sampling-program</w:t>
                         </w:r>
                       </w:hyperlink>
@@ -2014,67 +2291,51 @@
     </w:p>
     <w:p w14:paraId="2FCD09AE" w14:textId="77777777" w:rsidR="00245C86" w:rsidRPr="003F3E09" w:rsidRDefault="00245C86" w:rsidP="00245C86">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5A0A30E1" w14:textId="77777777" w:rsidR="003F3E09" w:rsidRDefault="00245C86" w:rsidP="003F3E09">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00944B79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">Apart from man-made sources of fine particle pollution, the Mayfield sampling station also detects fine particle pollution from natural sources and natural events such as dust storms, which occur when strong winds lift large amounts of sand and dust from bare, dry soils into the atmosphere, transporting </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> hundreds to thousands of kilometres away. </w:t>
+        <w:t>Apart from man-made sources of fine particle pollution, the Mayfield sampling station also detects fine particle pollution from natural sources and natural events such as dust storms, which occur when strong winds lift large amounts of sand and dust from bare, dry soils into the atmosphere, transporting them hundreds to thousands of kilometres away. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D79DEC3" w14:textId="77777777" w:rsidR="003F3E09" w:rsidRPr="003F3E09" w:rsidRDefault="003F3E09" w:rsidP="003F3E09">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5A44B975" w14:textId="551A4FF2" w:rsidR="00245C86" w:rsidRPr="003F3E09" w:rsidRDefault="00245C86" w:rsidP="003F3E09">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00944B79">
         <w:rPr>
           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
           <w:noProof/>
@@ -2179,118 +2440,96 @@
                                         </pic:spPr>
                                       </pic:pic>
                                     </a:graphicData>
                                   </a:graphic>
                                 </wp:inline>
                               </w:drawing>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="17C04D4E" w14:textId="77777777" w:rsidR="00245C86" w:rsidRPr="00521F9F" w:rsidRDefault="00245C86" w:rsidP="00245C86">
                             <w:pPr>
                               <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                                 <w:color w:val="2F2F2F"/>
                                 <w:lang w:val="en" w:eastAsia="en-AU"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00521F9F">
                               <w:rPr>
                                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                                 <w:i/>
                                 <w:iCs/>
                                 <w:color w:val="2F2F2F"/>
                                 <w:lang w:val="en" w:eastAsia="en-AU"/>
                               </w:rPr>
-                              <w:t xml:space="preserve">ANSTO’s </w:t>
-[...21 lines deleted...]
-                              <w:t xml:space="preserve"> Armand </w:t>
+                              <w:t xml:space="preserve">ANSTO’s Dr Armand </w:t>
                             </w:r>
                             <w:proofErr w:type="spellStart"/>
                             <w:r w:rsidRPr="00521F9F">
                               <w:rPr>
                                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                                 <w:i/>
                                 <w:iCs/>
                                 <w:color w:val="2F2F2F"/>
                                 <w:lang w:val="en" w:eastAsia="en-AU"/>
                               </w:rPr>
                               <w:t>Atanacio</w:t>
                             </w:r>
                             <w:proofErr w:type="spellEnd"/>
                             <w:r w:rsidRPr="00521F9F">
                               <w:rPr>
                                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                                 <w:i/>
                                 <w:iCs/>
                                 <w:color w:val="2F2F2F"/>
                                 <w:lang w:val="en" w:eastAsia="en-AU"/>
                               </w:rPr>
                               <w:t>, Senior Accelerator scientist, holds a sample filter in front of the archive of 65,000 samples</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="47625731" w14:textId="77777777" w:rsidR="00245C86" w:rsidRDefault="00245C86" w:rsidP="00245C86"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="204892C9" id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:-4.95pt;margin-top:169.2pt;width:307.05pt;height:240pt;z-index:251687936;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzeJb2JQIAACUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N3acpJtYcVbbbFNV&#10;2l6k3X4AxjhGBYYCib39+h1wkkbbt6p+sBhmOJw5Z1jfDlqRo3BegqnodJJTIgyHRpp9RX887d4t&#10;KfGBmYYpMKKiz8LT283bN+velqKADlQjHEEQ48veVrQLwZZZ5nknNPMTsMJgsgWnWcDQ7bPGsR7R&#10;tcqKPH+f9eAa64AL73H3fkzSTcJvW8HDt7b1IhBVUeQW0t+lfx3/2WbNyr1jtpP8RIP9AwvNpMFL&#10;L1D3LDBycPIvKC25Aw9tmHDQGbSt5CL1gN1M81fdPHbMitQLiuPtRSb//2D51+N3R2RT0WJ6Q4lh&#10;Gk16EkMgH2AgRdSnt77EskeLhWHAbfQ59ertA/CfnhjYdszsxZ1z0HeCNchvGk9mV0dHHB9B6v4L&#10;NHgNOwRIQEPrdBQP5SCIjj49X7yJVDhuzpar1WK2oIRjbpbPl3me3MtYeT5unQ+fBGgSFxV1aH6C&#10;Z8cHHyIdVp5L4m0elGx2UqkUuH29VY4cGQ7KLn2pg1dlypC+oqtFsUjIBuL5NENaBhxkJXVFI7WR&#10;HCujHB9Nk0oCk2pcIxNlTvpESUZxwlAPoxVn2WtonlEwB+Pc4jvDRQfuNyU9zmxF/a8Dc4IS9dmg&#10;6KvpfB6HPAXzxU2BgbvO1NcZZjhCVTRQMi63IT2MKIeBOzSnlUm26OLI5EQZZzGpeXo3cdiv41T1&#10;53VvXgAAAP//AwBQSwMEFAAGAAgAAAAhAEUGweDfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j8FOg0AQhu8mvsNmTLyYdmmLFJClURON19Y+wMJOgcjOEnZb6Ns7nuxxZr788/3Fbra9uODoO0cK&#10;VssIBFLtTEeNguP3xyIF4YMmo3tHqOCKHnbl/V2hc+Mm2uPlEBrBIeRzraANYcil9HWLVvulG5D4&#10;dnKj1YHHsZFm1BOH216uoyiRVnfEH1o94HuL9c/hbBWcvqan52yqPsNxu4+TN91tK3dV6vFhfn0B&#10;EXAO/zD86bM6lOxUuTMZL3oFiyxjUsFmk8YgGEiieA2iUpCueCPLQt5WKH8BAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAM3iW9iUCAAAlBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEARQbB4N8AAAAKAQAADwAAAAAAAAAAAAAAAAB/BAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAIsFAAAAAA==&#10;" stroked="f">
+              <v:shape w14:anchorId="204892C9" id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:-4.95pt;margin-top:169.2pt;width:307.05pt;height:240pt;z-index:251687936;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD8mBX0EgIAAP4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06Q3aKOmq6VLEdJy&#10;kRY+YOI4jYXjMbbbpHw9Y6fbXS1viDxYnox95syZ483N0Gl2ks4rNCWfTnLOpBFYK3Mo+Y/v+zcr&#10;znwAU4NGI0t+lp7fbF+/2vS2kDNsUdfSMQIxvuhtydsQbJFlXrSyAz9BKw0lG3QdBArdIasd9ITe&#10;6WyW52+zHl1tHQrpPf29G5N8m/CbRorwtWm8DEyXnLiFtLq0VnHNthsoDg5sq8SFBvwDiw6UoaJX&#10;qDsIwI5O/QXVKeHQYxMmArsMm0YJmXqgbqb5i24eWrAy9ULieHuVyf8/WPHl9GC/ORaG9zjQAFMT&#10;3t6j+OmZwV0L5iBvncO+lVBT4WmULOutLy5Xo9S+8BGk6j9jTUOGY8AENDSui6pQn4zQaQDnq+hy&#10;CEzQz/lqvV7Ol5wJys3zxSrP01gyKB6vW+fDR4kdi5uSO5pqgofTvQ+RDhSPR2I1j1rVe6V1Ctyh&#10;2mnHTkAO2KcvdfDimDasL/l6OVsmZIPxfjJHpwI5VKuu5JHaSA6KKMcHU6cjAZQe98REm4s+UZJR&#10;nDBUA1N1yWexdJSrwvpMgjkcDUkPiDYtut+c9WTGkvtfR3CSM/3JkOjr6WIR3ZuCxfLdjAL3PFM9&#10;z4ARBFXywNm43YXk+CiHwVsaTqOSbE9MLpTJZEnNy4OILn4ep1NPz3b7BwAA//8DAFBLAwQUAAYA&#10;CAAAACEARQbB4N8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU6DQBCG7ya+w2ZMvJh2aYsU&#10;kKVRE43X1j7Awk6ByM4Sdlvo2zue7HFmvvzz/cVutr244Og7RwpWywgEUu1MR42C4/fHIgXhgyaj&#10;e0eo4IoeduX9XaFz4yba4+UQGsEh5HOtoA1hyKX0dYtW+6UbkPh2cqPVgcexkWbUE4fbXq6jKJFW&#10;d8QfWj3ge4v1z+FsFZy+pqfnbKo+w3G7j5M33W0rd1Xq8WF+fQERcA7/MPzpszqU7FS5MxkvegWL&#10;LGNSwWaTxiAYSKJ4DaJSkK54I8tC3lYofwEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD8&#10;mBX0EgIAAP4DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQBFBsHg3wAAAAoBAAAPAAAAAAAAAAAAAAAAAGwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="2AB25DAC" w14:textId="77777777" w:rsidR="00245C86" w:rsidRDefault="00245C86" w:rsidP="00245C86">
                       <w:r w:rsidRPr="00FC698D">
                         <w:rPr>
                           <w:rFonts w:ascii="Fira Sans" w:eastAsia="Times New Roman" w:hAnsi="Fira Sans" w:cs="Times New Roman"/>
                           <w:noProof/>
                           <w:color w:val="2F2F2F"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                           <w:lang w:eastAsia="en-AU"/>
                         </w:rPr>
                         <w:drawing>
                           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="22B7D2F0" wp14:editId="0123F664">
                             <wp:extent cx="3620110" cy="2411655"/>
                             <wp:effectExtent l="0" t="0" r="0" b="8255"/>
                             <wp:docPr id="25" name="Picture 25" descr="Dr Amand Atanacio with aerosol monitoring papers"/>
                             <wp:cNvGraphicFramePr>
                               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                             </wp:cNvGraphicFramePr>
                             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                   <pic:nvPicPr>
                                     <pic:cNvPr id="0" name="Picture 2" descr="Dr Amand Atanacio with aerosol monitoring papers"/>
@@ -2326,73 +2565,51 @@
                                   </pic:spPr>
                                 </pic:pic>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="17C04D4E" w14:textId="77777777" w:rsidR="00245C86" w:rsidRPr="00521F9F" w:rsidRDefault="00245C86" w:rsidP="00245C86">
                       <w:pPr>
                         <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
                         <w:rPr>
                           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                           <w:color w:val="2F2F2F"/>
                           <w:lang w:val="en" w:eastAsia="en-AU"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00521F9F">
                         <w:rPr>
                           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                           <w:i/>
                           <w:iCs/>
                           <w:color w:val="2F2F2F"/>
                           <w:lang w:val="en" w:eastAsia="en-AU"/>
                         </w:rPr>
-                        <w:t xml:space="preserve">ANSTO’s </w:t>
-[...21 lines deleted...]
-                        <w:t xml:space="preserve"> Armand </w:t>
+                        <w:t xml:space="preserve">ANSTO’s Dr Armand </w:t>
                       </w:r>
                       <w:proofErr w:type="spellStart"/>
                       <w:r w:rsidRPr="00521F9F">
                         <w:rPr>
                           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                           <w:i/>
                           <w:iCs/>
                           <w:color w:val="2F2F2F"/>
                           <w:lang w:val="en" w:eastAsia="en-AU"/>
                         </w:rPr>
                         <w:t>Atanacio</w:t>
                       </w:r>
                       <w:proofErr w:type="spellEnd"/>
                       <w:r w:rsidRPr="00521F9F">
                         <w:rPr>
                           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                           <w:i/>
                           <w:iCs/>
                           <w:color w:val="2F2F2F"/>
                           <w:lang w:val="en" w:eastAsia="en-AU"/>
                         </w:rPr>
                         <w:t>, Senior Accelerator scientist, holds a sample filter in front of the archive of 65,000 samples</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="47625731" w14:textId="77777777" w:rsidR="00245C86" w:rsidRDefault="00245C86" w:rsidP="00245C86"/>
@@ -2509,101 +2726,91 @@
                                 </wp:inline>
                               </w:drawing>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="0BDAABD7" w14:textId="77777777" w:rsidR="00245C86" w:rsidRPr="002561E9" w:rsidRDefault="00245C86" w:rsidP="00245C86">
                             <w:pPr>
                               <w:spacing w:after="0"/>
                               <w:rPr>
                                 <w:i/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="002561E9">
                               <w:rPr>
                                 <w:i/>
                               </w:rPr>
                               <w:t xml:space="preserve">Exposed stretched Teflon filter, </w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="5EFF130C" w14:textId="77777777" w:rsidR="00245C86" w:rsidRPr="002561E9" w:rsidRDefault="00245C86" w:rsidP="00245C86">
                             <w:pPr>
                               <w:spacing w:after="0"/>
                               <w:rPr>
                                 <w:i/>
                               </w:rPr>
                             </w:pPr>
-                            <w:proofErr w:type="gramStart"/>
                             <w:r w:rsidRPr="002561E9">
                               <w:rPr>
                                 <w:i/>
                               </w:rPr>
-                              <w:t>specifically</w:t>
-[...6 lines deleted...]
-                              <w:t xml:space="preserve"> designed for IBA</w:t>
+                              <w:t>specifically designed for IBA</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="7A8A992F" w14:textId="77777777" w:rsidR="00245C86" w:rsidRPr="002561E9" w:rsidRDefault="00245C86" w:rsidP="00245C86">
                             <w:pPr>
                               <w:spacing w:after="0"/>
                               <w:rPr>
                                 <w:i/>
                               </w:rPr>
                             </w:pPr>
-                            <w:proofErr w:type="gramStart"/>
                             <w:r w:rsidRPr="002561E9">
                               <w:rPr>
                                 <w:i/>
                               </w:rPr>
                               <w:t>analysis</w:t>
                             </w:r>
-                            <w:proofErr w:type="gramEnd"/>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="2F3FEA14" id="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:300pt;margin-top:168.5pt;width:168.7pt;height:240pt;z-index:251688960;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuA2N8IgIAACQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N3a8Trux4qy22aaq&#10;tL1Iu/0AjHGMCgwFEjv9+g44SaPtW1U/WAwzHM6cM6zuRq3IQTgvwdR0PsspEYZDK82upt+ft29u&#10;KfGBmZYpMKKmR+Hp3fr1q9VgK1FAD6oVjiCI8dVga9qHYKss87wXmvkZWGEw2YHTLGDodlnr2IDo&#10;WmVFnr/NBnCtdcCF97j7MCXpOuF3neDha9d5EYiqKXIL6e/Sv4n/bL1i1c4x20t+osH+gYVm0uCl&#10;F6gHFhjZO/kXlJbcgYcuzDjoDLpOcpF6wG7m+YtunnpmReoFxfH2IpP/f7D8y+GbI7JF70pKDNPo&#10;0bMYA3kPIymiPIP1FVY9WawLI25jaWrV20fgPzwxsOmZ2Yl752DoBWuR3jyezK6OTjg+gjTDZ2jx&#10;GrYPkIDGzumoHapBEB1tOl6siVQ4bhbzsiiXmOKYu8nL2zxP5mWsOh+3zoePAjSJi5o69D7Bs8Oj&#10;D5EOq84l8TYPSrZbqVQK3K7ZKEcODOdkm77UwYsyZchQ0+WiWCRkA/F8GiEtA86xkrqmkdpEjlVR&#10;jg+mTSWBSTWtkYkyJ32iJJM4YWzG5MTNWfYG2iMK5mAaW3xmuOjB/aJkwJGtqf+5Z05Qoj4ZFH05&#10;L8s44ykoF+8KDNx1prnOMMMRqqaBkmm5CeldRDkM3KM5nUyyRRcnJifKOIpJzdOzibN+HaeqP497&#10;/RsAAP//AwBQSwMEFAAGAAgAAAAhAB0wRY3gAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;wzAQRO9I/IO1SFwQtUtK0oZsKkAC9drSD9jEbhIR21HsNunfs5zgtrszmn1TbGfbi4sZQ+cdwnKh&#10;QBhXe925BuH49fG4BhEiOU29dwbhagJsy9ubgnLtJ7c3l0NsBIe4kBNCG+OQSxnq1lgKCz8Yx9rJ&#10;j5Yir2Mj9UgTh9tePimVSkud4w8tDea9NfX34WwRTrvp4XkzVZ/xmO1X6Rt1WeWviPd38+sLiGjm&#10;+GeGX3xGh5KZKn92OogeIVWKu0SEJMl4YMcmyVYgKoT1ki+yLOT/DuUPAAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAG4DY3wiAgAAJAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAB0wRY3gAAAACwEAAA8AAAAAAAAAAAAAAAAAfAQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAACJBQAAAAA=&#10;" stroked="f">
+              <v:shape w14:anchorId="2F3FEA14" id="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:300pt;margin-top:168.5pt;width:168.7pt;height:240pt;z-index:251688960;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBnUFIvEgIAAP4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815JVu40Fy0Hq1EWB&#10;9AGk/YAVRVlEKS5L0pbcr8+ScpwgvRXVgeBqydnZ2eH6euw1O0rnFZqKz2c5Z9IIbJTZV/znj92b&#10;K858ANOARiMrfpKeX29ev1oPtpQFdqgb6RiBGF8OtuJdCLbMMi862YOfoZWGki26HgKFbp81DgZC&#10;73VW5Pm7bEDXWIdCek9/b6ck3yT8tpUifGtbLwPTFSduIa0urXVcs80ayr0D2ylxpgH/wKIHZajo&#10;BeoWArCDU39B9Uo49NiGmcA+w7ZVQqYeqJt5/qKb+w6sTL2QON5eZPL/D1Z8Pd7b746F8QOONMDU&#10;hLd3KH55ZnDbgdnLG+dw6CQ0VHgeJcsG68vz1Si1L30EqYcv2NCQ4RAwAY2t66Mq1CcjdBrA6SK6&#10;HAMT9LOYL4rFilKCcm/zxVWep7FkUD5et86HTxJ7FjcVdzTVBA/HOx8iHSgfj8RqHrVqdkrrFLh9&#10;vdWOHYEcsEtf6uDFMW3YUPHVslgmZIPxfjJHrwI5VKu+4pHaRA7KKMdH06QjAZSe9sREm7M+UZJJ&#10;nDDWI1MNtRdLR7lqbE4kmMPJkPSAaNOh+8PZQGasuP99ACc5058Nib6aLxbRvSlYLN8XFLjnmfp5&#10;BowgqIoHzqbtNiTHRzkM3tBwWpVke2JypkwmS2qeH0R08fM4nXp6tpsHAAAA//8DAFBLAwQUAAYA&#10;CAAAACEAHTBFjeAAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXBC1S0rS&#10;hmwqQAL12tIP2MRuEhHbUew26d+znOC2uzOafVNsZ9uLixlD5x3CcqFAGFd73bkG4fj18bgGESI5&#10;Tb13BuFqAmzL25uCcu0ntzeXQ2wEh7iQE0Ib45BLGerWWAoLPxjH2smPliKvYyP1SBOH214+KZVK&#10;S53jDy0N5r019ffhbBFOu+nheTNVn/GY7VfpG3VZ5a+I93fz6wuIaOb4Z4ZffEaHkpkqf3Y6iB4h&#10;VYq7RIQkyXhgxybJViAqhPWSL7Is5P8O5Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;Z1BSLxICAAD+AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAHTBFjeAAAAALAQAADwAAAAAAAAAAAAAAAABsBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="5BB00C74" w14:textId="77777777" w:rsidR="00245C86" w:rsidRDefault="00245C86" w:rsidP="00245C86">
                       <w:r>
                         <w:rPr>
                           <w:noProof/>
                           <w:lang w:eastAsia="en-AU"/>
                         </w:rPr>
                         <w:drawing>
                           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="32239A82" wp14:editId="1AEB3F93">
                             <wp:extent cx="1649506" cy="2420897"/>
                             <wp:effectExtent l="0" t="0" r="8255" b="0"/>
                             <wp:docPr id="26" name="Picture 26"/>
                             <wp:cNvGraphicFramePr>
                               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                             </wp:cNvGraphicFramePr>
                             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                   <pic:nvPicPr>
                                     <pic:cNvPr id="0" name="Picture 2"/>
                                     <pic:cNvPicPr>
                                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                                     </pic:cNvPicPr>
                                   </pic:nvPicPr>
@@ -2639,80 +2846,70 @@
                           </wp:inline>
                         </w:drawing>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="0BDAABD7" w14:textId="77777777" w:rsidR="00245C86" w:rsidRPr="002561E9" w:rsidRDefault="00245C86" w:rsidP="00245C86">
                       <w:pPr>
                         <w:spacing w:after="0"/>
                         <w:rPr>
                           <w:i/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="002561E9">
                         <w:rPr>
                           <w:i/>
                         </w:rPr>
                         <w:t xml:space="preserve">Exposed stretched Teflon filter, </w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="5EFF130C" w14:textId="77777777" w:rsidR="00245C86" w:rsidRPr="002561E9" w:rsidRDefault="00245C86" w:rsidP="00245C86">
                       <w:pPr>
                         <w:spacing w:after="0"/>
                         <w:rPr>
                           <w:i/>
                         </w:rPr>
                       </w:pPr>
-                      <w:proofErr w:type="gramStart"/>
                       <w:r w:rsidRPr="002561E9">
                         <w:rPr>
                           <w:i/>
                         </w:rPr>
-                        <w:t>specifically</w:t>
-[...6 lines deleted...]
-                        <w:t xml:space="preserve"> designed for IBA</w:t>
+                        <w:t>specifically designed for IBA</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="7A8A992F" w14:textId="77777777" w:rsidR="00245C86" w:rsidRPr="002561E9" w:rsidRDefault="00245C86" w:rsidP="00245C86">
                       <w:pPr>
                         <w:spacing w:after="0"/>
                         <w:rPr>
                           <w:i/>
                         </w:rPr>
                       </w:pPr>
-                      <w:proofErr w:type="gramStart"/>
                       <w:r w:rsidRPr="002561E9">
                         <w:rPr>
                           <w:i/>
                         </w:rPr>
                         <w:t>analysis</w:t>
                       </w:r>
-                      <w:proofErr w:type="gramEnd"/>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00944B79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">ANSTO has been measuring and </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00944B79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>characterising</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -2757,204 +2954,272 @@
       <w:r w:rsidRPr="00944B79">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en" w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00944B79">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en" w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> of sampled air. It is a non-destructive test and requires no additional sample preparation. It takes only 5 minutes per filter for the IBA analysis to be completed, making it an ideal technique for the hundreds of samples collected each month as part of the ongoing research program. Using powerful statistical analysis techniques we can identify the sources of these fine particles and correlate events with levels of specific pollutants.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F980A56" w14:textId="77777777" w:rsidR="00245C86" w:rsidRDefault="00245C86" w:rsidP="002C4C70">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26D14070" w14:textId="77777777" w:rsidR="00245C86" w:rsidRPr="00065CC8" w:rsidRDefault="00245C86" w:rsidP="002C4C70">
+    <w:p w14:paraId="26D14070" w14:textId="7C63C929" w:rsidR="00245C86" w:rsidRPr="00065CC8" w:rsidRDefault="00245C86" w:rsidP="002C4C70">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">All values given in the spreadsheet </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">(Mayfield PM2.5 Air Pollution Data Excel Workbook) </w:t>
+        <w:t xml:space="preserve">(Mayfield PM2.5 Air Pollution Data </w:t>
+      </w:r>
+      <w:r w:rsidR="005A0BF9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MS </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Excel Workbook)</w:t>
+      </w:r>
+      <w:r w:rsidR="001C6864">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005A0BF9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">are the concentrations of the fine particle pollution, that is for particles with a diameter of 2.5 </w:t>
+        <w:t>including</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the concentrations of the fine particle pollution, that is for particles with a diameter of 2.5 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>μm</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> diameter or less (PM2.5), and are measured in </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> or less (PM2.5), are measured in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C6864">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>nanograms per cubic metre of air sampled</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>nanograms</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> per cubic metre of air sampled (ng/m</w:t>
+        <w:t xml:space="preserve"> (ng/m</w:t>
       </w:r>
       <w:r w:rsidRPr="00936E4F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">). The data presented are the mean absolute concentration for each month of PM2.5 atmospheric particles. </w:t>
+        <w:t xml:space="preserve">). The data presented are the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0BF9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>mean absolute concentration</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for each month. </w:t>
       </w:r>
       <w:r w:rsidRPr="00065CC8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>Note there are three months in the spreadsheet for which no data is provided – Dec-02, Jan-03 and Jan-06.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0E968816" w14:textId="77777777" w:rsidR="00245C86" w:rsidRDefault="00245C86" w:rsidP="00CA12C3">
+        <w:t xml:space="preserve">Note there are three months in the spreadsheet for which no data </w:t>
+      </w:r>
+      <w:r w:rsidR="001C6864">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(indicated using NA) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00065CC8">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>is provided – Dec-02, Jan-03 and Jan-06.</w:t>
+      </w:r>
+      <w:r w:rsidR="001C6864">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E968816" w14:textId="2ACA8F00" w:rsidR="00245C86" w:rsidRDefault="00245C86" w:rsidP="00CA12C3">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00006E44">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Further</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> background reading for students</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FEF5C14" w14:textId="7DE23F36" w:rsidR="00245C86" w:rsidRDefault="00245C86" w:rsidP="00245C86">
       <w:r w:rsidRPr="00845218">
         <w:t xml:space="preserve">Before beginning the information and data analysis tasks, read the background information </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">provided on Fine Particle Pollution and the Method and Study Site </w:t>
       </w:r>
       <w:r w:rsidRPr="00845218">
         <w:t>and view the videos</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and articles</w:t>
       </w:r>
       <w:r w:rsidRPr="00845218">
         <w:t xml:space="preserve"> listed</w:t>
       </w:r>
       <w:r w:rsidR="00CA12C3">
         <w:t xml:space="preserve"> here</w:t>
       </w:r>
       <w:r w:rsidRPr="00845218">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CAC4BEC" w14:textId="77777777" w:rsidR="00245C86" w:rsidRPr="00845218" w:rsidRDefault="00245C86" w:rsidP="00245C86">
       <w:r w:rsidRPr="00845218">
         <w:t xml:space="preserve">Use the information presented in these sources to assist you in answering the questions in the tasks. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58E982B6" w14:textId="77777777" w:rsidR="00245C86" w:rsidRPr="003F3E09" w:rsidRDefault="00C427BF" w:rsidP="00245C86">
+    <w:p w14:paraId="58E982B6" w14:textId="77777777" w:rsidR="00245C86" w:rsidRPr="003F3E09" w:rsidRDefault="00245C86" w:rsidP="00245C86">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId20" w:history="1">
-        <w:r w:rsidR="00245C86" w:rsidRPr="003F3E09">
+        <w:r w:rsidRPr="003F3E09">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en"/>
           </w:rPr>
           <w:t>https://www.ansto.gov.au/research/programs/other/aerosol-sampling-program</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00245C86" w:rsidRPr="003F3E09">
+      <w:r w:rsidRPr="003F3E09">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11486220" w14:textId="77777777" w:rsidR="00245C86" w:rsidRPr="003F3E09" w:rsidRDefault="00245C86" w:rsidP="00245C86">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
@@ -2991,79 +3256,79 @@
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F3E09">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">a video on how fine particle samples are collected </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CD32552" w14:textId="77777777" w:rsidR="00245C86" w:rsidRPr="003F3E09" w:rsidRDefault="00245C86" w:rsidP="00245C86">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3B4B8B7D" w14:textId="77777777" w:rsidR="00245C86" w:rsidRPr="003F3E09" w:rsidRDefault="00C427BF" w:rsidP="00245C86">
+    <w:p w14:paraId="3B4B8B7D" w14:textId="77777777" w:rsidR="00245C86" w:rsidRPr="003F3E09" w:rsidRDefault="00245C86" w:rsidP="00245C86">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId21" w:history="1">
-        <w:r w:rsidR="00245C86" w:rsidRPr="003F3E09">
+        <w:r w:rsidRPr="003F3E09">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en"/>
           </w:rPr>
           <w:t>https://www.ansto.gov.au/2mv-star-tandem-accelerator</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00245C86" w:rsidRPr="003F3E09">
+      <w:r w:rsidRPr="003F3E09">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C3305F0" w14:textId="77777777" w:rsidR="00245C86" w:rsidRPr="003F3E09" w:rsidRDefault="00245C86" w:rsidP="00245C86">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="030303"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
         </w:rPr>
@@ -3097,77 +3362,77 @@
       </w:pPr>
       <w:r w:rsidRPr="003F3E09">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="030303"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
         </w:rPr>
         <w:t>SBS The Crew learn about ANSTO's STAR Accelerator video</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0519B203" w14:textId="77777777" w:rsidR="00245C86" w:rsidRPr="003F3E09" w:rsidRDefault="00245C86" w:rsidP="00245C86">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="45CECA1F" w14:textId="77777777" w:rsidR="00245C86" w:rsidRPr="003F3E09" w:rsidRDefault="00C427BF" w:rsidP="00245C86">
+    <w:p w14:paraId="45CECA1F" w14:textId="77777777" w:rsidR="00245C86" w:rsidRPr="003F3E09" w:rsidRDefault="00245C86" w:rsidP="00245C86">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId22" w:history="1">
-        <w:r w:rsidR="00245C86" w:rsidRPr="003F3E09">
+        <w:r w:rsidRPr="003F3E09">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://www.ansto.gov.au/ion-beam-analysis</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00245C86" w:rsidRPr="003F3E09">
+      <w:r w:rsidRPr="003F3E09">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="292CE779" w14:textId="77777777" w:rsidR="00245C86" w:rsidRPr="003F3E09" w:rsidRDefault="00245C86" w:rsidP="00245C86">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
@@ -3201,233 +3466,233 @@
       </w:pPr>
       <w:r w:rsidRPr="003F3E09">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>particle induced X-ray emission (PIXE) and particle induced gamma ray emission (PIGE) simulation</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E08A4FE" w14:textId="77777777" w:rsidR="00245C86" w:rsidRPr="003F3E09" w:rsidRDefault="00245C86" w:rsidP="00245C86">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0CAE9259" w14:textId="77777777" w:rsidR="00245C86" w:rsidRPr="003F3E09" w:rsidRDefault="00C427BF" w:rsidP="00245C86">
+    <w:p w14:paraId="0CAE9259" w14:textId="77777777" w:rsidR="00245C86" w:rsidRPr="003F3E09" w:rsidRDefault="00245C86" w:rsidP="00245C86">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId23" w:history="1">
-        <w:r w:rsidR="00245C86" w:rsidRPr="003F3E09">
+        <w:r w:rsidRPr="003F3E09">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://www.who.int/mediacentre/news/releases/2014/air-pollution/en/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00245C86" w:rsidRPr="003F3E09">
+      <w:r w:rsidRPr="003F3E09">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20310D4B" w14:textId="77777777" w:rsidR="00245C86" w:rsidRPr="003F3E09" w:rsidRDefault="00245C86" w:rsidP="00CA12C3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F3E09">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidRPr="003F3E09">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>World Health Organisation News Release: 7 million premature deaths annually linked to air pollution</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14D7A920" w14:textId="77777777" w:rsidR="00245C86" w:rsidRPr="003F3E09" w:rsidRDefault="00245C86" w:rsidP="00245C86">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A82E0BB" w14:textId="225AEA77" w:rsidR="00CA12C3" w:rsidRPr="00183E96" w:rsidRDefault="00C427BF" w:rsidP="00CA12C3">
+    <w:p w14:paraId="7A82E0BB" w14:textId="225AEA77" w:rsidR="00CA12C3" w:rsidRPr="00183E96" w:rsidRDefault="00245C86" w:rsidP="00CA12C3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId24" w:history="1">
-        <w:r w:rsidR="00245C86" w:rsidRPr="00183E96">
+        <w:r w:rsidRPr="00183E96">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://www.abc.net.au/news/2009-09-23/dust-storm-chokes-sydney/1438510</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00245C86" w:rsidRPr="00183E96">
+      <w:r w:rsidRPr="00183E96">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="374A1501" w14:textId="77777777" w:rsidR="00245C86" w:rsidRPr="003F3E09" w:rsidRDefault="00245C86" w:rsidP="00CA12C3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F3E09">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ABC news article on severe dust storm</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23C4CF75" w14:textId="77777777" w:rsidR="00CA12C3" w:rsidRPr="003F3E09" w:rsidRDefault="00C427BF" w:rsidP="00CA12C3">
+    <w:p w14:paraId="23C4CF75" w14:textId="77777777" w:rsidR="00CA12C3" w:rsidRPr="003F3E09" w:rsidRDefault="00CA12C3" w:rsidP="00CA12C3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:hyperlink r:id="rId25" w:history="1">
-        <w:r w:rsidR="00CA12C3" w:rsidRPr="003F3E09">
+        <w:r w:rsidRPr="003F3E09">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://www.abc.net.au/news/2008-03-20/mayfield-chemical-plant-winds-down/1078548</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00CA12C3" w:rsidRPr="003F3E09">
+      <w:r w:rsidRPr="003F3E09">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="493D3755" w14:textId="5EE19E8E" w:rsidR="00CA12C3" w:rsidRPr="003F3E09" w:rsidRDefault="00CA12C3" w:rsidP="00CA12C3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F3E09">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ABC news article on closure of Mayfield Chemical Plant</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37CD9407" w14:textId="77777777" w:rsidR="00CA12C3" w:rsidRPr="003F3E09" w:rsidRDefault="00CA12C3" w:rsidP="00CA12C3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5057895B" w14:textId="77777777" w:rsidR="00CA12C3" w:rsidRPr="003F3E09" w:rsidRDefault="00C427BF" w:rsidP="00CA12C3">
+    <w:p w14:paraId="5057895B" w14:textId="77777777" w:rsidR="00CA12C3" w:rsidRPr="003F3E09" w:rsidRDefault="00CA12C3" w:rsidP="00CA12C3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:hyperlink r:id="rId26" w:history="1">
-        <w:r w:rsidR="00CA12C3" w:rsidRPr="003F3E09">
+        <w:r w:rsidRPr="003F3E09">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://www.abc.net.au/news/2009-09-30/newcastle-remembers-steelworks-closure/1084304</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00CA12C3" w:rsidRPr="003F3E09">
+      <w:r w:rsidRPr="003F3E09">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A16200E" w14:textId="112BE0E1" w:rsidR="00944B79" w:rsidRPr="003F3E09" w:rsidRDefault="00CA12C3" w:rsidP="00CA12C3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F3E09">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ABC news article on closure of Newcastle Steelworks</w:t>
       </w:r>
@@ -3504,51 +3769,51 @@
         <w:t xml:space="preserve">The amount of air inhaled during a normal breath is around 500 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00693667">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>mL.</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00693667">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> The normal respiratory rate for teenagers (age 12 to 18 years) is about 14 breaths per minute.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="466217A7" w14:textId="29CAC3D2" w:rsidR="00944B79" w:rsidRPr="00B52D8B" w:rsidRDefault="00944B79" w:rsidP="000B2339">
+    <w:p w14:paraId="466217A7" w14:textId="6714E58B" w:rsidR="00944B79" w:rsidRPr="00B52D8B" w:rsidRDefault="00944B79" w:rsidP="000B2339">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D71E90">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">Using this information, </w:t>
       </w:r>
       <w:r w:rsidRPr="00D71E90">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -3623,66 +3888,110 @@
       <w:r w:rsidR="00B52D8B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (HINT 1000 L = 1 m</w:t>
       </w:r>
       <w:r w:rsidR="00B52D8B" w:rsidRPr="00B52D8B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00B52D8B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="210AD83A" w14:textId="77777777" w:rsidR="0028092A" w:rsidRDefault="0028092A" w:rsidP="0028092A">
+      <w:r w:rsidR="00EC2673">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC2673" w:rsidRPr="001D1983">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Is this number realistic, if not why?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="210AD83A" w14:textId="77777777" w:rsidR="0028092A" w:rsidRDefault="0028092A" w:rsidP="00EC2673">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00167CDE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72B05DB0" w14:textId="77777777" w:rsidR="00944B79" w:rsidRDefault="00944B79" w:rsidP="0028092A">
+    <w:p w14:paraId="72B05DB0" w14:textId="6C40D9A6" w:rsidR="00944B79" w:rsidRDefault="00EC2673" w:rsidP="00EC2673">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00167CDE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EEAABFF" w14:textId="3ED04E72" w:rsidR="00EC2673" w:rsidRDefault="00EC2673" w:rsidP="00EC2673">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00167CDE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>……………………………………………………………………………………………………………………………………………………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="585E4327" w14:textId="77777777" w:rsidR="00EC2673" w:rsidRDefault="00EC2673" w:rsidP="0028092A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="70F9677B" w14:textId="77777777" w:rsidR="00944B79" w:rsidRPr="009B4248" w:rsidRDefault="00944B79" w:rsidP="005F5BEE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B4248">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Suggest THREE variables that would need to be controlled to ensure the samples of fine particulate matter collected on the thin Teflon filters at the Mayfield air sampling station are comparable over the time for which the samples were taken.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5525DE6F" w14:textId="77777777" w:rsidR="0028092A" w:rsidRPr="0028092A" w:rsidRDefault="0028092A" w:rsidP="0028092A">
@@ -3773,73 +4082,74 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0028092A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48665B08" w14:textId="77777777" w:rsidR="0028092A" w:rsidRPr="0028092A" w:rsidRDefault="0028092A" w:rsidP="0028092A">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0028092A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BA669BF" w14:textId="77777777" w:rsidR="0028092A" w:rsidRPr="0028092A" w:rsidRDefault="0028092A" w:rsidP="0028092A">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="5BA669BF" w14:textId="1EC7FE8F" w:rsidR="00EC2673" w:rsidRDefault="00EC2673">
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
     </w:p>
     <w:p w14:paraId="06F2A905" w14:textId="0B1D757E" w:rsidR="00944B79" w:rsidRPr="009B4248" w:rsidRDefault="00944B79" w:rsidP="0028092A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B4248">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>What is meant by non-destructive testing? Describe another example of non-destructive testing.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0792D9B1" w14:textId="77777777" w:rsidR="0028092A" w:rsidRPr="0028092A" w:rsidRDefault="0028092A" w:rsidP="0028092A">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0028092A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73625CA8" w14:textId="27B61380" w:rsidR="00A32C4A" w:rsidRDefault="0028092A" w:rsidP="0028092A">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0028092A">
@@ -3864,415 +4174,487 @@
         </w:rPr>
         <w:t>……………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A79F540" w14:textId="77777777" w:rsidR="00944B79" w:rsidRPr="009B4248" w:rsidRDefault="00944B79" w:rsidP="005F5BEE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B4248">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The units used for the measurement of the elements present on the filter </w:t>
       </w:r>
       <w:r w:rsidRPr="009B4248">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">are </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> per cubic metre of air sampled (ng/m</w:t>
+        <w:t>are nanograms per cubic metre of air sampled (ng/m</w:t>
       </w:r>
       <w:r w:rsidRPr="009B4248">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="009B4248">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>). Compare 1ng with 1g.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F88D076" w14:textId="77777777" w:rsidR="0028092A" w:rsidRPr="0028092A" w:rsidRDefault="0028092A" w:rsidP="0028092A">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0028092A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CA303A4" w14:textId="77777777" w:rsidR="000A3C34" w:rsidRPr="00373CEE" w:rsidRDefault="000A3C34" w:rsidP="0028092A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:color w:val="0070C0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61965BB6" w14:textId="77777777" w:rsidR="0028092A" w:rsidRPr="0028092A" w:rsidRDefault="0028092A" w:rsidP="0028092A">
-[...10 lines deleted...]
-    <w:p w14:paraId="297D57CE" w14:textId="77777777" w:rsidR="00944B79" w:rsidRPr="009B4248" w:rsidRDefault="00944B79" w:rsidP="005F5BEE">
+    <w:p w14:paraId="297D57CE" w14:textId="0A889825" w:rsidR="00944B79" w:rsidRPr="009B4248" w:rsidRDefault="00944B79" w:rsidP="005F5BEE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk222746589"/>
       <w:r w:rsidRPr="009B4248">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Using the Mayfield data, construct a 2D clustered column graph to show the concentration of Manganese (</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">Using the Mayfield data, construct a 2D clustered column graph to show the concentration of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B3308">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Manganese (Mn)</w:t>
+      </w:r>
       <w:r w:rsidRPr="009B4248">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Mn</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> in sampled air from </w:t>
+      </w:r>
+      <w:r w:rsidR="002B3308">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">February </w:t>
+      </w:r>
       <w:r w:rsidRPr="009B4248">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">) in sampled air from 1988 to 2019. </w:t>
+        <w:t xml:space="preserve">1988 to </w:t>
+      </w:r>
+      <w:r w:rsidR="002B3308">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">December </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4248">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2019. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="221AF537" w14:textId="77777777" w:rsidR="009B4248" w:rsidRDefault="009B4248" w:rsidP="00A32C4A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="29264C48" w14:textId="57929EE6" w:rsidR="00C427BF" w:rsidRPr="009B4248" w:rsidRDefault="00944B79" w:rsidP="00C427BF">
+    <w:p w14:paraId="7C062482" w14:textId="77777777" w:rsidR="00A65591" w:rsidRDefault="00944B79" w:rsidP="00C427BF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="009B4248">
         <w:t>Label your axes and include units. Give your graph a title.</w:t>
       </w:r>
       <w:r w:rsidR="00C427BF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C427BF" w:rsidRPr="00C427BF">
-[...30 lines deleted...]
-    <w:p w14:paraId="48B932F9" w14:textId="77777777" w:rsidR="00944B79" w:rsidRPr="00B15098" w:rsidRDefault="00944B79" w:rsidP="00520D22">
+    </w:p>
+    <w:p w14:paraId="29264C48" w14:textId="7739B5F3" w:rsidR="00C427BF" w:rsidRPr="009B4248" w:rsidRDefault="00C427BF" w:rsidP="00C427BF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C427BF">
+        <w:t>Insert a copy of your graph in the space below</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="790ED2C8" w14:textId="77777777" w:rsidR="00944B79" w:rsidRDefault="00944B79" w:rsidP="00944B79">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48B932F9" w14:textId="77777777" w:rsidR="00944B79" w:rsidRDefault="00944B79" w:rsidP="00520D22">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C6DB2">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t>HINT:</w:t>
       </w:r>
       <w:r w:rsidRPr="00B15098">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> You can use the following steps to create your chart: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03E55F17" w14:textId="77777777" w:rsidR="00944B79" w:rsidRPr="00B15098" w:rsidRDefault="00944B79" w:rsidP="00944B79">
+    <w:p w14:paraId="62DA7C43" w14:textId="77777777" w:rsidR="00CA00B0" w:rsidRPr="00B15098" w:rsidRDefault="00CA00B0" w:rsidP="00520D22">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:rPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="117DA6A9" w14:textId="77777777" w:rsidR="00944B79" w:rsidRPr="00A32C4A" w:rsidRDefault="00944B79" w:rsidP="005F5BEE">
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1143E839" w14:textId="77777777" w:rsidR="00CA00B0" w:rsidRDefault="00944B79" w:rsidP="00CA00B0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="21"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-[...10 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA00B0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Highlight all the data in </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A32C4A">
+      <w:r w:rsidRPr="00CA00B0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>column A ‘1998-2019’</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A32C4A">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00CA00B0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A32C4A">
+      <w:r w:rsidRPr="00CA00B0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="333333"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">by moving the cursor to the first date, Feb-98 (cell A8) and clicking and dragging the cursor down to the last date, Dec-19 (cell A267). </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1C6F68CE" w14:textId="3632FD52" w:rsidR="00944B79" w:rsidRPr="00A32C4A" w:rsidRDefault="00944B79" w:rsidP="005F5BEE">
+        <w:t xml:space="preserve">by </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA00B0" w:rsidRPr="00CA00B0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="333333"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>clicking in the cell of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA00B0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="333333"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the first date, Feb-98 (cell A8) and </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA00B0" w:rsidRPr="00CA00B0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">simultaneously hold down </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA00B0" w:rsidRPr="00CA00B0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">CTRL +SHIFT +   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00CA00B0" w:rsidRPr="00CA00B0">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>↓</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA00B0" w:rsidRPr="00CA00B0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00CA00B0" w:rsidRPr="00CA00B0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Down Arrow) keys. This will highlight the entire column of data in column A. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="798B3E90" w14:textId="3BCAE7A6" w:rsidR="00CA00B0" w:rsidRPr="00007E6E" w:rsidRDefault="00CA00B0" w:rsidP="00007E6E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A32C4A">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00A32C4A">
+      <w:r w:rsidRPr="00007E6E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Scroll to the top of the spreadsheet and, holding down the control (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00007E6E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="22"/>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00A32C4A">
+          <w:bCs/>
+        </w:rPr>
+        <w:t>CTRL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00007E6E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) button, click in </w:t>
+      </w:r>
+      <w:r w:rsidR="00007E6E" w:rsidRPr="00007E6E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cell </w:t>
+      </w:r>
+      <w:r w:rsidR="00007E6E" w:rsidRPr="00007E6E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Q8</w:t>
+      </w:r>
+      <w:r w:rsidR="00007E6E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00007E6E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>the first data cell of column Q ‘Mn’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00007E6E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Whilst still depressing the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00007E6E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00A32C4A">
+          <w:bCs/>
+        </w:rPr>
+        <w:t>CTRL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00007E6E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> button, simultaneously hold down the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00007E6E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00A32C4A">
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">SHIFT </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00007E6E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="22"/>
-[...7 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">+  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00007E6E">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
           <w:b/>
-          <w:sz w:val="22"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00A32C4A">
+          <w:bCs/>
+        </w:rPr>
+        <w:t>↓</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00007E6E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  (Down Arrow) keys to highlight </w:t>
+      </w:r>
+      <w:r w:rsidR="00007E6E" w:rsidRPr="00007E6E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">all the data in </w:t>
+      </w:r>
+      <w:r w:rsidR="00007E6E" w:rsidRPr="00007E6E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>’</w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="79145E48" w14:textId="77777777" w:rsidR="00944B79" w:rsidRPr="00A32C4A" w:rsidRDefault="00944B79" w:rsidP="005F5BEE">
+        <w:t>column Q ‘Mn’</w:t>
+      </w:r>
+      <w:r w:rsidR="00007E6E" w:rsidRPr="00007E6E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="79145E48" w14:textId="77777777" w:rsidR="00944B79" w:rsidRPr="00A32C4A" w:rsidRDefault="00944B79" w:rsidP="00007E6E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A32C4A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">On the </w:t>
       </w:r>
       <w:r w:rsidRPr="00A32C4A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Insert</w:t>
       </w:r>
@@ -4297,745 +4679,987 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> group, click the </w:t>
       </w:r>
       <w:r w:rsidRPr="00A32C4A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>column graph</w:t>
       </w:r>
       <w:r w:rsidRPr="00A32C4A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> symbol.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D71D9E2" w14:textId="77777777" w:rsidR="00944B79" w:rsidRPr="00A32C4A" w:rsidRDefault="00944B79" w:rsidP="00944B79">
-[...7 lines deleted...]
-    </w:p>
     <w:p w14:paraId="33C071F8" w14:textId="77777777" w:rsidR="00944B79" w:rsidRPr="00254CD9" w:rsidRDefault="00944B79" w:rsidP="00254CD9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="666666"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A32C4A">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4965BFB1" wp14:editId="5F77B461">
-[...1 lines deleted...]
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4965BFB1" wp14:editId="249D9CBC">
+            <wp:extent cx="1612800" cy="932221"/>
+            <wp:effectExtent l="0" t="0" r="6985" b="1270"/>
             <wp:docPr id="3" name="Picture 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId27">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1947887" cy="1125906"/>
+                      <a:ext cx="1662636" cy="961027"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78E0F9C7" w14:textId="77777777" w:rsidR="00944B79" w:rsidRPr="00A32C4A" w:rsidRDefault="00944B79" w:rsidP="00944B79">
-[...11 lines deleted...]
-    <w:p w14:paraId="69DB3A75" w14:textId="77777777" w:rsidR="00944B79" w:rsidRPr="00A32C4A" w:rsidRDefault="00944B79" w:rsidP="005F5BEE">
+    <w:p w14:paraId="69DB3A75" w14:textId="77777777" w:rsidR="00944B79" w:rsidRPr="00A32C4A" w:rsidRDefault="00944B79" w:rsidP="00007E6E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Hlk222746643"/>
       <w:r w:rsidRPr="00A32C4A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Choose </w:t>
       </w:r>
       <w:r w:rsidRPr="00A32C4A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2D clustered column graph</w:t>
       </w:r>
       <w:r w:rsidRPr="00A32C4A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (first graph under 2D column heading). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26F039FD" w14:textId="77777777" w:rsidR="00254CD9" w:rsidRDefault="00A32C4A" w:rsidP="005F5BEE">
+    <w:p w14:paraId="4FCB8A49" w14:textId="23DE9C6B" w:rsidR="00D7693E" w:rsidRPr="00D7693E" w:rsidRDefault="00007E6E" w:rsidP="00D7693E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00924B20">
-[...6 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-[...11 lines deleted...]
-        <w:t>M</w:t>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4248">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lick on your graph and then click on </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00007E6E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Chart</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:i/>
-[...12 lines deleted...]
-        <w:t>Year</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4248">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Design </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4248">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tab </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-[...79 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+        <w:t>from the top tool bar</w:t>
+      </w:r>
       <w:r w:rsidRPr="009B4248">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-        <w:t>Add the chart title</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="009B4248">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:i/>
-[...13 lines deleted...]
-      </w:pPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Add Chart Elements</w:t>
+      </w:r>
       <w:r w:rsidRPr="009B4248">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">(For Excel 2013, click on your graph and then click on </w:t>
-[...67 lines deleted...]
-    <w:p w14:paraId="24D06F12" w14:textId="77777777" w:rsidR="00FB16B4" w:rsidRPr="00065CC8" w:rsidRDefault="00FB16B4" w:rsidP="00FB16B4">
+        <w:t xml:space="preserve"> appears on left hand side of tool bar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="059195A6" w14:textId="20D9BF53" w:rsidR="00D7693E" w:rsidRPr="00D7693E" w:rsidRDefault="00D7693E" w:rsidP="00D7693E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00065CC8">
-[...18 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00D7693E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Click on </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D7693E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="22"/>
-[...16 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Add Chart Elements</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D7693E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and scroll down to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D7693E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="22"/>
-[...16 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chart Title. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D7693E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Choose </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D7693E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="22"/>
-[...17 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>above chart</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D7693E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, click in the box at the top of the spreadsheet and type the title of your graph </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D7693E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">Manganese PM2.5 concentration in air sampled at Mayfield from 1998 to 2019. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D7693E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Press</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D7693E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="22"/>
-[...83 lines deleted...]
-    <w:p w14:paraId="6B41CB5F" w14:textId="77777777" w:rsidR="00FB16B4" w:rsidRPr="00065CC8" w:rsidRDefault="00FB16B4" w:rsidP="00FB16B4">
+        </w:rPr>
+        <w:t xml:space="preserve"> ENTER. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="4AD19801" w14:textId="762F9ADD" w:rsidR="00D7693E" w:rsidRPr="00D7693E" w:rsidRDefault="00D7693E" w:rsidP="00D7693E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00D7693E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Repeat for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D7693E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Axis Titles, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D7693E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>both Primary Horizontal and Primary Vertical</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D7693E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D7693E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Add the title </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000318CA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>onth-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000318CA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Year</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for Primary Horizontal axis and the title </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000318CA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mean monthly concentration of PM2.5 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>manganese, Mn</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000318CA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (ng/m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000318CA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000318CA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for the Primary Vertical axis.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24D06F12" w14:textId="77777777" w:rsidR="00FB16B4" w:rsidRPr="00065CC8" w:rsidRDefault="00FB16B4" w:rsidP="00007E6E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00065CC8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>To remove decimal points from y axis scale, right</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>Right</w:t>
       </w:r>
       <w:r w:rsidRPr="00065CC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">-click the </w:t>
       </w:r>
       <w:r w:rsidRPr="00065CC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t xml:space="preserve">y axis labels </w:t>
+        <w:t>x axis labels</w:t>
       </w:r>
       <w:r w:rsidRPr="00065CC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t xml:space="preserve">(vertical axis) and select </w:t>
+        <w:t xml:space="preserve"> (horizontal axis) and select </w:t>
       </w:r>
       <w:r w:rsidRPr="00065CC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>Format Axis</w:t>
       </w:r>
       <w:r w:rsidRPr="00065CC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in the dialog box.  Click on </w:t>
+        <w:t xml:space="preserve"> in the dialog box.  For </w:t>
       </w:r>
       <w:r w:rsidRPr="00065CC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t>NUMBER</w:t>
+        <w:t>Axis position</w:t>
       </w:r>
       <w:r w:rsidRPr="00065CC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and for </w:t>
-      </w:r>
+        <w:t xml:space="preserve"> choose </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00065CC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
+        <w:t>On</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00065CC8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tick marks</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00065CC8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  Click on </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00065CC8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>LABELS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00065CC8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> select </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00065CC8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>specify interval unit</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00065CC8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and type 6 in the box. Press </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00065CC8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>ENTER</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00065CC8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B41CB5F" w14:textId="77777777" w:rsidR="00FB16B4" w:rsidRPr="00C54E3A" w:rsidRDefault="00FB16B4" w:rsidP="00007E6E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00065CC8">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>To remove decimal points from y axis scale, right</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00065CC8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-click the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00065CC8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">y axis labels </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00065CC8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(vertical axis) and select </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00065CC8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>Format Axis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00065CC8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the dialog box.  Click on </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00065CC8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>NUMBER</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00065CC8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00065CC8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
         <w:t>decimal places</w:t>
       </w:r>
       <w:r w:rsidRPr="00065CC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> type 0 in the box. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="233DDC7C" w14:textId="77777777" w:rsidR="000A3C34" w:rsidRDefault="000A3C34" w:rsidP="00FB16B4">
+    <w:p w14:paraId="058DFDFA" w14:textId="77777777" w:rsidR="00C54E3A" w:rsidRDefault="00C54E3A" w:rsidP="00BB1576">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="720"/>
-[...8 lines deleted...]
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="39661C4D" w14:textId="77777777" w:rsidR="00FB16B4" w:rsidRPr="00065CC8" w:rsidRDefault="00FB16B4" w:rsidP="00065CC8">
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56847E3E" w14:textId="6396901B" w:rsidR="00BB1576" w:rsidRDefault="00BB1576" w:rsidP="00BB1576">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>Insert a copy of your graph in the space below.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C4F4D28" w14:textId="77777777" w:rsidR="00BB1576" w:rsidRDefault="00BB1576" w:rsidP="00BB1576">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="170310F8" w14:textId="77777777" w:rsidR="00BB1576" w:rsidRDefault="00BB1576" w:rsidP="00BB1576">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A284A7A" w14:textId="77777777" w:rsidR="00BB1576" w:rsidRDefault="00BB1576" w:rsidP="00BB1576">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F261370" w14:textId="77777777" w:rsidR="00BB1576" w:rsidRDefault="00BB1576" w:rsidP="00BB1576">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12BB5854" w14:textId="77777777" w:rsidR="00BB1576" w:rsidRDefault="00BB1576" w:rsidP="00BB1576">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64F75486" w14:textId="77777777" w:rsidR="00BB1576" w:rsidRDefault="00BB1576" w:rsidP="00BB1576">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68F5B811" w14:textId="77777777" w:rsidR="00BB1576" w:rsidRDefault="00BB1576" w:rsidP="00BB1576">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19C17B9F" w14:textId="77777777" w:rsidR="00BB1576" w:rsidRDefault="00BB1576" w:rsidP="00C54E3A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C8D2C42" w14:textId="77777777" w:rsidR="00BB1576" w:rsidRDefault="00BB1576" w:rsidP="00C54E3A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DAAA2B2" w14:textId="77777777" w:rsidR="00BB1576" w:rsidRDefault="00BB1576" w:rsidP="00C54E3A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="185D8D43" w14:textId="77777777" w:rsidR="00BB1576" w:rsidRDefault="00BB1576" w:rsidP="00C54E3A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B7CD0D6" w14:textId="77777777" w:rsidR="00BB1576" w:rsidRDefault="00BB1576" w:rsidP="00C54E3A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6304F0EC" w14:textId="77777777" w:rsidR="00BB1576" w:rsidRPr="00065CC8" w:rsidRDefault="00BB1576" w:rsidP="00C54E3A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39661C4D" w14:textId="3AE2EF45" w:rsidR="00FB16B4" w:rsidRPr="00065CC8" w:rsidRDefault="00FB16B4" w:rsidP="00065CC8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00065CC8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>Describe any trends and changes in the concentration of Manganese from 1998 to 2019 shown by the graph.</w:t>
+        <w:t xml:space="preserve">Describe any trends and changes in the concentration of Manganese from </w:t>
+      </w:r>
+      <w:r w:rsidR="002B3308">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">February </w:t>
       </w:r>
       <w:r w:rsidRPr="00065CC8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1998 to </w:t>
+      </w:r>
+      <w:r w:rsidR="002B3308">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">December </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00065CC8">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2019 shown by the graph.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00065CC8">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4776FC37" w14:textId="77777777" w:rsidR="00520D22" w:rsidRDefault="00520D22" w:rsidP="00520D22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2E097828" w14:textId="77777777" w:rsidR="0028092A" w:rsidRPr="001543C5" w:rsidRDefault="0028092A" w:rsidP="0028092A">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001543C5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
@@ -5046,71 +5670,63 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001543C5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64C08413" w14:textId="77777777" w:rsidR="0028092A" w:rsidRPr="00167CDE" w:rsidRDefault="0028092A" w:rsidP="0028092A">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00167CDE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4897B880" w14:textId="77777777" w:rsidR="0028092A" w:rsidRPr="00167CDE" w:rsidRDefault="0028092A" w:rsidP="0028092A">
+    <w:p w14:paraId="4897B880" w14:textId="72ACB6C1" w:rsidR="0028092A" w:rsidRPr="00167CDE" w:rsidRDefault="0028092A" w:rsidP="0028092A">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00167CDE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
-[...8 lines deleted...]
-      </w:pPr>
+        <w:t>……………………………………………………………………………………………………………………………………………………………</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="5D84C396" w14:textId="77777777" w:rsidR="00520D22" w:rsidRDefault="00520D22" w:rsidP="00520D22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="24A3A1A8" w14:textId="6F5080B8" w:rsidR="00520D22" w:rsidRPr="00065CC8" w:rsidRDefault="00520D22" w:rsidP="00065CC8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00065CC8">
@@ -5168,235 +5784,347 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001543C5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FA82D85" w14:textId="77777777" w:rsidR="0028092A" w:rsidRPr="00167CDE" w:rsidRDefault="0028092A" w:rsidP="0028092A">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00167CDE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11E70416" w14:textId="77777777" w:rsidR="0028092A" w:rsidRPr="00167CDE" w:rsidRDefault="0028092A" w:rsidP="0028092A">
+    <w:p w14:paraId="19A48FC6" w14:textId="77777777" w:rsidR="00BB1576" w:rsidRDefault="0028092A" w:rsidP="00BB1576">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00167CDE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
-[...20 lines deleted...]
-    <w:p w14:paraId="4AF55248" w14:textId="77777777" w:rsidR="00520D22" w:rsidRPr="009B4248" w:rsidRDefault="00520D22" w:rsidP="005F5BEE">
+        <w:t>……………………………………………………………………………………………………………………………………………………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AF55248" w14:textId="33C31665" w:rsidR="00520D22" w:rsidRPr="009B4248" w:rsidRDefault="00520D22" w:rsidP="00D7693E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="10"/>
         </w:numPr>
-        <w:rPr>
-[...13 lines deleted...]
-    <w:p w14:paraId="406270EB" w14:textId="7C7DE5F3" w:rsidR="00520D22" w:rsidRDefault="00520D22" w:rsidP="00C427BF">
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Hlk222746959"/>
+      <w:r w:rsidRPr="00BB1576">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Using the Mayfield data, construct a 2D clustered column graph to show the concentration of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB1576">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Iron (Fe)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB1576">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in sampled air from </w:t>
+      </w:r>
+      <w:r w:rsidR="002B3308" w:rsidRPr="00BB1576">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">February </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB1576">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>1988 to</w:t>
+      </w:r>
+      <w:r w:rsidR="002B3308" w:rsidRPr="00BB1576">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> December</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB1576">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2019. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w14:paraId="0043AC5F" w14:textId="77777777" w:rsidR="00D7693E" w:rsidRDefault="00D7693E" w:rsidP="00BB1576">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07806790" w14:textId="768C5271" w:rsidR="00EC2673" w:rsidRDefault="00520D22" w:rsidP="00BB1576">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+      </w:pPr>
       <w:r w:rsidRPr="008D4230">
         <w:t>Label your axes and include units. Give your graph a title.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C427BF" w:rsidRPr="00C427BF">
-[...11 lines deleted...]
-    <w:p w14:paraId="0B72C481" w14:textId="60D41115" w:rsidR="009B4248" w:rsidRPr="00190C8C" w:rsidRDefault="009B4248" w:rsidP="00190C8C">
+    </w:p>
+    <w:p w14:paraId="406270EB" w14:textId="0034DFF5" w:rsidR="00520D22" w:rsidRDefault="00C427BF" w:rsidP="00BB1576">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
-        <w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C427BF">
+        <w:t>Insert a copy of your graph in the space below</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B217E41" w14:textId="77777777" w:rsidR="00FB16B4" w:rsidRDefault="00FB16B4" w:rsidP="00D7693E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26668FF5" w14:textId="2FD3563A" w:rsidR="00C54E3A" w:rsidRPr="00C54E3A" w:rsidRDefault="009B4248" w:rsidP="00BB1576">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Hlk222747353"/>
+      <w:r w:rsidRPr="00C54E3A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="0070C0"/>
         </w:rPr>
-        <w:t xml:space="preserve">HINT: </w:t>
+        <w:t>HINT:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54E3A">
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Use the instructions provided for the construction of the Manganese graph</w:t>
       </w:r>
       <w:r w:rsidR="008C6DB2">
         <w:t xml:space="preserve"> on page 7</w:t>
       </w:r>
+      <w:r w:rsidR="00C54E3A">
+        <w:t xml:space="preserve"> and 8</w:t>
+      </w:r>
       <w:r>
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008C6DB2">
-        <w:t xml:space="preserve">but for step 2 </w:t>
-[...7 lines deleted...]
-      <w:r w:rsidR="008C6DB2" w:rsidRPr="008C6DB2">
+        <w:t>but</w:t>
+      </w:r>
+      <w:r w:rsidR="002B3308">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="008C6DB2">
+        <w:t xml:space="preserve"> for step 2</w:t>
+      </w:r>
+      <w:r w:rsidR="002B3308">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="008C6DB2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C54E3A" w:rsidRPr="00C54E3A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>hold down the control (</w:t>
+      </w:r>
+      <w:r w:rsidR="00C54E3A" w:rsidRPr="00C54E3A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-        </w:rPr>
-[...9 lines deleted...]
-        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>CTRL</w:t>
+      </w:r>
+      <w:r w:rsidR="00C54E3A" w:rsidRPr="00C54E3A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) button, click in cell </w:t>
+      </w:r>
+      <w:r w:rsidR="00C54E3A" w:rsidRPr="00C54E3A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>R8</w:t>
+      </w:r>
+      <w:r w:rsidR="00C54E3A" w:rsidRPr="00C54E3A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, the first data cell of </w:t>
+      </w:r>
+      <w:r w:rsidR="00C54E3A" w:rsidRPr="00C54E3A">
+        <w:rPr>
+          <w:b/>
         </w:rPr>
         <w:t>column R ‘Fe’</w:t>
       </w:r>
-      <w:r w:rsidR="008C6DB2" w:rsidRPr="008C6DB2">
-        <w:rPr>
+      <w:r w:rsidR="00C54E3A" w:rsidRPr="00C54E3A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and, whilst still depressing the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C54E3A" w:rsidRPr="00C54E3A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-        </w:rPr>
-[...8 lines deleted...]
-    </w:p>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>CTRL</w:t>
+      </w:r>
+      <w:r w:rsidR="00C54E3A" w:rsidRPr="00C54E3A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> button, simultaneously hold down the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C54E3A" w:rsidRPr="00C54E3A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">SHIFT +  </w:t>
+      </w:r>
+      <w:r w:rsidR="00C54E3A" w:rsidRPr="00C54E3A">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>↓</w:t>
+      </w:r>
+      <w:r w:rsidR="00C54E3A" w:rsidRPr="00C54E3A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  (Down Arrow) keys to highlight all the data in </w:t>
+      </w:r>
+      <w:r w:rsidR="00C54E3A" w:rsidRPr="00C54E3A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>column R ‘Fe’</w:t>
+      </w:r>
+      <w:r w:rsidR="00C54E3A" w:rsidRPr="00C54E3A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
     <w:p w14:paraId="4CE94A20" w14:textId="77777777" w:rsidR="009B4248" w:rsidRDefault="009B4248" w:rsidP="009B4248">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="55A73A41" w14:textId="66947F61" w:rsidR="009B4248" w:rsidRDefault="009B4248" w:rsidP="00520D22"/>
-    <w:p w14:paraId="29970D2F" w14:textId="529A12A8" w:rsidR="00254CD9" w:rsidRDefault="00254CD9">
-[...11 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="5D3C6BC3" w14:textId="77777777" w:rsidR="00C54E3A" w:rsidRDefault="00C54E3A" w:rsidP="00520D22"/>
+    <w:p w14:paraId="5EBDD889" w14:textId="77777777" w:rsidR="00C54E3A" w:rsidRDefault="00C54E3A" w:rsidP="00520D22"/>
+    <w:p w14:paraId="1DD50B7C" w14:textId="77777777" w:rsidR="00C54E3A" w:rsidRDefault="00C54E3A" w:rsidP="00520D22"/>
+    <w:p w14:paraId="0705552A" w14:textId="77777777" w:rsidR="00C54E3A" w:rsidRDefault="00C54E3A" w:rsidP="00520D22"/>
+    <w:p w14:paraId="1E3B9D6C" w14:textId="77777777" w:rsidR="00C54E3A" w:rsidRDefault="00C54E3A" w:rsidP="00520D22"/>
+    <w:p w14:paraId="24814D68" w14:textId="77777777" w:rsidR="00C54E3A" w:rsidRDefault="00C54E3A" w:rsidP="00520D22"/>
+    <w:p w14:paraId="3D1E06C8" w14:textId="77777777" w:rsidR="00C54E3A" w:rsidRDefault="00C54E3A" w:rsidP="00520D22"/>
+    <w:p w14:paraId="761A16F6" w14:textId="77777777" w:rsidR="00C54E3A" w:rsidRDefault="00C54E3A" w:rsidP="00520D22"/>
+    <w:p w14:paraId="479F5A9E" w14:textId="77777777" w:rsidR="00C54E3A" w:rsidRDefault="00C54E3A" w:rsidP="00520D22"/>
+    <w:p w14:paraId="69C6D869" w14:textId="77777777" w:rsidR="00C54E3A" w:rsidRDefault="00C54E3A" w:rsidP="00520D22"/>
+    <w:p w14:paraId="36D41C81" w14:textId="77777777" w:rsidR="00C54E3A" w:rsidRDefault="00C54E3A" w:rsidP="00520D22"/>
+    <w:p w14:paraId="41B24D4D" w14:textId="77777777" w:rsidR="00C54E3A" w:rsidRDefault="00C54E3A" w:rsidP="00520D22"/>
+    <w:p w14:paraId="3CE4DC7D" w14:textId="77777777" w:rsidR="00C54E3A" w:rsidRDefault="00C54E3A" w:rsidP="00520D22"/>
     <w:p w14:paraId="7881E5BE" w14:textId="77777777" w:rsidR="007F5E83" w:rsidRPr="00CE7E6E" w:rsidRDefault="007F5E83" w:rsidP="005F5BEE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00CE7E6E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Account for the change in the concentration of iron in the sampled air at the beginning of the year 2000.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A57AC2D" w14:textId="77777777" w:rsidR="007F5E83" w:rsidRDefault="007F5E83" w:rsidP="007F5E83">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="0070C0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="07E0341F" w14:textId="77777777" w:rsidR="0028092A" w:rsidRPr="001543C5" w:rsidRDefault="0028092A" w:rsidP="0028092A">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001543C5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
@@ -5406,87 +6134,72 @@
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001543C5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="045A9731" w14:textId="77777777" w:rsidR="0028092A" w:rsidRPr="00167CDE" w:rsidRDefault="0028092A" w:rsidP="0028092A">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00167CDE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
-    </w:p>
-[...14 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="41B003D3" w14:textId="6AE7D553" w:rsidR="007F5E83" w:rsidRPr="00190C8C" w:rsidRDefault="007F5E83" w:rsidP="00762818">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00190C8C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>There are many different oxides found in soil, including silicon dioxide (SiO</w:t>
       </w:r>
       <w:r w:rsidRPr="00190C8C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00190C8C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>) and aluminium oxide (Al</w:t>
       </w:r>
       <w:r w:rsidRPr="00190C8C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="subscript"/>
@@ -5505,186 +6218,329 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00190C8C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>). Soil in the atmosphere occurs from natural windblown dust, agriculture and industries such as quarrying.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="188F7D10" w14:textId="77777777" w:rsidR="007F5E83" w:rsidRDefault="007F5E83" w:rsidP="007F5E83">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="104BF6FF" w14:textId="326444EE" w:rsidR="00C427BF" w:rsidRPr="009B4248" w:rsidRDefault="007F5E83" w:rsidP="00C427BF">
+    <w:p w14:paraId="5616C408" w14:textId="57AA1282" w:rsidR="00EC2673" w:rsidRDefault="007F5E83" w:rsidP="00C427BF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
-      </w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Hlk222747036"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="008D4230">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">onstruct </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>2D clustered column graphs</w:t>
       </w:r>
       <w:r w:rsidRPr="008D4230">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> to show</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the concentration of silicon and aluminium in sampled air from 1988 to 2019</w:t>
+        <w:t xml:space="preserve"> the concentration of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54E3A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>silicon</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C54E3A" w:rsidRPr="002B3308">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(Si)</w:t>
+      </w:r>
+      <w:r w:rsidR="00C54E3A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54E3A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>aluminium</w:t>
+      </w:r>
+      <w:r w:rsidR="00C54E3A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Al)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in sampled air from </w:t>
+      </w:r>
+      <w:r w:rsidR="002B3308">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">February </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1988 to </w:t>
+      </w:r>
+      <w:r w:rsidR="002B3308">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">December </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2019</w:t>
       </w:r>
       <w:r w:rsidR="00AC373B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> (that is, you will need to construct two separate graphs)</w:t>
       </w:r>
       <w:r w:rsidR="00AC373B" w:rsidRPr="008D4230">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00C427BF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C427BF">
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p w14:paraId="712354B8" w14:textId="77777777" w:rsidR="00EC2673" w:rsidRDefault="00EC2673" w:rsidP="00C427BF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="104BF6FF" w14:textId="757BC4F0" w:rsidR="00C427BF" w:rsidRPr="009B4248" w:rsidRDefault="00C427BF" w:rsidP="00C427BF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:r>
         <w:t>Insert copies</w:t>
       </w:r>
-      <w:r w:rsidR="00C427BF" w:rsidRPr="00C427BF">
+      <w:r w:rsidRPr="00C427BF">
         <w:t xml:space="preserve"> of your graph</w:t>
       </w:r>
-      <w:r w:rsidR="00C427BF">
+      <w:r>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00C427BF" w:rsidRPr="00C427BF">
+      <w:r w:rsidRPr="00C427BF">
         <w:t xml:space="preserve"> in the space below</w:t>
+      </w:r>
+      <w:r w:rsidR="00C54E3A">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1774C22F" w14:textId="0DEA419E" w:rsidR="00AC373B" w:rsidRDefault="00AC373B" w:rsidP="00AC373B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="53BD8642" w14:textId="18AF4848" w:rsidR="007F5E83" w:rsidRDefault="007F5E83" w:rsidP="00AC373B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="28D47BB4" w14:textId="77777777" w:rsidR="007F5E83" w:rsidRDefault="007F5E83" w:rsidP="007F5E83">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="734A91D1" w14:textId="77777777" w:rsidR="00762818" w:rsidRDefault="00762818" w:rsidP="007F5E83">
-[...7 lines deleted...]
-    <w:p w14:paraId="0A86E4EA" w14:textId="71F4652A" w:rsidR="006F1ED3" w:rsidRPr="008C6DB2" w:rsidRDefault="006F1ED3" w:rsidP="005F5BEE">
+    <w:p w14:paraId="1AF1C72F" w14:textId="77777777" w:rsidR="00C54E3A" w:rsidRDefault="00C54E3A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A86E4EA" w14:textId="34D413AA" w:rsidR="006F1ED3" w:rsidRPr="008C6DB2" w:rsidRDefault="006F1ED3" w:rsidP="005F5BEE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C6DB2">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Compare the two graphs of aluminium (Al) and silicon (Si)</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>Compare the graphs of aluminium (Al) and silicon (Si</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008C6DB2">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00AC373B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="008C6DB2">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and compare them with the graph you constructed for iron (Fe). </w:t>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008C6DB2">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> compare the</w:t>
+      </w:r>
+      <w:r w:rsidR="00692193">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>se</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C6DB2">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with the graph you constructed for iron (Fe). </w:t>
       </w:r>
       <w:r w:rsidR="008C6DB2" w:rsidRPr="008C6DB2">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Account for</w:t>
       </w:r>
       <w:r w:rsidRPr="008C6DB2">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> any similarities.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74089FD3" w14:textId="77777777" w:rsidR="006F1ED3" w:rsidRDefault="006F1ED3" w:rsidP="006F1ED3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
@@ -5740,168 +6596,226 @@
       </w:pPr>
       <w:r w:rsidRPr="00167CDE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47C52218" w14:textId="77777777" w:rsidR="006F1ED3" w:rsidRDefault="006F1ED3" w:rsidP="006F1ED3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:color w:val="0070C0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5CBABE52" w14:textId="77777777" w:rsidR="008C6DB2" w:rsidRDefault="008C6DB2" w:rsidP="006F1ED3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5BB3261E" w14:textId="77777777" w:rsidR="006F1ED3" w:rsidRPr="00436C1F" w:rsidRDefault="006F1ED3" w:rsidP="005F5BEE">
+    <w:p w14:paraId="5BB3261E" w14:textId="0ABFB2BA" w:rsidR="006F1ED3" w:rsidRPr="00436C1F" w:rsidRDefault="006F1ED3" w:rsidP="005F5BEE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Hlk222747277"/>
       <w:r w:rsidRPr="00436C1F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Using the Mayfield data, construct a 2D clustered column graph to show the concentration of Lead (</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">Using the Mayfield data, construct a 2D clustered column graph to show the concentration of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54E3A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Lead (Pb)</w:t>
+      </w:r>
       <w:r w:rsidRPr="00436C1F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Pb</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> in sampled air from </w:t>
+      </w:r>
+      <w:r w:rsidR="00692193">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">February </w:t>
+      </w:r>
       <w:r w:rsidRPr="00436C1F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">) in sampled air from 1988 to 2019. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="02CA2278" w14:textId="05026C24" w:rsidR="006F1ED3" w:rsidRDefault="006F1ED3" w:rsidP="00C427BF">
+        <w:t xml:space="preserve">1988 to </w:t>
+      </w:r>
+      <w:r w:rsidR="00692193">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">December </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00436C1F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2019. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p w14:paraId="66789D84" w14:textId="77777777" w:rsidR="00EC2673" w:rsidRDefault="006F1ED3" w:rsidP="00C427BF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="008D4230">
         <w:t>Label your axes and include units. Give your graph a title.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C427BF" w:rsidRPr="00C427BF">
+    </w:p>
+    <w:p w14:paraId="02CA2278" w14:textId="21F59C44" w:rsidR="006F1ED3" w:rsidRDefault="00C427BF" w:rsidP="00C427BF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C427BF">
         <w:t>Insert a copy of your graph in the space below</w:t>
       </w:r>
-      <w:r w:rsidR="00C427BF">
+      <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="298924C7" w14:textId="2E15A405" w:rsidR="00520D22" w:rsidRDefault="00520D22" w:rsidP="007F5E83">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="353E612A" w14:textId="77777777" w:rsidR="00436C1F" w:rsidRDefault="00436C1F" w:rsidP="007F5E83">
-[...7 lines deleted...]
-    <w:p w14:paraId="35224DDE" w14:textId="1182596E" w:rsidR="00065CC8" w:rsidRDefault="00065CC8">
+    <w:p w14:paraId="353E612A" w14:textId="25B5278D" w:rsidR="00C54E3A" w:rsidRDefault="00C54E3A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50AD7DEB" w14:textId="77777777" w:rsidR="00436C1F" w:rsidRDefault="00436C1F" w:rsidP="007F5E83">
-[...7 lines deleted...]
-    <w:p w14:paraId="00DB5C1F" w14:textId="786C00EA" w:rsidR="00436C1F" w:rsidRPr="00464250" w:rsidRDefault="00436C1F" w:rsidP="005F5BEE">
+    <w:p w14:paraId="00DB5C1F" w14:textId="6877DD6F" w:rsidR="00436C1F" w:rsidRPr="00464250" w:rsidRDefault="00436C1F" w:rsidP="005F5BEE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Hlk222747150"/>
       <w:r w:rsidRPr="00464250">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Describe the trend shown by the graph and account for any changes in the concentration of lead from 1998 to 2019.</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:lastRenderedPageBreak/>
+        <w:t>Describe the trend shown by the graph and account for any changes in the concentration of lead from</w:t>
+      </w:r>
+      <w:r w:rsidR="00692193">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> February</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00464250">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1998 to</w:t>
+      </w:r>
+      <w:r w:rsidR="00692193">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> December</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00464250">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2019.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
     <w:p w14:paraId="7A69B9DF" w14:textId="77777777" w:rsidR="00436C1F" w:rsidRDefault="00436C1F" w:rsidP="00436C1F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="009C532B" w14:textId="77777777" w:rsidR="00762818" w:rsidRPr="001543C5" w:rsidRDefault="00762818" w:rsidP="00762818">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001543C5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="082F5099" w14:textId="77777777" w:rsidR="00762818" w:rsidRPr="001543C5" w:rsidRDefault="00762818" w:rsidP="00762818">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
@@ -5929,204 +6843,280 @@
         </w:rPr>
         <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A4D9E72" w14:textId="77777777" w:rsidR="00762818" w:rsidRPr="00167CDE" w:rsidRDefault="00762818" w:rsidP="00762818">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00167CDE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="507E188C" w14:textId="77777777" w:rsidR="00436C1F" w:rsidRPr="00065CC8" w:rsidRDefault="00436C1F" w:rsidP="00436C1F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="30E0F8F8" w14:textId="77777777" w:rsidR="00245C86" w:rsidRPr="00065CC8" w:rsidRDefault="00245C86" w:rsidP="00245C86">
+    <w:p w14:paraId="30E0F8F8" w14:textId="77777777" w:rsidR="00245C86" w:rsidRDefault="00245C86" w:rsidP="00245C86">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00065CC8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The graph shows a seasonal variation in the concentration of fine particles of lead. Describe the seasonal variation and explain why this seasonal variation occurs.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FB72A5C" w14:textId="32E9AFDC" w:rsidR="00245C86" w:rsidRDefault="00245C86" w:rsidP="00245C86">
-[...70 lines deleted...]
-    <w:p w14:paraId="66048E77" w14:textId="77777777" w:rsidR="00245C86" w:rsidRDefault="00245C86" w:rsidP="00245C86">
+    <w:p w14:paraId="4102D98E" w14:textId="77777777" w:rsidR="00692193" w:rsidRDefault="00692193" w:rsidP="00692193">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="10E0C78B" w14:textId="6D88908F" w:rsidR="00692193" w:rsidRPr="00065CC8" w:rsidRDefault="00692193" w:rsidP="00692193">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="_Hlk222747169"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00692193">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>HINT:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00692193">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>consider the formation of an inversion layer and when this occurs)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:p w14:paraId="7FB72A5C" w14:textId="32E9AFDC" w:rsidR="00245C86" w:rsidRDefault="00245C86" w:rsidP="00245C86">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E7BEBAE" w14:textId="77777777" w:rsidR="00245C86" w:rsidRPr="001543C5" w:rsidRDefault="00245C86" w:rsidP="00245C86">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001543C5">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="430D1D5F" w14:textId="77777777" w:rsidR="00245C86" w:rsidRPr="001543C5" w:rsidRDefault="00245C86" w:rsidP="00245C86">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001543C5">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="692C90F6" w14:textId="77777777" w:rsidR="00245C86" w:rsidRPr="00167CDE" w:rsidRDefault="00245C86" w:rsidP="00245C86">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00167CDE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DC22A32" w14:textId="77777777" w:rsidR="00245C86" w:rsidRPr="00167CDE" w:rsidRDefault="00245C86" w:rsidP="00245C86">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00167CDE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2473EDF1" w14:textId="77777777" w:rsidR="00245C86" w:rsidRDefault="00245C86">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66048E77" w14:textId="77777777" w:rsidR="00245C86" w:rsidRDefault="00245C86" w:rsidP="00245C86">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="2F12F0A6" w14:textId="77777777" w:rsidR="00245C86" w:rsidRDefault="00245C86">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AB72418" w14:textId="45C89FF1" w:rsidR="009C071D" w:rsidRDefault="009C071D" w:rsidP="00762818">
+    <w:p w14:paraId="1AB72418" w14:textId="7E741371" w:rsidR="009C071D" w:rsidRDefault="009C071D" w:rsidP="00762818">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00464250">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>From the graphs you have constructed</w:t>
       </w:r>
       <w:r w:rsidR="0036319E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00464250">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and your research using the sources provided, compare the air over Mayfield today with the air over Mayfield in 1998, and evaluate the effect of any changes on the society and environment of Mayfield.</w:t>
+        <w:t xml:space="preserve"> and your research using the sources provided, compare the air over Mayfield today with the air over Mayfield in 1998, and evaluate the effect of any changes </w:t>
+      </w:r>
+      <w:r w:rsidR="00692193">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>for the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00464250">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> society and environment of Mayfield.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A232CB8" w14:textId="77777777" w:rsidR="00762818" w:rsidRPr="00762818" w:rsidRDefault="00762818" w:rsidP="00762818">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00762818">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12776AEF" w14:textId="77777777" w:rsidR="00762818" w:rsidRPr="00762818" w:rsidRDefault="00762818" w:rsidP="00762818">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00762818">
         <w:rPr>
@@ -6221,209 +7211,211 @@
     </w:p>
     <w:p w14:paraId="4972DF28" w14:textId="77777777" w:rsidR="00762818" w:rsidRPr="00762818" w:rsidRDefault="00762818" w:rsidP="00762818">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00762818">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00120DAD" w14:textId="77777777" w:rsidR="00436C1F" w:rsidRDefault="00436C1F" w:rsidP="009C071D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00436C1F" w:rsidSect="00484B91">
       <w:headerReference w:type="default" r:id="rId28"/>
       <w:footerReference w:type="default" r:id="rId29"/>
+      <w:footerReference w:type="first" r:id="rId30"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="758158A1" w14:textId="77777777" w:rsidR="00AB48B4" w:rsidRDefault="00AB48B4" w:rsidP="00B627D9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="624BF715" w14:textId="77777777" w:rsidR="00AB48B4" w:rsidRDefault="00AB48B4" w:rsidP="00B627D9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Fira Sans">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
-    <w:pitch w:val="default"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="600002FF" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="157586D9" w14:textId="771588E7" w:rsidR="007909DE" w:rsidRPr="007909DE" w:rsidRDefault="00C427BF" w:rsidP="007909DE">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="157586D9" w14:textId="682C27FB" w:rsidR="007909DE" w:rsidRPr="007909DE" w:rsidRDefault="00573067" w:rsidP="007909DE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1590"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:alias w:val="Title"/>
         <w:tag w:val=""/>
         <w:id w:val="1743288076"/>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns0:title[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="00B13F16">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>Fine Particle Air Pollution</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
     <w:r w:rsidR="007909DE" w:rsidRPr="007909DE">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="00455264">
+    <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>15 April 2020</w:t>
+      <w:t>updated 23 February 2026</w:t>
     </w:r>
     <w:r w:rsidR="007909DE" w:rsidRPr="007909DE">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:id w:val="1420058667"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
@@ -6441,106 +7433,124 @@
         </w:r>
         <w:r w:rsidR="007909DE" w:rsidRPr="007909DE">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="007909DE" w:rsidRPr="007909DE">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="007909DE" w:rsidRPr="007909DE">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00C47251">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
         <w:r w:rsidR="007909DE" w:rsidRPr="007909DE">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
   <w:p w14:paraId="58C2ED20" w14:textId="77777777" w:rsidR="00B627D9" w:rsidRPr="007909DE" w:rsidRDefault="00B627D9" w:rsidP="007909DE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="77F53DE2" w14:textId="1BC43624" w:rsidR="00573067" w:rsidRDefault="00573067">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+    <w:r>
+      <w:tab/>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="3D22A59D" w14:textId="77777777" w:rsidR="00573067" w:rsidRDefault="00573067">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6D7E7B7E" w14:textId="77777777" w:rsidR="00AB48B4" w:rsidRDefault="00AB48B4" w:rsidP="00B627D9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="4B1A68E1" w14:textId="77777777" w:rsidR="00AB48B4" w:rsidRDefault="00AB48B4" w:rsidP="00B627D9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7136C4E6" w14:textId="77777777" w:rsidR="00B627D9" w:rsidRDefault="00B627D9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="01670DA7" wp14:editId="6983679A">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4874260</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-230505</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1504950" cy="419735"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapSquare wrapText="bothSides"/>
           <wp:docPr id="9" name="Picture 9"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
@@ -6567,51 +7577,51 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1504950" cy="419735"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00DB0462"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8F9E434E"/>
     <w:lvl w:ilvl="0" w:tplc="DE8C4DF4">
       <w:start w:val="14"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -7148,50 +8158,139 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="17820498"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6778DD30"/>
+    <w:lvl w:ilvl="0" w:tplc="98F8D462">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="690" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1410" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2130" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2850" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3570" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4290" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5010" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5730" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6450" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A9B0E4B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1CD6BA98"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7260,51 +8359,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3C6068B8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="49300898"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7373,51 +8472,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3CF42B0C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="03B23776"/>
     <w:lvl w:ilvl="0" w:tplc="5E5697EE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cstheme="minorBidi" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -7463,51 +8562,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3DE068AB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6944E2D6"/>
     <w:lvl w:ilvl="0" w:tplc="B00ADE16">
       <w:start w:val="7"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
@@ -7552,51 +8651,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3FBE12BD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DAEC45FA"/>
     <w:lvl w:ilvl="0" w:tplc="006EE15A">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
@@ -7641,51 +8740,137 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="415A52F6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C9C41378"/>
+    <w:lvl w:ilvl="0" w:tplc="0278081E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4A9A4D99"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4AD40FE0"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7754,51 +8939,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4BED7599"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A65239AA"/>
     <w:lvl w:ilvl="0" w:tplc="523AEDF0">
       <w:start w:val="12"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
@@ -7843,51 +9028,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5E441294"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F552ECCA"/>
     <w:lvl w:ilvl="0" w:tplc="CBD2B664">
       <w:start w:val="9"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
@@ -7932,51 +9117,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="64B302F6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D71035FE"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8045,51 +9230,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="707052D2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1EC83C1C"/>
     <w:lvl w:ilvl="0" w:tplc="8C4A7196">
       <w:start w:val="15"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
@@ -8134,51 +9319,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="714B144E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65C6FD86"/>
     <w:lvl w:ilvl="0" w:tplc="8D22EEBA">
       <w:start w:val="10"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
@@ -8223,51 +9408,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="71A16CBF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4D868BC4"/>
     <w:lvl w:ilvl="0" w:tplc="CDBADB68">
       <w:start w:val="13"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
@@ -8312,51 +9497,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="759B17D2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FDBA6952"/>
     <w:lvl w:ilvl="0" w:tplc="4E4899C0">
       <w:start w:val="11"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
@@ -8401,51 +9586,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="767B23C7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9446CD18"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8514,333 +9699,363 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1457602740">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="125584364">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="525795606">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1056588817">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="374277082">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="14308523">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1307396396">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1993631615">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1362435803">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1276790033">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1507092400">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1021933280">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1410693259">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1547571931">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="898521539">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="3">
-    <w:abstractNumId w:val="8"/>
+  <w:num w:numId="16" w16cid:durableId="990525969">
+    <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4">
-    <w:abstractNumId w:val="7"/>
+  <w:num w:numId="17" w16cid:durableId="350108668">
+    <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="5">
-    <w:abstractNumId w:val="11"/>
+  <w:num w:numId="18" w16cid:durableId="1249464640">
+    <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="6">
-[...17 lines deleted...]
-  <w:num w:numId="12">
+  <w:num w:numId="19" w16cid:durableId="1734624389">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="20" w16cid:durableId="41829173">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1662192948">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="14">
-[...18 lines deleted...]
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="22" w16cid:durableId="1935354493">
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="17"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="10241"/>
+    <o:shapedefaults v:ext="edit" spidmax="18433"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B627D9"/>
+    <w:rsid w:val="00007E6E"/>
     <w:rsid w:val="000318CA"/>
     <w:rsid w:val="00043810"/>
     <w:rsid w:val="00065CC8"/>
     <w:rsid w:val="00075CFE"/>
     <w:rsid w:val="000A3C34"/>
     <w:rsid w:val="000B2339"/>
     <w:rsid w:val="000E7B4E"/>
     <w:rsid w:val="001557A9"/>
     <w:rsid w:val="00167CDE"/>
     <w:rsid w:val="00176494"/>
     <w:rsid w:val="00183E96"/>
     <w:rsid w:val="00190C8C"/>
     <w:rsid w:val="0019764E"/>
     <w:rsid w:val="001C0B38"/>
+    <w:rsid w:val="001C6864"/>
     <w:rsid w:val="00245C86"/>
     <w:rsid w:val="00252872"/>
     <w:rsid w:val="00254CD9"/>
     <w:rsid w:val="00260278"/>
     <w:rsid w:val="00261858"/>
     <w:rsid w:val="0028092A"/>
     <w:rsid w:val="002B0445"/>
+    <w:rsid w:val="002B3308"/>
     <w:rsid w:val="002C4C70"/>
     <w:rsid w:val="002D6B40"/>
     <w:rsid w:val="00315C09"/>
     <w:rsid w:val="00326786"/>
     <w:rsid w:val="00350FB5"/>
     <w:rsid w:val="0036319E"/>
     <w:rsid w:val="003E7818"/>
     <w:rsid w:val="003F3E09"/>
     <w:rsid w:val="00436C1F"/>
+    <w:rsid w:val="00452C54"/>
     <w:rsid w:val="00455264"/>
     <w:rsid w:val="00464250"/>
     <w:rsid w:val="00473312"/>
     <w:rsid w:val="00474D3E"/>
     <w:rsid w:val="00484B91"/>
     <w:rsid w:val="004C25E3"/>
     <w:rsid w:val="004E4B4A"/>
     <w:rsid w:val="005008AC"/>
+    <w:rsid w:val="005018D7"/>
     <w:rsid w:val="00520D22"/>
     <w:rsid w:val="00521F9F"/>
+    <w:rsid w:val="00573067"/>
+    <w:rsid w:val="005A0BF9"/>
     <w:rsid w:val="005C1F8C"/>
     <w:rsid w:val="005E3D09"/>
     <w:rsid w:val="005F3B66"/>
     <w:rsid w:val="005F5BEE"/>
     <w:rsid w:val="005F6083"/>
     <w:rsid w:val="00623108"/>
     <w:rsid w:val="00625267"/>
     <w:rsid w:val="00666B1D"/>
     <w:rsid w:val="00666FB6"/>
     <w:rsid w:val="00691F9C"/>
+    <w:rsid w:val="00692193"/>
     <w:rsid w:val="006A427C"/>
     <w:rsid w:val="006C2FB6"/>
     <w:rsid w:val="006D763E"/>
     <w:rsid w:val="006E43FD"/>
     <w:rsid w:val="006F1ED3"/>
     <w:rsid w:val="006F3448"/>
     <w:rsid w:val="007467A4"/>
     <w:rsid w:val="00752F93"/>
     <w:rsid w:val="00762818"/>
     <w:rsid w:val="007909DE"/>
     <w:rsid w:val="00797E10"/>
     <w:rsid w:val="007C18E4"/>
     <w:rsid w:val="007F5E83"/>
     <w:rsid w:val="007F78D2"/>
     <w:rsid w:val="00812607"/>
     <w:rsid w:val="008148D5"/>
     <w:rsid w:val="008355D5"/>
     <w:rsid w:val="008416F8"/>
     <w:rsid w:val="00845218"/>
     <w:rsid w:val="00870378"/>
     <w:rsid w:val="00876D09"/>
     <w:rsid w:val="008A218E"/>
     <w:rsid w:val="008B2AE9"/>
     <w:rsid w:val="008C6DB2"/>
     <w:rsid w:val="008D0CC3"/>
     <w:rsid w:val="008E1649"/>
     <w:rsid w:val="008E3DEB"/>
+    <w:rsid w:val="008F2F5A"/>
     <w:rsid w:val="00900500"/>
     <w:rsid w:val="00924B20"/>
+    <w:rsid w:val="00924B29"/>
     <w:rsid w:val="00944B79"/>
     <w:rsid w:val="00947821"/>
     <w:rsid w:val="00952280"/>
     <w:rsid w:val="009B4248"/>
     <w:rsid w:val="009C071D"/>
     <w:rsid w:val="009D435B"/>
     <w:rsid w:val="009D5BF7"/>
     <w:rsid w:val="009F5D3A"/>
     <w:rsid w:val="00A32C4A"/>
     <w:rsid w:val="00A34740"/>
+    <w:rsid w:val="00A52485"/>
     <w:rsid w:val="00A551CE"/>
+    <w:rsid w:val="00A65591"/>
     <w:rsid w:val="00AB48B4"/>
     <w:rsid w:val="00AC373B"/>
+    <w:rsid w:val="00AD36DF"/>
     <w:rsid w:val="00AE2A64"/>
     <w:rsid w:val="00AF5506"/>
     <w:rsid w:val="00AF6EE1"/>
     <w:rsid w:val="00B0066E"/>
     <w:rsid w:val="00B03344"/>
     <w:rsid w:val="00B13F16"/>
     <w:rsid w:val="00B21D3B"/>
     <w:rsid w:val="00B4447A"/>
     <w:rsid w:val="00B52D8B"/>
+    <w:rsid w:val="00B61E51"/>
     <w:rsid w:val="00B62368"/>
     <w:rsid w:val="00B627D9"/>
     <w:rsid w:val="00B66F15"/>
     <w:rsid w:val="00B73A4D"/>
     <w:rsid w:val="00B75183"/>
     <w:rsid w:val="00B8222D"/>
     <w:rsid w:val="00B975ED"/>
+    <w:rsid w:val="00BB1576"/>
     <w:rsid w:val="00BB7545"/>
     <w:rsid w:val="00BF354C"/>
     <w:rsid w:val="00C06F46"/>
     <w:rsid w:val="00C30C83"/>
     <w:rsid w:val="00C37D4C"/>
     <w:rsid w:val="00C427BF"/>
+    <w:rsid w:val="00C47251"/>
+    <w:rsid w:val="00C54E3A"/>
     <w:rsid w:val="00C610F9"/>
     <w:rsid w:val="00C8149C"/>
     <w:rsid w:val="00C90CE1"/>
+    <w:rsid w:val="00CA00B0"/>
     <w:rsid w:val="00CA12C3"/>
     <w:rsid w:val="00CB3876"/>
     <w:rsid w:val="00CC4C40"/>
     <w:rsid w:val="00CE7BCB"/>
     <w:rsid w:val="00CE7E6E"/>
     <w:rsid w:val="00D55011"/>
+    <w:rsid w:val="00D7693E"/>
     <w:rsid w:val="00D813F2"/>
     <w:rsid w:val="00D87342"/>
     <w:rsid w:val="00D926D2"/>
     <w:rsid w:val="00D957A0"/>
     <w:rsid w:val="00DB7056"/>
+    <w:rsid w:val="00DC1F6C"/>
     <w:rsid w:val="00DC6AA1"/>
     <w:rsid w:val="00E03F8E"/>
     <w:rsid w:val="00E06D59"/>
     <w:rsid w:val="00E91FEF"/>
     <w:rsid w:val="00EA02FD"/>
     <w:rsid w:val="00EB4C9A"/>
+    <w:rsid w:val="00EC2673"/>
     <w:rsid w:val="00EF2B73"/>
     <w:rsid w:val="00F036A9"/>
     <w:rsid w:val="00F10C4B"/>
     <w:rsid w:val="00F14262"/>
     <w:rsid w:val="00F174D7"/>
     <w:rsid w:val="00F21F24"/>
     <w:rsid w:val="00F50970"/>
     <w:rsid w:val="00F55DF9"/>
     <w:rsid w:val="00F57325"/>
     <w:rsid w:val="00F670C7"/>
+    <w:rsid w:val="00F843CD"/>
     <w:rsid w:val="00FB16B4"/>
+    <w:rsid w:val="00FF5F9D"/>
     <w:rsid w:val="00FF6AF3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="10241"/>
+    <o:shapedefaults v:ext="edit" spidmax="18433"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="6670244F"/>
   <w15:docId w15:val="{2A03578E-DC6D-45BF-860A-DC14C6E5ACAE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-AU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -9168,50 +10383,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00B627D9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
@@ -9219,50 +10439,71 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="005008AC"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00DC1F6C"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
@@ -9585,105 +10826,144 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005E3D09"/>
     <w:pPr>
       <w:spacing w:after="200"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="005E3D09"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00DC1F6C"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="340816395">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="649020481">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1968315398">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="300"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="540"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
+    <w:div w:id="1737121157">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1920558810">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.scootle.edu.au/ec/search?accContentId=ACSIS172" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abc.net.au/news/2009-09-30/newcastle-remembers-steelworks-closure/1084304" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ansto.gov.au/2mv-star-tandem-accelerator" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.scootle.edu.au/ec/search?accContentId=ACSIS169" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ansto.gov.au/research/programs/other/aerosol-sampling-program" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abc.net.au/news/2008-03-20/mayfield-chemical-plant-winds-down/1078548" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ansto.gov.au/research/programs/other/aerosol-sampling-program" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ansto.gov.au/research/programs/other/aerosol-sampling-program" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.scootle.edu.au/ec/search?accContentId=ACSIS208" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abc.net.au/news/2009-09-23/dust-storm-chokes-sydney/1438510" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.who.int/mediacentre/news/releases/2014/air-pollution/en/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.scootle.edu.au/ec/search?accContentId=ACSIS172" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.scootle.edu.au/ec/search?accContentId=ACSIS169" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.scootle.edu.au/ec/search?accContentId=ACSIS208" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ansto.gov.au/ion-beam-analysis" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.scootle.edu.au/ec/search?accContentId=ACSIS172" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abc.net.au/news/2009-09-30/newcastle-remembers-steelworks-closure/1084304" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ansto.gov.au/2mv-star-tandem-accelerator" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.scootle.edu.au/ec/search?accContentId=ACSIS169" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ansto.gov.au/research/programs/other/aerosol-sampling-program" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abc.net.au/news/2008-03-20/mayfield-chemical-plant-winds-down/1078548" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ansto.gov.au/research/programs/other/aerosol-sampling-program" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ansto.gov.au/research/programs/other/aerosol-sampling-program" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.scootle.edu.au/ec/search?accContentId=ACSIS208" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abc.net.au/news/2009-09-23/dust-storm-chokes-sydney/1438510" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.who.int/mediacentre/news/releases/2014/air-pollution/en/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.scootle.edu.au/ec/search?accContentId=ACSIS172" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.scootle.edu.au/ec/search?accContentId=ACSIS169" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.scootle.edu.au/ec/search?accContentId=ACSIS208" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ansto.gov.au/ion-beam-analysis" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -9940,80 +11220,80 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5F12079A-2646-40CD-ABD9-90F34BD41F32}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4B1A9F67-ED01-4A43-A0A8-FFE180629D00}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>11</Pages>
-[...1 lines deleted...]
-  <Characters>15487</Characters>
+  <Pages>13</Pages>
+  <Words>2842</Words>
+  <Characters>16200</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>129</Lines>
-  <Paragraphs>36</Paragraphs>
+  <Lines>135</Lines>
+  <Paragraphs>38</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Fine Particle Air Pollution</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>ANSTO</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>18168</CharactersWithSpaces>
+  <CharactersWithSpaces>19004</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Fine Particle Air Pollution</dc:title>
   <dc:subject>Information Processing and Data Analysis</dc:subject>
   <dc:creator>MURPHY, Bridget</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>