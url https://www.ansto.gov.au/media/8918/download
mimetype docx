--- v0 (2025-12-01)
+++ v1 (2026-03-03)
@@ -1,42 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9026"/>
       </w:tblGrid>
       <w:tr w:rsidR="00146E03" w:rsidRPr="00FA6204" w14:paraId="55497975" w14:textId="77777777">
         <w:trPr>
@@ -705,69 +709,51 @@
                                       <w:szCs w:val="22"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00F540D0">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                       <w:sz w:val="22"/>
                                       <w:szCs w:val="22"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve">The </w:t>
                                   </w:r>
                                   <w:r w:rsidR="00974E62" w:rsidRPr="00F540D0">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                       <w:sz w:val="22"/>
                                       <w:szCs w:val="22"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve">atmospheric measurements of ozone concentration and other variables, presented in the MS Excel spreadsheet, </w:t>
                                   </w:r>
                                   <w:r w:rsidRPr="00F540D0">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                       <w:sz w:val="22"/>
                                       <w:szCs w:val="22"/>
                                     </w:rPr>
-                                    <w:t xml:space="preserve">were made using </w:t>
-[...17 lines deleted...]
-                                    <w:t xml:space="preserve"> NSW Department of Planning, Industry and Environment (DPIE) Air Quality Monitoring Station (AQMS) and an ANSTO 1500L dual-flow-loop two-filter radon (</w:t>
+                                    <w:t>were made using a NSW Department of Planning, Industry and Environment (DPIE) Air Quality Monitoring Station (AQMS) and an ANSTO 1500L dual-flow-loop two-filter radon (</w:t>
                                   </w:r>
                                   <w:r w:rsidRPr="00F540D0">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                       <w:sz w:val="22"/>
                                       <w:szCs w:val="22"/>
                                       <w:vertAlign w:val="superscript"/>
                                     </w:rPr>
                                     <w:t>222</w:t>
                                   </w:r>
                                   <w:r w:rsidRPr="00F540D0">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                       <w:sz w:val="22"/>
                                       <w:szCs w:val="22"/>
                                     </w:rPr>
                                     <w:t>Rn) detector on the grounds of Liverpool Girls High School, from March 2019 to February 2020.</w:t>
                                   </w:r>
                                   <w:r w:rsidR="00974E62" w:rsidRPr="00F540D0">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                       <w:sz w:val="22"/>
                                       <w:szCs w:val="22"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve"> </w:t>
@@ -776,93 +762,107 @@
                                     <w:rPr>
                                       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                       <w:sz w:val="22"/>
                                       <w:szCs w:val="22"/>
                                     </w:rPr>
                                     <w:t>The station installation</w:t>
                                   </w:r>
                                   <w:r w:rsidR="00974E62" w:rsidRPr="00F540D0">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                       <w:color w:val="EE0000"/>
                                       <w:sz w:val="22"/>
                                       <w:szCs w:val="22"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve"> </w:t>
                                   </w:r>
                                   <w:r w:rsidRPr="00F540D0">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                       <w:sz w:val="22"/>
                                       <w:szCs w:val="22"/>
                                     </w:rPr>
                                     <w:t>and ongoing maintenance was a combined effort between staff at DPIE (then the Office of Environment and Heritage), the University of Wollongong Centre for Atmospheric Chemistry, the Australian Nuclear Science and Technology Organisation (ANSTO), Liverpool Girls High School and the NSW Department of Education. The authors would like to acknowledge all who assisted in making this possible.</w:t>
                                   </w:r>
                                 </w:p>
-                                <w:p w14:paraId="65DDDD72" w14:textId="6E8A9535" w:rsidR="00146E03" w:rsidRPr="00F540D0" w:rsidRDefault="00146E03" w:rsidP="00146E03">
+                                <w:p w14:paraId="65DDDD72" w14:textId="216B46F2" w:rsidR="00146E03" w:rsidRPr="00F540D0" w:rsidRDefault="00146E03" w:rsidP="00146E03">
                                   <w:pPr>
                                     <w:spacing w:line="276" w:lineRule="auto"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                       <w:sz w:val="22"/>
                                       <w:szCs w:val="22"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00F540D0">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                       <w:sz w:val="22"/>
                                       <w:szCs w:val="22"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve">The tasks in the document require student access to a computer with internet capability and the spreadsheet program Microsoft Excel. Students are guided through analysing the secondary data provided in </w:t>
                                   </w:r>
                                   <w:r w:rsidR="00F540D0">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                       <w:sz w:val="22"/>
                                       <w:szCs w:val="22"/>
                                     </w:rPr>
                                     <w:t>a</w:t>
                                   </w:r>
                                   <w:r w:rsidRPr="00F540D0">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                       <w:sz w:val="22"/>
                                       <w:szCs w:val="22"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve"> MS Excel </w:t>
                                   </w:r>
-                                  <w:proofErr w:type="spellStart"/>
                                   <w:r w:rsidR="00F540D0">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                       <w:sz w:val="22"/>
                                       <w:szCs w:val="22"/>
                                     </w:rPr>
-                                    <w:t>worbook</w:t>
+                                    <w:t>wor</w:t>
                                   </w:r>
-                                  <w:proofErr w:type="spellEnd"/>
+                                  <w:r w:rsidR="00B36B9E">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                                      <w:sz w:val="22"/>
+                                      <w:szCs w:val="22"/>
+                                    </w:rPr>
+                                    <w:t>k</w:t>
+                                  </w:r>
+                                  <w:r w:rsidR="00F540D0">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                                      <w:sz w:val="22"/>
+                                      <w:szCs w:val="22"/>
+                                    </w:rPr>
+                                    <w:t>book</w:t>
+                                  </w:r>
                                   <w:r w:rsidRPr="00F540D0">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                       <w:sz w:val="22"/>
                                       <w:szCs w:val="22"/>
                                     </w:rPr>
                                     <w:t>, and reporting on the</w:t>
                                   </w:r>
                                   <w:r w:rsidR="00974E62" w:rsidRPr="00F540D0">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                       <w:sz w:val="22"/>
                                       <w:szCs w:val="22"/>
                                     </w:rPr>
                                     <w:t>ir findings</w:t>
                                   </w:r>
                                   <w:r w:rsidRPr="00F540D0">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                       <w:sz w:val="22"/>
                                       <w:szCs w:val="22"/>
                                     </w:rPr>
                                     <w:t>.</w:t>
                                   </w:r>
                                 </w:p>
@@ -1215,69 +1215,51 @@
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00F540D0">
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t xml:space="preserve">The </w:t>
                             </w:r>
                             <w:r w:rsidR="00974E62" w:rsidRPr="00F540D0">
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t xml:space="preserve">atmospheric measurements of ozone concentration and other variables, presented in the MS Excel spreadsheet, </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00F540D0">
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
-                              <w:t xml:space="preserve">were made using </w:t>
-[...17 lines deleted...]
-                              <w:t xml:space="preserve"> NSW Department of Planning, Industry and Environment (DPIE) Air Quality Monitoring Station (AQMS) and an ANSTO 1500L dual-flow-loop two-filter radon (</w:t>
+                              <w:t>were made using a NSW Department of Planning, Industry and Environment (DPIE) Air Quality Monitoring Station (AQMS) and an ANSTO 1500L dual-flow-loop two-filter radon (</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00F540D0">
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:vertAlign w:val="superscript"/>
                               </w:rPr>
                               <w:t>222</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00F540D0">
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>Rn) detector on the grounds of Liverpool Girls High School, from March 2019 to February 2020.</w:t>
                             </w:r>
                             <w:r w:rsidR="00974E62" w:rsidRPr="00F540D0">
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
@@ -1286,93 +1268,107 @@
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>The station installation</w:t>
                             </w:r>
                             <w:r w:rsidR="00974E62" w:rsidRPr="00F540D0">
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                 <w:color w:val="EE0000"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00F540D0">
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>and ongoing maintenance was a combined effort between staff at DPIE (then the Office of Environment and Heritage), the University of Wollongong Centre for Atmospheric Chemistry, the Australian Nuclear Science and Technology Organisation (ANSTO), Liverpool Girls High School and the NSW Department of Education. The authors would like to acknowledge all who assisted in making this possible.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="65DDDD72" w14:textId="6E8A9535" w:rsidR="00146E03" w:rsidRPr="00F540D0" w:rsidRDefault="00146E03" w:rsidP="00146E03">
+                          <w:p w14:paraId="65DDDD72" w14:textId="216B46F2" w:rsidR="00146E03" w:rsidRPr="00F540D0" w:rsidRDefault="00146E03" w:rsidP="00146E03">
                             <w:pPr>
                               <w:spacing w:line="276" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00F540D0">
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t xml:space="preserve">The tasks in the document require student access to a computer with internet capability and the spreadsheet program Microsoft Excel. Students are guided through analysing the secondary data provided in </w:t>
                             </w:r>
                             <w:r w:rsidR="00F540D0">
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>a</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00F540D0">
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> MS Excel </w:t>
                             </w:r>
-                            <w:proofErr w:type="spellStart"/>
                             <w:r w:rsidR="00F540D0">
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
-                              <w:t>worbook</w:t>
+                              <w:t>wor</w:t>
                             </w:r>
-                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidR="00B36B9E">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>k</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00F540D0">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>book</w:t>
+                            </w:r>
                             <w:r w:rsidRPr="00F540D0">
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>, and reporting on the</w:t>
                             </w:r>
                             <w:r w:rsidR="00974E62" w:rsidRPr="00F540D0">
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>ir findings</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00F540D0">
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>.</w:t>
                             </w:r>
                           </w:p>
@@ -1753,69 +1749,51 @@
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>, UV-B and UV-C.</w:t>
                             </w:r>
                             <w:r w:rsidR="00CA4E2C" w:rsidRPr="00CA4E2C">
                               <w:rPr>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> Ground-level ozone is a pollutant that can affect the respiratory system.</w:t>
                             </w:r>
                             <w:r w:rsidR="00CA4E2C">
                               <w:rPr>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> Image Source: </w:t>
                             </w:r>
                             <w:hyperlink r:id="rId9" w:history="1">
                               <w:r w:rsidR="00CA4E2C" w:rsidRPr="00CA4E2C">
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlink"/>
                                   <w:sz w:val="20"/>
                                   <w:szCs w:val="20"/>
                                 </w:rPr>
-                                <w:t xml:space="preserve">The Ozone Layer | </w:t>
-[...17 lines deleted...]
-                                <w:t xml:space="preserve"> for Science Education</w:t>
+                                <w:t>The Ozone Layer | Center for Science Education</w:t>
                               </w:r>
                             </w:hyperlink>
                             <w:r w:rsidR="00CA4E2C" w:rsidRPr="00CA4E2C">
                               <w:rPr>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
@@ -1870,69 +1848,51 @@
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>, UV-B and UV-C.</w:t>
                       </w:r>
                       <w:r w:rsidR="00CA4E2C" w:rsidRPr="00CA4E2C">
                         <w:rPr>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> Ground-level ozone is a pollutant that can affect the respiratory system.</w:t>
                       </w:r>
                       <w:r w:rsidR="00CA4E2C">
                         <w:rPr>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> Image Source: </w:t>
                       </w:r>
                       <w:hyperlink r:id="rId10" w:history="1">
                         <w:r w:rsidR="00CA4E2C" w:rsidRPr="00CA4E2C">
                           <w:rPr>
                             <w:rStyle w:val="Hyperlink"/>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                           </w:rPr>
-                          <w:t xml:space="preserve">The Ozone Layer | </w:t>
-[...17 lines deleted...]
-                          <w:t xml:space="preserve"> for Science Education</w:t>
+                          <w:t>The Ozone Layer | Center for Science Education</w:t>
                         </w:r>
                       </w:hyperlink>
                       <w:r w:rsidR="00CA4E2C" w:rsidRPr="00CA4E2C">
                         <w:rPr>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F67EF54" w14:textId="77777777" w:rsidR="00351C0D" w:rsidRDefault="00351C0D">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
@@ -3453,71 +3413,51 @@
                           <w:p w14:paraId="4C0553BF" w14:textId="2AE065CB" w:rsidR="00A34975" w:rsidRPr="008B18FD" w:rsidRDefault="00A34975" w:rsidP="00A34975">
                             <w:pPr>
                               <w:spacing w:after="0"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="008B18FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Image Source: </w:t>
                             </w:r>
                             <w:hyperlink r:id="rId20" w:history="1">
                               <w:r w:rsidRPr="008B18FD">
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlink"/>
                                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                 </w:rPr>
-                                <w:t xml:space="preserve">The Ozone Layer | </w:t>
-[...19 lines deleted...]
-                                <w:t xml:space="preserve"> for Science Education</w:t>
+                                <w:t>The Ozone Layer | Center for Science Education</w:t>
                               </w:r>
                             </w:hyperlink>
                             <w:r w:rsidRPr="008B18FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
@@ -3553,71 +3493,51 @@
                     <w:p w14:paraId="4C0553BF" w14:textId="2AE065CB" w:rsidR="00A34975" w:rsidRPr="008B18FD" w:rsidRDefault="00A34975" w:rsidP="00A34975">
                       <w:pPr>
                         <w:spacing w:after="0"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="008B18FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Image Source: </w:t>
                       </w:r>
                       <w:hyperlink r:id="rId21" w:history="1">
                         <w:r w:rsidRPr="008B18FD">
                           <w:rPr>
                             <w:rStyle w:val="Hyperlink"/>
                             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
-                          <w:t xml:space="preserve">The Ozone Layer | </w:t>
-[...19 lines deleted...]
-                          <w:t xml:space="preserve"> for Science Education</w:t>
+                          <w:t>The Ozone Layer | Center for Science Education</w:t>
                         </w:r>
                       </w:hyperlink>
                       <w:r w:rsidRPr="008B18FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
@@ -3765,215 +3685,250 @@
           <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="215E99" w:themeColor="text2" w:themeTint="BF"/>
           <w:kern w:val="0"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">surface-level </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA0622">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="215E99" w:themeColor="text2" w:themeTint="BF"/>
           <w:kern w:val="0"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>ozone is formed</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DBAB1F4" w14:textId="7D235240" w:rsidR="00D82BD2" w:rsidRDefault="00A34975" w:rsidP="00A34975">
+    <w:p w14:paraId="060625B8" w14:textId="77777777" w:rsidR="00B36B9E" w:rsidRDefault="00B36B9E" w:rsidP="00B36B9E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B572D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ozone is formed when </w:t>
       </w:r>
       <w:r w:rsidRPr="009B572D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>sunlight</w:t>
       </w:r>
       <w:r w:rsidRPr="009B572D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> interacts with particular pollutant gases in the atmosphere. These gases are oxides of nitrogen, such as </w:t>
+        <w:t xml:space="preserve"> interacts with </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009B572D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>particular pollutant</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009B572D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gases in the atmosphere. These gases are oxides of nitrogen, such as </w:t>
       </w:r>
       <w:r w:rsidRPr="009B572D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>nitrogen dioxide</w:t>
       </w:r>
-      <w:r w:rsidRPr="009B572D">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="009B572D">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (NO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A91388">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B572D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C6B74">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>nitric oxide (NO)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B572D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B572D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>volatile organic compounds</w:t>
       </w:r>
       <w:r w:rsidRPr="009B572D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (VOCs</w:t>
-[...9 lines deleted...]
-      <w:r w:rsidR="009B572D">
+        <w:t xml:space="preserve"> (VOCs)</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00BB7508" w:rsidRPr="009B572D">
-[...15 lines deleted...]
-      <w:r w:rsidR="009B572D">
+      <w:r w:rsidRPr="009B572D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> which are hydrocarbons that evaporate easily into the air and are </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>released from a variety of sources including</w:t>
       </w:r>
-      <w:r w:rsidR="009B572D" w:rsidRPr="009B572D">
-[...46 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="009B572D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Another source is coal-fired power plants. Bushfires also generate large quantities of the pollutant gases that form ozone. </w:t>
+        <w:t xml:space="preserve"> paints</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B572D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>cleaning products</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and petrol fumes from filling up petrol-driven cars</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B572D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Combustion of fossil fuels is a major source of both nitrogen oxides and VOCs, with petrol and diesel driven cars, trucks, and buses being the largest producers of these emissions. Another source is coal-fired power plants. Bushfires also generate large quantities of the pollutant gases that form ozone. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="519342B1" w14:textId="77777777" w:rsidR="00A34975" w:rsidRPr="00620D32" w:rsidRDefault="00A34975" w:rsidP="00A34975">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="197256EC" w14:textId="77777777" w:rsidR="00A34975" w:rsidRDefault="00A34975" w:rsidP="00A34975">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="755270C9" wp14:editId="76BDCB8C">
             <wp:extent cx="5731510" cy="2868930"/>
             <wp:effectExtent l="0" t="0" r="2540" b="7620"/>
             <wp:docPr id="1428231726" name="Picture 1" descr="A diagram of a chemical reaction&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -4052,329 +4007,339 @@
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Image source: </w:t>
       </w:r>
       <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidRPr="00A16782">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>Ozone | Environment, land and water | Queensland Government</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="19AFA596" w14:textId="77777777" w:rsidR="00A34975" w:rsidRDefault="00A34975" w:rsidP="00A34975">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0270353A" w14:textId="4CD426A3" w:rsidR="00A34975" w:rsidRPr="00620D32" w:rsidRDefault="00FC0573" w:rsidP="00A34975">
+    <w:p w14:paraId="412EC1D9" w14:textId="77777777" w:rsidR="00B36B9E" w:rsidRPr="00620D32" w:rsidRDefault="00B36B9E" w:rsidP="00B36B9E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>The</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> photochemical reaction </w:t>
+        <w:t xml:space="preserve">The photochemical reaction that produces surface-level ozone </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00620D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">occurs mainly in cities which have lots of cars </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">that produces surface-level ozone </w:t>
-[...22 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
-      <w:r w:rsidR="00A34975" w:rsidRPr="00620D32">
-[...15 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="00620D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>plenty of sunlight such as Sydney and Brisbane in Australia. Ozone is only produced during daylight hours. As ozone is a highly reactive gas, ozone that is formed during the day is removed from the atmosphere</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve"> at night</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00620D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> through chemical reactions with nitr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ic oxide and nitrogen dioxide</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00620D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, re</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>aching a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00240B62">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> minimum concentration around late night</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or early morning</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00620D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39CF76F4" w14:textId="77777777" w:rsidR="00B36B9E" w:rsidRPr="00620D32" w:rsidRDefault="00B36B9E" w:rsidP="00B36B9E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Surface-level o</w:t>
       </w:r>
       <w:r w:rsidRPr="00620D32">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">zone formation takes place over time, and certain conditions can increase </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>its</w:t>
       </w:r>
       <w:r w:rsidRPr="00620D32">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> production. As sunlight is needed for the reaction to proceed, greater amounts of ozone are produced when sunlight is most intense in the middle of the day</w:t>
       </w:r>
-      <w:r w:rsidR="0084059D">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00620D32">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...9 lines deleted...]
-      <w:r w:rsidR="0084059D">
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> especially</w:t>
       </w:r>
-      <w:r w:rsidR="0084059D" w:rsidRPr="00620D32">
+      <w:r w:rsidRPr="00620D32">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> during summer</w:t>
       </w:r>
-      <w:r w:rsidR="0084059D">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="0084059D" w:rsidRPr="00620D32">
-[...6 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00620D32">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">when many adults and children may be outside. Temperature also directly influences ozone production as </w:t>
+        <w:t xml:space="preserve"> when many adults and children may be outside. Temperature also directly influences ozone production as </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">increasing </w:t>
       </w:r>
       <w:r w:rsidRPr="00620D32">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>temperature speed</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00620D32">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> up the rates of chemical reactions and increase</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00620D32">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> the e</w:t>
       </w:r>
-      <w:r w:rsidR="00E85586">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">missions </w:t>
       </w:r>
       <w:r w:rsidRPr="00620D32">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">of VOCs. Wind directions and speeds influence ozone concentrations throughout the troposphere as winds can disperse the pollutant gases, nitrogen oxides and VOCs, which are necessary </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">for </w:t>
       </w:r>
       <w:r w:rsidRPr="00620D32">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ozone production. So, ozone pollution concentrations are usually highest on hot, sunny, still days. Heatwaves are </w:t>
       </w:r>
-      <w:r w:rsidR="00E85586">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>very</w:t>
       </w:r>
       <w:r w:rsidRPr="00620D32">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> favourable to ground-level ozone formation. </w:t>
       </w:r>
-    </w:p>
-[...12 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="7480B9AA" w14:textId="0A2FBE90" w:rsidR="00A34975" w:rsidRPr="00666C41" w:rsidRDefault="00A34975" w:rsidP="00A34975">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="215E99" w:themeColor="text2" w:themeTint="BF"/>
           <w:kern w:val="0"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00666C41">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="215E99" w:themeColor="text2" w:themeTint="BF"/>
           <w:kern w:val="0"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
@@ -5482,51 +5447,51 @@
       <w:r w:rsidRPr="00C33CFF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>photochemical, stratosphere.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B597E90" w14:textId="77777777" w:rsidR="00310F1D" w:rsidRPr="00C33CFF" w:rsidRDefault="00310F1D" w:rsidP="00310F1D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="066A7C70" w14:textId="08C4F553" w:rsidR="00C33CFF" w:rsidRPr="00C33CFF" w:rsidRDefault="00C33CFF" w:rsidP="00C33CFF">
+    <w:p w14:paraId="066A7C70" w14:textId="66997A28" w:rsidR="00C33CFF" w:rsidRPr="00B36B9E" w:rsidRDefault="00C33CFF" w:rsidP="00B36B9E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C33CFF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Ozone is a molecule made of three</w:t>
       </w:r>
       <w:r w:rsidR="00433ABC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -5678,83 +5643,131 @@
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidR="00E87154">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">_____________________ </w:t>
       </w:r>
       <w:r w:rsidRPr="00C33CFF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>organic compounds (VOCs). These pollutant gases are released into the atmosphere by human activities such as</w:t>
       </w:r>
       <w:r w:rsidR="005A71F0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> petrol and diesel</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B36B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">from </w:t>
+      </w:r>
+      <w:r w:rsidR="005A71F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>petrol and diesel</w:t>
       </w:r>
       <w:r w:rsidRPr="00C33CFF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E87154">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>_____________________</w:t>
       </w:r>
       <w:r w:rsidR="00433ABC" w:rsidRPr="00433ABC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C33CFF">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">power plants and other industrial processes.  </w:t>
+      <w:r w:rsidR="00B36B9E" w:rsidRPr="00135431">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>fossil fuel-fired power plants</w:t>
+      </w:r>
+      <w:r w:rsidR="00B36B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B36B9E" w:rsidRPr="00C33CFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and industrial </w:t>
+      </w:r>
+      <w:r w:rsidR="00B36B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>boilers</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B36B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E34986C" w14:textId="4551D4F0" w:rsidR="00C33CFF" w:rsidRPr="00C33CFF" w:rsidRDefault="00C33CFF" w:rsidP="00C33CFF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C33CFF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Unlike the beneficial ozone layer high in the </w:t>
       </w:r>
       <w:r w:rsidR="00E87154">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -7230,172 +7243,149 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> The median is often used as it </w:t>
       </w:r>
       <w:r w:rsidR="00DE3C2A" w:rsidRPr="00DE3C2A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>is less affected by very large or very small values, making it a better measure of centre when there are outliers.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64AA413F" w14:textId="77777777" w:rsidR="00DE3C2A" w:rsidRPr="00DE3C2A" w:rsidRDefault="00DE3C2A" w:rsidP="00DE3C2A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="109B243C" w14:textId="3904F6D9" w:rsidR="001E017F" w:rsidRDefault="001E017F" w:rsidP="002839A5">
+    <w:p w14:paraId="6C0351B4" w14:textId="77777777" w:rsidR="00B36B9E" w:rsidRDefault="001E017F" w:rsidP="00B36B9E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00344723">
+      <w:r w:rsidRPr="00B36B9E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Spread</w:t>
       </w:r>
-      <w:r w:rsidRPr="00344723">
-[...39 lines deleted...]
-      <w:r w:rsidRPr="00344723">
+      <w:r w:rsidRPr="00B36B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00B36B9E" w:rsidRPr="00344723">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">this describes the variability of the data, that is, how similar or varied the data values are for a particular variable. Common measures of spread include the </w:t>
+      </w:r>
+      <w:r w:rsidR="00B36B9E" w:rsidRPr="00344723">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>range</w:t>
       </w:r>
-      <w:r w:rsidRPr="00344723">
+      <w:r w:rsidR="00B36B9E" w:rsidRPr="00344723">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:r w:rsidRPr="00344723">
+      <w:r w:rsidR="00B36B9E" w:rsidRPr="00344723">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>interquartile range</w:t>
       </w:r>
-      <w:r w:rsidRPr="00344723">
+      <w:r w:rsidR="00B36B9E" w:rsidRPr="00344723">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, and </w:t>
       </w:r>
-      <w:r w:rsidRPr="00344723">
+      <w:r w:rsidR="00B36B9E" w:rsidRPr="00344723">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>standard deviation</w:t>
       </w:r>
-      <w:r w:rsidRPr="00344723">
+      <w:r w:rsidR="00B36B9E" w:rsidRPr="00344723">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B399019" w14:textId="77777777" w:rsidR="0035493F" w:rsidRDefault="0035493F" w:rsidP="0035493F">
-      <w:pPr>
+    <w:p w14:paraId="1B399019" w14:textId="56624D7E" w:rsidR="0035493F" w:rsidRPr="00B36B9E" w:rsidRDefault="0035493F" w:rsidP="00B36B9E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3C721BF1" w14:textId="3A242B75" w:rsidR="0035493F" w:rsidRPr="0035493F" w:rsidRDefault="0035493F" w:rsidP="008B18FD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A table explaining these </w:t>
@@ -10057,70 +10047,86 @@
         <w:t>median</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1921A8BE" w14:textId="5202B8F4" w:rsidR="009E6A4E" w:rsidRPr="00E47645" w:rsidRDefault="009E6A4E" w:rsidP="002839A5">
       <w:pPr>
         <w:pStyle w:val="Tablelist-dot"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E47645">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>First (lower) quartile (Q1)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="559A48D3" w14:textId="693C99AC" w:rsidR="009E6A4E" w:rsidRPr="00E47645" w:rsidRDefault="009E6A4E" w:rsidP="002839A5">
+    <w:p w14:paraId="559A48D3" w14:textId="2A7149B0" w:rsidR="009E6A4E" w:rsidRPr="00E47645" w:rsidRDefault="009E6A4E" w:rsidP="002839A5">
       <w:pPr>
         <w:pStyle w:val="Tablelist-dot"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E47645">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Third (upper) quartile (Q2) </w:t>
+        <w:t>Third (upper) quartile (Q</w:t>
+      </w:r>
+      <w:r w:rsidR="00B36B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47645">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="168C5451" w14:textId="3DF974A7" w:rsidR="000952A2" w:rsidRPr="00EB4158" w:rsidRDefault="007874D8" w:rsidP="00082E4C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB4158">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Record the values for each of the above in the table below.</w:t>
       </w:r>
       <w:r w:rsidR="000952A2" w:rsidRPr="00EB4158">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -12479,161 +12485,122 @@
         <w:t>………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11BAFF9F" w14:textId="77777777" w:rsidR="00C10163" w:rsidRDefault="00C10163" w:rsidP="00260C98">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="283E3A4F" w14:textId="77777777" w:rsidR="00342EAA" w:rsidRPr="00F10BB1" w:rsidRDefault="00342EAA" w:rsidP="00260C98">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="230A12B7" w14:textId="2999F0E3" w:rsidR="00D97008" w:rsidRDefault="00D97008" w:rsidP="00260C98">
-      <w:pPr>
+    <w:p w14:paraId="0AE23D8C" w14:textId="2FB85076" w:rsidR="00B36B9E" w:rsidRPr="004C1D58" w:rsidRDefault="00B36B9E" w:rsidP="00B36B9E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="357"/>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C1D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Use the formulae to identify any outliers for the July 2019 data or the December 2019 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C1D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>data, and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004C1D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> state the date when each outlier </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">(ii)   </w:t>
-[...58 lines deleted...]
-    <w:p w14:paraId="064067B4" w14:textId="05CD689F" w:rsidR="00351541" w:rsidRPr="00D97008" w:rsidRDefault="00D97008" w:rsidP="00D97008">
+        <w:t xml:space="preserve">value </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C1D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>occurred.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FE7BB21" w14:textId="77777777" w:rsidR="00B36B9E" w:rsidRDefault="00B36B9E" w:rsidP="00B36B9E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="357"/>
-[...31 lines deleted...]
-    <w:p w14:paraId="6FD7280C" w14:textId="7EED5B2D" w:rsidR="00351541" w:rsidRDefault="00351541" w:rsidP="00D97008">
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FD7280C" w14:textId="5EE12F7D" w:rsidR="00351541" w:rsidRDefault="00351541" w:rsidP="00B36B9E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00344723">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HINT</w:t>
       </w:r>
       <w:r w:rsidRPr="00344723">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -12997,70 +12964,88 @@
         </w:rPr>
         <w:t>…</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78B1C12C" w14:textId="4193CA85" w:rsidR="00342EAA" w:rsidRPr="00E87154" w:rsidRDefault="00342EAA" w:rsidP="00342EAA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E87154">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="518E8332" w14:textId="77777777" w:rsidR="00351541" w:rsidRDefault="00351541"/>
-    <w:p w14:paraId="15596E35" w14:textId="64C9E917" w:rsidR="00F67974" w:rsidRDefault="00620193" w:rsidP="00C10163">
+    <w:p w14:paraId="3672DDBB" w14:textId="77777777" w:rsidR="00B36B9E" w:rsidRDefault="00B36B9E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15596E35" w14:textId="4CF38CF1" w:rsidR="00F67974" w:rsidRDefault="00620193" w:rsidP="00C10163">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D97008">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">On the scale below draw two parallel </w:t>
       </w:r>
       <w:r w:rsidR="002B3830" w:rsidRPr="00D97008">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>vertical</w:t>
       </w:r>
       <w:r w:rsidR="0017719A" w:rsidRPr="00D97008">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D97008">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>box</w:t>
@@ -13257,51 +13242,50 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57324B8E" w14:textId="6902583C" w:rsidR="00993652" w:rsidRPr="00FB5173" w:rsidRDefault="00993652" w:rsidP="00FB5173">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB5173">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>HINT:</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB5173">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> To construct the box</w:t>
       </w:r>
       <w:r w:rsidR="000326F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FB5173">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>plots you can follow the instructions below:</w:t>
@@ -13580,52 +13564,62 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="43B95B73" w14:textId="29E65459" w:rsidR="00FB5173" w:rsidRDefault="00FB5173">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Title: …………………………………………………………………………………………………………………</w:t>
       </w:r>
       <w:r w:rsidR="00020D2A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>……………..</w:t>
-      </w:r>
+        <w:t>…………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00020D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>…..</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="7B8A1BCC" w14:textId="77777777" w:rsidR="00FB5173" w:rsidRDefault="00FB5173" w:rsidP="00FB5173">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2D7B18D0" w14:textId="2BD0D046" w:rsidR="002E0E7E" w:rsidRDefault="00FB5173" w:rsidP="00FB5173">
       <w:pPr>
         <w:ind w:left="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
@@ -15970,414 +15964,334 @@
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>line of best fit</w:t>
       </w:r>
       <w:r w:rsidRPr="00800467">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> can be used to show the trend of the data. A line of best fit is a straight line that passes as close as possible to all the data points, with roughly an equal number of data points on either side. The line of best fit helps to visualize the correlation (or lack of correlation) between the variables and is used to make predictions about the data. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="598ABF73" w14:textId="77777777" w:rsidR="00D53F5E" w:rsidRDefault="00D53F5E" w:rsidP="00292622">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="35D209A1" w14:textId="6240585C" w:rsidR="00292622" w:rsidRDefault="00292622" w:rsidP="00292622">
+    <w:p w14:paraId="5303681B" w14:textId="77777777" w:rsidR="00DE0FAB" w:rsidRDefault="00DE0FAB" w:rsidP="00DE0FAB">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00344723">
+      <w:r w:rsidRPr="007D0895">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The data in the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00292622">
+      <w:r w:rsidRPr="007D0895">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>second</w:t>
       </w:r>
+      <w:r w:rsidRPr="007D0895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> worksheet of the MS Excel workbook “Investigating Ozone” provides the hourly concentrations of different atmospheric pollutants as well as </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> worksheet of the MS Excel workbook “Investigating Ozone” </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">provides the </w:t>
+        <w:t xml:space="preserve">hourly measurements of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D0895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">different atmospheric variables, such as wind speed and ambient outside temperature, over a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007D0895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>24 hour</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007D0895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> period for 1 March 2019. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>hourly</w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> of </w:t>
+        <w:t xml:space="preserve">On this day sunrise was at 6:43 am and sunset at 7:31 pm. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44BDA81A" w14:textId="77777777" w:rsidR="00DE0FAB" w:rsidRPr="007D0895" w:rsidRDefault="00DE0FAB" w:rsidP="00DE0FAB">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D0895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The data was collected using an Air Quality Monitoring Station (AQMS) that was installed on the grounds of the Liverpool Girls High School from March 2019 until February 2020.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14677EA2" w14:textId="77777777" w:rsidR="00DE0FAB" w:rsidRDefault="00DE0FAB" w:rsidP="00DE0FAB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D0895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In this activity you will investigate whether a relationship exists between the ambient outside temperature and the concentration of surface-level ozone in the atmosphere, with both variables having been measured every hour over the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007D0895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>24 hour</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007D0895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> period on 1 March 2019.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>different atmospheric pollutants as well as different atmospheric variables, such as wind speed and ambient outside temperature,</w:t>
-[...150 lines deleted...]
-        <w:t xml:space="preserve"> period on 1 March 2019.</w:t>
+        <w:t xml:space="preserve"> As the formation of ozone is dependent on the presence of sunlight, only the data from 7 am (after sunrise) to 7 pm (just before sunset) will be considered.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46DFB891" w14:textId="77777777" w:rsidR="002C1C2F" w:rsidRPr="00AB24A2" w:rsidRDefault="002C1C2F" w:rsidP="00586415">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4B07FE1C" w14:textId="77777777" w:rsidR="00586415" w:rsidRPr="00AB24A2" w:rsidRDefault="00586415" w:rsidP="00586415">
+    <w:p w14:paraId="7EFFF37F" w14:textId="77777777" w:rsidR="00DE0FAB" w:rsidRPr="00AB24A2" w:rsidRDefault="00DE0FAB" w:rsidP="00DE0FAB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB24A2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Use MS Excel to construct a </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB24A2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>scatter graph</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB24A2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> of hourly ambient outside temperature (independent variable) versus hourly concentration of ozone (dependent variable) measured on 1 March 2019 at Liverpool Girls High School.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0CAC67E5" w14:textId="77777777" w:rsidR="00586415" w:rsidRPr="00AB24A2" w:rsidRDefault="00586415" w:rsidP="00586415">
+        <w:t xml:space="preserve"> of hourly ambient outside temperature (independent variable) versus hourly concentration of ozone (dependent variable) measured on 1 March 2019 at Liverpool Girls High School</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from 7 am to 7 pm</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB24A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C2D4393" w14:textId="77777777" w:rsidR="00DE0FAB" w:rsidRPr="00AB24A2" w:rsidRDefault="00DE0FAB" w:rsidP="00DE0FAB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB24A2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Include a </w:t>
       </w:r>
       <w:r w:rsidRPr="00991E2B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>line of best fit</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB24A2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to indicate the trend.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D1A6900" w14:textId="77777777" w:rsidR="00586415" w:rsidRPr="00AB24A2" w:rsidRDefault="00586415" w:rsidP="00586415">
+    <w:p w14:paraId="2F8642BC" w14:textId="77777777" w:rsidR="00DE0FAB" w:rsidRPr="00AB24A2" w:rsidRDefault="00DE0FAB" w:rsidP="00DE0FAB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB24A2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Give the graph an appropriate </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00AB24A2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>title, and</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00AB24A2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> label the vertical and horizontal axes appropriately. Don’t forget to include units of measurement where needed. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="093AF04E" w14:textId="77777777" w:rsidR="00586415" w:rsidRPr="00AB24A2" w:rsidRDefault="00586415" w:rsidP="00586415">
+    <w:p w14:paraId="4CBAE217" w14:textId="77777777" w:rsidR="00DE0FAB" w:rsidRPr="00AB24A2" w:rsidRDefault="00DE0FAB" w:rsidP="00DE0FAB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB24A2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Include your graph in the space below.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3521A8DE" w14:textId="77777777" w:rsidR="00586415" w:rsidRPr="008C3B68" w:rsidRDefault="00586415" w:rsidP="00586415">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
@@ -16426,99 +16340,206 @@
       <w:r w:rsidRPr="00AB24A2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">erform the following steps to produce the graph using the data from the “hourly ozone conc 1 March 2019” </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>MS Excel worksheet</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB24A2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3ACC6677" w14:textId="77777777" w:rsidR="00586415" w:rsidRPr="00AB24A2" w:rsidRDefault="00586415" w:rsidP="00586415">
+    <w:p w14:paraId="3623A883" w14:textId="77777777" w:rsidR="00DE0FAB" w:rsidRPr="00AB24A2" w:rsidRDefault="00DE0FAB" w:rsidP="00DE0FAB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="425"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB24A2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Highlight the hourly ambient outside temperatures in column C by clicking on cell C2 and, holding the button depressed, dragging the cursor to cell C25 then releasing the button. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4E83A7A4" w14:textId="77777777" w:rsidR="00586415" w:rsidRPr="00AB24A2" w:rsidRDefault="00586415" w:rsidP="00586415">
+        <w:t xml:space="preserve">Highlight the hourly ambient outside temperatures in column C </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">from 7 am to 7 pm </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB24A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>by clicking on cell C</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB24A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and, holding the button depressed, dragging the cursor to cell C2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB24A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> then releasing the button. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11047143" w14:textId="77777777" w:rsidR="00DE0FAB" w:rsidRPr="00AB24A2" w:rsidRDefault="00DE0FAB" w:rsidP="00DE0FAB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="425"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB24A2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Holding down the “Command” or “Control” key, click on cell G2 and drag the cursor to cell G25 to highlight the hourly ozone concentrations.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2BC31233" w14:textId="77777777" w:rsidR="00586415" w:rsidRPr="00991E2B" w:rsidRDefault="00586415" w:rsidP="00586415">
+        <w:lastRenderedPageBreak/>
+        <w:t>Holding down the “Command” or “Control” key, click on cell G</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB24A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and drag the cursor to cell G2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB24A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to highlight the hourly ozone concentrations</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for the same </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>time period</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AB24A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48C1227D" w14:textId="77777777" w:rsidR="00DE0FAB" w:rsidRPr="00991E2B" w:rsidRDefault="00DE0FAB" w:rsidP="00DE0FAB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="60" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="425"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB24A2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Click the </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB24A2">
         <w:rPr>
@@ -16551,73 +16572,72 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> from the Charts, and click on the s</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB24A2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">catter graph </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB24A2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(first graph) in the dialog box. Then click OK.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="759DFD46" w14:textId="77777777" w:rsidR="00586415" w:rsidRDefault="00586415" w:rsidP="00586415">
+    <w:p w14:paraId="3454E4E9" w14:textId="77777777" w:rsidR="00DE0FAB" w:rsidRDefault="00DE0FAB" w:rsidP="00DE0FAB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="425"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB24A2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Click on your chart. Click </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB24A2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Chart</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB24A2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB24A2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
@@ -16717,51 +16737,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> click </w:t>
       </w:r>
       <w:r w:rsidRPr="00991E2B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>linear</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> from the dialog box.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="490A62F6" w14:textId="77777777" w:rsidR="00586415" w:rsidRPr="00AB24A2" w:rsidRDefault="00586415" w:rsidP="00586415">
+    <w:p w14:paraId="37DE8DC5" w14:textId="77777777" w:rsidR="00DE0FAB" w:rsidRPr="00AB24A2" w:rsidRDefault="00DE0FAB" w:rsidP="00DE0FAB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="425"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB24A2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Click on </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB24A2">
         <w:rPr>
@@ -16836,51 +16856,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> then press </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB24A2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>enter</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB24A2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E834D03" w14:textId="77777777" w:rsidR="00586415" w:rsidRPr="00AB24A2" w:rsidRDefault="00586415" w:rsidP="00586415">
+    <w:p w14:paraId="6FF19136" w14:textId="77777777" w:rsidR="00DE0FAB" w:rsidRPr="00AB24A2" w:rsidRDefault="00DE0FAB" w:rsidP="00DE0FAB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="425"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB24A2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Click on </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB24A2">
         <w:rPr>
@@ -16949,51 +16969,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ress </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00AB24A2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>enter</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00AB24A2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E2E372A" w14:textId="77777777" w:rsidR="00586415" w:rsidRPr="00AB24A2" w:rsidRDefault="00586415" w:rsidP="00586415">
+    <w:p w14:paraId="215CABDF" w14:textId="77777777" w:rsidR="00DE0FAB" w:rsidRDefault="00DE0FAB" w:rsidP="00DE0FAB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="425"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB24A2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Click on </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB24A2">
         <w:rPr>
@@ -17100,185 +17120,195 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Title: ………………………………………………………………………………………………………………………………………………….</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3529B12D" w14:textId="77777777" w:rsidR="00586415" w:rsidRDefault="00586415" w:rsidP="00586415"/>
     <w:p w14:paraId="1B7ED634" w14:textId="77777777" w:rsidR="00586415" w:rsidRDefault="00586415" w:rsidP="00586415"/>
     <w:p w14:paraId="6BEC4DF9" w14:textId="77777777" w:rsidR="00586415" w:rsidRDefault="00586415" w:rsidP="00586415"/>
     <w:p w14:paraId="6378356D" w14:textId="77777777" w:rsidR="00586415" w:rsidRDefault="00586415" w:rsidP="00586415"/>
     <w:p w14:paraId="15A68D10" w14:textId="77777777" w:rsidR="00586415" w:rsidRDefault="00586415" w:rsidP="00586415"/>
     <w:p w14:paraId="317E58F5" w14:textId="77777777" w:rsidR="00586415" w:rsidRDefault="00586415" w:rsidP="00586415"/>
     <w:p w14:paraId="5727870B" w14:textId="77777777" w:rsidR="00586415" w:rsidRDefault="00586415" w:rsidP="00586415"/>
     <w:p w14:paraId="22749B3F" w14:textId="77777777" w:rsidR="00586415" w:rsidRDefault="00586415" w:rsidP="00586415"/>
     <w:p w14:paraId="5402C367" w14:textId="77777777" w:rsidR="000A2E2C" w:rsidRDefault="000A2E2C" w:rsidP="00586415"/>
     <w:p w14:paraId="2D1FB4AC" w14:textId="77777777" w:rsidR="00D53F5E" w:rsidRDefault="00D53F5E" w:rsidP="00586415"/>
     <w:p w14:paraId="524B5C9F" w14:textId="77777777" w:rsidR="00D53F5E" w:rsidRDefault="00D53F5E" w:rsidP="00586415"/>
-    <w:p w14:paraId="1EF279E9" w14:textId="77777777" w:rsidR="00F66840" w:rsidRPr="00F66840" w:rsidRDefault="00F66840" w:rsidP="00586415">
-[...7 lines deleted...]
-    <w:p w14:paraId="26ADFF38" w14:textId="4F599B29" w:rsidR="00586415" w:rsidRPr="002E21F7" w:rsidRDefault="00586415" w:rsidP="00586415">
+    <w:p w14:paraId="3FFF6B7E" w14:textId="77777777" w:rsidR="00DE0FAB" w:rsidRDefault="00DE0FAB" w:rsidP="00586415"/>
+    <w:p w14:paraId="508D1B00" w14:textId="77777777" w:rsidR="00DE0FAB" w:rsidRDefault="00DE0FAB" w:rsidP="00586415"/>
+    <w:p w14:paraId="6AC96F1E" w14:textId="77777777" w:rsidR="00DE0FAB" w:rsidRPr="002E21F7" w:rsidRDefault="00DE0FAB" w:rsidP="00DE0FAB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E21F7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Is there a correlation (or </w:t>
       </w:r>
-      <w:r w:rsidR="00F66840">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">strong </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D53F5E">
+        <w:t>strong relationship</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E21F7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>relationship</w:t>
+        <w:t xml:space="preserve">) between the </w:t>
       </w:r>
       <w:r w:rsidRPr="002E21F7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">) between the </w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hourly ambient outside temperature and the hourly concentration of ozone </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>during daylight hours</w:t>
       </w:r>
       <w:r w:rsidRPr="002E21F7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">hourly ambient outside temperature and the hourly concentration of ozone measured on 1 March 2019? Give a reason for your answer. </w:t>
+        <w:t xml:space="preserve"> on 1 March 2019? Give a reason for your answer. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C24E1A1" w14:textId="77777777" w:rsidR="00586415" w:rsidRPr="00D91703" w:rsidRDefault="00586415" w:rsidP="00586415">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2DF0D8F9" w14:textId="77777777" w:rsidR="00586415" w:rsidRPr="00677B43" w:rsidRDefault="00586415" w:rsidP="00586415">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00677B43">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BC08920" w14:textId="77777777" w:rsidR="00586415" w:rsidRPr="00D91703" w:rsidRDefault="00586415" w:rsidP="00586415">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="0BC08920" w14:textId="6E62EEF1" w:rsidR="00586415" w:rsidRPr="00DE0FAB" w:rsidRDefault="00DE0FAB" w:rsidP="00DE0FAB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="0070C0"/>
-          <w:sz w:val="12"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00677B43">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>………………………………………………………………………………………………………………………………………………………</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="74593ABB" w14:textId="77777777" w:rsidR="00586415" w:rsidRPr="00EC1892" w:rsidRDefault="00586415" w:rsidP="008C3B68">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC1892">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">A </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC1892">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>correlation</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC1892">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> between variables, however, </w:t>
       </w:r>
       <w:r w:rsidRPr="00D41350">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -17292,138 +17322,169 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> that the change in one variable is the </w:t>
       </w:r>
       <w:r w:rsidRPr="00D41350">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>cause</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC1892">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the change in the values of the other variable.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E2F1B49" w14:textId="3BA2518E" w:rsidR="00586415" w:rsidRPr="00BC4FC0" w:rsidRDefault="00586415" w:rsidP="008C3B68">
+    <w:p w14:paraId="0E6FDC54" w14:textId="77777777" w:rsidR="00DE0FAB" w:rsidRDefault="00DE0FAB" w:rsidP="008C3B68">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="22"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Causation</w:t>
-[...52 lines deleted...]
-    <w:p w14:paraId="10368308" w14:textId="77777777" w:rsidR="00586415" w:rsidRPr="00EC1892" w:rsidRDefault="00586415" w:rsidP="00586415">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43EDFDA5" w14:textId="77777777" w:rsidR="00DE0FAB" w:rsidRDefault="00DE0FAB" w:rsidP="00DE0FAB">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC1892">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Causation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC1892">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> indicates that one event is the result of the occurrence of the other event, that is, there is a causal relationship between the two events. This is also referred to as </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EC1892">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>‘cause</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EC1892">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and effect’.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4FC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A scatter graph can only indicate correlation</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, that is, the size and direction of a relationship between the two variables</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4FC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. More information is needed to show causation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75FCD4C7" w14:textId="77777777" w:rsidR="00DE0FAB" w:rsidRDefault="00DE0FAB" w:rsidP="00586415">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10368308" w14:textId="77BBAD86" w:rsidR="00586415" w:rsidRPr="00EC1892" w:rsidRDefault="00586415" w:rsidP="00586415">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC1892">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Is there a </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EC1892">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>‘cause</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EC1892">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and effect’ relationship for these two variables, outside temperature and surface-level ozone concentration? Justify your answer. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="164D96A3" w14:textId="094AE967" w:rsidR="00586415" w:rsidRDefault="00586415" w:rsidP="00D41350">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
@@ -17540,51 +17601,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E87154">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FC781EA" w14:textId="77777777" w:rsidR="00D53F5E" w:rsidRPr="00C35995" w:rsidRDefault="00D53F5E" w:rsidP="00586415">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="16E0D2D9" w14:textId="77777777" w:rsidR="00586415" w:rsidRPr="00EC1892" w:rsidRDefault="00586415" w:rsidP="00586415">
+    <w:p w14:paraId="16E0D2D9" w14:textId="4C849C05" w:rsidR="00586415" w:rsidRPr="00EC1892" w:rsidRDefault="00586415" w:rsidP="00586415">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC1892">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Increases in greenhouse gases, such as carbon dioxide and methane, due to human activity are the main cause of global warming. Continued release of greenhouse gases will cause further warming and changes in the world’s climate system. The CSIRO has used climate modelling to make </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -17642,67 +17703,65 @@
       </w:r>
       <w:r w:rsidRPr="008F2033">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> study of present trends</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC1892">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> about the effect of climate change </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00DE0FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
       <w:r w:rsidRPr="00EC1892">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>on</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> Australia into the future. Their pr</w:t>
+        <w:t>n Australia into the future. Their pr</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ojections</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC1892">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> are outlined on the following webpage:  </w:t>
       </w:r>
       <w:hyperlink r:id="rId32" w:history="1">
         <w:r w:rsidRPr="00EC1892">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
@@ -20640,85 +20699,101 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="71D490AF" w14:textId="4DF85DF7" w:rsidR="005636FD" w:rsidRPr="007678CA" w:rsidRDefault="005636FD" w:rsidP="007678CA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007678CA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Does this agree with your prediction? Comment on the peak time shown by the graph.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C0ADB27" w14:textId="77777777" w:rsidR="005636FD" w:rsidRPr="007678CA" w:rsidRDefault="005636FD" w:rsidP="007678CA">
+    <w:p w14:paraId="1C0ADB27" w14:textId="6EC98F49" w:rsidR="005636FD" w:rsidRPr="007678CA" w:rsidRDefault="005636FD" w:rsidP="007678CA">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007678CA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="007678CA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HINT</w:t>
       </w:r>
       <w:r w:rsidRPr="007678CA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>: In Sydney Daylight Saving operates until early April)</w:t>
+        <w:t>: In Sydney</w:t>
+      </w:r>
+      <w:r w:rsidR="0016320C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007678CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Daylight Saving operates until early April)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3172DBDB" w14:textId="644A5C0F" w:rsidR="007678CA" w:rsidRDefault="00065870" w:rsidP="00AC4B4F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E87154">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17AEB35A" w14:textId="77777777" w:rsidR="00AC4B4F" w:rsidRPr="00C35995" w:rsidRDefault="00AC4B4F" w:rsidP="00586415">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
@@ -23419,50 +23494,51 @@
                                   <pic:spPr>
                                     <a:xfrm>
                                       <a:off x="0" y="0"/>
                                       <a:ext cx="3427840" cy="1890172"/>
                                     </a:xfrm>
                                     <a:prstGeom prst="rect">
                                       <a:avLst/>
                                     </a:prstGeom>
                                   </pic:spPr>
                                 </pic:pic>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C118AA4" w14:textId="44335E96" w:rsidR="00343F0B" w:rsidRDefault="00DF7169" w:rsidP="00BE6067">
+      <w:bookmarkStart w:id="2" w:name="_Hlk222734723"/>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669538" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="21D7C446" wp14:editId="1D819628">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3193576</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>6444</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3105633" cy="3234519"/>
                 <wp:effectExtent l="0" t="0" r="0" b="4445"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1503842232" name="Text Box 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
@@ -23828,92 +23904,97 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7322C0B8" w14:textId="77777777" w:rsidR="00DF7169" w:rsidRDefault="00DF7169" w:rsidP="00BE6067">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="616ACEE2" w14:textId="77777777" w:rsidR="00FE5265" w:rsidRDefault="00FE5265" w:rsidP="00DF7169">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:bookmarkEnd w:id="2"/>
     <w:p w14:paraId="74089F6D" w14:textId="77777777" w:rsidR="00FE5265" w:rsidRDefault="00FE5265" w:rsidP="00DF7169">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="50A2B37A" w14:textId="598F9309" w:rsidR="00A92C0C" w:rsidRPr="00DF7169" w:rsidRDefault="00BE6067" w:rsidP="00DF7169">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E0E7E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Information adapted from the document ‘Data representation 7-10’ which can be found at  </w:t>
       </w:r>
       <w:hyperlink r:id="rId37" w:history="1">
         <w:r w:rsidRPr="002E0E7E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Science 7–10 Syllabus (2023) - Teaching and learning support | NSW Curriculum | NSW Education Standards Authority</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr w:rsidR="00A92C0C" w:rsidRPr="00DF7169" w:rsidSect="009A55A8">
-      <w:headerReference w:type="default" r:id="rId38"/>
-      <w:footerReference w:type="default" r:id="rId39"/>
+      <w:headerReference w:type="even" r:id="rId38"/>
+      <w:headerReference w:type="default" r:id="rId39"/>
+      <w:footerReference w:type="even" r:id="rId40"/>
+      <w:footerReference w:type="default" r:id="rId41"/>
+      <w:headerReference w:type="first" r:id="rId42"/>
+      <w:footerReference w:type="first" r:id="rId43"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3310D8BA" w14:textId="77777777" w:rsidR="005C4ADF" w:rsidRDefault="005C4ADF" w:rsidP="009A55A8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="33434400" w14:textId="77777777" w:rsidR="005C4ADF" w:rsidRDefault="005C4ADF" w:rsidP="009A55A8">
       <w:pPr>
@@ -24015,134 +24096,225 @@
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:sdt>
-[...7 lines deleted...]
-    <w:sdtEndPr>
+  <w:p w14:paraId="4CD0E80B" w14:textId="77777777" w:rsidR="00F44366" w:rsidRDefault="00F44366">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5921B6E1" w14:textId="09104993" w:rsidR="004F58DC" w:rsidRPr="00F44366" w:rsidRDefault="00F44366" w:rsidP="004F58DC">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
       <w:rPr>
-        <w:noProof/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
-    </w:sdtEndPr>
-[...6 lines deleted...]
-        <w:r>
+    </w:pPr>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:alias w:val="Title"/>
+        <w:id w:val="1743288076"/>
+        <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns0:title[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:r w:rsidR="004F58DC" w:rsidRPr="00F44366">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>Investigating ozone</w:t>
+        </w:r>
+      </w:sdtContent>
+    </w:sdt>
+    <w:r w:rsidR="004F58DC" w:rsidRPr="00F44366">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:tab/>
+      <w:t>updated 23 February 2026</w:t>
+    </w:r>
+    <w:r w:rsidR="004F58DC" w:rsidRPr="00F44366">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:id w:val="1420058667"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:r w:rsidR="004F58DC" w:rsidRPr="00F44366">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Page | </w:t>
+        </w:r>
+        <w:r w:rsidR="004F58DC" w:rsidRPr="00F44366">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="004F58DC" w:rsidRPr="00F44366">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="004F58DC" w:rsidRPr="00F44366">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="004F58DC" w:rsidRPr="00F44366">
           <w:rPr>
-            <w:noProof/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="004F58DC" w:rsidRPr="00F44366">
           <w:rPr>
-            <w:noProof/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-      </w:p>
-[...2 lines deleted...]
-  <w:p w14:paraId="03C50DF1" w14:textId="77777777" w:rsidR="00747A6C" w:rsidRDefault="00747A6C">
+      </w:sdtContent>
+    </w:sdt>
+  </w:p>
+  <w:p w14:paraId="03C50DF1" w14:textId="78CC8546" w:rsidR="00747A6C" w:rsidRPr="004F58DC" w:rsidRDefault="00747A6C" w:rsidP="004F58DC">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="78765D44" w14:textId="77777777" w:rsidR="00F44366" w:rsidRDefault="00F44366">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="0BF5A7B4" w14:textId="77777777" w:rsidR="005C4ADF" w:rsidRDefault="005C4ADF" w:rsidP="009A55A8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="34115F6B" w14:textId="77777777" w:rsidR="005C4ADF" w:rsidRDefault="005C4ADF" w:rsidP="009A55A8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="523B3CD5" w14:textId="77777777" w:rsidR="005C4ADF" w:rsidRDefault="005C4ADF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="35062778" w14:textId="77777777" w:rsidR="00F44366" w:rsidRDefault="00F44366">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0162428F" w14:textId="2436CA77" w:rsidR="009A55A8" w:rsidRDefault="009A55A8">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0305F98F" wp14:editId="0EE1F98D">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:align>right</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>7711</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1504950" cy="419735"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapSquare wrapText="bothSides"/>
           <wp:docPr id="17" name="Picture 17" descr="A blue text with a arrow pointing up&#10;&#10;AI-generated content may be incorrect."/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -24174,50 +24346,60 @@
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="7353AE75" w14:textId="77777777" w:rsidR="009A55A8" w:rsidRDefault="009A55A8">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="37856657" w14:textId="77777777" w:rsidR="00F44366" w:rsidRDefault="00F44366">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="020F31EA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="2260123E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -26552,50 +26734,139 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4C120961"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="08004550"/>
+    <w:lvl w:ilvl="0" w:tplc="C7A0F7A0">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4C5648E3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CBE0CB3A"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -26640,51 +26911,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4F246F38"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2CF4EDFC"/>
     <w:lvl w:ilvl="0" w:tplc="CA76B0AE">
       <w:start w:val="5"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
@@ -26729,51 +27000,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51114139"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CBE0CB3A"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
@@ -26818,51 +27089,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52902E49"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8F1C9102"/>
     <w:lvl w:ilvl="0" w:tplc="1AF6BD30">
       <w:start w:val="2"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
@@ -26907,51 +27178,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="53B74F7D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4A0AC00A"/>
     <w:lvl w:ilvl="0" w:tplc="98488F2C">
       <w:start w:val="7"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
@@ -26996,51 +27267,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="56CA4D53"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="07FA66FC"/>
     <w:lvl w:ilvl="0" w:tplc="53CC32A6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="DoEtablelist2bullet2018"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="918" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1638" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -27110,51 +27381,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5958" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6678" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="58395A89"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EF5896BC"/>
     <w:lvl w:ilvl="0" w:tplc="14461362">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1437" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
@@ -27199,51 +27470,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5037" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5757" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6477" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5AD445B7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="425ADE7A"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1437" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -27285,51 +27556,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5037" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5757" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6477" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5B522A1A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0A666836"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -27371,51 +27642,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5D8E5418"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EDDE07C8"/>
     <w:lvl w:ilvl="0" w:tplc="AC58243E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Times New Roman" w:hAnsi="Helvetica Neue" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -27483,51 +27754,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="654C6284"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5902372A"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -27596,51 +27867,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66687AEA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="78167D10"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -27709,51 +27980,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6A824E87"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F3F25668"/>
     <w:lvl w:ilvl="0" w:tplc="55B0B262">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
@@ -27798,51 +28069,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6B573600"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CBAAE576"/>
     <w:lvl w:ilvl="0" w:tplc="0C09000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -27884,51 +28155,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6FA42B82"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8E6A2470"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -28033,51 +28304,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="72E4571B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="43464F3A"/>
     <w:lvl w:ilvl="0" w:tplc="F152702E">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -28125,51 +28396,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="77C178B6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="51549D90"/>
     <w:lvl w:ilvl="0" w:tplc="458C5FAC">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="A63CF782" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -28238,51 +28509,51 @@
     <w:lvl w:ilvl="7" w:tplc="30243CDE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="6324C394" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7ACD6032"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3646A8C6"/>
     <w:lvl w:ilvl="0" w:tplc="AC58243E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Times New Roman" w:hAnsi="Helvetica Neue" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -28350,51 +28621,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7D382D57"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B3B0F286"/>
     <w:lvl w:ilvl="0" w:tplc="D7567C12">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
@@ -28439,51 +28710,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7FE71327"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B3B0F286"/>
     <w:styleLink w:val="CurrentList1"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -28530,367 +28801,377 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1267888868">
-    <w:abstractNumId w:val="35"/>
+    <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="176504087">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1522015565">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1310944433">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1774472910">
-    <w:abstractNumId w:val="29"/>
+    <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1663704418">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1760984228">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="978221128">
     <w:abstractNumId w:val="12"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="334653440">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="378282475">
-    <w:abstractNumId w:val="37"/>
+    <w:abstractNumId w:val="38"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="27146266">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1277718356">
-    <w:abstractNumId w:val="42"/>
+    <w:abstractNumId w:val="43"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="2041474442">
-    <w:abstractNumId w:val="43"/>
+    <w:abstractNumId w:val="44"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1857186223">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1303464286">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1250116864">
-    <w:abstractNumId w:val="34"/>
+    <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="970742334">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="486634809">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="360590629">
-    <w:abstractNumId w:val="36"/>
+    <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="157312889">
-    <w:abstractNumId w:val="28"/>
+    <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1046955672">
-    <w:abstractNumId w:val="40"/>
+    <w:abstractNumId w:val="41"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1998069073">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="293173360">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1891501691">
-    <w:abstractNumId w:val="32"/>
+    <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="164133959">
-    <w:abstractNumId w:val="39"/>
+    <w:abstractNumId w:val="40"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1750468304">
-    <w:abstractNumId w:val="26"/>
+    <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="484783684">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="1289781149">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="1943224364">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="266933159">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="1554538038">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="2093308390">
-    <w:abstractNumId w:val="41"/>
+    <w:abstractNumId w:val="42"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="157231008">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="1355424575">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="1685324440">
-    <w:abstractNumId w:val="38"/>
+    <w:abstractNumId w:val="39"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:numFmt w:val="bullet"/>
         <w:lvlText w:val="o"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="num" w:pos="720"/>
           </w:tabs>
           <w:ind w:left="720" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="1589461458">
-    <w:abstractNumId w:val="33"/>
+    <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="1264418686">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="1453403540">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="1556359229">
-    <w:abstractNumId w:val="30"/>
+    <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="1993409230">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="471484918">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="1893150210">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="987781521">
-    <w:abstractNumId w:val="31"/>
+    <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="1346857064">
     <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="45" w16cid:durableId="1009721033">
+    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="25"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="93"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B95754"/>
     <w:rsid w:val="0000038B"/>
     <w:rsid w:val="0000466E"/>
     <w:rsid w:val="00020D2A"/>
     <w:rsid w:val="000326F9"/>
     <w:rsid w:val="00036594"/>
     <w:rsid w:val="00037C0E"/>
     <w:rsid w:val="00044737"/>
+    <w:rsid w:val="0004605D"/>
     <w:rsid w:val="00057442"/>
     <w:rsid w:val="00061903"/>
     <w:rsid w:val="00062670"/>
     <w:rsid w:val="00063FDB"/>
     <w:rsid w:val="00065870"/>
     <w:rsid w:val="00066FF3"/>
     <w:rsid w:val="000760E8"/>
     <w:rsid w:val="00080405"/>
     <w:rsid w:val="00082E4C"/>
     <w:rsid w:val="00084651"/>
     <w:rsid w:val="00084DE0"/>
     <w:rsid w:val="000911BA"/>
     <w:rsid w:val="00093776"/>
     <w:rsid w:val="0009397C"/>
     <w:rsid w:val="000952A2"/>
     <w:rsid w:val="00095DF5"/>
     <w:rsid w:val="000A2E2C"/>
     <w:rsid w:val="000A6DB4"/>
     <w:rsid w:val="000B325D"/>
     <w:rsid w:val="000B3E7B"/>
     <w:rsid w:val="000B6A4B"/>
     <w:rsid w:val="000C4585"/>
     <w:rsid w:val="000D4761"/>
     <w:rsid w:val="000E5CC0"/>
     <w:rsid w:val="000F3524"/>
     <w:rsid w:val="000F7395"/>
     <w:rsid w:val="00104B3B"/>
     <w:rsid w:val="00110715"/>
     <w:rsid w:val="00120092"/>
     <w:rsid w:val="00125715"/>
     <w:rsid w:val="001258E5"/>
     <w:rsid w:val="0013773F"/>
     <w:rsid w:val="001453BF"/>
     <w:rsid w:val="00146E03"/>
     <w:rsid w:val="00160DAD"/>
+    <w:rsid w:val="0016320C"/>
     <w:rsid w:val="00163D09"/>
     <w:rsid w:val="00166C20"/>
     <w:rsid w:val="0016751B"/>
     <w:rsid w:val="00171E9E"/>
     <w:rsid w:val="00173E61"/>
     <w:rsid w:val="001744CD"/>
     <w:rsid w:val="00176B44"/>
     <w:rsid w:val="0017719A"/>
     <w:rsid w:val="0018237F"/>
     <w:rsid w:val="00184805"/>
     <w:rsid w:val="001860A1"/>
     <w:rsid w:val="0019025A"/>
     <w:rsid w:val="00193CC0"/>
     <w:rsid w:val="001B2DE6"/>
     <w:rsid w:val="001C1D62"/>
     <w:rsid w:val="001C2FB4"/>
     <w:rsid w:val="001C4472"/>
     <w:rsid w:val="001C635F"/>
     <w:rsid w:val="001D19E0"/>
     <w:rsid w:val="001D3428"/>
     <w:rsid w:val="001D480A"/>
     <w:rsid w:val="001E017F"/>
     <w:rsid w:val="001E0560"/>
     <w:rsid w:val="001E0B5F"/>
     <w:rsid w:val="001E1500"/>
     <w:rsid w:val="001F2E64"/>
     <w:rsid w:val="00203294"/>
     <w:rsid w:val="002033B0"/>
     <w:rsid w:val="00206C3B"/>
     <w:rsid w:val="00213767"/>
+    <w:rsid w:val="00213B38"/>
     <w:rsid w:val="00222454"/>
     <w:rsid w:val="00222CBC"/>
     <w:rsid w:val="002245F7"/>
     <w:rsid w:val="0022510E"/>
     <w:rsid w:val="002263F9"/>
     <w:rsid w:val="00243550"/>
     <w:rsid w:val="00247F1C"/>
     <w:rsid w:val="00254733"/>
     <w:rsid w:val="002549E8"/>
     <w:rsid w:val="00260C98"/>
     <w:rsid w:val="002611FB"/>
     <w:rsid w:val="00261C91"/>
     <w:rsid w:val="00270F74"/>
     <w:rsid w:val="00273593"/>
     <w:rsid w:val="00276029"/>
     <w:rsid w:val="00280930"/>
     <w:rsid w:val="00280B14"/>
     <w:rsid w:val="002839A5"/>
     <w:rsid w:val="00287365"/>
     <w:rsid w:val="00290FAF"/>
     <w:rsid w:val="00292622"/>
     <w:rsid w:val="00293702"/>
     <w:rsid w:val="002A0FEF"/>
     <w:rsid w:val="002A1239"/>
     <w:rsid w:val="002A43EA"/>
     <w:rsid w:val="002B3830"/>
     <w:rsid w:val="002C1C2F"/>
     <w:rsid w:val="002C38BB"/>
     <w:rsid w:val="002C7A22"/>
     <w:rsid w:val="002D17A2"/>
     <w:rsid w:val="002E0E7E"/>
     <w:rsid w:val="002E21F7"/>
     <w:rsid w:val="002E40E0"/>
     <w:rsid w:val="002E6001"/>
     <w:rsid w:val="002E76C3"/>
     <w:rsid w:val="002F3D2E"/>
     <w:rsid w:val="002F7FA6"/>
     <w:rsid w:val="00301735"/>
     <w:rsid w:val="003062F5"/>
     <w:rsid w:val="00310F1D"/>
+    <w:rsid w:val="003112CC"/>
     <w:rsid w:val="00326936"/>
     <w:rsid w:val="003359EC"/>
     <w:rsid w:val="00342EAA"/>
     <w:rsid w:val="00343A39"/>
     <w:rsid w:val="00343F0B"/>
     <w:rsid w:val="00344723"/>
     <w:rsid w:val="00351541"/>
     <w:rsid w:val="00351C0D"/>
     <w:rsid w:val="003528F2"/>
     <w:rsid w:val="0035493F"/>
     <w:rsid w:val="00356487"/>
     <w:rsid w:val="00357E2E"/>
     <w:rsid w:val="00365C18"/>
     <w:rsid w:val="00380BB5"/>
     <w:rsid w:val="00381BFD"/>
     <w:rsid w:val="00391D4A"/>
     <w:rsid w:val="003A5A61"/>
     <w:rsid w:val="003B2172"/>
     <w:rsid w:val="003B2C37"/>
     <w:rsid w:val="003B4707"/>
     <w:rsid w:val="003B514C"/>
     <w:rsid w:val="003B630B"/>
     <w:rsid w:val="003B655E"/>
     <w:rsid w:val="003C19F4"/>
     <w:rsid w:val="003C4129"/>
@@ -28917,71 +29198,73 @@
     <w:rsid w:val="00453692"/>
     <w:rsid w:val="00456FE4"/>
     <w:rsid w:val="00467F17"/>
     <w:rsid w:val="00472B98"/>
     <w:rsid w:val="00482424"/>
     <w:rsid w:val="0048604B"/>
     <w:rsid w:val="00491898"/>
     <w:rsid w:val="004974B6"/>
     <w:rsid w:val="004A20A3"/>
     <w:rsid w:val="004A4D66"/>
     <w:rsid w:val="004B27A0"/>
     <w:rsid w:val="004B3E91"/>
     <w:rsid w:val="004B6691"/>
     <w:rsid w:val="004B7E89"/>
     <w:rsid w:val="004C033D"/>
     <w:rsid w:val="004C7BB2"/>
     <w:rsid w:val="004D0834"/>
     <w:rsid w:val="004D2D2F"/>
     <w:rsid w:val="004D4132"/>
     <w:rsid w:val="004D48D6"/>
     <w:rsid w:val="004D7977"/>
     <w:rsid w:val="004D7A36"/>
     <w:rsid w:val="004E4DB1"/>
     <w:rsid w:val="004F170B"/>
     <w:rsid w:val="004F362D"/>
+    <w:rsid w:val="004F58DC"/>
     <w:rsid w:val="00502086"/>
     <w:rsid w:val="00505977"/>
     <w:rsid w:val="005107DF"/>
     <w:rsid w:val="00510C54"/>
     <w:rsid w:val="00514E5A"/>
     <w:rsid w:val="00515FCB"/>
     <w:rsid w:val="00521D2D"/>
     <w:rsid w:val="00521D5B"/>
     <w:rsid w:val="005304CC"/>
     <w:rsid w:val="00540603"/>
     <w:rsid w:val="00540764"/>
     <w:rsid w:val="00543544"/>
     <w:rsid w:val="0054453A"/>
     <w:rsid w:val="00544892"/>
     <w:rsid w:val="005449A0"/>
     <w:rsid w:val="00556399"/>
     <w:rsid w:val="00557764"/>
     <w:rsid w:val="00560195"/>
     <w:rsid w:val="005602F0"/>
     <w:rsid w:val="00560D2A"/>
     <w:rsid w:val="005636FD"/>
+    <w:rsid w:val="00565695"/>
     <w:rsid w:val="0057297A"/>
     <w:rsid w:val="005761D3"/>
     <w:rsid w:val="00576586"/>
     <w:rsid w:val="00577657"/>
     <w:rsid w:val="00583108"/>
     <w:rsid w:val="00586415"/>
     <w:rsid w:val="005925A1"/>
     <w:rsid w:val="00594718"/>
     <w:rsid w:val="005A71F0"/>
     <w:rsid w:val="005A7AFA"/>
     <w:rsid w:val="005B033D"/>
     <w:rsid w:val="005B6F2C"/>
     <w:rsid w:val="005C10CC"/>
     <w:rsid w:val="005C3DB5"/>
     <w:rsid w:val="005C4ADF"/>
     <w:rsid w:val="005C6CFD"/>
     <w:rsid w:val="005D0D71"/>
     <w:rsid w:val="005D55A1"/>
     <w:rsid w:val="005D56CE"/>
     <w:rsid w:val="005E2578"/>
     <w:rsid w:val="005E345F"/>
     <w:rsid w:val="005F2567"/>
     <w:rsid w:val="006005EC"/>
     <w:rsid w:val="00611051"/>
     <w:rsid w:val="0061770D"/>
@@ -29079,50 +29362,51 @@
     <w:rsid w:val="008921CB"/>
     <w:rsid w:val="008A0B67"/>
     <w:rsid w:val="008A51D7"/>
     <w:rsid w:val="008A5EA6"/>
     <w:rsid w:val="008B0BF5"/>
     <w:rsid w:val="008B18FD"/>
     <w:rsid w:val="008B1B4C"/>
     <w:rsid w:val="008B228A"/>
     <w:rsid w:val="008B7743"/>
     <w:rsid w:val="008C03DC"/>
     <w:rsid w:val="008C09BF"/>
     <w:rsid w:val="008C3B68"/>
     <w:rsid w:val="008C5F0F"/>
     <w:rsid w:val="008C6504"/>
     <w:rsid w:val="008D1568"/>
     <w:rsid w:val="008D1F33"/>
     <w:rsid w:val="008D69D1"/>
     <w:rsid w:val="008E5C62"/>
     <w:rsid w:val="008E615A"/>
     <w:rsid w:val="008E7E7F"/>
     <w:rsid w:val="008F2033"/>
     <w:rsid w:val="00914F23"/>
     <w:rsid w:val="009171F7"/>
     <w:rsid w:val="00917A93"/>
     <w:rsid w:val="009211DE"/>
+    <w:rsid w:val="00923703"/>
     <w:rsid w:val="00925179"/>
     <w:rsid w:val="00927D99"/>
     <w:rsid w:val="0093264F"/>
     <w:rsid w:val="009354DD"/>
     <w:rsid w:val="00935614"/>
     <w:rsid w:val="009367A7"/>
     <w:rsid w:val="009458A5"/>
     <w:rsid w:val="00950532"/>
     <w:rsid w:val="00953436"/>
     <w:rsid w:val="0095683E"/>
     <w:rsid w:val="00961F6F"/>
     <w:rsid w:val="0096443C"/>
     <w:rsid w:val="00974E62"/>
     <w:rsid w:val="00975887"/>
     <w:rsid w:val="00982609"/>
     <w:rsid w:val="00990F8E"/>
     <w:rsid w:val="00991E2B"/>
     <w:rsid w:val="00993652"/>
     <w:rsid w:val="009977E9"/>
     <w:rsid w:val="009A0E4D"/>
     <w:rsid w:val="009A55A8"/>
     <w:rsid w:val="009A6279"/>
     <w:rsid w:val="009A6933"/>
     <w:rsid w:val="009A71C5"/>
     <w:rsid w:val="009B3936"/>
@@ -29137,75 +29421,77 @@
     <w:rsid w:val="009F5461"/>
     <w:rsid w:val="00A10592"/>
     <w:rsid w:val="00A11ABE"/>
     <w:rsid w:val="00A16782"/>
     <w:rsid w:val="00A20E61"/>
     <w:rsid w:val="00A25AD9"/>
     <w:rsid w:val="00A26CEE"/>
     <w:rsid w:val="00A27691"/>
     <w:rsid w:val="00A304D1"/>
     <w:rsid w:val="00A308C4"/>
     <w:rsid w:val="00A32380"/>
     <w:rsid w:val="00A34205"/>
     <w:rsid w:val="00A34975"/>
     <w:rsid w:val="00A35133"/>
     <w:rsid w:val="00A3722A"/>
     <w:rsid w:val="00A37F13"/>
     <w:rsid w:val="00A470FA"/>
     <w:rsid w:val="00A50D99"/>
     <w:rsid w:val="00A547E5"/>
     <w:rsid w:val="00A55C30"/>
     <w:rsid w:val="00A55F75"/>
     <w:rsid w:val="00A57EBA"/>
     <w:rsid w:val="00A65A87"/>
     <w:rsid w:val="00A65D7B"/>
     <w:rsid w:val="00A71BC6"/>
+    <w:rsid w:val="00A7451F"/>
     <w:rsid w:val="00A833B1"/>
     <w:rsid w:val="00A92C0C"/>
     <w:rsid w:val="00A93996"/>
     <w:rsid w:val="00A95DB9"/>
     <w:rsid w:val="00AA7C09"/>
     <w:rsid w:val="00AB1C28"/>
     <w:rsid w:val="00AB24A2"/>
     <w:rsid w:val="00AB48C1"/>
     <w:rsid w:val="00AC24A2"/>
     <w:rsid w:val="00AC4B4F"/>
     <w:rsid w:val="00AC611D"/>
     <w:rsid w:val="00AD485D"/>
     <w:rsid w:val="00AE5F11"/>
     <w:rsid w:val="00AE7BCE"/>
     <w:rsid w:val="00AF1232"/>
     <w:rsid w:val="00AF3182"/>
     <w:rsid w:val="00B06AAD"/>
     <w:rsid w:val="00B13A64"/>
     <w:rsid w:val="00B216BA"/>
     <w:rsid w:val="00B22055"/>
     <w:rsid w:val="00B2247A"/>
     <w:rsid w:val="00B23F24"/>
     <w:rsid w:val="00B24421"/>
     <w:rsid w:val="00B31026"/>
     <w:rsid w:val="00B31631"/>
+    <w:rsid w:val="00B36B9E"/>
     <w:rsid w:val="00B47D98"/>
     <w:rsid w:val="00B53E4B"/>
     <w:rsid w:val="00B54B94"/>
     <w:rsid w:val="00B77603"/>
     <w:rsid w:val="00B819E8"/>
     <w:rsid w:val="00B82DA9"/>
     <w:rsid w:val="00B93BD3"/>
     <w:rsid w:val="00B95754"/>
     <w:rsid w:val="00B97B45"/>
     <w:rsid w:val="00BA43A1"/>
     <w:rsid w:val="00BA6266"/>
     <w:rsid w:val="00BB17AB"/>
     <w:rsid w:val="00BB35A1"/>
     <w:rsid w:val="00BB7508"/>
     <w:rsid w:val="00BC3D5C"/>
     <w:rsid w:val="00BC4FC0"/>
     <w:rsid w:val="00BC75D8"/>
     <w:rsid w:val="00BD3818"/>
     <w:rsid w:val="00BE46EE"/>
     <w:rsid w:val="00BE58CA"/>
     <w:rsid w:val="00BE6067"/>
     <w:rsid w:val="00BF3386"/>
     <w:rsid w:val="00C01E5C"/>
     <w:rsid w:val="00C0399B"/>
     <w:rsid w:val="00C05611"/>
@@ -29257,151 +29543,155 @@
     <w:rsid w:val="00D41350"/>
     <w:rsid w:val="00D45E89"/>
     <w:rsid w:val="00D53F5E"/>
     <w:rsid w:val="00D613D1"/>
     <w:rsid w:val="00D62817"/>
     <w:rsid w:val="00D62D3B"/>
     <w:rsid w:val="00D7366F"/>
     <w:rsid w:val="00D75635"/>
     <w:rsid w:val="00D77B19"/>
     <w:rsid w:val="00D82BD2"/>
     <w:rsid w:val="00D83E83"/>
     <w:rsid w:val="00D91703"/>
     <w:rsid w:val="00D924A7"/>
     <w:rsid w:val="00D94E0E"/>
     <w:rsid w:val="00D97008"/>
     <w:rsid w:val="00DA3407"/>
     <w:rsid w:val="00DA642E"/>
     <w:rsid w:val="00DA64FE"/>
     <w:rsid w:val="00DA660A"/>
     <w:rsid w:val="00DB0A5E"/>
     <w:rsid w:val="00DB3F27"/>
     <w:rsid w:val="00DB46DF"/>
     <w:rsid w:val="00DC1E45"/>
     <w:rsid w:val="00DC79F9"/>
     <w:rsid w:val="00DD1BF6"/>
+    <w:rsid w:val="00DE0FAB"/>
     <w:rsid w:val="00DE1255"/>
     <w:rsid w:val="00DE3C2A"/>
     <w:rsid w:val="00DE6C21"/>
     <w:rsid w:val="00DF3D4F"/>
     <w:rsid w:val="00DF7169"/>
     <w:rsid w:val="00E06D72"/>
     <w:rsid w:val="00E13B27"/>
     <w:rsid w:val="00E13CCA"/>
     <w:rsid w:val="00E14C5C"/>
     <w:rsid w:val="00E15CA4"/>
+    <w:rsid w:val="00E213E5"/>
     <w:rsid w:val="00E21EF4"/>
     <w:rsid w:val="00E21F05"/>
     <w:rsid w:val="00E30187"/>
     <w:rsid w:val="00E402E5"/>
     <w:rsid w:val="00E40F6F"/>
     <w:rsid w:val="00E41DE7"/>
     <w:rsid w:val="00E47645"/>
     <w:rsid w:val="00E47719"/>
     <w:rsid w:val="00E71E45"/>
     <w:rsid w:val="00E71E6F"/>
     <w:rsid w:val="00E764A1"/>
     <w:rsid w:val="00E775B8"/>
     <w:rsid w:val="00E84BE1"/>
     <w:rsid w:val="00E85586"/>
     <w:rsid w:val="00E87154"/>
     <w:rsid w:val="00E92DCB"/>
     <w:rsid w:val="00E94D1A"/>
     <w:rsid w:val="00E959FD"/>
     <w:rsid w:val="00EA3BD3"/>
     <w:rsid w:val="00EA3E1F"/>
     <w:rsid w:val="00EB18A2"/>
+    <w:rsid w:val="00EB2451"/>
     <w:rsid w:val="00EB3A62"/>
     <w:rsid w:val="00EB4158"/>
     <w:rsid w:val="00EC1892"/>
     <w:rsid w:val="00EC39CF"/>
     <w:rsid w:val="00EC54D5"/>
     <w:rsid w:val="00ED1D74"/>
     <w:rsid w:val="00ED7AF7"/>
     <w:rsid w:val="00EE231D"/>
     <w:rsid w:val="00EE29E1"/>
     <w:rsid w:val="00EF00F4"/>
     <w:rsid w:val="00EF3467"/>
     <w:rsid w:val="00EF4954"/>
     <w:rsid w:val="00EF6CAE"/>
     <w:rsid w:val="00EF7D65"/>
     <w:rsid w:val="00F01561"/>
     <w:rsid w:val="00F10BB1"/>
     <w:rsid w:val="00F1314B"/>
     <w:rsid w:val="00F364D6"/>
     <w:rsid w:val="00F40FAE"/>
     <w:rsid w:val="00F41EBB"/>
     <w:rsid w:val="00F42514"/>
     <w:rsid w:val="00F43CE2"/>
+    <w:rsid w:val="00F44366"/>
     <w:rsid w:val="00F467EC"/>
     <w:rsid w:val="00F51B9A"/>
     <w:rsid w:val="00F540D0"/>
     <w:rsid w:val="00F55AAA"/>
     <w:rsid w:val="00F642B8"/>
     <w:rsid w:val="00F66840"/>
     <w:rsid w:val="00F67340"/>
     <w:rsid w:val="00F67974"/>
     <w:rsid w:val="00F81325"/>
     <w:rsid w:val="00F85BE4"/>
     <w:rsid w:val="00F86B29"/>
     <w:rsid w:val="00F86CD1"/>
     <w:rsid w:val="00F87CA2"/>
     <w:rsid w:val="00FA430A"/>
     <w:rsid w:val="00FA491A"/>
     <w:rsid w:val="00FA56F3"/>
     <w:rsid w:val="00FA7B6B"/>
     <w:rsid w:val="00FB19C7"/>
     <w:rsid w:val="00FB5173"/>
     <w:rsid w:val="00FB572A"/>
     <w:rsid w:val="00FC0573"/>
     <w:rsid w:val="00FC3970"/>
     <w:rsid w:val="00FC65B2"/>
     <w:rsid w:val="00FC6BED"/>
     <w:rsid w:val="00FE2677"/>
     <w:rsid w:val="00FE2A7C"/>
     <w:rsid w:val="00FE5265"/>
     <w:rsid w:val="00FE5E03"/>
     <w:rsid w:val="00FE6BD0"/>
     <w:rsid w:val="00FE7EB6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="0C18DF1E"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{6D170D94-2969-47F9-9510-42BFB54480DA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-AU" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
@@ -30926,50 +31216,63 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="403528703">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="434404521">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="445387052">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="550455973">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -31070,50 +31373,63 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1258904159">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1282030913">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1429890065">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1265964589">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
@@ -31195,54 +31511,54 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2104912781">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.australiancurriculum.edu.au/f-10-curriculum/learning-areas/science/year-7_year-8_year-9_year-10/content-description?subject-identifier=SCISCIY10&amp;content-description-code=AC9S10I04&amp;detailed-content-descriptions=0&amp;hide-ccp=0&amp;hide-gc=0&amp;side-by-side=0&amp;strands-start-index=0&amp;subjects-start-index=SCISCIY10&amp;view=quick" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.australiancurriculum.edu.au/f-10-curriculum/learning-areas/science/year-7_year-8_year-9_year-10/content-description?subject-identifier=SCISCIY9&amp;content-description-code=AC9S9I08&amp;detailed-content-descriptions=0&amp;hide-ccp=0&amp;hide-gc=0&amp;side-by-side=1&amp;strands-start-index=0&amp;view=quick" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.environment.nsw.gov.au/topics/air/understanding-air-quality-data/glossary-of-air-quality-terms" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scied.ucar.edu/learning-zone/atmosphere/ozone-layer" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.australiancurriculum.edu.au/f-10-curriculum/learning-areas/science/year-7_year-8_year-9_year-10/content-description?subject-identifier=SCISCIY9&amp;content-description-code=AC9S9I04&amp;detailed-content-descriptions=0&amp;hide-ccp=0&amp;hide-gc=0&amp;side-by-side=1&amp;strands-start-index=0&amp;view=quick" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.australiancurriculum.edu.au/f-10-curriculum/learning-areas/science/year-7_year-8_year-9_year-10/content-description?subject-identifier=SCISCIY10&amp;content-description-code=AC9S10I07&amp;detailed-content-descriptions=0&amp;hide-ccp=0&amp;hide-gc=0&amp;side-by-side=0&amp;strands-start-index=0&amp;subjects-start-index=SCISCIY10&amp;view=quick" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://soe.dcceew.gov.au/air-quality/management/national-and-international-agreements-and-policy" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.timeanddate.com/weather/australia/sydney/historic" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.australiancurriculum.edu.au/f-10-curriculum/learning-areas/science/year-7_year-8_year-9_year-10/content-description?subject-identifier=SCISCIY9&amp;content-description-code=AC9S9I07&amp;detailed-content-descriptions=0&amp;hide-ccp=0&amp;hide-gc=0&amp;side-by-side=1&amp;strands-start-index=0&amp;view=quick" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scied.ucar.edu/learning-zone/atmosphere/ozone-layer" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.australiancurriculum.edu.au/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.qld.gov.au/environment/management/monitoring/air/air-pollution/pollutants/ozone" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.csiro.au/en/research/environmental-impacts/climate-change/climate-change-information" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curriculum.nsw.edu.au/learning-areas/science/science-7-10-2023/teaching-and-learning?q=Data+" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.australiancurriculum.edu.au/f-10-curriculum/learning-areas/science/year-7_year-8_year-9_year-10/content-description?subject-identifier=SCISCIY10&amp;content-description-code=AC9S10I05&amp;detailed-content-descriptions=0&amp;hide-ccp=0&amp;hide-gc=0&amp;side-by-side=0&amp;strands-start-index=0&amp;subjects-start-index=SCISCIY10&amp;view=quick" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curriculum.nsw.edu.au/learning-areas/science/science-7-10-2023/teaching-and-learning" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scied.ucar.edu/learning-zone/atmosphere/ozone-layer" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.australiancurriculum.edu.au/f-10-curriculum/learning-areas/science/year-7_year-8_year-9_year-10/content-description?subject-identifier=SCISCIY10&amp;content-description-code=AC9S10I08&amp;detailed-content-descriptions=0&amp;hide-ccp=0&amp;hide-gc=0&amp;side-by-side=0&amp;strands-start-index=0&amp;subjects-start-index=SCISCIY10&amp;view=quick" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scied.ucar.edu/learning-zone/atmosphere/ozone-layer" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.australiancurriculum.edu.au/f-10-curriculum/learning-areas/science/year-7_year-8_year-9_year-10/content-description?subject-identifier=SCISCIY9&amp;content-description-code=AC9S9I05&amp;detailed-content-descriptions=0&amp;hide-ccp=0&amp;hide-gc=0&amp;side-by-side=1&amp;strands-start-index=0&amp;view=quick" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curriculum.nsw.edu.au/learning-areas/science/science-7-10-2023/teaching-and-learning" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.australiancurriculum.edu.au/f-10-curriculum/learning-areas/science/year-7_year-8_year-9_year-10/content-description?subject-identifier=SCISCIY10&amp;content-description-code=AC9S10I04&amp;detailed-content-descriptions=0&amp;hide-ccp=0&amp;hide-gc=0&amp;side-by-side=0&amp;strands-start-index=0&amp;subjects-start-index=SCISCIY10&amp;view=quick" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.australiancurriculum.edu.au/f-10-curriculum/learning-areas/science/year-7_year-8_year-9_year-10/content-description?subject-identifier=SCISCIY9&amp;content-description-code=AC9S9I08&amp;detailed-content-descriptions=0&amp;hide-ccp=0&amp;hide-gc=0&amp;side-by-side=1&amp;strands-start-index=0&amp;view=quick" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.environment.nsw.gov.au/topics/air/understanding-air-quality-data/glossary-of-air-quality-terms" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scied.ucar.edu/learning-zone/atmosphere/ozone-layer" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.australiancurriculum.edu.au/f-10-curriculum/learning-areas/science/year-7_year-8_year-9_year-10/content-description?subject-identifier=SCISCIY9&amp;content-description-code=AC9S9I04&amp;detailed-content-descriptions=0&amp;hide-ccp=0&amp;hide-gc=0&amp;side-by-side=1&amp;strands-start-index=0&amp;view=quick" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.australiancurriculum.edu.au/f-10-curriculum/learning-areas/science/year-7_year-8_year-9_year-10/content-description?subject-identifier=SCISCIY10&amp;content-description-code=AC9S10I07&amp;detailed-content-descriptions=0&amp;hide-ccp=0&amp;hide-gc=0&amp;side-by-side=0&amp;strands-start-index=0&amp;subjects-start-index=SCISCIY10&amp;view=quick" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://soe.dcceew.gov.au/air-quality/management/national-and-international-agreements-and-policy" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.timeanddate.com/weather/australia/sydney/historic" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.australiancurriculum.edu.au/f-10-curriculum/learning-areas/science/year-7_year-8_year-9_year-10/content-description?subject-identifier=SCISCIY9&amp;content-description-code=AC9S9I07&amp;detailed-content-descriptions=0&amp;hide-ccp=0&amp;hide-gc=0&amp;side-by-side=1&amp;strands-start-index=0&amp;view=quick" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scied.ucar.edu/learning-zone/atmosphere/ozone-layer" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.australiancurriculum.edu.au/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.qld.gov.au/environment/management/monitoring/air/air-pollution/pollutants/ozone" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.csiro.au/en/research/environmental-impacts/climate-change/climate-change-information" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curriculum.nsw.edu.au/learning-areas/science/science-7-10-2023/teaching-and-learning?q=Data+" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.australiancurriculum.edu.au/f-10-curriculum/learning-areas/science/year-7_year-8_year-9_year-10/content-description?subject-identifier=SCISCIY10&amp;content-description-code=AC9S10I05&amp;detailed-content-descriptions=0&amp;hide-ccp=0&amp;hide-gc=0&amp;side-by-side=0&amp;strands-start-index=0&amp;subjects-start-index=SCISCIY10&amp;view=quick" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curriculum.nsw.edu.au/learning-areas/science/science-7-10-2023/teaching-and-learning" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scied.ucar.edu/learning-zone/atmosphere/ozone-layer" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.australiancurriculum.edu.au/f-10-curriculum/learning-areas/science/year-7_year-8_year-9_year-10/content-description?subject-identifier=SCISCIY10&amp;content-description-code=AC9S10I08&amp;detailed-content-descriptions=0&amp;hide-ccp=0&amp;hide-gc=0&amp;side-by-side=0&amp;strands-start-index=0&amp;subjects-start-index=SCISCIY10&amp;view=quick" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scied.ucar.edu/learning-zone/atmosphere/ozone-layer" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.australiancurriculum.edu.au/f-10-curriculum/learning-areas/science/year-7_year-8_year-9_year-10/content-description?subject-identifier=SCISCIY9&amp;content-description-code=AC9S9I05&amp;detailed-content-descriptions=0&amp;hide-ccp=0&amp;hide-gc=0&amp;side-by-side=1&amp;strands-start-index=0&amp;view=quick" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curriculum.nsw.edu.au/learning-areas/science/science-7-10-2023/teaching-and-learning" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
@@ -31518,70 +31834,70 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A6B83634-D1DA-4DCB-82A7-059DC608B21F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>25</Pages>
-  <Words>6938</Words>
-  <Characters>39549</Characters>
+  <Words>7020</Words>
+  <Characters>40014</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>329</Lines>
-  <Paragraphs>92</Paragraphs>
+  <Lines>333</Lines>
+  <Paragraphs>93</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Investigating ozone</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>ANSTO</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>46395</CharactersWithSpaces>
+  <CharactersWithSpaces>46941</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Investigating ozone</dc:title>
   <dc:subject/>
   <dc:creator>MULHOLLAND, Julie</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>