--- v0 (2026-01-13)
+++ v1 (2026-02-03)
@@ -1162,51 +1162,51 @@
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C48C0F5" w14:textId="3DDF5314" w:rsidR="00537E0B" w:rsidRDefault="00DA6801" w:rsidP="00D87777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="357" w:hanging="357"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251816960" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3ED534AC" wp14:editId="01B2DDD4">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251816960" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3ED534AC" wp14:editId="50D65102">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>4669790</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>74930</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="800100" cy="800100"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1825438904" name="Picture 1" descr="A qr code with blue squares"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1825438904" name="Picture 1" descr="A qr code with blue squares"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -6478,51 +6478,51 @@
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="1">
                             <a:schemeClr val="accent1"/>
                           </a:lnRef>
                           <a:fillRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
                             <a:schemeClr val="tx1"/>
                           </a:fontRef>
                         </wps:style>
                         <wps:bodyPr/>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="213F35BA" id="Group 3" o:spid="_x0000_s1031" style="position:absolute;left:0;text-align:left;margin-left:46pt;margin-top:1.6pt;width:360.35pt;height:222.5pt;z-index:251821056" coordsize="45767,28257" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQAYvAP27wUAADQbAAAOAAAAZHJzL2Uyb0RvYy54bWzsWVtv2zYUfh+w/0Bo&#10;wN4aS7KuXpPCS9qgQNYGTbc+0xJlC5VIjaRje79+H6mLb0mvQ7sNfojCOw8PP57zneOnz9Z1Re6Z&#10;VKXg54535jqE8UzkJZ+fO7+/ffEkcYjSlOe0EpydOxumnGcXP/7wdNVMmC8WosqZJFiEq8mqOXcW&#10;WjeT0UhlC1ZTdSYaxtFZCFlTjaqcj3JJV1i9rka+60ajlZB5I0XGlELrVdvpXNj1i4Jl+nVRKKZJ&#10;de5ANm2/0n5n5ju6eEonc0mbRZl1YtAvkKKmJcemw1JXVFOylOXRUnWZSaFEoc8yUY9EUZQZs2fA&#10;aTz34DTXUiwbe5b5ZDVvBjVBtQd6+uJls1f317K5a24lNLFq5tCFrZmzrAtZm/+QkqytyjaDytha&#10;kwyNQRhHceQ7JEOfn/hhHHZKzRbQ/NG8bPH8IzNH/cajPXGaMpvgr9MBSkc6+DhWMEsvJXO6RepP&#10;WqOm8v2yeYLraqguZ2VV6o2FHi7GCMXvb8vsVrYVqPNWkjI/dxI39MdBGkUO4bQG8jHKbE48h+RM&#10;ZcDglKwWpWZEy5LyecWI4ISSWUWz92SGzxzXz/Off1pPf7Gf6csnc8aZpJrlJBNcM65JTTdkxkiJ&#10;Rycl4H5mIG3kMqK0glGjuBuRvVeEi8sF9mJT1WAsHqwZPdofbqt7p5pVZfOirCoDBlPu9IcjHMDw&#10;gStoIX4lsmUNcds3K1kFVQquFmWjHCInrJ4x6Ey+zK1AdKJk9gYC2teptGQ6W5jNCwjRtQMmQ4eV&#10;eCukOY4Cosls9ZvIoXq61MK+zgNEe0ngAa4E0I3GPW4HZHtpmqTotcgOUzdxLbIHfEKtUulrJmpi&#10;ChAfEttt6P2NMrJjaD/ESM+FUaI9U8X3GjDQtNhzGMm7Ig5iHiUso+p1jtqR1j/r8d8taMMgpVl2&#10;i1Yvcse+DyWEPVzvtKTlfKHJpeAcBxMSyIXs3bxL3lkMZVVtTnOg3FavrYo7k9CrNnVdz+tsxkd0&#10;WpXcSEsnj+i04mQFGPsxLscMU6Iq8x6r1ouwy0qSewr7r9ct3PdG9ao352pVb0t6UzGzXsXfsAIP&#10;GqbOazcwnmm7Js0ywLpf144201qgdhM7yT40sRtvpjLrtYZdP2HyMMPuDLswTK5LLuRDYm9VUbTj&#10;gbidc5viTOQbe8e2Awj8RlBMvTj2xuMExKE1nF+NxHEUu2Pgw7zzBE+6fcfQdOeJTnCEidzD8QmO&#10;gx/3kjhMkiQY/Pg/Acco6tzOHmM64fExu3rC4xaPaezHiRu5cW8f3xrc/CrWZLzjnw2jJ3qN5o7k&#10;bf3bkaf2YjfpedCBp/a8AJazI0FBFMV+aBnjdo2e4HwJBzKu2xIv47gGdvSwR9br2doS66g/Zeug&#10;iBSgXpBQNdmLEjzship9SyWiODQiMtWv8Skqgb1EV3LIQsi/Hmo348Gv0OuQFaLCc0f9uaQmZKhe&#10;cjCv1AsCLKttBbGPj4rc7Znt9vBlfSlAPED5IZ0tmvG66ouFFPU7BLBTsyu6KM+wN5hKX7zUqKED&#10;AXDGplNbbiORG37XIH5pSYm5hLfrd1Q23TVoYOKV6LneEXtqx7Zan4IcF6Wlq1u339GBb+f1fTeJ&#10;Qs9PU9DC1u1/PazDIA06t+/7fpIcMnwPgDaNluGD4IftAOCvp7LfHNzxCdwmzP6fgdvzYUbHSFeN&#10;j8Dt9xeOWOxzbPY4DSO3JxG+m3bB6ZbUBv44ibCfiV7HYQwa870Nt/UcWxNzMtxwev99w52GQRJ5&#10;MN49tAd+PJVSrHbSB7tQfyR9QApkl/7ovVqXd/TC0GYVTfjme7DThxwlCECIOjOODEbUDnjcjKsu&#10;tTFkNlon+sEMg59ABhtJmyu7omrR5hTURl0JbZ4WnWhaVs95TvSmQdKpz+p1z87md7YkzJZOSYbv&#10;lWTw4iDwYz8Y2MbXoNbcfY/VIE4NjTBY9RI3HbLhfWznhYgne7CGrmcCwTZT+AjnOIH135wRs79R&#10;4KcZ8OW9335265ZLb3/suvgbAAD//wMAUEsDBAoAAAAAAAAAIQCUK3009jMAAPYzAAAUAAAAZHJz&#10;L21lZGlhL2ltYWdlMS5wbmeJUE5HDQoaCgAAAA1JSERSAAABaQAAAN8IBgAAADSfIpIAAAABc1JH&#10;QgCuzhzpAAAABGdBTUEAALGPC/xhBQAAAAlwSFlzAAAOwwAADsMBx2+oZAAAM4tJREFUeF7tnQl0&#10;XNWVru+L5ZCX13kkzEPSbpJOp6EfkRltE8AQiDOY7gS/JgQnLDckMcYZCGRwSDoY6EASg12SI8+D&#10;5NmysOVBsmZLlizPtuR5xgN0bOfRgdAJaZJe67y1z61TurXPvkNJt6SS9HutD9AuV0mWWZ/O2vvf&#10;pxyllAMAACCY84mB+WcTA4afm5w3hD9G5CcS+fmJxPAbCwvFxzuLVQAAAOByfpJz+bkpecvOTclT&#10;bxRdqP5jxsXqjekfUvTxuSl5VSWJ4bcPLixcNriwUN00e7a6ed48dfOcOYo+HlxQUHXT1Kmf4K+Z&#10;KVYBAACAcs6+PHDMG0UfUH9ccp367zV3WpTNH6VumjlT3b56tbq7qcnijnXrtLjzE4kn+GtnglUA&#10;AID+Dgn6zdmXqb+U32bJmShf/LC6paRE3dXQYMk5jcZGNXTxYjpVT+CfIypWAQAA+jNnExcMotaG&#10;n6DPrPycPiGHCtojamqDdLZXbRUAAKA/Q73md5Zdb8nZMH72T3Qrw5JxAMNraug0fYh/rihYBQAA&#10;6K+cnOhccL7gvZaYDe+svlvdMHWqJeEoUP+6M4NEqwAAAP0VitdReoPL2dC+4ks6vcEFHIVbFyxQ&#10;NxQUPMg/ZxhWAQAA+iOUc66cfO3k38+92pIz8W7ZTaqm+PNqTPFzloCJO6uq1B0VFerO9eutx4ih&#10;paXqnwt/UOyXs/bDKgAAQH/hlqKiy70557GznlK/m3lpSsx/XjlUvTn7Cp2L5jnpmrnD1OjKEn1C&#10;lnLSt8yfr3vRKUkvXqxKikak5az//eX3hrY/rAIAAPQH8hOJMTznfF9Dhfptwfu0oP+w6FoVlJOm&#10;4SKJ+5cLvmmdmgmTkx5WVqY/pv8+WPaP1vPPTc4LzFFbBQAA6OuQoP1yzrunX6PeLvmYCspJG/5S&#10;frui9kiidJz1OppkTnrY8uXq3qJf6cGj9PyzU/J8c9RWAQAA+jL5icSgoJzzT8uf1SfcMEF7RUtt&#10;kLGVM6zXMqKmNkhRyePWc73P9+tVWwUAAOir1NY2DhkxY8aRoJwz9ZqDctIS/1V2iz6B89cyUG/6&#10;/uk/t57nff65KQPEHLVVAACAvgJJua6uYUJ9/YaqhoZG1dSyKTDnPGJDrQrKSQdB/euvVi+yXtNA&#10;/e/jr4y0nud9vjRItP5QAADQW+FS3rSpVe3atVsdOHBQvfrqSVWzuy0w50wti6CcdBCUAvlp+UTr&#10;NQ2UAlm/9KvW87zPPzv5PVaO2vpDAgBAb0GS8s6du9X+/QfUiROvajGfPHkqxcxGNwrHBUpQzvn5&#10;Jd/Rgzwu0Ci8NffDqnTBF3x705STnr5gnPU8w9vF16izkwdM5H9G6w8NAAC5iizlXWr//v3qxIkT&#10;WspeTp5Ml3R5S53OLxtx3lVfn5Zz5jnpMMJy1N72B/1wKF38L9ZrGOiHQ2tiECQNAOg9BEn5+PET&#10;+rTsnpgNXNIdgj7TNEWdKrpU3VBUpKX5qVWrrPugvTnpMKLmqCet+K5+bZ6T5tDvfWDmM9b909Y3&#10;BQAAegou5ZaWTVrK+/aRlI/r03IHYYLukDQJ2uSeKWUxrLTU9z5oSmlQ2oJL1AsJOqMc9bKxYk66&#10;4/fdpg7/+jI1oqHGun/a+iYBAEB34S/lferYsWNazC5eOUuCTpe0V9CnDrSm5Z7XLx0deB/0tyoK&#10;dduCi9Tw7sohncpR1865x3rM8Nbcq9SzK3/ifg3s/mnrmwYAANlCkvKOHTvV3r171dGjRz1S9sIF&#10;LUman6I72hy/WfLptNxzlPugZy/5mh7kcZkS1LPuTI76fGKgVSfoVL6q+DNpn997/7T1TQQAgLgI&#10;kzKdlg22nF0yF7RH0sePpOWeo94HTXnp0gUjtZBpOGieT6firuSo/7j0k57Xuk2foCvmD9efj38N&#10;5v5p65sKAACdxU/Ke/bsUUeOHLHEHC5pWdDBku44RZ/etTot95zpfdDfW/uS7hVTu+Lt+R9Rb825&#10;uks56jemfVC9PX+Qfj163VSLQ8DcP219kwEAICqSlLdv35EmZS9czJkJOsNTNA0MN/wiLfdMETi/&#10;nHQQ1KeeOfuL6mjRhzudo6b2yeGpl6pFi0bp15NOz14oV51fWDjR+qYDAIAfXMrNzR1SPnz4sBaz&#10;JOd4JM0F7T8sTJ2kty5Myz23LH8gLScdxv11q3S/2OSgfzv1rzLKUXshuZ8vfL9vjppDP0xuKCh4&#10;zPpLAAAAgy3lFi3l9vZ2dehQh5S9cDHHI2hJ0vwUnS5oLelje9Nyz2+W35PKSYdBrQieg/7zylsj&#10;56g5JPl3lna8Fs9RcyiBQu8WY/2lAAD6L5KUt23bodraSMqH9GnZwOUcJGku5mBBd3FYmOTUKeK0&#10;Ojvn79Jyz5ST9r5jigQJ2i8HTSmNsBw1h17nXGKg+vOq9Nfzu4+a4oGDCwrODi8uvsD6SwIA9B9k&#10;KW9XbW1t6uDBg/q0THjl7GLL2U/QmUtaFnSwpO1TNAmaOLNzRVrueVvpKJ1D5mI2fLm2NDAHfark&#10;+sActQSlOPbPlDcTpfuob120iE7RY+jvyPpLAwD0XYKkTDfFHTx4SJ+YXVxB25K25Zw9QXftFG14&#10;veLbabnnwpLxejDHBU2E3SdNOeuZxV/2zVFzdA563j2h90mb+6hpXZ3ed9H8nVl/iQCAvoMk5a1b&#10;t6vdu9v0TXF0WiYxe+GSzoVTdCbDQu8p2nD61aPqN6u+kso9U176Z/Of0kNEumTJCDrsPmmTs/bL&#10;UXvhOego90mPKp5Egi6nNof5O7T+UgEAvRdZyttSUqbTspfcFrQkaX6KlgSdLunTpzvY0jBdHSq4&#10;OJV7rp9zt7pn6ou6/TF06VI1ZtELgTlonrPmOWo6XfvloKPcJz1n8u0z+N+p9ZcMAOg9+EmZLrqn&#10;S4lIzJKcXUGnS7pD0P6S5nIOkjQXc7Cg4x0WypI+o2Y1bdTRNsopU6qiaNmjemj3tbJCdfuKZWri&#10;/LGBOWi/nDV/PSkHjfukAegHcClv3NiitmzZlropzkjZC5ezJOjcO0V3bVgoCZoo374jMCdNJ+Og&#10;HHSmOWsvUe6T/s2UvMf437n1PwEAIHewpdyckvLevfu0mA1czplImgvalrQt5+wJOjunaOLQiROB&#10;Oemw+6QzyVlzotwnfT4xMJ//P2D9TwEA6DlkKW9VO3fS/Rd706Qcl6AlSefCKbrLw0Im6DNnXO6b&#10;Ny8wJx12n3SUnDWHcs9h90mfnZJ39uREJzUwNFj/kwAAug9Jyps3d0iZTsteuJwzFbQr6VwWtCRp&#10;foqWBO0/LOSSrty1KzAnHXafdFjOWoJyz+WLH7Zey0ApkLMvD9S5aI5VAABkDz8p001x7e17tJgl&#10;OfsJOlNJ81N0fxgWegVt+HlVtW9Omgi6T5oIyllzKPc8Ye4PrNcwUI763JS8VC6aYxUAAPHhlXJ9&#10;vZHyFn3/Ba1ae8Xc3YLOvVN0doaFtqRfU6+ePq2+v3q1lZM26Bx0yRd8c9DUtvjXeU/6Pp+gFged&#10;oJ+Y/SOxzWFy1Oen5JVLbQ6DVQAAdB4u5aamZtXaSlJ2t/pIyl64oLtT0lzQtqRtOWdP0N13in7t&#10;tddSrNm5U909c2YqJ02n42HLlumPqYfcOP9e9dup7/fNQY9f8py6cdo08flU/8qSyb45aupB+7U4&#10;vFgFAEB00qW8QTU1bVStrZtTq9Z0WjZwQUuS5nLOlqAlSefCKTpbw0LvKdoraUNVW5ua1tioJpVO&#10;VjNmjNJ9Z+/p90+l+eo/F3xcbZ11o3pp9kNWDvqOigo1rKzMlfSKFfpjeq9C8zj9/hfmPaJWTLmx&#10;8eyUvAlnEwOGB52evVgFAIA/QVKmrT6DV85+ko4iaD9JczEHCdqVdC4LWpI0P0VLgo4+LJRO0YbX&#10;X39dc+zYcXVow8ys5qTpfmj+/1QYVgEA0IEk5U2bNqe2+rxi7oqg/STN5dwZSfNTdH8dFvJT9NGj&#10;x/TfBeXOa2vr3125ctXheUW/XJPNnDTdD83/HwvDKgDQn5Gl3JqSMocLWpI0F7QkaS7nbAk6907R&#10;3TcslKQ8bdr0svHjxz9z0UUX3e84zkji+IsDXstGTtrcD83/nwvDKgDQn/CTsrtAskvDxZyJoCVJ&#10;c0F3p6S5oG1J23LOnqCze4o+cuRoJClznh75nqezkZM290NnilUAoC/jL+UtKSlzuJwzkTQXtCRp&#10;LudsCVqSdC6couMaFpKU29oyl7LjOPcl//05x3HudRznrsYfDFgUZ07aez90plgFAPoSXMqNjR1S&#10;pgUSAxdzHIKWJB1F0H6S5mIOErQr6VwWtCRpfoqWBN0h6cOHScrtsUjZcZzbHccZ6jjOLY7j3HDN&#10;xc7N+57LK48jJ83vh84UqwBAb0aScktLa2qBxCvmnha0n6S5nDsjaX6K7gvDQvohQt/XzZvjl7Lj&#10;ONc7jnOd4zh/5zjORx3H+WvHca6qfeo9D/375LzzfjnnSYn7XqZes5STpnpnWxxerAIAvQlbyk2q&#10;pWWTjsWRlDlc0NmSNBe0JGku52wJOvdO0dGGhYcOHVG7d5OUt3ablB3HudxxnIsdx7nQcZy/chzn&#10;AsdxBrw2ecBd5ybnPUH3PUs55/xEYnh+IvFEfmHhxMEFBRPo466cnr1YBQByGUnKzc2ulCmr7KWn&#10;BC1Jmgu6OyXNBW1L2pZz9gTtf4o+ePCw/n7mgpQdJ3fcaBUAyCX8pezG4gydEXS2JM0FLUmayzlb&#10;gpYknQunaJIzfW2QcjhWAYCeRJZySyoWR3jlHEXQfpLmYo5D0JKkowjaT9JczEGCdiWdu4Kmr2/X&#10;rjbV2gopZ4JVAKA74VLesKFJvyUU9ZWNlL2ECVqSNJdzTwraT9Jczp2RND9F9/Sw0JXybn3BFKTc&#10;eawCANnElrJ7fSdJmRIYXsIELUmaC7o7Jc0FLUmayzlbgu6JUzR9HfQ9hJTjxSoAECd+UqYWBg37&#10;DGGCliTNBS1Jmss5W4KWJM0F3Z2S5oK2JW3LOVNB09cCKWcfqwBAV5CkTHcqNzc3674y4ZWzJGhJ&#10;0lzQkqSjCDpbkuaCliTN5ZwtQUuSjuMUDSn3DFYBgEyQpbwx1cIwYvYTtCRpLmhJ0mGC9pM0F3Mc&#10;gpYkHUXQmUqay7lD0tkRNH0d9D2DlHsWqwBAEJKUaauPxExS9sIFLUk6DkFLkuZy7klB+0maizlI&#10;0H6S5qforgwLIeXcxCoA4IVLmd48lWJxJGXqKxu4oCVJhwlakjQXtCRpLujulDQXtCRpLudsCTrT&#10;UzR9HfR9ofuxIeXcxSqA/o0tZTer3NRE0bjm1NCvq4KWJM0FLUmaC1qSNJdztgQtSZoLujslzQXN&#10;JQ0p906sAuhfSFKmrLI5LRsx+wlakjQXtCRpLmhJ0lzQkqSjCDpbkuaCliTN5ZwtQUuSps9F3xNI&#10;uXdjFUDfRpZyY2rg54ULWpI0F7QkaS5oSdJc0JKkwwTtJ2ku5jgELUk6iqAzlTSXc4ekbUHT54SU&#10;+x5WAfQtJClTX9kd+LknZnNq5oQJWpI0F7Qk6TgELUmay7knBe0naS7mIEH7Sdqcotvb96pt2yDl&#10;vo5VAL0bPyl7T8xeOftJmgtakjQXtCTpMEFLkuaCliTNBd2dkuaCliTN5RyHoOldR+jP3tICKfcn&#10;rALoXchSJhrSxOwlTNCSpOMQtCRpLmhJ0lzQkqS5nLMlaEnSXNBxSbpDyq2Qcj/GKoDchku5A1fK&#10;nDBBS5IOE7QkaS5oSdJc0JKkuaAlSUcRdLYkzQUtSZrLOaqg6YL7rVshZZCOVQC5hS3lBl/CBC1J&#10;OkzQkqS5oCVJc0FLkuaCliQdJmg/SXMxxyFoSdJRBO0nafockDIIwyqAnsVPynV19WlkQ9CSpLmg&#10;JUlzQUuSjkPQkqS5nHtS0H6STpfyNkgZZIRVAN2Ln5Rra+tSZCpoSdJc0JKkuaAlSXNBS5IOE7Qk&#10;aS5oSdJc0N0paS5oSdJcznTBPaQMuopVANmFS7lOn5JJyrWqJkkmgpYkzQUtSZoLWpJ0HIKWJM0F&#10;LUmaC1qSNJdztgQtSZoLmiApb9myTTU3Q8ogPqwCiBdLyknZkoyra2o0NTW1LkzQtXXhkuaCliTN&#10;BS1JOkzQkqS5oCVJc0FLkuaCliQdRdDZkjQXtJH0zp279ddP77kIKYNsYRVA15CkXFtXr2VcVV2t&#10;qa525cwFzSUdJmhJ0lzQkqTDBC1JmgtakjQXtCRpLmhJ0mGC9pM0F3McgvZKeseOXfpNUyFl0J1Y&#10;BZAZopRr61R1dbVaX1WlqqpcMQcKOqZTNJdzFEFLkuaCliTNBS1JOg5BS5Lmcs6WoOl1IWXQ01gF&#10;EIwk5ZraOi3gyvXrtZi9WIKWJM0FHeEUzQUtSZoLWpI0F7QkaS5oSdJhgpYkzQUtSZoLOpuSdqW8&#10;RW3cCCmD3MEqgHREKdfUagGTlL1Ygo5yiu7BNock6TgELUmaC1qSNBe0JGku564Ievt294J7endy&#10;SBnkKlahv8Ol7PaTXSlXVFam4IIWJe0jaC7prrY5JElzQUuSDhO0JGkuaEnSXNCSpLmgJUlHEXQm&#10;kqbLiOjrg5RBb8Iq9DcsKVM/uaZWS3ddRYXGK2c/SQcJmks6F07RXNCSpLmgJUlzQUuS5oKWJB0m&#10;aD9JczF7BQ0pg76AVejriFKurlGVlZVq7bp1KTF3SdBR2hwxnaK5nKMIWpI0F7QkaS5oSdJxCFqS&#10;NJezJGhasaZrOyFl0JewCn0NScpV1TVatiRlL1zQkqS5oEVJc0FLkuaCjnCK5oKWJM0FLUmaC1qS&#10;NBe0JOkwQUuS5oKWJM0F7SdpSBn0B6xCb0eUclW1FuyatWtTcEFLkuaCliRtCTrKKboH2xySpOMQ&#10;tCRpLmhJ0lzQkqSNlGmbj1asm5ogZdB/sApd4XxiYP7ZxIDh5ybnDeGPEfmJRH5+IjH8xsJC8fHO&#10;4JVyXf0GNw5XVa0lu3rNGo1Xzn6S5oKWJM0FLUraR9Bc0l1tc0iS5oKWJB0maEnSXNCSpLmgJUlz&#10;QUuS9sqZngMpg/6OVciU85Ocy89NyVt2bkqeeqPoQvUfMy5Wb0z/kKKPz03JqypJDL99cGHhssGF&#10;heqm2bPVzfPmqZvnzFH08eCCgqqbpk79BH/NINKkXNegpbyepLxunVq9enVKzF7CBC1JmgtaknSQ&#10;oLmkc+EUzQUtSZoLWpI0F7QkaS5oSdJc0K6UN6mmpmZIGYAkViETzr48cMwbRR9Qf1xynfrvNXda&#10;lM0fpW6aOVPdvnq1urupyeKOdeu0uPMTiSf4axssKVMcbn2VFitJuZwRJmhJ0rEIOkqbI6ZTNJdz&#10;FEFLkuaCliTNBS1JurOCNtt8kDIA/liFqJCg35x9mfpL+W2WnInyxQ+rW0pK1F0NDZac02hsVEMX&#10;L6ZT9QR6XUnKlUkpk4RXlZenCBO0JOkwQUuS5oIWJc0FLUmaCzrCKZoLWpI0F7QkaS5oSdJc0JKk&#10;wwQtSdqImRZH6PM0NkLKAETFKkThbOKCQdTa8BP0mZWf0yfkUEF7RE1tkHlr16WkTEIlEa9ctUrj&#10;lbMkaEnSYYKWJM0FLUnaEnSUU3QPtjkkScchaEnSXjmb5AWkDEDnsQpRoF7zO8uut+RsGD/7J7qV&#10;Yck4gOE1NereadPUKytXpsQcp6AlSXNBS5LmghYl7SNoLumutjkkSXNBS5IOE7QkaS5oSdJc0PR7&#10;XClvhJQBiAmrEMbJic4F5wvea4nZ8M7qu9UNU6daEo4C9a9nr1gRKGhJ0lzQkqS5oCVJc0FLkg4S&#10;NJd0LpyiuaAlSXNBS5LmgiZcKTdDygBkEasQBsXrKL3B5WxoX/Elnd7gAo7CrQsWqOcXLw6UNBe0&#10;JGkuaEnSsQg6SpsjplM0l3MUQUuS5oKWJM0FbSTtxuEgZQC6E6sQBOWcKydfO/n3c6+25Ey8W3aT&#10;qin+vBpT/JwlYOLOqip1R0WFunP9eusxYmhpqfrR3EmqdtmvREFLkuaCliQdJmhJ0lzQoqS5oCVJ&#10;c0FHOEVzQUuS5oKWJM0FLUmaC9oraTd5sRFSBqAHsQqcW4qKLvfmnMfOekr9bualKTH/eeVQ9ebs&#10;K3Qumueka+YOU6MrS/QJWcpJ3zJ/vu5FpyS9eLEqKRqRev7hGTerqhXTfAUtSTpM0JKkuaAlSVuC&#10;jnKK7sE2hyTpMEFTP5met2EDpAxArmAVvOQnEmN4zvm+hgr124L3aUH/YdG1KignTcNFEvcvF3zT&#10;OjUTJic9rKxMf0z/fbDsH63nby35hiXnKIKWJM0FLUmaC1qUtI+guaS72uaQJM0FLUk6TNCEGfJt&#10;2NAEKQOQo1gFAwnaL+e8e/o16u2Sj6mgnLThL+W3K2qPJErHWa+jSeakhy1fru4t+pUePErP314y&#10;JlDQkqS5oCVJc0FLkg4SNJd0LpyiuaCNpN1+chOkDEAvwioQ+YnEoKCc80/Ln9Un3DBBe0VLbZCx&#10;lTOs1zKipjZIUcnj1nO9z69fPslX0lzQkqRjEXSUNkdMp2gu5yiC9krabV1AygD0ZqwCQXdqBOWc&#10;qdcclJOW+K+yW/QJnL+WgXrT90//ufU87/NPFg0SBS1JOkzQkqS5oEVJc0FLkuaCjnCK5oKWJM0F&#10;zSVtWhcNDZAyAH0FqzC8uPiCoJzziA21KignHQT1r79avch6TQP1v4+/MtJ6nvf51SumZSxoSdJc&#10;0JKkLUFHOUV3Y5vDlXKjamhohJQB6KNYBbpGNCjnTC2LoJx0EJQC+Wn5ROs1DZQCWb/0q9bzvM9v&#10;WfLDQEFLkuaCliTNBS1K2kfQXNJdbXNIkja9ZBIypAxA/8Eq3FBQ8BgN8rhACco5P7/kO3qQxwVK&#10;UDJjW+kovdDCHyPemvthVbrgC769acpJT18wznqe4e3ia9TO4tGBkuaCliTNBS1JOkjQXNLZOkW7&#10;QqYapAxAf8UqPJD44UOUXzbivKu+Pi3nzHPS51eNUBPm/kDMQdMdHsdKRwTmqL3tD/rhULr4Xyw5&#10;G+iHQ23JOF9BS5KORdBR2hwxnKLpnWQgZQCAl7QP6PrRU0WXqhuKirQ0P7VqlXUftDcnTdeR8se9&#10;mBz0/LkPWsIlTA560orv6t/Pc9Ic+r0PzHxG/XjhQlHSYYKWJM0FLUqaC1qSNBd0pFO0K+b6ekgZ&#10;ACCT+g/v/dCUshhWWup7HzSlNFYueND38TSSOei5C79pSZdI5aiXjRVz0h2/7zZ1+NeXqRENNfr1&#10;frhwYaCgJUlzQUuStgTdyVN0sKDpvRchZQBAOPof/H7o9UtHB94H/Y1yt7Xh97hFMgft16s2Oeja&#10;OfdYjxnemnuVenblT9Jeb1pZma+kuaAlSXNBi5L2EXTgKTrV5mjQQMoAgM6i/8Hvhw67D5p61kGP&#10;S0TJQZ9PDLTqBK2fryr+jPV6n5k+XRS0JGkuaEnSQYLmkpaHhfUaSBkAEBfW/dCh90E3NgY/HkCU&#10;HPQfl34y9TGd7OkEXTF/uM5nS683b+XK7Ag6UpvDPTlDygCAbGHdDx12HzRdMxr0eBBRctBvTPug&#10;env+IN3+oB50qsUhQK/34rJlgYKWJM0FLUqaC7o6KWfdb4aUAQDdg/ObKXmPeXPPFIHzy0kTt61c&#10;Gfh4EFFy0IenXqoWLRqlvlVRKJ6e+es9uXBhoKS5oCVJW4JOnqKrkydm6itDygCAnsD5zeQBn/Xm&#10;nluWP6B7zlyIBupFBz0eRJQc9PnC9/vmqDn0ej9bssRX0JKkuaC9kq7SLQ1IGQCQOzhvJpwLTe6Z&#10;eLP8nlROWoISHUGPBxElB/3O0o67qXmOmkOvN+uVV3wlzQXNJb2+yj0t10LKAIAcRf/j3JQBhyhd&#10;YeRIKQzvO6ZwaGAX9LgEyT0sB30uMVD9eVX69ad+91HT691RVKRWJdMdUQStpVxdY1IYkDIAIOfR&#10;/zibGDCcBnVGjHT/BuWQuWgN95UvCnxc4tZFi/SGIpezgVIc+2fK7/Ai3UdNr/f80qWioI2kK9e7&#10;LQxIGQDQW0n9x7nJA35BgzsjxsKS8Xowx2VLUK94ytxHfR/n0Ho53e/B5WvQOeh594TmqM191PR6&#10;Y+YX695xdXWtlrGWcuV6PfSDlAEAfYXUf1Be+tyUvGIaItKby1Jb4mfzn9JDQrpkyQjX3Cft97gX&#10;aknQifeJ2T8S2xw8Bx0lRz2qeJJ6cM4cVZZ8c1o6SRsxV1fX/Gn58rL2Z599/teQMgCgL2AVliZu&#10;feJQwcW6vfD2/I+o+jl3q3umvqjbG0OXLlVjFr2Qdp80pUGo12wep9P1sGXL9Mc3TpumvrJkss47&#10;m9ej07pfDjpKjnrR3G+n3j2cs2ZtUth19WrNmrWv0yn6/vv/73cgZQBAb8UqmPukKadMqYqiZY/q&#10;od3XygrV7SuWqYnzx4r3SVMfe+HCR9W35zytbpkzR91RUaG3E42A+etJOegoOeod8x+y5EzwdxJf&#10;s2atbn/QRmBl5fpzCxYsXDNhwoQnIWUAQG/CKtxQWPjZoBz099a+lHafNCcsZx1ElBx168LxgXLm&#10;0JWm1BKpqFyv17ipj71yZfkrs2bN+tb1119/DaQMAMhlrEJ+InFhUA7ae5+0RFjOOogoOeqa0kRk&#10;OUvQhUyVlZV64OgOHuvWVldXP1JRUfFB/r0AAICexioQgwsKDgXloCll4c1Vc8Jy1hJRctRnCi9R&#10;a1atsIQcRc5+7+ZCqRCz+l1X19BUU1P3ZGNj4yD+PQEAgJ7AKhD5icTwoBw09ZO9uWpOWM5aIkqO&#10;etOi71lS7qycOaYl4q6F64v62+vqGiZWVzd+gn9/AACgu7AKhhsKC38RlIOeveRrepDHZWoIyllz&#10;ouSoD8y+yxJzXHKWWFdRqZMiSWGfqqtrSNTWNg7h3ycAAMgmVsEwvLj4gsGFhcV+OWhKZpSWfEEP&#10;ESlXzcVKbYt/nfdkLDnqfQXX/r/Ktat/T0kNOu1SciNM0FzGHC5ljnd7kXrYtFJO0T73nVYaiuvr&#10;67/Iv2cAABA3VoFDaY/BBQVnpRw09ZAb59+rfjv1/b456PFLntN5aen5YTnqU7/Ke/PXowdMcxzn&#10;Icdxvnzfff/0wxkzZq5bu3bda3TCpZXvtesqsipoDvWw6RrTmtQ7sDQsq6+vf7CxsfFC/r0DAICu&#10;YhX8oD51fiLxxDcKxq2bMWOU7jt7T79/Ks1X/7ng42rrrBvVS7MfsnLQlJseVlbmSnrFCjFH/cK8&#10;R1TJC/k7ap4cMG3SA+8Zf9WFzqeTSyd3JhdQaBHl87SYMmLE5x5/8cVfzlm9es3x9eurf0cXJ5FA&#10;uZDjkrMRNEcLOxntq61tWF1dXft4Y2Pj5fz7BwAAncEqhMHvn+Z0NSd93c9+NsFxnA87jjPIcZyP&#10;OY7z947j/J/kAgototzmOM7wpLBpg3Dk4MGDH37++X+btnx52c6qqto/UFqDriLNppy9mKtPSdju&#10;O4VTUqS+nZIiGDwCALqCVQiD3z/N6WpO+rqJE0nE/yu5XHKJ4zhXOI7zkeRW4Cccx/kHx3EGJ4U9&#10;zHGcOxzHucdxnM+SsD/60Y8++MwzzyQWLlyykS5ZolMuXehPss2WnCV0D1u//6EW9uG6uoZf1NQ0&#10;5vPvJwAABGEVosDvn+Z0NidNvW8aWOovzP010HGc9yeFTVuBJGw6ZdOmIK1zk7DzHce5OXkPBwmb&#10;WiQk7C/QnR1PPvnkv5WULKijlghdwrR+fZUeBHIhxyVnV9Dpb8dl3lzAkxSZUVdX91n+fQUAAI5V&#10;iAK/f5rT2Zx0fiIxhn8uIvkrz3Gc/+k4zv92HOei5Dr31Y7j/I3jOB9P3sPxScdxbnIcZ0iyl323&#10;4zgjjLC//vVvPj1r1pzyiorK82bwSGmR7MlZet/EjrfoqqvfYJIiNHjUP5wAAMCLVYgKv3+ak2lO&#10;enBh4TL+OfxI3q3xPsdxPuA4zoccx7kseTkS9bH/1nGca5MXKN3oOM6tjuN8Kjl4/Ix38FhQULiE&#10;Bo/UkqA+Np14uZjjkrOE+y4x7tt3JZMiq2trax9BUgQAYLAKUeH3T3NJZ5KTHlxYWG7aHJniOM57&#10;kpci0eVIJOxLk8KmW+3M4JGETYNHErZ38KiFfccddzxKSZGyspV73bZInaqqqrJkzOFCzkTOGn2q&#10;7sD0sEnYWFEHABBWIVMo7XF2St5ZKedM9UmJ+172y1lT3a/F0Rkcx/kfjuO8Nzl4/GBy8HglGzxS&#10;UsQ7eKR4Hw0eU0kRGjwuWbJsi06K6DcTqNbizZac6RSfBp2uKSWihZ1KijyHpAgA/Q+r0FmoT31u&#10;ct4TZycPmHh2St4E+phO2+Zxk7POLyycOLigYAJ93NnTcxSSwpYGjyRs7+CRhC0NHkdedNFFo378&#10;4x//igaPJGxqS5BkSbjZkrOBJN2BHjgaYesV9bq6xuH8zwwA6HtYhb6IMHgkYdPgkZIi3sEjJUVo&#10;8EjCtgaP9F6Jc+fOr6SWCEmTBoDUx+ZSjk/OSeooe21Ebf5NQ8fU4BEr6gD0UaxCf4ANHikpQoNH&#10;Sop4B4+UFKHBIyVFvINHEvZIelsuensuWlGnEy7d62FO2dmQs4Tbv3Z72FhRB6BvYhX6G57Bo0mK&#10;hA0eSdhpg0e+ok4CJfFmX84SrrDr6hqqsaIOQO/HKvRnksKmwSMlRWjwSMKmwSMJ2zt49K6oW4NH&#10;WlE3g0f3To86S9CWmJNwIXNsKXfQ0LDBg/uxK2ysqAPQW7EKwIUlRcJW1GnwKK6o0+DRrKgn7/Sw&#10;xNxVOduCTodE3dDQqP8bK+oA9C6sArBJ/jJJETN45CvqZvBokiI0eKSkSGrw6F1RJ7Hq1EZyEOgH&#10;lzGHC5mzYUNjGkbWRt5YUQcgt7EKIJwYVtRHjh798FNmRZ1km3yPxazJmdPY2KRxpd3oTYpgRR2A&#10;HMIqgMyIe0Xde8rlYo5TzhL0eENDE19Rx+ARgB7EKoDO47OibgaPPCki3o3tXVGnwaMr7OzKmWhq&#10;2phGYyM9zxU2VtQB6DmsAoiHOFbUzd3YJilSX08n3XRhcxlzuIw5XM6cjRubk9Km1kgqKYIVdQC6&#10;CasA4ocNHjt1NzZfUTcDQC7lOOUsQY/RCZs+P1bUAcg+VgFkl+SvLq+o093YtKJOg8eOk3X25Gxo&#10;bm5Jg17TtEWwog5A/FgF0L10cUVdDx69K+odp+vsypnT0rJJbdzonrKxog5AfFgF0HP4DB6DVtSt&#10;u7HNivrKlasOUx7blXWjJeU45SzhCnsjVtQB6CJWAeQGnsGjWVH3GzxGXlGneJ0RNpcxh8uYw6XM&#10;2bSpNUVzs9vLpsEnVtQByAyrAHIP4W5s74q6dDe2WVFP3Y3NV9TphE1kU84SLS2t+vNQSya5op7A&#10;ijoA/lgFkNuwpAgfPPIVde/g0VpRN3dj08CRhM2FHKecW1s3W5Cwm5pcYbtpEayoA8CxCqB3EWFF&#10;3QwevSvqaXdje1fUTUKE5JlNQXvZvHmL/vfGjZQWcfvYWFEHwMUqgN5L/Cvqpn8ti5rLmMNlzCE5&#10;+0E/HOgHBVbUQX/HKoC+AUuK8LuxeVLEd0WdBo9mRZ1OudRP5jLmcBlzuJA5W7ZsTWPTJkqLNJuW&#10;CFbUQb/CKoC+h8+KOr8bO6MVdYrXcWFzGXO4jDlczpytW7ep1lb3lJ0cPOoVdQweQV/GKoC+DRs8&#10;dnpF3dyNzYXNxRyXnCWMsKmHjhV10FexCqD/kPwVNngMuxs7bUWdTrjUS6bkBpcxh8uYw6XM2bZt&#10;ewr6mPrkjY1uWwQr6qCvYBVA/yXuFXUStjlhZ0vOftAJvqmpxbuiPgYr6qA3YhUAIOJYUTd3Y5sV&#10;dUqJ0BCQSzkuOW/fvkOEhE1tkeTgESvqoFdhFQDg+Aweg1bUrcEjX1F3WyIk7C2WjDlcxhwuZc6O&#10;HTtT0Oejz5u8ahUr6iDnsQoABBH3iroRdnOze8LOlpwltm7drnvnycEjVtRBTmIVAIiKMHjs1N3Y&#10;3hV1EiaddDdv3mpJOS45G3bu3JVi27YdatOmzXrjESvqIJewCgB0FiEpYgaPfEXdDB59V9Rp8MiF&#10;zWXM4RL2wytnCfo91MemHronKYIVddAjWAUA4iCZFKHBo7Si7h08elfUafCYtqL+8suTi2lFnZIi&#10;1BIhYWdLzoZdu3anoI+pj02fGyvqoCewCgDETcQVdX43duCKOqU16LTLRSzBJRyEV9ASW7du1X1s&#10;rKiD7sIqAJBNfJIiYSvqNHi0VtTN4JHaEps3b7ZO1VzAQXAZ+7F7d1uKjj62HjxiRR1kBasAQHeR&#10;/BXrijolReiETcLmIpbgEvbDK2eJ7dvdPjbdGogVdRAnVgGAnkBIinR5RZ2SGrTtSCfebMnZ0NbW&#10;noKeR71zd/BIb8zrrqhj8Ag6g1UAIBfI8G5s3xV1uhvbJEWMsLmI/eAilvDKWYJ+z7Zt21Rzs9vH&#10;phX15OARK+ogElYBgFwjGyvqNPyjISAXc1xybm/fY0F1ihJSHxsr6iAqVgGAXMZn8CitqPvejU0r&#10;6uZubHpTXrPtGEXQXMYcLmbOnj17U9Bwk65bpfeXTA4en8aKOuBYBQB6C51YUeeDx5E0ePSuqJss&#10;Nhc2lzGHy5jjlbPErl1t+gdFcvCIFXWQwioA0BsRBo9dXlEnYZKwadDIpRyXnPfu3Wexe3e7vruE&#10;rnl1T9lYUe/PWAUA+gJdvBtbr6jT4LFjRX2jbk3s2OEKm8uYw2XM4WL2g34vDTvNAk3ybmysqPcj&#10;rAIAfQ1hRd0MHvmKuhk8mhX11ODRu6JOSRGTxc6WnPft229Bdepjm8EjVtT7B1YBgL5MMilCg0dp&#10;RV26G5uSIjR4tFbUly8v20l9bJKmETaXchxylti//4Buw9A73SRbIlhR76NYBQD6CywpwgePRtjS&#10;3diUFEndje1dUae2BMXsjLC5hP3gEvaD5CxBfewtW7alBo9YUe87WAUA+iPJX5muqNPg0XdFnZIi&#10;NAAkYXMpxyVnCfrhQG9oQINHrKj3fqwCAEC8GzvTFfWRtKJOg0daUSdhUsSOTryZyDkTQR84cNCC&#10;PhcNHmnjkdoiWFHvfVgFAEA6Ga6om8Fj2or6l7406rsdK+obk8szbZaQ45KzxP79+3Uf2zN4xIp6&#10;L8AqAAD88VlR53dj+62opwaPtKJOd2NTHpuifTt37syanA8eJA6lQXVa2KEfFlhRz22sAgAgGtlY&#10;Ud+0qUPYXMqZClqSs5dDhzpoa2vT/XOsqOceVgEAkDnCiroZPPIV9cC7sb0r6pQUoWgf9ZWzJWeX&#10;w2nQ56PPmxw8YkW9h7EKAICukfzV5RX18ePHP2NW1EmYNACk5AaXclxyPnzYhk70tEBDb1dmVtRp&#10;8Mj/zCB7WAUAQLx0cUU9dTe2WVGnd5+hiF17uyvsbMi5gyPqyBEXei4NHs3NfVhR7x6sAgAge/gM&#10;HjO6G9u7ok6nbFpioZ5ytuQsQa9Hn5MuoMKKenaxCgCA7kFYUTeDx7AV9bTBo3dF3c1i79an62zI&#10;2cvRo0dT7NmzRw8eKV5YV1e/FSvq8WEVAADdjzB4DLsbO3BF3SRFKGZHLZFsyVmC+tg0eMSKejxY&#10;BQBAz5L8ZYTNB49G2GbwyFfU0+7GphV183ZhNAA8cOBA1uRsOHbsWApqu5jBI1bUO4dVAADkFnGv&#10;qJMw6aRLJ14uYgkuYT+8cpagHwp0sqeNR6yoR8cqAABylzhX1GnwSC0JurWPstHZkrOX48ePa+h5&#10;7e3tevBokiJYUZexCgCA3oFPUsRvRd0MHgNX1Gn4R0NALmI/uIT9MHKWoMfpc9IPi2QW26yoY/AI&#10;SQPQN8jGijqdcilmR22KbMg5nRPqxAkXugjKs/HY71fUrQIAoHfDBo9R78YWV9TN3di0wEL9ZBI2&#10;F7GELWE/OuQscfDgYb1Akxw89ssVdasAAOg7JH9Jg0e+om4Gj6Er6iRMEiclN7icowvaFnI6r6bx&#10;6quv6iTK7t1tqqVlUzKP3T9W1K0CAKDvEteK+rRp08toRZ1aEtSaoCy2LWIJLmOOLed0TmqOHTuu&#10;2tr26LcM6+sr6lYBANA/8Bk8ZryiToNHs6LuRvv2ZU3OEvR8ihPSfSZ9cUXdKgAA+h+ewSNfUeeD&#10;R5MUEQeP6SvqlBTZqyVtS7nrcj55kjhlQVe60g+LvrKibhUAAP2bLqyom8GjXlE3d2ObpIiJ9mVL&#10;zl5OnSJOq8OHj6qdO3en7sbujSvqVgEAAAzC4JHfje1dUfcOHn1X1OlOERoAHjlyNGtyljh69Hhq&#10;8JhcUZ/RG1bUrQIAAPghJEXM4NEkRczg0buibgaP4oo6RfsOHTpiSTlzOfsL+vTpdOj0vmfPPtXa&#10;6m485vKKulUAAIAoJJMiNHiUVtRp8Bi6ok6DR7OiTi0JivYdOHAoa3I+ffpMGmfOnNHPpwUaGjzm&#10;4oq6VQAAgExhSREaPEor6vxu7MAVdRr+0RDQFXb8cpag30txQrq5L7mi3hS0on7VbePzrx7y2HD6&#10;N38sLqwCAAB0BZ8VdTN49FtRN3djWyvqlBShUy5dAkV962zI2eU19dpr6VDfnNox3hX1R76f+NxV&#10;Q8eVXzX0cXXVsMfV1cl/64+HjKu6+tZxQ/j3pCtYBQAAiIvkr1hX1DdvNtG+EzEJ2pazBC3QvDS9&#10;tEPIwbw4aPiYWPrbVgEAALKBkBTpzN3YqRV1GjxSUqOtrV0LtDNyjiro119/XX3/58XqqqHjuYz9&#10;GTKuin8POoNVAACA7sDnbmy+om4Gj6Er6iYpcvTosVjlTKytaXXbGpnzGP9zZ4pVAACA7iYbK+ru&#10;JVAHuyRn4vDRE1y8GXH5kMfEoWNUrAIAAPQkPoNHaUU98G5sWlE3g8dt23akhM2F7Cdnw0uzVkXt&#10;Q8sMGfdL+kPxP2dUrAIAAOQKnVhR54NHa0WdkiL0hryUEgmSs2Hs0zPVVUPH2fKNyq1ja+nPwf9s&#10;UbEKAACQiwiDR76ibgaPfEU9bfDoXVFvbd2so320OMPlbLjroWdt8WbAlUPHvUXtHP7niYpVAACA&#10;3oBn8MhX1Gnw6F1RlwaPekV99OiHnzIr6pQUaW/fo6N9Xknf/E9PW+LNhCuHPP4nnKQBAP0aYUXd&#10;DB7NiroZPHpX1K3Bo1lRN0kRivaNfqLAEm8mXDlk3Db0pAEAIEkyKeK9G9u7ok6Dx0gr6jR4pBX1&#10;bz099V0u3owYMvbX/GvMBKsAAAB9BZYU4YNHkxQxg0e+oq4Hj4Ouu+3JrqQ7Lr/lGyP515UJVgEA&#10;APoiyV+dWlG/+NovzuPyDWecuuLWsYu6MjTUXzcvAABAX0dIioSuqF9x86P7bRH7c+WQsfsu+fvP&#10;0g8B6/NnglUAAID+hs+Kuhk86hX1933or2+74qZHNkW5v+OKW7+568K/vYdaKAP558oUqwAAAP2Z&#10;sBX1S/7h/qevHPLY22lXlCavLL1yyLh3L/3kg4lkC4WE36VWh/56eAEAAIBL0Ir6xZ/4/EOX5D/4&#10;wmX5o6ddcv0/v/Shj33668lBJJ2+Sewkeus1M8UqAAAAsBFW1M3gkZIi1McmqKdNIqdT+AD+Gp3B&#10;KgAAAAhGGDxSW4QgedOpm07f1vM6g1UAAACQGcnBI52yCZJ3p9fAOVYBAABA7mAVAAAA5A5WAQAA&#10;QO5gFQAAAOQOVgEAAEDu8P8BNwmYTw/XmlIAAAAASUVORK5CYIJQSwMEFAAGAAgAAAAhAFD2RMbg&#10;AAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AUhO+C/2F5gje7SVo1jXkppainItgK0ttr&#10;9jUJze6G7DZJ/73rSY/DDDPf5KtJt2Lg3jXWIMSzCASb0qrGVAhf+7eHFITzZBS11jDClR2situb&#10;nDJlR/PJw85XIpQYlxFC7X2XSenKmjW5me3YBO9ke00+yL6SqqcxlOtWJlH0JDU1JizU1PGm5vK8&#10;u2iE95HG9Tx+Hbbn0+Z62D9+fG9jRry/m9YvIDxP/i8Mv/gBHYrAdLQXo5xoEZZJuOIR5gmIYKdx&#10;8gziiLBYpAnIIpf/DxQ/AAAA//8DAFBLAwQUAAYACAAAACEAqiYOvrwAAAAhAQAAGQAAAGRycy9f&#10;cmVscy9lMm9Eb2MueG1sLnJlbHOEj0FqwzAQRfeF3EHMPpadRSjFsjeh4G1IDjBIY1nEGglJLfXt&#10;I8gmgUCX8z//PaYf//wqfillF1hB17QgiHUwjq2C6+V7/wkiF2SDa2BSsFGGcdh99GdasdRRXlzM&#10;olI4K1hKiV9SZr2Qx9yESFybOSSPpZ7Jyoj6hpbkoW2PMj0zYHhhiskoSJPpQFy2WM3/s8M8O02n&#10;oH88cXmjkM5XdwVislQUeDIOH2HXRLYgh16+PDbcAQAA//8DAFBLAQItABQABgAIAAAAIQCxgme2&#10;CgEAABMCAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAAOwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhABi8A/bvBQAANBsAAA4AAAAAAAAAAAAAAAAAOgIAAGRycy9lMm9Eb2MueG1sUEsBAi0ACgAA&#10;AAAAAAAhAJQrfTT2MwAA9jMAABQAAAAAAAAAAAAAAAAAVQgAAGRycy9tZWRpYS9pbWFnZTEucG5n&#10;UEsBAi0AFAAGAAgAAAAhAFD2RMbgAAAACAEAAA8AAAAAAAAAAAAAAAAAfTwAAGRycy9kb3ducmV2&#10;LnhtbFBLAQItABQABgAIAAAAIQCqJg6+vAAAACEBAAAZAAAAAAAAAAAAAAAAAIo9AABkcnMvX3Jl&#10;bHMvZTJvRG9jLnhtbC5yZWxzUEsFBgAAAAAGAAYAfAEAAH0+AAAAAA==&#10;">
+              <v:group w14:anchorId="213F35BA" id="Group 3" o:spid="_x0000_s1031" style="position:absolute;left:0;text-align:left;margin-left:46pt;margin-top:1.6pt;width:360.35pt;height:222.5pt;z-index:251821056" coordsize="45767,28257" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQDYNbdm8QUAADQbAAAOAAAAZHJzL2Uyb0RvYy54bWzsWVtv2zYUfh+w/0Bo&#10;wN4aS7KuXpPCS9qgQNYGTbc+0xJlC5VIjaRje79+H6mLb0mvQ7sNfojCyyF5ePjxnI/HT5+t64rc&#10;M6lKwc8d78x1COOZyEs+P3d+f/viSeIQpSnPaSU4O3c2TDnPLn784emqmTBfLESVM0kwCVeTVXPu&#10;LLRuJqORyhaspupMNIyjsxCyphpVOR/lkq4we12NfNeNRish80aKjCmF1qu207mw8xcFy/TrolBM&#10;k+rcgW7afqX9zsx3dPGUTuaSNosy69SgX6BFTUuORYeprqimZCnLo6nqMpNCiUKfZaIeiaIoM2b3&#10;gN147sFurqVYNnYv88lq3gxmgmkP7PTF02av7q9lc9fcSlhi1cxhC1sze1kXsjb/oSVZW5NtBpOx&#10;tSYZGoMwjuLId0iGPj/xwzjsjJotYPmjcdni+UdGjvqFR3vqNGU2wV9nA5SObPBxrGCUXkrmdJPU&#10;nzRHTeX7ZfMEx9VQXc7KqtQbCz0cjFGK39+W2a1sKzDnrSRlfu4kbuiPgzSKHMJpDeRDyixOPIfk&#10;TGXA4JSsFqVmRMuS8nnFiOCEkllFs/dkhs8cx8/zn39aT3+xn+nLJ3PGmaSa5SQTXDOuSU03ZMZI&#10;iUsnJeB+ZiBt9DKqtIpRY7gbkb1XhIvLBdZiU9VAFhfWSI/2xW11b1ezqmxelFVlwGDKnf2whQMY&#10;PnAELcSvRLasoW57ZyWrYErB1aJslEPkhNUzBpvJl7lViE6UzN5AQXs7lZZMZwuzeAElunbAZOiw&#10;Gm+VNNtRQDSZrX4TOUxPl1rY23mAaC8JPMCVALrRuMftgGwvTZMUvRbZYeomrkX2gE+YVSp9zURN&#10;TAHqQ2O7DL2/UUZ3iPYiRnsujBHtniq+1wBB02L3YTTvitiIuZTwjKq3OWpHVv+sy3+3oA2Dlmba&#10;LVq9yB37PowQ9nC905KW84Uml4JzbExIIBe6d+MueecxlDW12c2BcVu7tibuXEJv2tR1Pa/zGR+x&#10;aVVyoy2dPGLTipMVYOzHOBwjpkRV5j1WbRRhl5Uk9xT+X69buO9J9aY3+2pNb0t6UzEzX8XfsAIX&#10;Gq7OaxcwkWk7J80ywLqf10qbYS1Qu4GdZh8a2MmbocxGrWHVTxg8jLArwy8Mg+uSC/mQ2ltTFK08&#10;ELezb1OciXxjz9h2AIHfCIqpF8feeJyAOLSO86uROI5idwx8mHue4Eq39xiW7iLRCY5wkXs4PsFx&#10;iONeEodJkgRDHP8n4BhFXdjZY0wnPD7mV0943OIxjf04cSM37v3jW4ObX8WajHfis2H0RK/R3JG8&#10;bXw7itRe7CY9DzqI1J4XwHN2JCiIotgPLWPcztETnC/hQCZ0W+JlAtfAjh6OyHo9W1tibRXYBigi&#10;BagXNFRN9qIED7uhSt9SiVccGvEy1a/xKSqBtURXcshCyL8eajfy4FfodcgKr8JzR/25pObJUL3k&#10;YF6pFwSYVtsK3j4+KnK3Z7bbw5f1pQDxAOWHdrZo5HXVFwsp6nd4wE7NquiiPMPaYCp98VKjhg48&#10;gDM2ndpy+xK54XcN3i8tKTGH8Hb9jsqmOwYNTLwSPdc7Yk+tbGv1KchxUVq6urVqRwe+XdT33SQK&#10;PT9NQQvbsP/1sA6DNOjCvu/7SXLI8D0A2jRahg+CH7YCwF9PZb85uKP+Crfs6wRuOIb/Prg9H250&#10;jHTV+Ajcfn/geIt9js8ep2Hk9iTCd9PucboltYE/TiKsZ16v4zAGjfnejtsqsHUxJ2z/L7CdhkES&#10;eXDePbQHfjyVUqx20ge7UH8kfUAKZJf+6KNal3f0wtBmFc3zzffgpw85ShCAEHVuHBmMqBV43I2r&#10;LrUxZDbaIPrBDIOfQAf7kjbu6IqqRZtTUBt1JbS5WnSiaVk95znRmwZJpz6r1107m9/ZkjBbOiUZ&#10;vleSwYuDwI/9YGAbX4Nac/Y9VoM4NTTCYNVL3HTIhvdvOy/Ee7IHa+h65iHYZgof4RwnsP6bM2L2&#10;Nwr8NAO+vPfbz27dcuntj10XfwMAAP//AwBQSwMECgAAAAAAAAAhAJQrfTT2MwAA9jMAABQAAABk&#10;cnMvbWVkaWEvaW1hZ2UxLnBuZ4lQTkcNChoKAAAADUlIRFIAAAFpAAAA3wgGAAAANJ8ikgAAAAFz&#10;UkdCAK7OHOkAAAAEZ0FNQQAAsY8L/GEFAAAACXBIWXMAAA7DAAAOwwHHb6hkAAAzi0lEQVR4Xu2d&#10;CXRc1ZWu74vlkJfXeSTMQ9Jukk6noR+RGW0TwBCIM5juBL8mBCcsNyQxxhkIZHBIOhjoQBKDXZIj&#10;z4Pk2bKw5UGyZkuWLM+25HnGA3Rs59GB0Alpkl7rvLXPrVO6tc++Q0m3pJL0e60P0C5XSZZZn87a&#10;+9+nHKWUAwAAIJjziYH5ZxMDhp+bnDeEP0bkJxL5+YnE8BsLC8XHO4tVAAAA4HJ+knP5uSl5y85N&#10;yVNvFF2o/mPGxeqN6R9S9PG5KXlVJYnhtw8uLFw2uLBQ3TR7trp53jx185w5ij4eXFBQddPUqZ/g&#10;r5kpVgEAAIByzr48cMwbRR9Qf1xynfrvNXdalM0fpW6aOVPdvnq1urupyeKOdeu0uPMTiSf4a2eC&#10;VQAAgP4OCfrN2Zepv5TfZsmZKF/8sLqlpETd1dBgyTmNxkY1dPFiOlVP4J8jKlYBAAD6M2cTFwyi&#10;1oafoM+s/Jw+IYcK2iNqaoN0tldtFQAAoD9DveZ3ll1vydkwfvZPdCvDknEAw2tq6DR9iH+uKFgF&#10;AADor5yc6FxwvuC9lpgN76y+W90wdaol4ShQ/7ozg0SrAAAA/RWK11F6g8vZ0L7iSzq9wQUchVsX&#10;LFA3FBQ8yD9nGFYBAAD6I5Rzrpx87eTfz73akjPxbtlNqqb482pM8XOWgIk7q6rUHRUV6s71663H&#10;iKGlpeqfC39Q7Jez9sMqAABAf+GWoqLLvTnnsbOeUr+beWlKzH9eOVS9OfsKnYvmOemaucPU6MoS&#10;fUKWctK3zJ+ve9EpSS9erEqKRqTlrP/95feGtj+sAgAA9AfyE4kxPOd8X0OF+m3B+7Sg/7DoWhWU&#10;k6bhIon7lwu+aZ2aCZOTHlZWpj+m/z5Y9o/W889NzgvMUVsFAADo65Cg/XLOu6dfo94u+ZgKykkb&#10;/lJ+u6L2SKJ0nPU6mmROetjy5ereol/pwaP0/LNT8nxz1FYBAAD6MvmJxKCgnPNPy5/VJ9wwQXtF&#10;S22QsZUzrNcyoqY2SFHJ49Zzvc/361VbBQAA6KvU1jYOGTFjxpGgnDP1moNy0hL/VXaLPoHz1zJQ&#10;b/r+6T+3nud9/rkpA8QctVUAAIC+Akm5rq5hQn39hqqGhkbV1LIpMOc8YkOtCspJB0H9669WL7Je&#10;00D97+OvjLSe532+NEi0/lAAANBb4VLetKlV7dq1Wx04cFC9+upJVbO7LTDnTC2LoJx0EJQC+Wn5&#10;ROs1DZQCWb/0q9bzvM8/O/k9Vo7a+kMCAEBvQZLyzp271f79B9SJE69qMZ88eSrFzEY3CscFSlDO&#10;+fkl39GDPC7QKLw198OqdMEXfHvTlJOevmCc9TzD28XXqLOTB0zkf0brDw0AALmKLOVdav/+/erE&#10;iRNayl5OnkyXdHlLnc4vG3HeVV+flnPmOekwwnLU3vYH/XAoXfwv1msY6IdDa2IQJA0A6D0ESfn4&#10;8RP6tOyemA1c0h2CPtM0RZ0qulTdUFSkpfmpVaus+6C9OekwouaoJ634rn5tnpPm0O99YOYz1v3T&#10;1jcFAAB6Ci7llpZNWsr79pGUj+vTcgdhgu6QNAna5J4pZTGstNT3PmhKaVDagkvUCwk6oxz1srFi&#10;Trrj992mDv/6MjWioca6f9r6JgEAQHfhL+V96tixY1rMLl45S4JOl7RX0KcOtKblntcvHR14H/S3&#10;Kgp124KL1PDuyiGdylHXzrnHeszw1tyr1LMrf+J+Dez+aeubBgAA2UKS8o4dO9XevXvV0aNHPVL2&#10;wgUtSZqfojvaHL9Z8um03HOU+6BnL/maHuRxmRLUs+5Mjvp8YqBVJ+hUvqr4M2mf33v/tPVNBACA&#10;uAiTMp2WDbacXTIXtEfSx4+k5Z6j3gdNeenSBSO1kGk4aJ5Pp+Ku5Kj/uPSTnte6TZ+gK+YP15+P&#10;fw3m/mnrmwoAAJ3FT8p79uxRR44cscQcLmlZ0MGS7jhFn961Oi33nOl90N9b+5LuFVO74u35H1Fv&#10;zbm6SznqN6Z9UL09f5B+PXrdVItDwNw/bX2TAQAgKpKUt2/fkSZlL1zMmQk6w1M0DQw3/CIt90wR&#10;OL+cdBDUp545+4vqaNGHO52jpvbJ4amXqkWLRunXk07PXihXnV9YONH6pgMAgB9cys3NHVI+fPiw&#10;FrMk53gkzQXtPyxMnaS3LkzLPbcsfyAtJx3G/XWrdL/Y5KB/O/WvMspReyG5ny98v2+OmkM/TG4o&#10;KHjM+ksAAACDLeUWLeX29nZ16FCHlL1wMccjaEnS/BSdLmgt6WN703LPb5bfk8pJh0GtCJ6D/vPK&#10;WyPnqDkk+XeWdrwWz1FzKIFC7xZj/aUAAPovkpS3bduh2tpIyof0adnA5RwkaS7mYEF3cViY5NQp&#10;4rQ6O+fv0nLPlJP2vmOKBAnaLwdNKY2wHDWHXudcYqD686r01/O7j5rigYMLCs4OLy6+wPpLAgD0&#10;H2Qpb1dtbW3q4MGD+rRMeOXsYsvZT9CZS1oWdLCk7VM0CZo4s3NFWu55W+konUPmYjZ8ubY0MAd9&#10;quT6wBy1BKU49s+UNxOl+6hvXbSITtFj6O/I+ksDAPRdgqRMN8UdPHhIn5hdXEHbkrblnD1Bd+0U&#10;bXi94ttpuefCkvF6MMcFTYTdJ00565nFX/bNUXN0DnrePaH3SZv7qGldnd530fydWX+JAIC+gyTl&#10;rVu3q9272/RNcXRaJjF74ZLOhVN0JsNC7ynacPrVo+o3q76Syj1TXvpn85/SQ0S6ZMkIOuw+aZOz&#10;9stRe+E56Cj3SY8qnkSCLqc2h/k7tP5SAQC9F1nK21JSptOyl9wWtCRpfoqWBJ0u6dOnO9jSMF0d&#10;Krg4lXuun3O3umfqi7r9MXTpUjVm0QuBOWies+Y5ajpd++Wgo9wnPWfy7TP436n1lwwA6D34SZku&#10;uqdLiUjMkpxdQadLukPQ/pLmcg6SNBdzsKDjHRbKkj6jZjVt1NE2yilTqqJo2aN6aPe1skJ1+4pl&#10;auL8sYE5aL+cNX89KQeN+6QB6AdwKW/c2KK2bNmWuinOSNkLl7Mk6Nw7RXdtWCgJmijfviMwJ00n&#10;46AcdKY5ay9R7pP+zZS8x/jfufU/AQAgd7Cl3JyS8t69+7SYDVzOmUiaC9qWtC3n7Ak6O6do4tCJ&#10;E4E56bD7pDPJWXOi3Cd9PjEwn/8/YP1PAQDoOWQpb1U7d9L9F3vTpByXoCVJ58IpusvDQiboM2dc&#10;7ps3LzAnHXafdJScNYdyz2H3SZ+dknf25EQnNTA0WP+TAAC6D0nKmzd3SJlOy164nDMVtCvpXBa0&#10;JGl+ipYE7T8s5JKu3LUrMCcddp90WM5agnLP5Ysftl7LQCmQsy8P1LlojlUAAGQPPynTTXHt7Xu0&#10;mCU5+wk6U0nzU3R/GBZ6BW34eVW1b06aCLpPmgjKWXMo9zxh7g+s1zBQjvrclLxULppjFQAA8eGV&#10;cn29kfIWff8FrVp7xdzdgs69U3R2hoW2pF9Tr54+rb6/erWVkzboHHTJF3xz0NS2+Nd5T/o+n6AW&#10;B52gn5j9I7HNYXLU56fklUttDoNVAAB0Hi7lpqZm1dpKUna3+kjKXrigu1PSXNC2pG05Z0/Q3XeK&#10;fu2111Ks2blT3T1zZionTafjYcuW6Y+ph9w4/17126nv981Bj1/ynLpx2jTx+VT/ypLJvjlq6kH7&#10;tTi8WAUAQHTSpbxBNTVtVK2tm1Or1nRaNnBBS5Lmcs6WoCVJ58IpOlvDQu8p2itpQ1Vbm5rW2Kgm&#10;lU5WM2aM0n1n7+n3T6X56j8XfFxtnXWjemn2Q1YO+o6KCjWsrMyV9IoV+mN6r0LzOP3+F+Y9olZM&#10;ubHx7JS8CWcTA4YHnZ69WAUAgD9BUqatPoNXzn6SjiJoP0lzMQcJ2pV0LgtakjQ/RUuCjj4slE7R&#10;htdff11z7NhxdWjDzKzmpOl+aP7/VBhWAQDQgSTlTZs2p7b6vGLuiqD9JM3l3BlJ81N0fx0W8lP0&#10;0aPH9N8F5c5ra+vfXbly1eF5Rb9ck82cNN0Pzf8fC8MqANCfkaXcmpIyhwtakjQXtCRpLudsCTr3&#10;TtHdNyyUpDxt2vSy8ePHP3PRRRfd7zjOSOL4iwNey0ZO2twPzf+fC8MqANCf8JOyu0CyS8PFnImg&#10;JUlzQXenpLmgbUnbcs6eoLN7ij5y5GgkKXOeHvmep7ORkzb3Q2eKVQCgL+Mv5S0pKXO4nDORNBe0&#10;JGku52wJWpJ0Lpyi4xoWkpTb2jKXsuM49yX//TnHce51HOeuxh8MWBRnTtp7P3SmWAUA+hJcyo2N&#10;HVKmBRIDF3McgpYkHUXQfpLmYg4StCvpXBa0JGl+ipYE3SHpw4dJyu2xSNlxnNsdxxnqOM4tjuPc&#10;cM3Fzs37nssrjyMnze+HzhSrAEBvRpJyS0traoHEK+aeFrSfpLmcOyNpforuC8NC+iFC39fNm+OX&#10;suM41zuOc53jOH/nOM5HHcf5a8dxrqp96j0P/fvkvPN+OedJiftepl6zlJOmemdbHF6sAgC9CVvK&#10;TaqlZZOOxZGUOVzQ2ZI0F7QkaS7nbAk6907R0YaFhw4dUbt3k5S3dpuUHce53HGcix3HudBxnL9y&#10;HOcCx3EGvDZ5wF3nJuc9Qfc9Sznn/ERieH4i8UR+YeHEwQUFE+jjrpyevVgFAHIZScrNza6UKavs&#10;pacELUmaC7o7Jc0FbUvalnP2BO1/ij548LD+fuaClB0nd9xoFQDIJfyl7MbiDJ0RdLYkzQUtSZrL&#10;OVuCliSdC6dokjN9bZByOFYBgJ5ElnJLKhZHeOUcRdB+kuZijkPQkqSjCNpP0lzMQYJ2JZ27gqav&#10;b9euNtXaCilnglUAoDvhUt6woUm/JRT1lY2UvYQJWpI0l3NPCtpP0lzOnZE0P0X39LDQlfJufcEU&#10;pNx5rAIA2cSWsnt9J0mZEhhewgQtSZoLujslzQUtSZrLOVuC7olTNH0d9D2ElOPFKgAQJ35SphYG&#10;DfsMYYKWJM0FLUmayzlbgpYkzQXdnZLmgrYlbcs5U0HT1wIpZx+rAEBXkKRMdyo3NzfrvjLhlbMk&#10;aEnSXNCSpKMIOluS5oKWJM3lnC1BS5KO4xQNKfcMVgGATJClvDHVwjBi9hO0JGkuaEnSYYL2kzQX&#10;cxyCliQdRdCZSprLuUPS2RE0fR30PYOUexarAEAQkpRpq4/ETFL2wgUtSToOQUuS5nLuSUH7SZqL&#10;OUjQfpLmp+iuDAsh5dzEKgDghUuZ3jyVYnEkZeorG7igJUmHCVqSNBe0JGku6O6UNBe0JGku52wJ&#10;OtNTNH0d9H2h+7Eh5dzFKoD+jS1lN6vc1ETRuObU0K+rgpYkzQUtSZoLWpI0l3O2BC1Jmgu6OyXN&#10;Bc0lDSn3TqwC6F9IUqassjktGzH7CVqSNBe0JGkuaEnSXNCSpKMIOluS5oKWJM3lnC1BS5Kmz0Xf&#10;E0i5d2MVQN9GlnJjauDnhQtakjQXtCRpLmhJ0lzQkqTDBO0naS7mOAQtSTqKoDOVNJdzh6RtQdPn&#10;hJT7HlYB9C0kKVNf2R34uSdmc2rmhAlakjQXtCTpOAQtSZrLuScF7SdpLuYgQftJ2pyi29v3qm3b&#10;IOW+jlUAvRs/KXtPzF45+0maC1qSNBe0JOkwQUuS5oKWJM0F3Z2S5oKWJM3lHIeg6V1H6M/e0gIp&#10;9yesAuhdyFImGtLE7CVM0JKk4xC0JGkuaEnSXNCSpLmcsyVoSdJc0HFJukPKrZByP8YqgNyGS7kD&#10;V8qcMEFLkg4TtCRpLmhJ0lzQkqS5oCVJRxF0tiTNBS1Jmss5qqDpgvutWyFlkI5VALmFLeUGX8IE&#10;LUk6TNCSpLmgJUlzQUuS5oKWJB0maD9JczHHIWhJ0lEE7Sdp+hyQMgjDKoCexU/KdXX1aWRD0JKk&#10;uaAlSXNBS5KOQ9CSpLmce1LQfpJOl/I2SBlkhFUA3YuflGtr61JkKmhJ0lzQkqS5oCVJc0FLkg4T&#10;tCRpLmhJ0lzQ3SlpLmhJ0lzOdME9pAy6ilUA2YVLuU6fkknKtaomSSaCliTNBS1JmgtaknQcgpYk&#10;zQUtSZoLWpI0l3O2BC1JmguaIClv2bJNNTdDyiA+rAKIF0vKSdmSjKtrajQ1NbUuTNC1deGS5oKW&#10;JM0FLUk6TNCSpLmgJUlzQUuS5oKWJB1F0NmSNBe0kfTOnbv110/vuQgpg2xhFUDXkKRcW1evZVxV&#10;Xa2prnblzAXNJR0maEnSXNCSpMMELUmaC1qSNBe0JGkuaEnSYYL2kzQXcxyC9kp6x45d+k1TIWXQ&#10;nVgFkBmilGvrVHV1tVpfVaWqqlwxBwo6plM0l3MUQUuS5oKWJM0FLUk6DkFLkuZyzpag6XUhZdDT&#10;WAUQjCTlmto6LeDK9eu1mL1YgpYkzQUd4RTNBS1JmgtakjQXtCRpLmhJ0mGCliTNBS1Jmgs6m5J2&#10;pbxFbdwIKYPcwSqAdEQp19RqAZOUvViCjnKK7sE2hyTpOAQtSZoLWpI0F7QkaS7nrgh6+3b3gnt6&#10;d3JIGeQqVqG/w6Xs9pNdKVdUVqbgghYl7SNoLumutjkkSXNBS5IOE7QkaS5oSdJc0JKkuaAlSUcR&#10;dCaSpsuI6OuDlEFvwir0NywpUz+5plZLd11FhcYrZz9JBwmaSzoXTtFc0JKkuaAlSXNBS5LmgpYk&#10;HSZoP0lzMXsFDSmDvoBV6OuIUq6uUZWVlWrtunUpMXdJ0FHaHDGdormcowhakjQXtCRpLmhJ0nEI&#10;WpI0l7MkaFqxpms7IWXQl7AKfQ1JylXVNVq2JGUvXNCSpLmgRUlzQUuS5oKOcIrmgpYkzQUtSZoL&#10;WpI0F7Qk6TBBS5LmgpYkzQXtJ2lIGfQHrEJvR5RyVbUW7Jq1a1NwQUuS5oKWJG0JOsopugfbHJKk&#10;4xC0JGkuaEnSXNCSpI2UaZuPVqybmiBl0H+wCl3hfGJg/tnEgOHnJucN4Y8R+YlEfn4iMfzGwkLx&#10;8c7glXJd/QY3DldVrSW7es0ajVfOfpLmgpYkzQUtStpH0FzSXW1zSJLmgpYkHSZoSdJc0JKkuaAl&#10;SXNBS5L2ypmeAymD/o5VyJTzk5zLz03JW3ZuSp56o+hC9R8zLlZvTP+Qoo/PTcmrKkkMv31wYeGy&#10;wYWF6qbZs9XN8+apm+fMUfTx4IKCqpumTv0Ef80g0qRc16ClvJ6kvG6dWr16dUrMXsIELUmaC1qS&#10;dJCguaRz4RTNBS1JmgtakjQXtCRpLmhJ0lzQrpQ3qaamZkgZgCRWIRPOvjxwzBtFH1B/XHKd+u81&#10;d1qUzR+lbpo5U92+erW6u6nJ4o5167S48xOJJ/hrGywpUxxufZUWK0m5nBEmaEnSsQg6SpsjplM0&#10;l3MUQUuS5oKWJM0FLUm6s4I223yQMgD+WIWokKDfnH2Z+kv5bZacifLFD6tbSkrUXQ0NlpzTaGxU&#10;QxcvplP1BHpdScqVSSmThFeVl6cIE7Qk6TBBS5LmghYlzQUtSZoLOsIpmgtakjQXtCRpLmhJ0lzQ&#10;kqTDBC1J2oiZFkfo8zQ2QsoARMUqROFs4oJB1NrwE/SZlZ/TJ+RQQXtETW2QeWvXpaRMQiURr1y1&#10;SuOVsyRoSdJhgpYkzQUtSdoSdJRTdA+2OSRJxyFoSdJeOZvkBaQMQOexClGgXvM7y6635GwYP/sn&#10;upVhyTiA4TU16t5p09QrK1emxBynoCVJc0FLkuaCFiXtI2gu6a62OSRJc0FLkg4TtCRpLmhJ0lzQ&#10;9HtcKW+ElAGICasQxsmJzgXnC95ridnwzuq71Q1Tp1oSjgL1r2evWBEoaEnSXNCSpLmgJUlzQUuS&#10;DhI0l3QunKK5oCVJc0FLkuaCJlwpN0PKAGQRqxAGxesovcHlbGhf8SWd3uACjsKtCxao5xcvDpQ0&#10;F7QkaS5oSdKxCDpKmyOmUzSXcxRBS5LmgpYkzQVtJO3G4SBlALoTqxAE5ZwrJ187+fdzr7bkTLxb&#10;dpOqKf68GlP8nCVg4s6qKnVHRYW6c/166zFiaGmp+tHcSap22a9EQUuS5oKWJB0maEnSXNCipLmg&#10;JUlzQUc4RXNBS5LmgpYkzQUtSZoL2itpN3mxEVIGoAexCpxbioou9+acx856Sv1u5qUpMf955VD1&#10;5uwrdC6a56Rr5g5ToytL9AlZyknfMn++7kWnJL14sSopGpF6/uEZN6uqFdN8BS1JOkzQkqS5oCVJ&#10;W4KOcoruwTaHJOkwQVM/mZ63YQOkDECuYBW85CcSY3jO+b6GCvXbgvdpQf9h0bUqKCdNw0US9y8X&#10;fNM6NRMmJz2srEx/TP99sOwfredvLfmGJecogpYkzQUtSZoLWpS0j6C5pLva5pAkzQUtSTpM0IQZ&#10;8m3Y0AQpA5CjWAUDCdov57x7+jXq7ZKPqaCctOEv5bcrao8kSsdZr6NJ5qSHLV+u7i36lR48Ss/f&#10;XjImUNCSpLmgJUlzQUuSDhI0l3QunKK5oI2k3X5yE6QMQC/CKhD5icSgoJzzT8uf1SfcMEF7RUtt&#10;kLGVM6zXMqKmNkhRyePWc73Pr18+yVfSXNCSpGMRdJQ2R0ynaC7nKIL2StptXUDKAPRmrAJBd2oE&#10;5Zyp1xyUk5b4r7Jb9Amcv5aBetP3T/+59Tzv808WDRIFLUk6TNCSpLmgRUlzQUuS5oKOcIrmgpYk&#10;zQXNJW1aFw0NkDIAfQWrMLy4+IKgnPOIDbUqKCcdBPWvv1q9yHpNA/W/j78y0nqe9/nVK6ZlLGhJ&#10;0lzQkqQtQUc5RXdjm8OVcqNqaGiElAHoo1gFukY0KOdMLYugnHQQlAL5aflE6zUNlAJZv/Sr1vO8&#10;z29Z8sNAQUuS5oKWJM0FLUraR9Bc0l1tc0iSNr1kEjKkDED/wSrcUFDwGA3yuEAJyjk/v+Q7epDH&#10;BUpQMmNb6Si90MIfI96a+2FVuuALvr1pyklPXzDOep7h7eJr1M7i0YGS5oKWJM0FLUk6SNBc0tk6&#10;RbtCphqkDEB/xSo8kPjhQ5RfNuK8q74+LefMc9LnV41QE+b+QMxB0x0ex0pHBOaove0P+uFQuvhf&#10;LDkb6IdDbck4X0FLko5F0FHaHDGcoumdZCBlAICXtA/o+tFTRZeqG4qKtDQ/tWqVdR+0NydN15Hy&#10;x72YHPT8uQ9awiVMDnrSiu/q389z0hz6vQ/MfEb9eOFCUdJhgpYkzQUtSpoLWpI0F3SkU7Qr5vp6&#10;SBkAIJP6D+/90JSyGFZa6nsfNKU0Vi540PfxNJI56LkLv2lJl0jlqJeNFXPSHb/vNnX415epEQ01&#10;+vV+uHBhoKAlSXNBS5K2BN3JU3SwoOm9FyFlAEA4+h/8fuj1S0cH3gf9jXK3teH3uEUyB+3XqzY5&#10;6No591iPGd6ae5V6duVP0l5vWlmZr6S5oCVJc0GLkvYRdOApOtXmaNBAygCAzqL/we+HDrsPmnrW&#10;QY9LRMlBn08MtOoErZ+vKv6M9XqfmT5dFLQkaS5oSdJBguaSloeF9RpIGQAQF9b90KH3QTc2Bj8e&#10;QJQc9B+XfjL1MZ3s6QRdMX+4zmdLrzdv5crsCDpSm8M9OUPKAIBsYd0PHXYfNF0zGvR4EFFy0G9M&#10;+6B6e/4g3f6gHnSqxSFAr/fismWBgpYkzQUtSpoLujopZ91vhpQBAN2D85speY95c88UgfPLSRO3&#10;rVwZ+HgQUXLQh6deqhYtGqW+VVEonp756z25cGGgpLmgJUlbgk6eoquTJ2bqK0PKAICewPnN5AGf&#10;9eaeW5Y/oHvOXIgG6kUHPR5ElBz0+cL3++aoOfR6P1uyxFfQkqS5oL2SrtItDUgZAJA7OG8mnAtN&#10;7pl4s/yeVE5aghIdQY8HESUH/c7SjrupeY6aQ68365VXfCXNBc0lvb7KPS3XQsoAgBxF/+PclAGH&#10;KF1h5EgpDO87pnBoYBf0uATJPSwHfS4xUP15Vfr1p373UdPr3VFUpFYl0x1RBK2lXF1jUhiQMgAg&#10;59H/OJsYMJwGdUaMdP8G5ZC5aA33lS8KfFzi1kWL9IYil7OBUhz7Z8rv8CLdR02v9/zSpaKgjaQr&#10;17stDEgZANBbSf3HuckDfkGDOyPGwpLxejDHZUtQr3jK3Ed9H+fQejnd78Hla9A56Hn3hOaozX3U&#10;9Hpj5hfr3nF1da2WsZZy5Xo99IOUAQB9hdR/UF763JS8Yhoi0pvLUlviZ/Of0kNCumTJCNfcJ+33&#10;uBdqSdCJ94nZPxLbHDwHHSVHPap4knpwzhxVlnxzWjpJGzFXV9f8afnysvZnn33+15AyAKAvYBWW&#10;Jm594lDBxbq98Pb8j6j6OXere6a+qNsbQ5cuVWMWvZB2nzSlQajXbB6n0/WwZcv0xzdOm6a+smSy&#10;zjub16PTul8OOkqOetHcb6fePZyzZm1S2HX1as2ata/TKfr++//vdyBlAEBvxSqY+6Qpp0ypiqJl&#10;j+qh3dfKCtXtK5apifPHivdJUx974cJH1bfnPK1umTNH3VFRobcTjYD560k56Cg56h3zH7LkTPB3&#10;El+zZq1uf9BGYGXl+nMLFixcM2HChCchZQBAb8Iq3FBY+NmgHPT31r6Udp80JyxnHUSUHHXrwvGB&#10;cubQlabUEqmoXK/XuKmPvXJl+SuzZs361vXXX38NpAwAyGWsQn4icWFQDtp7n7REWM46iCg56prS&#10;RGQ5S9CFTJWVlXrg6A4e69ZWV1c/UlFR8UH+vQAAgJ7GKhCDCwoOBeWgKWXhzVVzwnLWElFy1GcK&#10;L1FrVq2whBxFzn7v5kKpELP6XVfX0FRTU/dkY2PjIP49AQCAnsAqEPmJxPCgHDT1k725ak5Yzloi&#10;So5606LvWVLurJw5piXiroXri/rb6+oaJlZXN36Cf38AAKC7sAqGGwoLfxGUg5695Gt6kMdlagjK&#10;WXOi5KgPzL7LEnNccpZYV1GpkyJJYZ+qq2tI1NY2DuHfJwAAyCZWwTC8uPiCwYWFxX45aEpmlJZ8&#10;QQ8RKVfNxUpti3+d92QsOep9Bdf+v8q1q39PSQ067VJyI0zQXMYcLmWOd3uReti0Uk7RPvedVhqK&#10;6+vrv8i/ZwAAEDdWgUNpj8EFBWelHDT1kBvn36t+O/X9vjno8Uue03lp6flhOepTv8p789ejB0xz&#10;HOchx3G+fN99//TDGTNmrlu7dt1rdMKlle+16yqyKmgO9bDpGtOa1DuwNCyrr69/sLGx8UL+vQMA&#10;gK5iFfygPnV+IvHENwrGrZsxY5TuO3tPv38qzVf/ueDjauusG9VLsx+yctCUmx5WVuZKesUKMUf9&#10;wrxHVMkL+TtqnhwwbdID7xl/1YXOp5NLJ3cmF1BoEeXztJgyYsTnHn/xxV/OWb16zfH166t/Rxcn&#10;kUC5kOOSsxE0Rws7Ge2rrW1YXV1d+3hjY+Pl/PsHAACdwSqEwe+f5nQ1J33dz342wXGcDzuOM8hx&#10;nI85jvP3juP8n+QCCi2i3OY4zvCksGmDcOTgwYMffv75f5u2fHnZzqqq2j9QWoOuIs2mnL2Yq09J&#10;2O47hVNSpL6dkiIYPAIAuoJVCIPfP83pak76uokTScT/K7lcconjOFc4jvOR5FbgJxzH+QfHcQYn&#10;hT3McZw7HMe5x3Gcz5KwP/rRjz74zDPPJBYuXLKRLlmiUy5d6E+yzZacJXQPW7//oRb24bq6hl/U&#10;1DTm8+8nAAAEYRWiwO+f5nQ2J029bxpY6i/M/TXQcZz3J4VNW4EkbDpl06YgrXOTsPMdx7k5eQ8H&#10;CZtaJCTsL9CdHU8++eS/lZQsqKOWCF3CtH59lR4EciHHJWdX0Olvx2XeXMCTFJlRV1f3Wf59BQAA&#10;jlWIAr9/mtPZnHR+IjGGfy4i+SvPcZz/6TjO/3Yc56LkOvfVjuP8jeM4H0/ew/FJx3FuchxnSLKX&#10;fbfjOCOMsL/+9W8+PWvWnPKKisrzZvBIaZHsyVl638SOt+iqq99gkiI0eNQ/nAAAwItViAq/f5qT&#10;aU56cGHhMv45/EjerfE+x3E+4DjOhxzHuSx5ORL1sf/WcZxrkxco3eg4zq2O43wqOXj8jHfwWFBQ&#10;uIQGj9SSoD42nXi5mOOSs4T7LjHu23clkyKra2trH0FSBABgsApR4fdPc0lnkpMeXFhYbtocmeI4&#10;znuSlyLR5Ugk7EuTwqZb7czgkYRNg0cStnfwqIV9xx13PEpJkbKylXvdtkidqqqqsmTM4ULORM4a&#10;faruwPSwSdhYUQcAEFYhUyjtcXZK3lkp50z1SYn7XvbLWVPdr8XRGRzH+R+O47w3OXj8YHLweCUb&#10;PFJSxDt4pHgfDR5TSREaPC5ZsmyLToroNxOo1uLNlpzpFJ8Gna4pJaKFnUqKPIekCAD9D6vQWahP&#10;fW5y3hNnJw+YeHZK3gT6mE7b5nGTs84vLJw4uKBgAn3c2dNzFJLClgaPJGzv4JGELQ0eR1500UWj&#10;fvzjH/+KBo8kbGpLkGRJuNmSs4Ek3YEeOBph6xX1urrG4fzPDADoe1iFvogweCRh0+CRkiLewSMl&#10;RWjwSMK2Bo/0Xolz586vpJYISZMGgNTH5lKOT85J6ih7bURt/k1Dx9TgESvqAPRRrEJ/gA0eKSlC&#10;g0dKingHj5QUocEjJUW8g0cS9kh6Wy56ey5aUacTLt3rYU7Z2ZCzhNu/dnvYWFEHoG9iFfobnsGj&#10;SYqEDR5J2GmDR76iTgIl8WZfzhKusOvqGqqxog5A78cq9GeSwqbBIyVFaPBIwqbBIwnbO3j0rqhb&#10;g0daUTeDR/dOjzpL0JaYk3Ahc2wpd9DQsMGD+7ErbKyoA9BbsQrAhSVFwlbUafAorqjT4NGsqCfv&#10;9LDE3FU524JOh0Td0NCo/xsr6gD0LqwCsEn+MkkRM3jkK+pm8GiSIjR4pKRIavDoXVEnserURnIQ&#10;6AeXMYcLmbNhQ2MaRtZG3lhRByC3sQognBhW1EeOHv3wU2ZFnWSbfI/FrMmZ09jYpHGl3ehNimBF&#10;HYAcwiqAzIh7Rd17yuVijlPOEvR4Q0MTX1HH4BGAHsQqgM7js6JuBo88KSLeje1dUafBoyvs7MqZ&#10;aGramEZjIz3PFTZW1AHoOawCiIc4VtTN3dgmKVJfTyfddGFzGXO4jDlczpyNG5uT0qbWSCopghV1&#10;ALoJqwDihw0eO3U3Nl9RNwNALuU45SxBj9EJmz4/VtQByD5WAWSX5K8ur6jT3di0ok6Dx46Tdfbk&#10;bGhubkmDXtO0RbCiDkD8WAXQvXRxRV0PHr0r6h2n6+zKmdPSsklt3OiesrGiDkB8WAXQc/gMHoNW&#10;1K27sc2K+sqVqw5THtuVdaMl5TjlLOEKeyNW1AHoIlYB5AaewaNZUfcbPEZeUad4nRE2lzGHy5jD&#10;pczZtKk1RXOz28umwSdW1AHIDKsAcg/hbmzvirp0N7ZZUU/djc1X1OmETWRTzhItLa3681BLJrmi&#10;nsCKOgD+WAWQ27CkCB888hV17+DRWlE3d2PTwJGEzYUcp5xbWzdbkLCbmlxhu2kRrKgDwLEKoHcR&#10;YUXdDB69K+ppd2N7V9RNQoTkmU1Be9m8eYv+98aNlBZx+9hYUQfAxSqA3kv8K+qmfy2LmsuYw2XM&#10;ITn7QT8c6AcFVtRBf8cqgL4BS4rwu7F5UsR3RZ0Gj2ZFnU651E/mMuZwGXO4kDlbtmxNY9MmSos0&#10;m5YIVtRBv8IqgL6Hz4o6vxs7oxV1itdxYXMZc7iMOVzOnK1bt6nWVveUnRw86hV1DB5BX8YqgL4N&#10;Gzx2ekXd3I3Nhc3FHJecJYywqYeOFXXQV7EKoP+Q/BU2eAy7GzttRZ1OuNRLpuQGlzGHy5jDpczZ&#10;tm17CvqY+uSNjW5bBCvqoK9gFUD/Je4VdRK2OWFnS85+0Am+qanFu6I+BivqoDdiFQAg4lhRN3dj&#10;mxV1SonQEJBLOS45b9++Q4SETW2R5OARK+qgV2EVAOD4DB6DVtStwSNfUXdbIiTsLZaMOVzGHC5l&#10;zo4dO1PQ56PPm7xqFSvqIOexCgAEEfeKuhF2c7N7ws6WnCW2bt2ue+fJwSNW1EFOYhUAiIoweOzU&#10;3djeFXUSJp10N2/eakk5Ljkbdu7clWLbth1q06bNeuMRK+ogl7AKAHQWISliBo98Rd0MHn1X1Gnw&#10;yIXNZczhEvbDK2cJ+j3Ux6YeuicpghV10CNYBQDiIJkUocGjtKLuHTx6V9Rp8Ji2ov7yy5OLaUWd&#10;kiLUEiFhZ0vOhl27dqegj6mPTZ8bK+qgJ7AKAMRNxBV1fjd24Io6pTXotMtFLMElHIRX0BJbt27V&#10;fWysqIPuwioAkE18kiJhK+o0eLRW1M3gkdoSmzdvtk7VXMBBcBn7sXt3W4qOPrYePGJFHWQFqwBA&#10;d5H8FeuKOiVF6IRNwuYiluAS9sMrZ4nt290+Nt0aiBV1ECdWAYCeQEiKdHlFnZIatO1IJ95sydnQ&#10;1taegp5HvXN38EhvzOuuqGPwCDqDVQAgF8jwbmzfFXW6G9skRYywuYj94CKW8MpZgn7Ptm3bVHOz&#10;28emFfXk4BEr6iASVgGAXCMbK+o0/KMhIBdzXHJub99jQXWKElIfGyvqICpWAYBcxmfwKK2o+96N&#10;TSvq5m5selNes+0YRdBcxhwuZs6ePXtT0HCTrlul95dMDh6fxoo64FgFAHoLnVhR54PHkTR49K6o&#10;myw2FzaXMYfLmOOVs8SuXW36B0Vy8IgVdZDCKgDQGxEGj11eUSdhkrBp0MilHJec9+7dZ7F7d7u+&#10;u4SueXVP2VhR789YBQD6Al28G1uvqNPgsWNFfaNuTezY4Qqby5jDZczhYvaDfi8NO80CTfJubKyo&#10;9yOsAgB9DWFF3Qwe+Yq6GTyaFfXU4NG7ok5JEZPFzpac9+3bb0F16mObwSNW1PsHVgGAvkwyKUKD&#10;R2lFXbobm5IiNHi0VtSXLy/bSX1skqYRNpdyHHKW2L//gG7D0DvdJFsiWFHvo1gFAPoLLCnCB49G&#10;2NLd2JQUSd2N7V1Rp7YExeyMsLmE/eAS9oPkLEF97C1btqUGj1hR7ztYBQD6I8lfma6o0+DRd0Wd&#10;kiI0ACRhcynHJWcJ+uFAb2hAg0esqPd+rAIAQLwbO9MV9ZG0ok6DR1pRJ2FSxI5OvJnIORNBHzhw&#10;0II+Fw0eaeOR2iJYUe99WAUAQDoZrqibwWPaivqXvjTqux0r6huTyzNtlpDjkrPE/v37dR/bM3jE&#10;inovwCoAAPzxWVHnd2P7rainBo+0ok53Y1Mem6J9O3fuzJqcDx4kDqVBdVrYoR8WWFHPbawCACAa&#10;2VhR37SpQ9hcypkKWpKzl0OHOmhra9P9c6yo5x5WAQCQOcKKuhk88hX1wLuxvSvqlBShaB/1lbMl&#10;Z5fDadDno8+bHDxiRb2HsQoAgK6R/NXlFfXx48c/Y1bUSZg0AKTkBpdyXHI+fNiGTvS0QENvV2ZW&#10;1GnwyP/MIHtYBQBAvHRxRT11N7ZZUad3n6GIXXu7K+xsyLmDI+rIERd6Lg0ezc19WFHvHqwCACB7&#10;+AweM7ob27uiTqdsWmKhnnK25CxBr0efky6gwop6drEKAIDuQVhRN4PHsBX1tMGjd0XdzWLv1qfr&#10;bMjZy9GjR1Ps2bNHDx4pXlhXV78VK+rxYRUAAN2PMHgMuxs7cEXdJEUoZkctkWzJWYL62DR4xIp6&#10;PFgFAEDPkvxlhM0Hj0bYZvDIV9TT7samFXXzdmE0ADxw4EDW5Gw4duxYCmq7mMEjVtQ7h1UAAOQW&#10;ca+okzDppEsnXi5iCS5hP7xylqAfCnSyp41HrKhHxyoAAHKXOFfUafBILQm6tY+y0dmSs5fjx49r&#10;6Hnt7e168GiSIlhRl7EKAIDegU9SxG9F3QweA1fUafhHQ0AuYj+4hP0wcpagx+lz0g+LZBbbrKhj&#10;8AhJA9A3yMaKOp1yKWZHbYpsyDmdE+rECRe6CMqz8djvV9StAgCgd8MGj1HvxhZX1M3d2LTAQv1k&#10;EjYXsYQtYT865Cxx8OBhvUCTHDz2yxV1qwAA6Dskf0mDR76ibgaPoSvqJEwSJyU3uJyjC9oWcjqv&#10;pvHqq6/qJMru3W2qpWVTMo/dP1bUrQIAoO8S14r6tGnTy2hFnVoS1JqgLLYtYgkuY44t53ROao4d&#10;O67a2vbotwzr6yvqVgEA0D/wGTxmvKJOg0ezou5G+/ZlTc4S9HyKE9J9Jn1xRd0qAAD6H57BI19R&#10;54NHkxQRB4/pK+qUFNmrJW1LuetyPnmSOGVBV7rSD4u+sqJuFQAA/ZsurKibwaNeUTd3Y5ukiIn2&#10;ZUvOXk6dIk6rw4ePqp07d6fuxu6NK+pWAQAADMLgkd+N7V1R9w4efVfU6U4RGgAeOXI0a3KWOHr0&#10;eGrwmFxRn9EbVtStAgAA+CEkRczg0SRFzODRu6JuBo/iijpF+w4dOmJJOXM5+wv69Ol06PS+Z88+&#10;1drqbjzm8oq6VQAAgCgkkyI0eJRW1GnwGLqiToNHs6JOLQmK9h04cChrcj59+kwaZ86c0c+nBRoa&#10;PObiirpVAACATGFJERo8Sivq/G7swBV1Gv7RENAVdvxylqDfS3FCurkvuaLeFLSiftVt4/OvHvLY&#10;cPo3fywurAIAAHQFnxV1M3j0W1E3d2NbK+qUFKFTLl0CRX3rbMjZ5TX12mvpUN+c2jHeFfVHvp/4&#10;3FVDx5VfNfRxddWwx9XVyX/rj4eMq7r61nFD+PekK1gFAACIi+SvWFfUN2820b4TMQnalrMELdC8&#10;NL20Q8jBvDho+JhY+ttWAQAAsoGQFOnM3dipFXUaPFJSo62tXQu0M3KOKujXX39dff/nxeqqoeO5&#10;jP0ZMq6Kfw86g1UAAIDuwOdubL6ibgaPoSvqJily9OixWOVMrK1pddsamfMY/3NnilUAAIDuJhsr&#10;6u4lUAe7JGfi8NETXLwZcfmQx8ShY1SsAgAA9CQ+g0dpRT3wbmxaUTeDx23bdqSEzYXsJ2fDS7NW&#10;Re1DywwZ90v6Q/E/Z1SsAgAA5AqdWFHng0drRZ2SIvSGvJQSCZKzYezTM9VVQ8fZ8o3KrWNr6c/B&#10;/2xRsQoAAJCLCINHvqJuBo98RT1t8OhdUW9t3ayjfbQ4w+VsuOuhZ23xZsCVQ8e9Re0c/ueJilUA&#10;AIDegGfwyFfUafDoXVGXBo96RX306IefMivqlBRpb9+jo31eSd/8T09b4s2EK4c8/iecpAEA/Rph&#10;Rd0MHs2Kuhk8elfUrcGjWVE3SRGK9o1+osASbyZcOWTcNvSkAQAgSTIp4r0b27uiToPHSCvqNHik&#10;FfVvPT31XS7ejBgy9tf8a8wEqwAAAH0FlhThg0eTFDGDR76irgePg6677cmupDsuv+UbI/nXlQlW&#10;AQAA+iLJX51aUb/42i/O4/INZ5y64taxi7oyNNRfNy8AAEBfR0iKhK6oX3Hzo/ttEftz5ZCx+y75&#10;+8/SDwHr82eCVQAAgP6Gz4q6GTzqFfX3feivb7vipkc2Rbm/44pbv7nrwr+9h1ooA/nnyhSrAAAA&#10;/ZmwFfVL/uH+p68c8tjbaVeUJq8svXLIuHcv/eSDiWQLhYTfpVaH/np4AQAAgEvQivrFn/j8Q5fk&#10;P/jCZfmjp11y/T+/9KGPffrryUEknb5J7CR66zUzxSoAAACwEVbUzeCRkiLUxyaop00ip1P4AP4a&#10;ncEqAAAACEYYPFJbhCB506mbTt/W8zqDVQAAAJAZycEjnbIJknen18A5VgEAAEDuYBUAAADkDlYB&#10;AABA7mAVAAAA5A5WAQAAQO7w/wE3CZhPD9eaUgAAAABJRU5ErkJgglBLAwQUAAYACAAAACEAUPZE&#10;xuAAAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBSE74L/YXmCN7tJWjWNeSmlqKci2ArS&#10;22v2NQnN7obsNkn/vetJj8MMM9/kq0m3YuDeNdYgxLMIBJvSqsZUCF/7t4cUhPNkFLXWMMKVHayK&#10;25ucMmVH88nDzlcilBiXEULtfZdJ6cqaNbmZ7dgE72R7TT7IvpKqpzGU61YmUfQkNTUmLNTU8abm&#10;8ry7aIT3kcb1PH4dtufT5nrYP358b2NGvL+b1i8gPE/+Lwy/+AEdisB0tBejnGgRlkm44hHmCYhg&#10;p3HyDOKIsFikCcgil/8PFD8AAAD//wMAUEsDBBQABgAIAAAAIQCqJg6+vAAAACEBAAAZAAAAZHJz&#10;L19yZWxzL2Uyb0RvYy54bWwucmVsc4SPQWrDMBBF94XcQcw+lp1FKMWyN6HgbUgOMEhjWcQaCUkt&#10;9e0jyCaBQJfzP/89ph///Cp+KWUXWEHXtCCIdTCOrYLr5Xv/CSIXZINrYFKwUYZx2H30Z1qx1FFe&#10;XMyiUjgrWEqJX1JmvZDH3IRIXJs5JI+lnsnKiPqGluShbY8yPTNgeGGKyShIk+lAXLZYzf+zwzw7&#10;TaegfzxxeaOQzld3BWKyVBR4Mg4fYddEtiCHXr48NtwBAAD//wMAUEsBAi0AFAAGAAgAAAAhALGC&#10;Z7YKAQAAEwIAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAA7AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEA2DW3ZvEFAAA0GwAADgAAAAAAAAAAAAAAAAA6AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAK&#10;AAAAAAAAACEAlCt9NPYzAAD2MwAAFAAAAAAAAAAAAAAAAABXCAAAZHJzL21lZGlhL2ltYWdlMS5w&#10;bmdQSwECLQAUAAYACAAAACEAUPZExuAAAAAIAQAADwAAAAAAAAAAAAAAAAB/PAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsBAi0AFAAGAAgAAAAhAKomDr68AAAAIQEAABkAAAAAAAAAAAAAAAAAjD0AAGRycy9f&#10;cmVscy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAAAAYABgB8AQAAfz4AAAAA&#10;">
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
                 <v:shape id="Picture 1" o:spid="_x0000_s1032" type="#_x0000_t75" alt="A white triangle on a black background&#10;&#10;AI-generated content may be incorrect." style="position:absolute;left:1841;top:63;width:41999;height:25908;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAcg4iGywAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvhf6H5Qm9lLqJ2pBGV7GCIHjSttDja/aZxGbfhuyqSX99VxA8DjPzDTNbdKYWZ2pdZVlBPIxA&#10;EOdWV1wo+PxYv6QgnEfWWFsmBT05WMwfH2aYaXvhHZ33vhABwi5DBaX3TSaly0sy6Ia2IQ7ewbYG&#10;fZBtIXWLlwA3tRxFUSINVhwWSmxoVVL+uz8ZBbu43y697uUff23i4/O3TX/eJ0o9DbrlFISnzt/D&#10;t/ZGK0ij19F48pYkcL0U7oCc/wMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAcg4iGywAA&#10;AOIAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;">
                   <v:imagedata r:id="rId18" o:title="A white triangle on a black background&#10;&#10;AI-generated content may be incorrect"/>
                 </v:shape>
                 <v:line id="Straight Connector 1" o:spid="_x0000_s1033" style="position:absolute;visibility:visible;mso-wrap-style:square" from="0,18415" to="9001,18415" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDSfCY0xgAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NSsNA&#10;EL4LvsMygjc728QGSbstpaD0VLH6ANPsmMRmZ0N2baJP7wqCx/n+Z7WZXKcuPITWi4H5TINiqbxt&#10;pTbw9vp49wAqRBJLnRc28MUBNuvrqxWV1o/ywpdjrFUKkVCSgSbGvkQMVcOOwsz3LIl794OjmM6h&#10;RjvQmMJdh5nWBTpqJTU01POu4ep8/HQGXL7Xh2LMDh1WH08n+Ua8z5+Nub2ZtktQkaf4L/5z722a&#10;X+g8y4p8sYDfnxIAuP4BAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0nwmNMYAAADjAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" strokecolor="#4c4d4c [3213]" strokeweight="1pt">
                   <v:stroke joinstyle="miter"/>
                 </v:line>
@@ -8935,61 +8935,61 @@
               <w:rPr>
                 <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>binds</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="1"/>
     </w:tbl>
     <w:p w14:paraId="09137F4C" w14:textId="77777777" w:rsidR="00DA2835" w:rsidRPr="00DA2835" w:rsidRDefault="00DA2835" w:rsidP="00DA2835">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3890"/>
         </w:tabs>
         <w:spacing w:before="160" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:bookmarkStart w:id="2" w:name="_Hlk214633339"/>
     <w:p w14:paraId="691C7AB9" w14:textId="5328FB64" w:rsidR="00C66535" w:rsidRDefault="000601A6" w:rsidP="00485640">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3890"/>
         </w:tabs>
         <w:spacing w:before="160" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Hlk214633339"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251749376" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7F1D59BB" wp14:editId="4F08DA2C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>918845</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1151255</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1671637" cy="0"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="87473880" name="Straight Connector 1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
@@ -9900,51 +9900,51 @@
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="1">
                             <a:schemeClr val="accent1"/>
                           </a:lnRef>
                           <a:fillRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
                             <a:schemeClr val="tx1"/>
                           </a:fontRef>
                         </wps:style>
                         <wps:bodyPr/>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="7B2F2B49" id="Group 4" o:spid="_x0000_s1048" style="position:absolute;left:0;text-align:left;margin-left:27.75pt;margin-top:16.9pt;width:413.25pt;height:244.5pt;z-index:251828224" coordsize="52482,31051" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQBJGYLvxwUAAEAdAAAOAAAAZHJzL2Uyb0RvYy54bWzsWdtuGzcQfS/Qf1js&#10;e6K9X4TYgWsnQQE3MeK0eaZWXGmRXXJLUpbUr+8Z7kWWZTs3IykKPVjmnTPDw+GZ2RcvN03t3HCl&#10;KylOXP+55zpcFHJeicWJ++eH188y19GGiTmrpeAn7pZr9+Xpr7+8WLdTHsilrOdcOVhE6Om6PXGX&#10;xrTTyUQXS94w/Vy2XKCzlKphBlW1mMwVW2P1pp4EnpdM1lLNWyULrjVaL7pO99SuX5a8MO/KUnPj&#10;1CcuZDP2V9nfGf1OTl+w6UKxdlkVvRjsG6RoWCWw6bjUBTPMWanqYKmmKpTUsjTPC9lMZFlWBbc6&#10;QBvfu6PNGyVXrdVlMV0v2tFMMO0dO33zssXbmzeqvW6vFCyxbhewha2RLptSNfQfUjoba7LtaDK+&#10;MU6BxjiIsiCNXadAX+h7sR/3Ri2WsPzBvGL56jMzJ8PGkz1x2qqY4q+3AUoHNvg8VjDLrBR3+0Wa&#10;L1qjYerTqn2G42qZqWZVXZmthR4OhoQSN1dVcaW6Csx5pZxqDsPEfhJHaZq7jmANkI9RtLkTEOZo&#10;Io3tZjLS7FIWn7Qj5PmSiQU/0y2wixtFoyf7w211b9tZXbWvq7qm06JyryBwfgcn99iow+CFLFYN&#10;F6a7VIrX0FUKvaxa7TpqypsZh1Lq97kViE21Kt5DQHt9tFHcFEvavIQQfTvOceywEu+EJHU0IOfM&#10;1n/IOWzDVkba63MHcn7i5wHAdYi7KMtDwK3HnZfnURhbUw3ogU2VNm+4bBwqQHaIa/dgN5eaBIeA&#10;wxASXUiyoFWoFnsNGEgtVgkSuy9CC7oy8Ft6MDhqByb/qqt5vWQth5S07A5LfhDmeeJ7OUzRgena&#10;KFYtlsY5l0JAMakcezD9vHPR32dt7Uza3LEsLAejZljYt4Bk0+FG+6EXWaPTjbZ3ebyRO4P1Nq0r&#10;QdKy6QM2rYWzBoaD1PPsMC3raj4A1fp4fl4r54bBO5tNh3XAZjdqMD3p1Znelsy25rRtLd7zEtcN&#10;jsjvNqB3Y7cmKwpgeljXjqZpHUr7ib1kj03sx9NUbt+UcdcvmDzOsDtLYcbJTSWkuk/snSnKbjwQ&#10;d0tvKs7kfGvP2HYAgT8KikkaB3GQJMGTQTHE3Q3xahAgAb48yVK6yUdEPgLlIyLHhxYvRJCAhWRP&#10;5xzDxPOiHpF7nOboIx90rkdE7hAZpl7uR176dD4y9aLsCEhQy+Oj/WjE+AB/TPI0CjJvjEU+kCP7&#10;TW6ckF5a4hMgm9fEyM0GzX3YYSmH5bsH9NHHm+2D1NGbHSIGBEnff7L9KPSon0hklCRpN+BhJvlV&#10;7JxIZUKUgVjCyNvv54pmM9vYgMxPBl077uQoiagAIuq2eF0hRLhk2lwxhfAfjUhpmHf4KWuJzWRf&#10;cp2lVP/c107jQf3R6zprpBNOXP33ilGsWf8uEBTAH0RY1thKFKcBKup2z+x2j1g15xKc2LfS2SKN&#10;N/VQLJVsPiLzcUa7oouJAnuDRA/Fc9MlOZA5KfjZmR3UhbCX4rpF4NvxZQqAPmw+MtX2jN4AGW/l&#10;AKMDYt+N7cx+hqCtrGwktWOkPVP9gYQ0i2I/8GKQxj42+m5wB37mB33YGYRRehgiAdHWHRO649yL&#10;AUXA/6ei23Lm3Tkc0Q3X8D9ANxIgfpJHHtKodyL/M6Xk+lb8b8P43pU/EP87JXJDfw13v0/r+Wnu&#10;UXxOrjyGYzrIB0RRmg2uPIxjcOPHwY6sj81NjKmJztU8miIIshhJRPIrdGYXTC+7pIDe6gtpurfF&#10;sKp+JeaO2bZIGRlVIU9W814Wm6DZPVi2dMwS/KwsQRBHXh4lOd6v70ctoWLAahBkRCVsqiBNkWHt&#10;k81jYIZ3IB7AGuUxSMgRrN1V2s+FHcO1MVzLkjgHOSN69sRgBecL4bjhWP0siLzwbl4rQO5iACtc&#10;LBHqR2nE0bP+l/Ov9nsVPtNZIth/UqTvgLfrlh7vPnye/gsAAP//AwBQSwMECgAAAAAAAAAhAKv7&#10;jIdssAAAbLAAABQAAABkcnMvbWVkaWEvaW1hZ2UxLnBuZ4lQTkcNChoKAAAADUlIRFIAAAHSAAAB&#10;JwgGAAAAHT/CnAAAAAFzUkdCAK7OHOkAAAAEZ0FNQQAAsY8L/GEFAAAACXBIWXMAAA7DAAAOwwHH&#10;b6hkAACwAUlEQVR4XuydB3iTV5q2tbszk393/p3ZnX9nZyezmQkl9I6Nq9wrJYHQkkwIkAIBQgik&#10;0DHNNONuq1fbsmyruBfZBtJJL6QAaSQECCUJYBtDCJPnv86RJUvn+yTbYCeUk+u6A/4sf5Jlkptz&#10;zvs+rwSAhMPhcDic3mTs2sV/HZOyZumEtNT0wN07CoMzdpkmpO3IHL8lZeX4lPUrA7ZvTZ+we0dh&#10;UPouU+CubZmjUtYvH7Z69VCslfT/NEWy5LPt/zf98M4/Fn6664+mz3f8LvPDTb9a/u5zvx7GPs/1&#10;gOACh8PhcDhXy/jxC341bvO6mWHK7GqpToG4ijLEV1oQay+FVKtAaF4mIgt1iLOXIq68jH6eIDWq&#10;MSYnd0/qzmn1n+cNBkpH4YI5ABfNAbhcMgan1UNwPPeOfQc2/vv8qgWSf2Wf95dEcIHD4XA4nO7w&#10;2lLJv7+0SvIfro8lEvxT4PbURVKN/HRCfSUSHdVIbqpFUkMVoswFIGKNsZiQ2FDlvN5Y44T+vhrR&#10;VeW4uzAPGv0CnLZMxkV7ElpsyWi1T0KbLQlX7OH4XjXw3KVdv3kWKyT/TzJ3320jVy1yP/8vheAC&#10;h8PhcDi+eGWt5K8HUn619Atm6/XztZIlizbdvz5Ao/0mvqkeSY5qJNZX0l+jio0IU+XTlScRJ7ku&#10;RnJjNSKqqxCtyYNJ+xDaLXFosSTgnCUBbdYE/MMej6OlScjZNenb5K3LSsekp2tdW8NjU9YvH/3c&#10;c7/I1q/gAofD4XA4LMoFkl8d2PzbmSfy/rf6uHwwfiwZg3aPrdeTsoFw7B774zrjU5hcZ0WMo56u&#10;ROPKSxGuliGmtNCvRDtlWoNguw2zlduw33gvLtti0W6Nw3dliajS3Y9FyrWIMmogtZS6t4UJEUYN&#10;QhW5+wK2bJgvkUj+ibzmgUuX/vvPsWIVXOBwOBwOx5N9cyW3fZT6H4tOyQec/skWgjZbIt1ubbUl&#10;d2692pNwqWgcvlAMR7rxcUypKUNccyPC9BoEa9RI6Fih+qShqpPGGozXG5AufwxXbDE4W5aAIu08&#10;xKmyMK7Egvh68a1hcp8wVf65wLRt8oAdW7Y7i5l29PmKVXCBw+FwOBxPDm35PzPPqAZ+c9kejRZr&#10;Ms5bEnHekiCgxTYR7WYpvpQPxybTM4ipr0GsMhOJumzENTcgtGmfc6XqqEKyo4rKj0qwoQoJ1XbE&#10;V9uoDCfubUCguQQr5StwtjQBtfr7EafMQlhFBV2xCiTcgWs7ObJAiwi9qqOYyeK9Yt24YX7w8uX/&#10;h/0erwXBBQ6Hw+FwCJKkT36jW98v4Gj27ftREYgf7OIC9aS1fDLO60bgxazhUMrvhiE7HsV58VCr&#10;ZyDVsABzrHkIrahBqKUcESYTpDoVwtVyhGs6UMsh1asRoDdguW4dHIbZWKpbjwk2GyY2VSOhvgpx&#10;DTUU8nuBTBtrEGcvoRXCsfYSJDfXIamJrFydkpVqlecCd6WuHL9ywe/Y7/dqEVzgcDgczq2LZ//n&#10;6N0Z6nt3LX9jQ8aDP2kVc3CgaCp+sMbigjWeFgCRQiDye0KbNRHnyuJwUjcOR+VDcEo2EOcV/dGi&#10;HYZW7XC0KfrhpGwA9igisCxjIcanZWJsnoIWIZHVY2SRDlFFekQY1AhTyxCkyMeUtA1Ifu4pjN6a&#10;gcBiG4Lr9yDWUY97asyYWm1CbEONe5XLyjRCr0S4VoHEBo8tZUcN4pvrEVagOztuR+pj7Pd+tQgu&#10;cDgcDufWQ9j/aUF8RRmibGUYW2hGkEaN+YoUlGrn4LvSBKA8ChetcThRkoxjJRPRWhqFdv1QnJL1&#10;x2ldgHN1ypyjtloTcMk4BgfTB2JT2gwkFqsQ66gVnHeSc9I4azEm5OTgryu24L9WZCJ0yzasyX0E&#10;Gu0MFKunoEQ1GWr1dKTqF+Ahex6iHQ2Ia6hFYn0FvU+USY9wjQzxVXYq37CmvYhpqMPUulJMqzMj&#10;MC/noCSlbDT7PlwNggscDofDubWInDv3tsDULcL+zw65kd8nNFQh0GJFgjYPaarFKFQ8iG2yx7FG&#10;sRyrFM9gU+6jyEubhLc18fjRnuhetbJbv+Qc9WKpFF8ph2OzaTliHHU+t2gT6+yYoFFh+ranULQt&#10;Al9l9sMFxZ04rx6CFvVQj1WuFBuKVmBSrcV9BhtbVoQwrZKeq95XpcMWwyKo1NOphEs1d0OZPwXy&#10;jeOqXkz57Uj2/egpggscDofDubWYsGnTDKlO9Q0t/vFRXUuuk6KgUKMOQTkZCFIpMNpQiIAiEwJN&#10;xRhtNCFYq8HDyo0o1TyIMyWJuGSN8y3TwgDsl0/AAksaIh0OwfO5ZCqtsGNe/nN4SynFP2wxoqvc&#10;dsNofC4b6qwWri1DXFM9YqzFCNMq8IRuJRrUcTguuwtt8k4Jt2sG4ZRiEI7m/+2lDzf/29xXl0uu&#10;ugBJcIHD4XA4tw4jN68bFJyV/rJLlqzM6HXSklJbjsgi53ZpVKlJ0ILiXrWWWRGjzoVS8xhOlSSi&#10;3RovECnd9rUl46x8AHI0D9BtWfK17PNSHNUIMBQgU/k4frCSgAbh/VzVwkdkw5CiX4rYxgaEWcrw&#10;95xn8VpeAC6Tc1pLvEDCNC3JFoZvlIPOHUr948q3VkquqgBJcIHD4XA4tw5jN65bHlGoveJLoi7B&#10;9iydqFKQTiQmv1b1EJSoJmFqdXHH+abwfuS5AkzFeE6+AsfMyTScwVXgROTotcotCsDL2eMxPWcT&#10;7sw2IDd3Nq6Yg9Bqm+i3ZedyeTzOqAef/Tj191dVgCS4wOFwOJxbh4DtW7JJYRFpEWEl5pLotaYT&#10;/WiLFQrMmoQW41g0KqMw35YrqLx146hBkMWGR1Ub8alpMn6yR3cUOCXjgiUOsEfTLWRyT7LaPKcY&#10;iLVrkvGHpTvx+LqFOFaUBFREuh8jijUZP9oj8XnWXw9+tF4ygX2PukJwgcPhcDi3BmOefXJgUObu&#10;6rjKMtFtXVoEtLcB4QU6hGpIK4mI6HzRkU6UIX+Mtsy4VqWulpl2WyLaCsZjryICj1ozEM2INLah&#10;jlbaxjY1IL7EgLn5a5EqW4QN6mfwjOo5rFQ8ja2yRdAqHsL7hffQ57hoT0abfjiMuyIwft16jFiz&#10;FUvSl8GonON+jK8iKLJqbS0chYNbfpvKvk9dIbjA4XA4nJsXV59o4M7tOyfs2FodlLX7dKzV7CVS&#10;p8T20baRuEIdwndtRViREeH7XvS9cmTo3JJ9GsfNybhsjQVsztUjWVEeL5uCC+rBqFPHY0Z1IeIc&#10;zq3d+IYaRDQ2Ynalxllpq5mBwvxklKWHIzs1Ek9sn43J6h0YbbZhRAFpy1E523I0D+LbsmT8UDgG&#10;DXlhmGPcijBLKcYVFGKCuvMxvoqgyBbvD6WBOLLzvwoxV3Ib+775Q3CBw+FwODcfbJ9oPInOKy9B&#10;mCIXkUYt3dqNr6/2lph6BlQ7Y6HaHAalbApSDQuZnk2hQN0idVQj1FKGhcoNOFw0GV+Zk+nKkKwq&#10;acuM8hlsS78PS7IWI85mpkVFsY31SK614bniNahTxnRU2v4NLZqhaNGNQJv6LpxWDsJedRRSzM9i&#10;isOO6EYHJpRZaIGTSrcQp3WBeFklxaP2bMQ0N3oUQTkf46sIimw1t5lD8Gb6oE8Ua0clsu+fPwQX&#10;OBwOh3Nz4atPNHlPvTMBSC1HXFMDkuvsAom16oahTT8Cbcr+OJkv7NlkBeqK8ItvrEOo1YpHlBuQ&#10;J5+PZarVtK9zlJG0yzhbZsYWmBCo0yFcJYPUVIDEqjJsKXoKh/OH4aJ2uGilraDdpaYM8U0NtMAp&#10;RieHOTMe1eokzKw0INbReZ7rWQRVrH2Ihkl4FkHRM9vCQOyRhWN+7lOvD9uy46HuZvIKLnA4HA7n&#10;5sJnn6ijGjGWIoRolIizFGJL8fIeSqwUsR0rU9eZJkkPIhF+0+pKEFJUhOicNCRoc+mKMK66HEkd&#10;yUPJexuQvKeOphhFlxYiQKfDCuUT+EQ+AhdNwXSr1V+lrbPdZSg2FS6jz0nuGVpegTlZK/C0ZgUm&#10;OioEQQ+kCCrUbsNU2Xa8bLgXKI9xb/GSe7Zoh8OmSsaMSiNC9NpuZ/IKLnA4HA7n5qE7faJBpmI8&#10;lbcQnyh6JrHNhcsQ6WiAtLHJYzt4OkzqKbBopsCYHY8lO+chQpGFcL2aBsl7BtOTUHlaFbynEfeX&#10;ZKMhOxgXDaM6nl/43Ozr8Ax1iHI4kOSoQaROgUhNvnfGrgdEuKO1Rizb/QSOFyXhkt1Zzdtmn4Tz&#10;8gFQqGchrrEeSU11iDCqzwambuyyJUZwgcPhcDg3D131icY0NuCBshw05Ibgor5nEntFEYwlJVvw&#10;VOkmj+3gO3FRMxhnVcNQkx6EJZmPIladg3C9xiuY3ilUGQ15CGtoxPaCRTgpH0hXvezz+YINdUhs&#10;rEWkyUArjEnGLg2SEBGptLQIURvXQbbjQZwpm4z28om4aArFB7IxWGFa1yHlarpiD8nLODh+09N+&#10;W2IEFzgcDodzczBz5sx/DkjdnEtDFHz0iYY37sF2w8IOiSWipQNWWiyt9ok4oRyOPZkj8K4iwL0d&#10;TKR0zpoMk/5RJGjyEFBmo1uswmD6StqXGqZW0PNRrWIq2pX90EJWhiLPJwYb6kDOZWPKiiDVyBFr&#10;I6vdKsHYNSLISFsZJu5ej/yUSBzKHo7vCoLwtWoUsgwPI6nOjniymm2ooq8zxmLC+NQUvy0xggsc&#10;DofDuTmQLMC/jsnKLk2osohu61LJNNZCo52JC6qBaCufgnMlMfi+JJpu7ZJzUVKEwwrMU6THs/6M&#10;VlO484zRkkDDFyp1D3Q5iJu8HjLAO7amApNUu2BMj8ZFw0igItZ/eIKnSJlQh9hGBxUfWe1G2CwI&#10;3/O8+8zWNXYtbM8LCLRX4hHlWrwuC8Zp+QAcz74DzXkTMMeWB+neF5HcUEkHjSfUVSC+0oLgjLTC&#10;v0XO9dkSI7jA4XA4nBufj9ZK/mre0G/L7KxnjkTaraIijWl2YFKpHkXpUTid/T84Jh+Cr2WDKEfz&#10;B+GYYhi+LQx3ytRjlUo+/q4oHF/Lh+C0kUTwJdPrl6yx+LDobjyq3ICAMgutlGWfk670Gqtp1CCd&#10;PapVIi5/Jx5JX4KtuY9Aq5zbZXiCt0gDsK8j1CG2uZGubsfrDJhlVWCLcbF74otr7Nq2gkWYok3D&#10;U6o1+MoyFRdtCThrDMAHyvHYqX8cCQY5gjUquqqVapUIV+UjYPvWT8auXeWzJUZwgcPhcDg3LsoF&#10;kl8d2PzbmWfy/lz9lWwItsoexdgCs2Brl7S7RJfbsGr3XLy1oz++kQ3EceUwnNCMxknNGBxXDncL&#10;9RvtGJwtjXWKi2zf2pNxUjkEx2WDvARL4vo0yrl0dqlYCD05s0yoLUd0sZGuGomsInRKRJiMCDGb&#10;6QQZz4AFX+EJbpF6VNqSdpeoPc2IMqrwZNZjqBeZ+ELGrp2SD4Q9KxzVebH4tiQOrbYkZwFViRRf&#10;5A7Cmqw5CNbpEFGkp+e5kQVaSPVKhCpyXx+/cYNoS4zgh8DhcDicG5N9cyW3fZT6H4tOyQec/skW&#10;Sts78hWPYqxGh0TX6rChkp4lJlaWYE3uoziQORRtBWNxrmMr17PdhZyVnjZOwFHZYJxRj8BPZeG4&#10;ZIvHiZKJ+Dh3OE6rhgGV8VR2rSRI3hKPrbLFGG0someirERdE2RI+H10SQG9Lj5Bxn94govOStuZ&#10;iG5sRHxlGdbLHsbBjIG4pB/hs4WntWAc3dI9oR6FcyXkLwiJ7gKq11QhWGjPQFRzM1050/NcRxUS&#10;6yog1SlFW2IEPwgOh8Ph3Jh8tOX/zjyjGvDNZXs0WqzJuGyPwyvGezFbmYoQuw3JzbV0RRhSWopl&#10;uQtwKPsuXCoO8dPukkhXnz+USvGeLACa7GnYJl+CVfJleDprITZmz4dOMY9uxf5ki8aXxZPwlGIl&#10;gszOthYvkfbyBBkiRlel7dMlKQhy7MPT6mU4lD0IF4tD/XxPzlzdsyUxdMX9jWYMztNz4ERBFbDn&#10;qpq8frKqF2uJEfwgOBwOh3PjcXDzbwZ9lvGXl/9hC6OSobIhAfGWOBjV8xCtkyOqshxhxSZMy1mP&#10;hqwgXDKO8dvuQtJ/vi9LQJX+QTwuX4VgVR5GGYpoMtGE4hKMKejcii3XPYD3C6fgGfVKBJd4i5T2&#10;ivbiBBny/V2wxOKkahjyCh9GVJUd03U74MgJwSXjaL/fU+c9JuJMYRiO5t+F0wVB9J5sFTAbg+ir&#10;JUbww+BwOBzOjceHG3+z/FvNkCvkzM9TGGR+5zfmZGRqlyBaloHRBhO2KubhlGKQ357NNms8lWiR&#10;dh7iVFkYV2qlWby+tmLj1DlQaB7BqvwnEVhQ6HUmS1dyehU9F72qCTKKBbhsi6eDuMn27AWzlJ7R&#10;GnKTMFG1E8MNpdiYOZtGGJIWHvZ78QWR5zHFUByTD8YFG1l9J6HNOBZNqmjMt+cipkEYgUi+b9Ji&#10;49kSI/hhcDgcDufGomym5J8Pbvl97mXzWLTYO1djRKJk4grsUajRzkZyTirCLGXQ6GajTd6PtrCw&#10;cnHR3TYWAtmKlVZX4h5dJqanraTVuCQdKMEjXUiqlkFqUDvPHEXuIQZ5zoDiUjyd/xS+METge2MA&#10;TqlG4MOcYcjNmITJiu0YrytAuLkYSuV0XFD09/r+u4Js8Z7UjsFX+YNx3BRHJ9K0G8fglfwJmFeS&#10;TsMq2NdERBpfZcGE3TvNE5Yu/Xfy/gt+IBwOh8O5sXh3zb/e/ln6nyvbzUE4b0tGmyUeV2zR+MQ0&#10;iU5c2Sl/HPMzn4FUr8GsKj0qVElo0Y50bwGzdKuNhYFUAY+rckCan4l7clIwyaJDXGMdwpqfR1RV&#10;Ba3QjTYbBWenviDZvaQPdIKtAo/nLMOrOQH4Jud/cSTrDmTtnoJAeT5GVzUhsrEJcyqUqFDEokU3&#10;Cm0VU3z2vrKQx50tCMSb2aORnvsgnlGuxPach7B88/1IUOUggRRlMdXH5PUnVNkQkpv54vh160aQ&#10;91/wA+FwOBzOjcV7a2+78/Pdf6m/UBKMS/ZEfFeWiCr9/VikWINQrQIj9IUYm5ODkMJCPFitRbUy&#10;Hi06cpYoLtKu2lg86ZwfqsVm0reZnYTCnSEw5cZDrZmBbYaFuN+chSCdhlbqdiVSz3mk5H758mmw&#10;ZIbhQMZdOJr2n3gvvT+ezF6MxPxt2KR7HArtbNjlsXgvcyC+zv4rbdsR630VgzymtSAQjrxwzNBu&#10;wyizBWMLTRinUCE4LwdRhTpanMWe95KwhpD87JdGpKweSd5/wQ+Ew+FwODcWR1Ikt32y/Q/yH0vG&#10;4px1Yue5ZokF8WSUWG05IrQKRJgLaWqPQT0VrcqBolu7LVZSoOS7jcUTsmoUzA9V9qezQ1s1w5x9&#10;m7IBcCgiMSdrOSYUFgn6Wbu63wXFnTinHYEz2jE4pR6JT2QjUZ4VjvLdgfgqux8uKPvjnGYY/fxx&#10;1QjR3lf2e3R/r6QPVTMcNnUyZtYUIr6JhNU7213IOSjNAi7UIqGmM7eXbO2SwqnAtB0vjlm3biB5&#10;/wU/EA6Hw+HceBzc/Ju1VwoGo8owB/Ee55quilm6tVpSCOmefditfQjfy+50JxJ5Qs5VPzNNFrax&#10;EJF4rE7JypHk0m4pWuZ39FqbNQE/FQxHTvo9GKvV0wIiVqA9uR8pJmotCMCZ/H44pRlFW1doz6tI&#10;7+sJ9WicozIVX5l6Tnwh4+A8x645z0Jt9H2LKtS7RUr+YhFl0iMoI+30hPSd60lPqeCHweFwOJwb&#10;jyPbfhW8L2PsgSWa9Qgss3qfa5IwAY0ckUYtovc0Y2HZTuyXB6G9MFDQKkJEetA0BUuVq2m/KRn+&#10;TROJqu2Ir7bRqlsqk8ZGrCxejcP5Q7scvfajPYHO/5wl34IQu120cIlMXOnu/Tr7QAd79IF6f/77&#10;khgc9eoT9b6HZx+qc+JLo+A10dWnzexs2ykz0e87vtJKq4+jzQVk6/d70lMq+GFwOBwO58bk7s2P&#10;70gya5HAnEMSAdBZoGo5YpscCG5+AetMz+IzxSi0lsV4nZW20v7TeKQqn8AYlYaeExKR0LFnHbNE&#10;gw0G3GfKRJMyChf1pGhJuEXsJS3azxoPg+ohRGnzEV1X7SX6GEc9HiyXo0kR2a370XuK9IF29/N0&#10;9WqJwzeKocjRz0VSXTlt7WFF6pIpiTGU6lV0RU4qkiMMKiTSSTI1tKdU8IPgcDgczo2HJCXln0Zu&#10;25EWbReOTJu8txajclTotzkbs0pzsbFwGYzyiXgnox+O5/bDd6YIel5KBHPJ5uwh3SxbjBHZuZDq&#10;FIjQqbxmiY7VGbEp+36ckt/ltxfVk4vWeJwwJ2KbYgHClDmIqrB1bD3X0O1mUpTk7AMVfq0vOvtA&#10;h3SchXqvYOnn5c7Pk1Wqa/v3XHEkvWbQTsfUqiLnLFMRibpEGm0yIEyRi3CSC6xT0ShCmnTU0VMq&#10;+GFwOBwO58Zj9JrltwdnpVWSsV9eVaYNlYh11GHI1jzMeuo+1MvCcUI+CC2KAbR4h4iGFOccJ5Ne&#10;9ONwyhgCo+pBTNFkQFpajAQmDzexqQ6xDdVQKqbRYiIiJlId6+sc0gUJnv/BnoBPNSFYnfkQjQqU&#10;GrWIKjUh0loKpfweWqgkVgDlCyJHUlREtnjPmmMEr8H5+bH4Orc/vjcE4IwhAMeVI3BcNhhfZd0B&#10;me5BJNWW01mlrEDd75+jGrGWYoTlZ9PVuOf76+opFfwwOBwOh3PjMWrt03cGZ++uia/yHpmWQLZ1&#10;TSYs3TIXH+y+Cz8YR6K1rKOIh6xCrYk4pQ/E1/mD8K28P0qyEhAjT0dYpXgIQ6yjFrMqdShXJ6NV&#10;P4bKqrszTEn+7yXjKDQrozDbuAsBeXkIyMvGFNV2WHOi0KofJdii9Qd5HjLGjYj028JQwfOSj78t&#10;CMZHmQPwbuZQnFQMRquyH84axqHFFIrP5COxuXAZnVnqWWgkEKnVjJC8LLoiJ3nFrqIrV0+p4IfB&#10;4XA4nBuT8Ts258baS722dqOaGvGU+hl8mD4Il0vEw9zplq41Du/p4jE/fw0CLGTbVfzMMMrRgBmV&#10;RpQrE3Aq+3Yqse7MMHWJjcwPfV4diYdNOxBsMCK0qACzSnJQJYtFi55k//ZMpGcKQuhrIL+KibSl&#10;cAL2ZozF2rT7sD5nAbSKh3DANB2Xy5PwY+E47JdPwALLLkQ0NtGVKYGt3iWFRSH5WQhT5tHpNa7e&#10;UmdPKRcph8Ph3PCMH7/gVxO2b5oRmJb6OvkfPRn/RSRAi3jscjSrouhK0F8RD+wx0KrmI0ir8RnC&#10;QPo8E+vKkVK4HG/mjsSJvH7dmmHqFltH32a5djImKXchRKtGgqMWExsqYFBP89nb6gsa8acbR5/z&#10;++IoQXUuDaHXDUdZfjwSCxUYXlhGQyac807n4FvLRFxU3Il03TxIG5twd00JplabENtQg9CmfXSl&#10;SvpKybkwiTiMLTPRgitXbynZ8o6r5Fu7HA6Hc0MTOXfubYGpWxZF6JWnaYiASoY4WwldSYU37cE2&#10;/QKclA30W8TjL4SBrM7IKo1ImUh0S9GTOJQ/HK260e6tXF8zTNk+zjYiScUAyDT3IVCrQ5hB66wo&#10;bmz229vqC/J8JxTDcEx2l2D163y+zj5Rkv2b1FznNe9UpV+Eb9Sj8VLOGCjUM2BS340S1WSo1dOR&#10;ql+AueUyRFZXIVit7NjWrevsLS3SIXlPHWKsJcIfCofD4XBuHCZs2jRDqlN9Q4dQO6oRWaCDVKtE&#10;fG0FHeBNpNBVQL13CIPZeS7YUIewpr10VUZWapNqyrC+aDmVaHf6PL37OMng7GS0FUvxrnICntat&#10;QKQ2H9ISE8L2voiwpn1YWLYLr5He1gJhb6sY5H4txVIcz7sL32jHC7aE/fWJuuedamXQ503Hmaw/&#10;4fucP6NFMxQt6qG0iOqkbAD2qqPwXM4jCM7KQoilHMmOqs7eUq0cMdZihKsVxwQ/FA6Hw+Fc/+zb&#10;t+9PaaXFyyfL876hZ3nkzI4GJ9joVmSwVoPppTJUaCaiRec7oJ7gGcIwodSCyOY9NOt2i2ERVOrp&#10;KFbfjSLlJLyZNwpt9ByzO6Lr7OM8UxhKRf6NfCBeybgLxbIEFGbHQSm7G6mGhXioXAFpeTlSZPPw&#10;pWwo2kuj/L5e8jkyj/SoaiQKMmOx1zATl21xXp9vs8TiG8UQn32iznmn5Zgp24i9uVK0Fwej1T7Z&#10;vbImK/iLxtE4nDkQ63bcjxgTiRCsc5+bRhbqEJS561Jwxs4tgh8Oh8PhcK4/iDibm5tn79mzV97c&#10;vOfgvn0vILXETLcYvUPVq2j6TmiBEVNlm1CeJUWrYaxfMZEQhrOWBKxTPEXnf64qW9+ZnSu/E63a&#10;ETiV8UeczOsvOIf0B3lOcm76VW5/moP7Vf4AnFINo9m4rdrhtN2F9I6+oI7A/LxnIFXnQ61/ECdI&#10;xm5RkLu3lRYNETok114cRuepFulnIlqZjl3KJV7zSt2f10zDjEqD7z5RMu/UYMDO7AdxoThUMMuU&#10;/GXgUlkEPssZjPXaJ2gbEdnqJiKNtZUgYFfqm6NT1owW/LA4HA6H88sjJs7XXnsD7733Pg4f/hRH&#10;jnyJdZYyxFUIAxgSHdVUHsG2cuTlTkWb+i6/W7uEf9hjoVbNx4rMefhEMaIz67Z8Mlrsk2iAAZFi&#10;V/fxxFUM9EX67fg6/y5n8EP5ZEEW7wX9CGzfPRMjiiyYVWtCmmEB3pKNR4u8P1rJato4Hi1ky1c3&#10;Ci2KgTggG4Nc3RzMqjFgVEk5nst7EseMYbhoGOH9+Qodoh0OJNVXCCXasbIMKC7Gc7Kn8HVxIi5Y&#10;4wXfw3ki06IAvKYIwoKyNESS+3VU64bmZTWPSFk9WPDD43A4HM7Pjy9xvvvu+zh06BN88cURHDlC&#10;+NLNkpJir4AAgudYs02Fy1CbORqnSLGRnTlDJLF91ngK+X27PQnvqcLwTtZQtJtCOs9ArUn4rjiS&#10;tpic0gnPIv1B+zwLgvBV7gDankLDG5jHtFvj8Zn5bixXrqbns7FNjbS4aXFpKpTqWahSJWCvUorn&#10;FVLUKOOhUs/E8uL1dLs2uqkRUmsZ5uU+B0tmJOrkUd6fdzgE8vQSqaMaoZZSPKbcgHcKp9I5rOzr&#10;IxDxn5UPQI7mAefq1lFDRRqSl7V/ZErKWMEPk8PhcDh9j5g49+8n4nwPhw4dxhdffEHl6YmnRAkL&#10;zUXwDGBgx5Cdlt+FD9LuwlvpI9Ba7JQjOQ+FLZr2jZ4oScaxkmS0k1VhcQjdUv3eGOB1BkpDDUxS&#10;KtLTelII1DOROvs8h9BzUrbPk+B5Phtc4pw2Q7ZPXX2d91Wo8Yg1A49Z0vFAuQrx9VWIbGxEfIOz&#10;uCrCZsF9OSuxJO0RTC/KQoKjxv15Vpws5OvDrBY8rNqINwum+RQpbaNRD0GJahKmVhfTcWuk7WVC&#10;xi7rqJSn/yj44XI4HA6n9xEX5+tUnAcPHsLnn39BcQpUTKJCka6xliGu3Lm1KzaG7Ed7HF5Uz4Rx&#10;oxSf5Q7BlbJwfFo8BUblHKTKFmGNYjlWKVZgo+Ip1GUE44x8oGgbybmyeCrSE6oRV7W166vPkz6m&#10;43x2o3wpxhlNXtvURKjkLwdkFUhwJhB5nAc31tBV7NP5T+LJ7KUYW1SKxGZnQVB3IF8fWGzGCsWz&#10;OGKehHaLyNauK9jBOBaNyijMs+Ugdm8TostMGLd54xbysxX8sDkcDodz7fgS5zvvvIuPPybi/NwD&#10;p0T9i9RbooTdpIWjpIAKgbR3sGPILtvj8bL6Xqxe/QCKN4WhVpGExer1CNUoMMpQhIAiEwJMZoww&#10;mLA7YwralANERdlqc56Rfi0f3KMVKdnKJRm+JH5QTNAuYItBvnw+xtF5pV2vJN0ibKrBOEMB8pWP&#10;QqWYh/Fa3VV9fZpsIV2Nki1u9rURXIlM+xRSPGrPRlRtNZ0GM37LRuX4lSv5PFIOh8PpDfyL8yA+&#10;++yzDjwF6i1S3xIVivTLL7+E4803MF2vRoyjAQ9WqgRjyC7a4vGhfhKeXP0Ypq9ZirtV2zC+1Eq3&#10;R11B9HHNDbivxuhsk9GOEBUluXbGGEQTi74tDOtm+0syzpKz1fxBOKkdJ3pfF5dtsXizYCrmqzch&#10;vNzqDMcXEZ+XBB3VkFZVYIo6Hfv0M/Bu4T2YrUz1Oe+UhXx9VFU57lGloVx9H36yRQN255Y3+/pc&#10;iUx2zUQajxhmJFNwNGS+68nAHVv4PFIOh8O5GroS56effuohz066lqi3SH1J9Msvv6IoGhshLbNj&#10;u3GhIMGo3RaPLwuSsGLbIgzNlCOqulyQoUtaOsjZY7UyAS260b6FZ03ACfUoet5J0or8JRA575FI&#10;q3xJhCDZGvYV3tBmicc/bNH4xDQJj2csw1i5Agl1FX5lSgMj6qoRZtAgW70Q58oS6IrSqJ6HKK2M&#10;rhjZ75P9evIriSicnLEBz8ifplvdJIf3/cJ78IM1lhZhkYk19DXaJqFFNRAy2TSEGPQI16mQQM6m&#10;G2v5PFIOh8PpLmLifPXV17zE6Qkr0KtfjQq3dD1FeuDQJ1hXVQl19kS0M20uZKX3qm4a/p6/EWG2&#10;UncGryckqCC5zg6DeqrfrFuyvXm2JAbHFcPpKvM7k9Rnn+fZ4ihn5i45GzWTcAXh2SjhojUO35Ul&#10;olJ3PxYr1yBOl49QtYIOIY8rJ6+XzCt1FhW5Idm3VRUI0WuxXrUcR4on4gdbHC1aOmFOxi71Erp1&#10;HVZR7vPrSYGWVK+mcYrhhXoEFRfTaMQgjaojh/dBnClJdK5OSUKSORzvZw7DosyFCDQWIp6cS/N5&#10;pBwOh+MfX+J8++138NFHH+OTTz4RyLP3JSoUqadEXbz95h68pkpGu8m7qpZU52qVcxGsVSHBIR5E&#10;T+hu1i2VaXEkLTo6kjcYR5UjcdoQiDMFwbQ695TeOe+TnKd+tvtPdOi2WMsLgQwP/74sAUXaeYhT&#10;ZWFcqYVW2tJkJqMG4WoZIvQqOnklwlqGcLsNQaWlGGcspNu5maqF+Nw0if5lgawcCUR8R8wToVQ/&#10;jHuVOzDWUIigklKEW60It1kQXFqG4IIChCnzqazjKyzuLW7yq2cOr1LzGE6XJeNHWwyOqkdhh+xB&#10;xJQUIK6uc0VLvo7PI+VwOJwOWHHu3fs8Fedbb73tFicLK9CeifTqCoxYiX711Vc4+vHr+No8C+0l&#10;pMjIKUJ/QfQsUQ4HFpbtpCPF2gu8219YyOqShCgc1ErxZlp/fJX5F2chEhmnlk9Gqg3GKUMglSr5&#10;2NeZ6o+2WFTqHkCcMgthFWT2acdqmUiqgRRRFSFMo0S0Khez8tdjXu6zWCx/Dtvki1CvnYWzZc4V&#10;t2v71QWRaZslDi8YpmOHfDGekD2Lh/JW4yHFRizLXYq/715GghQQYzOLvifuHF6NDCblffg6fxia&#10;dg3HsuL1CNvzAuIc5GucAQ9EqHweKYfDuWXxJ84PP/wIhw8fprDy7B2J9s5qlEiU8sUn+Ny6AJfM&#10;49xbs95B9M7+TFYaLpxtJjXYWvAEvpSTrNtI32elJMjBPhFfFsXi47zhOKUZRWVJVqRku9cpW+fA&#10;cF9nquQ888Oiu/GocgMCyiyi55lktZfQUI3YCgtWq5egftdofKCOQJs1kUqYpC6xr8sFqb79hy0G&#10;F2wJ+FAbhX3ZQXhFk4xP9VHYmxeCeYrVCLPbaZwi+7xOmdYg1F6BB+Vr8cxzU6DfFImXtRHYULQC&#10;k2otzkk4LpHyeaQcDudWwZ84P/jgQ7c4WViBXo1Iu5ZozwqMBCL96ig+rV6FVuNw2rvpEikbdMAK&#10;wxPSr3l3dTFUugdwQjYQ7T6ybskotLbiCJzI+gsdX0Y/7/EYV1ERe6ZKQh3I/YhQUR4LjXIenQ3q&#10;a/api5hGB/5epUF9fijaVQOpxFlx+qLNlozvdKNxWtYf7eZw/FCejHPy/sjKmw5pVSUS/YQ2EJGH&#10;F+oQunoNStNnAqYR+Fw2FOnGxzGlphSxDbX0PeXzSDkczk2LmDhfeeU1vPmmU5yHDh3yQCjQ3pLo&#10;1a1GxbZ0faxGO0T6xZsVOKKV4rI9EuetyXTF5ivoQJwKutIi7R27DAvwtnw8WklfKcm39ci6Pa8Y&#10;iHfkAXglYwhOq/xn73qeqZLWGdJTekYfgHOFwdiS+yhGG02i26ssZJxbmm5el2e4LGwfawsRuWYo&#10;zMqJmFJlRkyDc2UpBhFpiLkYf09fhde0U3G5IgntZimOyIbS6MUYRy2dbxpjNQv/8HE4HM6NiLg4&#10;9+PNN9/CgQMf4ODBgzRBiOAt0UMCgf6yEhWKlJUouxolHD16FF807cQZ/ThcKo9HizX5qoIOiEzJ&#10;uLDH1M9dyd0Zc6VSEYe9qgh31q1MfT/WGZehQhmP80SyXYiNVuxaE+m56THZYHyTdyf2Z43Eguxl&#10;CCkp7XKlTHCe4e7q1hlu5/MK+1jpqtkwDs2KCCwo24VIRyNCm/a5t2o9Ia8rrKwMjyhS8FZHfCB5&#10;3ouFAfR1LLDuRvSeZlK4xOeRcjicGxN/4nz//Q9oSwrBKVDfEv15V6O9V2DkKVGXSL/65H18Wbkc&#10;57Uj0G4OxZXyRLxaOBP3qbb3IKigCjE15RiZr7gSpJRdua9Sg0dsme6s2+iGetxbWYAqVaL/vlMR&#10;sdHHakfAlhOBKfmbIC11DhFnXwOL5xnuV4phaC/rel4p+ZX0sJJeVlcfKxHp9wUh+ChnECrzwqHU&#10;zESqfgEesufRCMK4hs7VMRVpRw7vW4WdObyuAPs8/RyEms2Xx+3axueRcjicGwNf4nzjDSLOA7Sy&#10;1iVPXxIVilQo0L6TaO+sRtktXZdEXbywvxky2Ry8o5qAVsUAXNQNR1HeNMRrshFd5+x9ZEXlKY9Y&#10;kmVrlCMmbSPCiwyIa3Yg2lHvzrolsulO36kY5Py2TTcCZvXdiFWkI6zA0I0tZyfkDPeeGjOU6vtw&#10;PLcfLpAYRPskwRmuq4/1uGIojimG4ftiUjjl7GN1Zv+Ox9Gcv+F75RBcUPTDSdkA7FFIhYVEPnJ4&#10;yaq0TT8cpuzYn5J2rzcNWLv2fwV/WDkcDud6QEycL79MxPmmW5yefPxx1yJlV6OsQHtTpF1L1Fuk&#10;3ZGo2GrUU6KEnMa9iC4uxBOW7VCqZ6NeFYtqeRyW5SxGpCYfcZXOCD6xoAISdBBuUGO57Bk8lr8a&#10;YSXFoivG7vadsrSRnlL5ACh19yFEp6XtLbTdRUScQioQ29yIyYZsbM6YhffkY3FWcRdOGSYI+ljJ&#10;di5ZjTol2vn63GemssFUquRjkgTVbhgtLCRqqsFYQwF2yB6nwRGuHF4i7AvmYOzfPfiIdu3QWPJn&#10;VfCHl8PhcH4J/InzvfcO0JYUAivQTpH2TKLX32pUbEu3Z6tR8pgUm4W2jETt3UfHkM2u0OBx227M&#10;L01HhCwLgbm5iC7UIrLEhHCrBWE2C4JKS9xBB/nqBXjRcC+eVT/ns9q3J32nLojQLppC8YFsDJ42&#10;pyDUaqOhC7G2Er+rZBd0tVxlR4BWi3BTEZ4rXovX0gfiVPbtNPjBs4+VrDrJdq6nRMXOTDs/N9Gr&#10;kCi2qR7S6kr6ftRpZ9NQBvdjrUloLwvHsazbXzy6TjKC/NkV/GHmcDicnwNxcb6K119/kw6zdomT&#10;hRWo2Gq0U6K+RcoK9JeVqFCkrES7sxp99+BBPFHaOezbcwxZXFMDYivLMWhjBgZvTEOyJh0P5K/D&#10;PGUKnlCuwTaZM+iArLwuWmOR4qfat6d9p+RzbZZYfKMYghz9XCTVlzsHkBvUNBKQpAX5O791bTlH&#10;G1R4JvtRLCnbjpCm57G18El8kTcQ5wzj8G1RuFcfq2e2r68zU+/X2FFIpAjCI2VpGG8sQobycZwt&#10;i6d5wF6PK5mAT9P+ZHvvackfyZ9lwR9uDofD6Qu6EidpSXHByrMnEr3+VqN9W2DUydd46+OP8HiJ&#10;yWvYtyeT9tRgjMyIP6xWYcnOR/BqXhAdaH3INIW2y7iCDn7qRrWvs+/UDCXtO70L7cUhon2nZPu0&#10;vTgMpxSDUKSZhhmVBir25KYaSIuMiM7chmhtPsL9ZOPSbF2DFimap/FpzhAo9fcjvHkv7q4rg7pg&#10;Lk4qh+BicShayyeLPr+vM1MWWkikGoTU3fdgkXytO4LQ6zH2SbhYNBoHN/9buuvPtuAPO4fD4fQG&#10;YuJ86aVX8dprb+Cdd96jLSme8rx6kfqXqFCkQoH2nUR7ZzXa1ZYu4euvv8YXX36JdXare9g3K7+k&#10;Budq8s6tKqQsCwd0/XC5PJGeAXomBRF5vGK8t4uxZKTvtAEzqgqwXf4gXs8cjlbVXWjVjfTqO21R&#10;DMQB2Rjk6uZgVoUO0Q4Hkuor6OsLNBqxMucJFGrm4l7ldmc2rrkEYZYyWjHrueVMsnW/KLkbV3SD&#10;YJYlYXKpBsFlVkxS7sLWjFl4K28sWhSk79X5/K0FgThnGIuTyuHOHlaRM1MWstr8XjcSzWlj8KZu&#10;Eh2M7hVBaE3CD/ZYHMvtf+yDdf8yyfVnXfCHn8PhcK4GcXG+gtdeI6PFnOL0hJXn1Um0a5Gyq1FW&#10;oL0p0q4l2jcFRmQ1SkRKyKitdg/7FsqvEgl7GpCoyoZuUxguGMXbV8j27gVLXLfGksU0ORBpK8XD&#10;ucshy5+Kak0S9iql7r5TlXomlhevR1JdOZUoETBpsXGeQWagWT+DzgJ9nmbjLsJSxSrMV27CPNVm&#10;LFGudm85k2zdH+0JOG8cj4acUNwnX48gjQZBOi2k5iIsLt4CpWY2qlQJ2KeKQLMsHHuzJ+DzvCFo&#10;0Y/BeebMVAyyij1lDMJJ+SCcLwqm4uz8XDIulifhjG74j4e2/eeWt1Ik/+r6sy/4j4HD4XC6gz9x&#10;vv32u7SylsAK1J9IWXn6k2h3VqOsRK+/1ajYlm5PV6OdEiU0vf0mZhg0SGyoEpUpmT96n02JSnkc&#10;WvTiIiWQVWp3x5LFVdswWqluC1LJ2+6rUOPR8mx33ykZIh7Z2Egnu5DnJ19DroXrFMhSPkbTl8js&#10;T5qNa4nDYdNkut38esE0GnHoueVMEptajAHYKwvHvMJtiKgsdwbIN9YgorGJFlfR57dn4aHC7bgv&#10;6xlsz30MHxffi8u2OHp/NuSeFSmp/iUh/N8WhdHKXtf28A+2GJzRDsehXf+t/2Ct5H89/1sQ/MfB&#10;4XA4YrDi3LPHKU4yzPqtt97Be++975anJ6xAfUm0pyJlV6O3aoERK1KCqrkJSeYCKjn2rJTOH60v&#10;h0E9zW8fqO+xZGWIspYi1lqM6JJCOvIsTJGHwJ1bjgfu3nk8xKhHRGUFYpqbENvUgASHh3zJLNBK&#10;CyYYCrAk/WEcVgbix/LOop/WDoGTwdoEdsuZhuFrh8OmSsbM6gLENdZ5r7Y7iqtimhsRVlKCMTI5&#10;LWaar9joNWPUl0yJOE/pxuN4zh04px1Jt6db9aPRphuGY7n9vjq04z+3vr1W8lf2vw3BfywcDodD&#10;EBPniy8ScTqD3ok4WX4piV5/q9Gfr8CIlSjh488+w5bqSkQaycrUGcLgkhnp24zYsw/phofxvaxf&#10;l32grrFkdOtVsQTLcp7EPXmbEKpVQaqRQ6qVI9KoRUh2RmuoPLs1yqTvmCWqprNEYyzFNI+WbDeT&#10;Kt1wtRzjCs3YLZuJFvnfutU644IE5p9TDIRcPZv2ehJxsituAsnvJbNMI7QKOkEmsMzqnjF6qiQR&#10;7VbxyTFk5XlaORRvZAxEkyoazysj6PZ0wc7gwzUb/jInRSL5J/a/E4LgAofDuTURinMfXnzxZfeE&#10;lHfffc+LriTatyL1L1GhSIUC7TuJ9s5qtOstXWeBkRjHjh3DgU8OI4eE0JPKWGsJpDYLwiwW2js6&#10;pqwCs2RrsSd9LNqKyAxT/zJrscTjH+XxuGwKRnNeOB7RpyDCRoqaSp3iIlurOiUiC3VUYmSlSiUr&#10;QnSxEVEN9VhkTcN+WU/6UJPQVhyO92Xj8LRpHc3JZQVKoFvHlVaEk+cyGejHnTNG82DSPoR2S2fA&#10;Quf9yWD0UByQjcVG41LMscuwwJaJ+61yTMjNbpJsqbyT/W/GheACh8O5NfAnTjIh5Z133nVzfUm0&#10;a5Gyq1FWoL0p0q4l2vcFRqxEydeR9+ntt9+BpqICSxQ5l+Znr/zhMdV6zFVvwRLlGqSpFuPlvBCc&#10;VgwSzAtlcfWBnlIOgUL/ICbV25FApp+Qc1girgoLlWSU2ehc/ZKz2YZKxFWU0S3gWIvJLd2kxmo6&#10;Os2dnSvvfnbuaeUQvJY1BE+WbqFnomISTayrdK5GDSok1jkHcLtkH2y3YbZyG/Yb76Xnrp73J+en&#10;J5VDkauf6zzXdTQipqkR0TVVCMrL2T8yJWUs+9+QC8EFDodzc+JLnK68WvI/XU95dleiYiJlBepP&#10;pKw8/Um0O6tRVqLX32pUbEu3p6tRb3mSr3eJ86WXXkZdXcP3BQWmFzZv3pKfmJi88P/9RnKPdsWd&#10;ew4Yo/BG0UwcNE2mg7fbSkl/5XCclg9AG+nD7EEfaKe8qmi7DV1tkmphjzNZl2gpzNxRmp1bbYZK&#10;ex++yh+Ec6Ywn8/v7AMdRsexncq5A9n6ubRamBQZeZ2/Vlkh1Tm3dOMrywTnw+Tx4/UGZCgW4LIt&#10;Hm22JPf3dzJ/IApV92BGldH9/SU5aui80QkZabZRKU/T8AUxBBc4HM7NgZg4X3jBW5yesAIVk6iY&#10;SFmJ+hIpK9CrESm7Gr1VC4zI1/kTp0QimcRS+rDEeLlgCC3ucRXxUFmZI/B8bij2po+lxUekJaa1&#10;MAAtBRNooY2vPlAvQdVVUJGSwiOx/lVxKhDb5MDEIhl0GQk4njcQJ5TDcEo/3md27tnSGLTpR6Aw&#10;LwGxJi2CrDbabxpcWoIAYwECtDqEGXSILxcfz+YMoi/Bc/lP4kRBGC4ZR6JFPhAfKMYhPfNu3KNP&#10;p/GHSR2PJ9vU5Hx33OaN7vAFMQQXOBzOjYlvcTrTg8g5J4EVaE9EykpUTKSsQPtKotffarTvCoyI&#10;gD/66CP68yO7CN0RZweTO35NXhL5z8s+3HnH0csdg7/JliYZDfaBaRqe0GzAQ7oUZGdPQ1FqGJpy&#10;Q/C8LBhVshiRPlBWiJVUnhE6BT2X7H4IPRFVDUYazdgsW4KzhvE4TvJyZYOcubki2blk9XiuIACv&#10;ZI/BhtxH8ZB6K+03Xapagx2Zf8fq/AW4p8qEuCbhfFH6Oh3VkFrL8GD+Gui3RaEiIxxq7UysKN2I&#10;qAI1ArVaxFfZnCvpjvYhMm901KpV7vAFMQQXOBzOjYG4OF9yx+65xOkJK8+eSFRMpKxE+1ak/iUq&#10;FKlQoH0n0d5ZjbokSr6evA9Ocb50VeKUSCQJEokkRiKRREgkklCJRBJU+vhvd55SDm6jg79tZPB3&#10;NDTKuZigUSNizx5EVlQiLHUb4tc9g/uznsWsogzavuLZByqKoxoxlqIeh9BLqyqcwfC62bhSTs4r&#10;E2leLlmNEtjsXGefZzCOyQbhsE6KN4um037TQ6a70WoKw1HFMGwqeoqOexOr6CXPGWsvQVDaTsRt&#10;WYsZpjwkOKoR1dyMaIuZrqpdr5+sRqNM+h8DdmzdMn7BAnf4ghiCCxwO5/rEnzhJ7B4ZaO2CFWhP&#10;JSom0l9Wol2LlF2NsgLtTZF2LVFvkXYlUfK1H374Ya+LUyKRjJdIJKMlEskIiUQyZPJwScDLa/+f&#10;9qRy8JXL9ii025OQKl+C0cYiujpMbq5FSFk5/pqqwcDNWZAWFyKx2btX0ycNVYgs0NIzyoTaCr8y&#10;pUKrr0GYUYts9UKaWuQKhnefj3bgGS7vnCc6jq5aW8yR+MEW39lvSqbLkNB5+QQssKQhUmT1TF5T&#10;TIkRY9OzEVRURmetkr5a8npiLCZItUp63kveh8giPSbs3qkfvnaFV/iCGIILHA7n+sC3OJ0hCGS8&#10;mKc8/Um0pyLtSqJiImUF6k+krDz9SbQ7q1FWotffatRbouQeRJykOrovxSmRSAZKJJI7JRLJ/0ok&#10;kv+RSCR/TE2SDH1tze9STuXe8clRYwieUT6DII9xaZOaqxFdYcfY3Zl0hUaqbFkhiUG2QhNqyhGq&#10;VWKcQoGICrvPJCQSQh+kUWKt7AkcKZ4oCIb3hXueaP4gnLd6T29xijYZZ+UDkKN5gBYMkepgz9fo&#10;6i+l35ej83PkdUYVG50FU6VFCFPLjgbu2JY69umnBeELYggucDicXwYxcT7//Es0PYi0pBBxesIK&#10;tK8kKiZSVqK+RMoK9GpEyq5Gb8QCI/J15PsmP6OfW5wSieQ/JRLJ7yQSyb9KJJJfSzpCBT5fK4mt&#10;2dRf+UD2sycibM6xay6xTGyuoVu1Yco8xHV7q7aK9mpO16Rhbe5i3Kfe5ieEPgO78+fhQP54XDCR&#10;PlbfrS8uyGN8zRPtfMxEtKqHoEQ1CVOrixHXUOvx+oT9pe7PkW1ccwECdqR+ErBtS9qolSsnSyQp&#10;ouELYggucDicnwdxcb7o7uV8/fU33LAS/TlFykpUTKSsQPtKotffalS8wOjTTz+j78H1JE4xJDNT&#10;fh2xY70xVmxaDNmqLdTR7c6EWmfOLitPT0nF1lUjzKBBrnohvitLwMuGe32G0DfoZtPt3G+Vd+Fo&#10;/gC0lMWKitFToqTK+JRyKE6ohonOE6WPI9vBxrFoVEZhvi0XMQ5n0RGVpo/+UldRUbhadmz06tV/&#10;Z9+j7iC4wOFw+gb/4txPw94JngL1JVJWoH0lUTGRshLtW5H6l6hQpEKB9p1EO0VKvubAgQPXvTjF&#10;GLV5w+oYkWkxdKu22kZj/ciWJwlUENuqJWerkdWVCDHosF613L1Ve8UW6yeEPgYX7Mk4ZQjAwcw7&#10;6ZizC0XBPvtISZ/nkfyheD9vDE4WR6PVxzxRp0gDsE8ZgUdtWTRz15XvK9ZfSn4lwRLhRcb2gJ2p&#10;mwYuXfob9v3pDoILHA6nd/AtzpdoLyfJrHXJ81ol6kukrDz9SVRMpL+sRLsWKbsaZQXamyL1FCj5&#10;WiJO0o97o4mTZeymVcEhuRkHxabFkO1ash1K+kOd+bkqZ36utQSx5aWIs5kQXqTHFFkq0mUP4/Pi&#10;yVSirlB4fyH0dLi2cQJekIVCqbwXr8uD0CLvLzrPlPR5bs29H+nyR/BV6d1os8YJJOq850S06kbA&#10;IovD1BI5gi0WhBQYINUrEVGgpd8LOSf1PKuNLdZiSvpqR9jKJ+9g35vuIrjA4XCuDjFx7tv3oruy&#10;lojTE1aiYiJlJepLpKxAr0akXUlUTKSsQP2JlJWnP4l2ZzXKSrQvV6OHD7vE+eYNL04xAlK3LI4o&#10;0J4XmxZD+0IbKp35uTolLSYKyMvF6G1pGLpxJ0bnyJGa+wC+Uw+jYQ++JquwuCa5lKknY3qVEQvL&#10;dkKpnkXnibLzTFeUpCCstBhzVal4r/Ae2v/K3o/QZp+E84qByE6fiCB5PmblpWDK7rUYnpmDCcVm&#10;hNusXme1d2syodDMwd6dQ/VY0DlftKcILnA4nO4hLs4X8MILL1Jxku1aF6xExUTKSlRMpKxA+0qi&#10;YiJlJepLpKxAr0ak7Gr05y4wIl/7/vvv37TiZBmyatUfAnfvSA83qK8k1Fd7R+8RSF/l3gZEVFcg&#10;WC3HuvylWLhtCW5fuQt/XK/Fhk1T0Kq8E6123+ecLFR68gFQqGfSvk9pU7N7nugj1gyveaakzzPE&#10;ZsPDqo10m1hMpGQb+CINnR+DZYZVGKk2YHPeQuw1zEKaegmWKldjvnKj11mtQ38/Ws3BOJn53y++&#10;v+7XI9j3pbsILnA4HHFYcTY3d4qTVNaSBCGCp0B9iZSVqJhIWYn+nCJlJSomUlagfSXRn2M1Su7x&#10;3nvv3TLiFGNsyrN/nrA9ZXWEMvezEHMxbYkRVtumI1vzOL4uTkaeZiGGq/S4K9eMpPUr8HzaGFwy&#10;TejmJBen9D6QjcEK0zpEdUxycc0TJa0rBGewglPkgcVmrFA8iyPmSWj3mFHquh8J1f9GMQQ5+rlI&#10;bqrGeHMp1iiWo6UsnopX7Kz2Snk8LpWF4vOMO/YfWP/rcex70l0EFzgcjhOhOPdScboKhEg/p0ue&#10;nnQlUTGRshIVEykr0L6SqJhIWYn2rUj9S1QoUqFAu5KoS5zkfSZ/EboVxemLnRsj0jLyH8Qy9RrB&#10;Cq5eO4sWEB0zJ+MpxUqacTvp+XpI7eVYl/8YjiqHo700sssKXNekFSI9Ej1IQhG8tpMZSEETEflO&#10;xWJcsieiVaQYyStUv6kRYZZSPKZMwbuFU3G543yWPasl0r9YMgGfpv3J9t7TEp+h9F0huMDh3KqI&#10;iXPv3hc6Vp3OIASWriQqJtLekqgvkbLy9CdRMZH+shLtWqTsapQVqJhIyddzcXaTFEngVxl/Ofh1&#10;aQLeLJrBVNsSEcXRj8lWaXBHkAPJtr2n1gyl7gGckA3EhaIgnxW4reYIHFMMQQGRnsekFV+Q+0dV&#10;V+Ce3BTU7g7BFf1QQTGSIFTfUUVX0v62ggnk9VwsGo2Dm//Nbyh9VwguXE+MXbv4r2NS1iydkJaa&#10;Hrh7R2Fwxi7ThLQdmeO3pKwcn7J+ZcD2rekTdu8oDErfZQrctS1zVMr65cNWrx6KtZL+n6ZIlny2&#10;/f+mH975x8JPd/3R9PmO32V+uOlXy9997tfD2Ofh3JqIi/N57Nv3PBUnmarhSVcSFRNpVxIVEykr&#10;UV8iZQV6NSLtSqJiImUF6k+krDz9SbQ7q1FWor5Wo1yc18anqb9dcl4z6DwqY3HZ7qy8dVXbkkrc&#10;s5YEbJQvxTijqaP/tIL2bM6oNCLNsABvycbTClwiuu8Lg3GmMJROcjmhHI7DmYOh2ixFsnwnwusd&#10;dOg2K09PiSbWVyG0QI9pylRkauehRhUnKEZiQ/W72gqmWJPwgz0Wx3L7H/tg3b/4DaXvCsGF64Hx&#10;4xf8atzmdTPDlNnVUp2CDoclfUCx9lJItQqE5mXSRuE4eynNRSSfJ0iNaozJyd2TunNa/ed5g4HS&#10;UbhgDsBFcwAul4zBafUQHM+9Y9+Bjf8+v+oaKrQ4Nyb+xelsS3HRFxIVEykrUTGRsgLtK4mKiZSV&#10;qC+RsgK9GpGyq9GeFBiRx7z77rtcnL3Ex6skfzi844/pJJP3B1uUYHWJ8jjIVY9hvM6IRA8REpmS&#10;gqHFpalQqGejThGFj3MGEVnRKS4kbP4zRSAaFNPxTP4z9P/nYRXOsAe2P5WmDVVXIECjQahShuiq&#10;ChqgL1aMxIbqE7mTVKUdssfpXwJa2O1lazIulifhjG74j4e2/eeWt1KuzQeCCz83ry2V/PtLqyT/&#10;4fpYIsE/BW5PXSTVyE8nkDeFNvw6J7GTCCciVhIuTHqe6PWOaey0bLuxGtFV5bi7MA8a/QKctkzG&#10;RXvnlgIZ4nrFHo7vVQPPXdr1m2exQvL/JHP33TZy1SL383NuHnyJk0DOOcn/cFmBdkeiYiJlJSom&#10;UlaiYiJlJfpzipSVqJhIWYH2lUS7Wo2Sx5PvgYuz7zj4rOTPH2/+/crjOXcevmgajYslQbhQGoYL&#10;peFAWSD2K6X4u3w9jQX07D8lBUMRjU20UOj+chVK82PwXe4dOGuOohJrsyfjp/JYHC2ZCKX6Ydyr&#10;3CGIEiRnr+MKijBNtQsbch/H35VbEFZuR2JTrWgxkvcqtgpRNZWYps9Cg+EBWlDEbi//YIvBGe1w&#10;HNr13/oP1kq6DKXvCsGFn4NX1kr+eiDlV0u/YLZeP18rWbJo0/3rAzTab+Kb6r3SJ0igcJgqn648&#10;2aZhT8g2QUR1FaI1eTBpH0K7xfm3EdLb1GZNwD/s8ThamoScXZO+Td66rHRMerrWtTU8NmX98tHP&#10;Pce3fm9QxMS5Zw8Rp7O69vnnnRW2nnQlUTGRshIVEykrUTGRshIVEykr0L6SqJhIWYn2rUj9S5Q8&#10;5p133qHvGxfnz8uBVf8Se3jr79K/SL+9+ousO/YfyfzrG19m/Ln2k9Tfb3l0y1xFsFa8/5QUEIU0&#10;v4Bduvk4K++HtvJJXrF+l6xxaLPE4QXDdCZKcBOeVK9Hyu4HUJkVg+9L41GknYsorQxRtdX+t4Jp&#10;qEQtJuh1P6Tuntl+Vj8Sl0s7/wJwsTQYF4vG4Hhuv6OHdvzn1rfXSroVSt8Vggt9iXKB5FcHNv92&#10;5om8/60+Lh+MH0vGoN1j6/WkbCAcu8f+uM74FCbXWek2AXljSDQVSdWIKS30K1EXyY01CLbbMFu5&#10;DfuN99KkjXZrHL4rS0SV7n4sUq5FlFEDqaXUvS1MIOkdoYrcfQFbNsx3/ccycOnSf+cr1usTcXHu&#10;o7jE6UlXEhUTKStRMZGyEhUTaW9J1JdIWXn6k6iYSH9ZiQpFSoZYc3FeX3xEFkDrfz3u0KZfBRxY&#10;dVs/ck2yeN9vg3bvSJca1FcSG5xtKp7bs9FNTXjcvhuva0Jx0RSE80w1L1nk/IPEBXpECb5RNAMf&#10;GRJwLG8AzutH4sfyBBwvScYu9RKEapR+t4LJrmREoR7j09O0BRsGzz+x7dc7vf8CcHvtoa2/y3xv&#10;zb9MTunFn6vgQl+xb67kto9S/2PRKfmA0z/ZQtBmS3RWcJF9d9fWqz0Jl4rG4QvFcKQbH8eUGjIv&#10;rhFheg2CNWo6gJWVphdkZI6LxhqM1xuQLn8MV2wxNCC5SDsPcaosjCux0H11sa1hcp8wVf65wLRt&#10;8oAdW7Y7i5l28BXrdYA/cbrOOl10JVExkbISFRMpK1ExkXYlUTGRshL1JVJWoFcj0q4kKiZSVqD+&#10;RMrK059EXatR8nnyesl4OC7OGwvSfzp+++bnQhX5h2NsJYivstKM3vgaO+Kq7ZCWFiMla3bLN3kD&#10;2i7Z4+j5JFv444oSJIVNP9rjcFY3HKc0o2hBEPHDD/YEfFkyBWrtAtyvT0OkpRhxHs9DnpM8d5hK&#10;djRwl/f4M++/AEjoXwB6G8GFvuLQlv8z84xq4DeX7dEdb6QwuZ/+DcU2Ee1mKb6UD8cm0zOIqa9B&#10;rDITibpsxDU3ILRpn3Ol6qhCsoMs4zv+JkIDlu2Ir7ZRGU7c24BAcwlWylfgbGkCavX3I06ZhbCK&#10;CrpiFUi4A9f2BBlQS3IlncVMFu8V68YN84OXL/8/7PfI6V18i9P5K9mydW7b+peomEhZiYqJtDck&#10;KiZSVqJiImUF2lcSFRMpK1FfImUF2hORkseR107eHy7Om4Mxa1fFBmzbkh6cvbs6JC9rf6gs+42Q&#10;7PTaodt2pd274eE5H+28PfukYpBo8ZJrMXXJFoNjiqE/fbbrT5e+1wyiYQlkW7atNBw/lU3AD0Uj&#10;Yd0VeiQxdXnh+Oyscvfz5GbUjt+2KXPUmp6NP+stBBd6G0nSJ7/Rre8XcDT79v2oCMQPdnGBev3t&#10;pHwyzutG4MWs4VDK74YhOx7FefFQq2cg1bAAc6x5CK2oQailHBEmE031D1fL6Zw5iloOqV6NAL0B&#10;y3Xr4DDMxlLdekyw2TCxqZoehpPKMgL5vUCmjTWIs5fQirJYewmSm+toFZhrxSrVKs8F7kpdOX7l&#10;gt+x3y/n6hETJ0kPcv5K5EmKhToFKiZRMZGyEhUTaVcSFRMpK1ExkbISFRMpK9GfU6SsRMVEygr0&#10;aiTqKU5S6MXFefMydu3Tfx25ftW4MZvWBwSsWuVeAX68RvI/voqXXGeXX+f0O3p4++83fbThtkcO&#10;b/uPnV+k/9m9LftFxu21h7f+LvNSiiQZKZLf/2HN1tvFnueXQHChN/Ds/xy9O0N9767lb2zIePAn&#10;rWIODhRNpckSF6zxtACI7JGT3xParIk4VxaHk7pxOCofglOygTiv6I8W7TC0aoejTdEPJ2UDsEcR&#10;gWUZCzE+LRNj8xS0CImsHiOLdIgq0tOxP2FqGYIU+ZiStgHJzz2F0VszEFhsQ3D9HsQ66nFPjRlT&#10;q02Ibahxr3JZmUbolQjXKkD2/t2fc9QgvrkeYQW6s+N2pD7Gfu+c7iMuzr1oatqD5uY9HSvPTliJ&#10;iomUlaiYSLuSqJhIWYmKiZSVqJhIWYmKiZQVaF9JVEykrESvVqTkMW+99Radq0p+BlycHBfixUud&#10;Z5dlMyX/7Hrsz7Et2xsILlwLwv5PC+IryhBlK8PYQjOCNGrMV6SgVDsH35UmAOVRdF/8REkyjpVM&#10;RGtpFNr1Q3FK1h+ndQHO1SlzjtpqTcAl4xgcTB+ITWkzkFisQqyjVnDeSc5J46zFmJCTg7+u2IL/&#10;WpGJ0C3bsCb3EWi0M1CsnoIS1WSo1dORql+Ah+x5tJzaOVG9gt4nyqRHuEaG+Co7lW9Y015abj21&#10;rhTT6swIzMs5KEkpG82+DxxxfIuzmYrTE1aiYiLtDYmKiZSVqJhIWYmKibS3JOpLpKw8/UlUTKS9&#10;KVHyWC5OTk+4USTZHQQXrpbIuXNvC0zdIuz/7JAb+X1CQxUCLVYkaPOQplqMQsWD2CZ7nAYLr1I8&#10;g025jyIvbRLe1sTjR3uie9XKbv3SfMRSKb5SDsdm03LEOEgvkfgWbWKdHRM0Kkzf9hSKtkXgq8x+&#10;uKC4E+fVQ9CiHuqxypViQ9EKTKq1uM9gY8uKEKYlVWIVuK9Khy2GRVCpp1MJl2ruhjJ/CuQbx1W9&#10;mPLbkez7wREXZ1OTU5xk1en8VShRMZF2JVExkbISFRMpK1ExkbISFRNpVxIVEykrUV8iZQV6NSLt&#10;SqJiImUF6ilS8nny2sj3zsXJudURXLhaJmzaNEOqU31Di398VNfSEuWGKoQadQjKyUCQSoHRhkIE&#10;FJkQaCrGaKMJwVoNHlZuRKnmQZwpSaS9Rj5lWhiA/fIJWGBJQ2RHNBQLkam0wo55+c/hLaWUllqL&#10;rXLbDaPxuWyos1q4toxmR8ZYixGmVeAJ3Uo0qONwXHYX2uSdEm7XDKJByUfz//bSh5v/be6ryyW3&#10;dAESK06nNPegsbG5gyY0NjW5BXq1EhUTKStRMZGyEhUTaW9IVEykrETFRMoKtK8kKiZSVqKsSMlj&#10;3nzzTS5ODkcEwYWrYeTmdYOCs9JfdsmSlRm9TlpSassRWeTcLo0qNQlaUNyr1jIrYtS5UGoew6mS&#10;RLRbRXISybavLRln5QOQo3mAbsuSr2Wfl+KoRoChAJnKx2ngcotI7qKrWviIbBhS9EsR29hAUzb+&#10;nvMsXssLwGVyTmuJF0iYpiXZwvCNctC5Q6l/XPnWSsktU4AkFOceNFJxNsHhaIKjsdEpTxeMRMVE&#10;ykpUTKSsRMVEykpUTKRdSVRMpKxExUTKSlRMpKxEf06RshIVEykXJ4fTfQQXroaxG9ctjyjUXvEl&#10;UZdge5ZOVClIJxKTX6t6CEpUkzC1urjjfFN4P/JcAaZiPCdfQcf/kHAGV4GTK4jZvcotCsDL2eMx&#10;PWcT7sw2IDd3Nq6Yg9BKZ+yJVxyTr7tcHo8z6sFnP079/U1bgCQqzsZmKs0GRyMaHA44HI1OGp14&#10;irQriYqJlJWomEhZiYqJtCuJiomUlaiYSFmJiomUlaiYSFmB9pVExURKxEmuk9fxyitcnBxOTxFc&#10;uBoCtm/JJoVFzikAIiIjY3auMZ2IjO8RCIz0HxnHolEZhfm2XEHlrRtHDYIsNjyq2ohPTZPxkz26&#10;o8DJORcP9mi6hUzuSVab5xQDsXZNMv6wdCceX7cQx4qSgIpI92NEsSbjR3skPs/668GP1ksmsO/R&#10;jYgvcRJp1jc4UN/QgIYGBxWoC0+R/hyrUVag3ZGomEhZiYqJlJWomEh7S6K+RMrK059ExUTqkif5&#10;HHktXJwczrUjuNBTxjz75MCgzN3VcZVlotu6tAhobwPCC3QI1ZBWEhHR+aIjnShD/hhtmXGtSl0t&#10;M+22RLQVjMdeRQQetWYgmhEpCTcmlbaxTQ2ILzFgbv5apMoWYYP6GTyjeg4rFU9jq2wRtIqH8H7h&#10;Pc6Br/ZktOmHw7grAuPXrceINVuxJH0ZjMo57sf4KoIiq9bWwlE4uOW3qez7dCPgU5wNDtTVN6Cu&#10;vp7K0wWVqIdI+3o1ykpUTKSsRMVEykpUTKSsRMVE2pVExUTKStSXSFmBXo1IPQVK4vac4nyVi5PD&#10;6WUEF7qDq080cOf2nRN2bK0Oytp9OtZq9hKpU2L7aNtIXKEO4bu2IqzIiPB9L/peOTJ0bsk+jePm&#10;ZDrlHDbn6pGsKI+XTcEF9WDUqeMxo7oQcQ7n1m58Qw0iGhsxu1LjrLTVzEBhfjLK0sORnRqJJ7bP&#10;xmT1Dow22zCigLTlqJxtOZoH8W1ZMn4oHIOGvDDMMW6lU9bHFRRigrrzMb6KoMgW7w+lgTiy878K&#10;MVdyG/u+XW+IidPR2ExXm3V19VScntTXd0qUXY26JdqN1Sgr0O5IVEykrETFRMpKVEykvSFRMZGy&#10;EhUTKSvQ3pKoU5yv4+WXX6W5w1ycHE7fIbjgD7ZPNJ5E55WXIEyRi0ijlm7tksR/L4mpZ0C1Mxaq&#10;zWFQyqYg1bCQ6dkUCtQtUkc1Qi1lWKjcgMNFk/GVOZmuDMmqkrbMKJ/BtvT7sCRrMeJsZlpUFNtY&#10;j+RaG54rXoM6ZUxHpe3f0KIZihbdCLSp78Jp5SDsVUchxfwspjjsiG50YEKZhRY4qXQLcVoXiJdV&#10;Ujxqz0ZMc6NHEZTzMb6KoMhWc5s5BG+mD/pEsXZUIvv+/dKIitPRRAVJxFlbV+eFQKSsRMVE2oVE&#10;xUTKSlRMpKxExUTKSlRMpF1JVEykrETFRMpKVEykrER7U6TkV/Kc5PWT94aLk8P5+RBc8IWvPtHk&#10;PfXOBCC1HHFNDUiuswsk1qobhjb9CLQp++NkvrBnkxWoK8IvvrEOoVYrHlFuQJ58PpapVtO+zlFG&#10;0i7jbJkZW2BCoE6HcJUMUlMBEqvKsKXoKRzOH4aL2uGilbaCdpeaMsQ3NdACpxidHObMeFSrkzCz&#10;0oBYR+d5rmcRVLH2IcHAWHpmWxiIPbJwzM996vVhW3Y89Etm8voTZ21dPWpqa910KdHurEb7aEtX&#10;TKSsRMVE2pVExUTKSlRMpKxExUTKSlRMpKxAeyJRco08Lxcnh/PLI7jgC599oo5qxFiKEKJRIs5S&#10;iC3Fy3sosVLEdqxMXWeaJD2IRPhNqytBSFERonPSkKDNpSvCuOpyJHUkDyXvbUDynjqaYhRdWogA&#10;nQ4rlE/gE/kIXDQF061Wf5W2znaXodhUuIw+J7lnaHkF5mStwNOaFZjoqBAEPZAiqFC7DVNl2/Gy&#10;4V6gPMa9xUvu2aIdDpsqGTMqjQjRa3/WTF5f4iTnmzW1daiuqaF4CrQ7EhVdjfICo16XqC+RcnFy&#10;ONc3ggtidKdPNMhUjKfyFuITRc8ktrlwGSIdDZA2NnlsB0+HST0FFs0UGLPjsWTnPEQoshCuV9Mg&#10;ec9gehIqT6uC9zTi/pJsNGQH46JhVMfzC5+bfR2eoQ5RDgeSHDWI1CkQqcn3ztj1gAh3tNaIZbuf&#10;wPGiJJDRQOR+bfZJOC8fAIV6FuIa65HUVIcIo/psYOrGPmmJERNng6OJrjara2pRVV3tlmd3JSom&#10;UoFEf8bVKCtRMZGyEhUTKStRMZGyEhUTaVcSFRMpK1FfIvWUJ/l4//79eOklLk4O53pHcEGMrvpE&#10;Yxob8EBZDhpyQ3BR3zOJvaIIxpKSLXiqdJPHdvCduKgZjLOqYahJD8KSzEcRq85BuF7jFUzvFKqM&#10;hjyENTRie8EinJQPpKte9vl8wYY6JDbWItJkoBXGJGOXBkmIiFRaWoSojesg2/EgzpRNRnv5RFw0&#10;heID2RisMK3rkHI1XbGH5GUcHL/p6WtuiREVZ0MjamvrUFVdQ8XpSVcSFROpQKLd2dLtxmqUFWh3&#10;JComUlaiYiJlJSom0t6QqJhIWYmKiZQVqAsuTg7nxkRwgWXmzJn/HJC6OZeGKPjoEw1v3IPthoUd&#10;EktESwestFjITLoTyuHYkzkC7yoC3NvBRErnrMkw6R9FgiYPAWU2usUqDKavpH2pYWoFPR/VKqai&#10;XdkPLWRlKPJ8YrChDuRcNqasCFKNHLE2stqtEoxdI4KMtJVh4u71yE+JxKHs4fiuIAhfq0Yhy/Aw&#10;kursiCer2YYq+jpjLCaMT03pcUtMV+KsrKpy05VExUTKSlRUpKxExUTahUTFRMpKVEykrETFRMpK&#10;VEykXUlUTKSsRMVEykpUTKSsRF0iJb+Se5LXw8XJ4dzYCC6wSBbgX8dkZZcmVFlEt3WpZBprodHO&#10;xAXVQLSVT8G5khh8XxJNt3bJuSgpwmEF5inS41l/Rqsp3HnGaEmg4QuVuge6HMRNXg8Z4B1bU4FJ&#10;ql0wpkfjomEkUBHrPzzBU6RMqENso4OKj6x2I2wWhO953n1m6xq7FrbnBQTaK/GIci1elwXjtHwA&#10;jmffgea8CZhjy4N074tIbqikg8YT6ioQX2lBcEZa4d8i5/ptiWHFSeL2iDjJ+WZlVTUqKispngIV&#10;k6iYSFmJiolUINHurEb7aEtXTKSsRMVE2pVExUTKSlRMpKxExUTKStRTpOT35L5cnBzOzYfggidk&#10;zI15Q78ts7OeORJpt4qKNKbZgUmlehSlR+F09v/gmHwIvpYNohzNH4RjimH4tjDcKVOPVSr5+Lui&#10;cHwtH4LTRhLBl0yvX7LG4sOiu/GocgMCyiy0UpZ9TrrSa6ymUYN09qhWibj8nXgkfQm25j4CrXJu&#10;l+EJ3iINwL6OUIfY5ka6uh2vM2CWVYEtxsXuiS+usWvbChZhijYNT6nW4CvLVFy0JeCsMQAfKMdj&#10;p/5xJBjkCNao6KpWqlUiXJWPgO1bPxm7dpVXS4yYOOuJOGtqUVlZhfKKCrc8fUlUTKSsRMVE2pVE&#10;RVejvMCo2xIl18i9XnyRi5PDudkRXCAoF0h+dWDzb2eeyftz9VeyIdgqexRjC8yCrV3S7hJdbsOq&#10;3XPx1o7++EY2EMeVw3BCMxonNWNwXDncLdRvtGNwtjTWKS6yfWtPxknlEByXDfISLInr0yjn0tml&#10;YiH05MwyobYc0cVGumoksorQKRFhMiLEbKYTZDwDFnyFJ7hF6lFpS9pdovY0I8qowpNZj6FeZOIL&#10;Gbt2Sj4Q9qxwVOfF4tuSOLTakpwFVCVSfJE7CGuy5iBYp0NEkZ6e50YWaCHVKyFV5r29QJ6fX9Pg&#10;UFNxkvCDegctDKroEKcnrETFRMpKVEykXUlUTKQCif6Mq1FWomIiZSUqJlJWomIiZSUqJtKuJOri&#10;lVdeoc/Lxcnh3FoILuybK7nto9T/WHRKPuD0T7ZQ2t6Rr3gUYzU6JLpWhw2V9CwxsbIEa3IfxYHM&#10;oWgrGItzHVu5nu0u5Kz0tHECjsoG44x6BH4qC8clWzxOlEzEx7nDcVo1DKiMp7JrJUHylnhslS3G&#10;aGMRPRNlJeqaIEPC76NLCuh18Qky/sMTXHRW2s5EdGMj4ivLsF72MA5mDMQl/QifLTytBePolu4J&#10;9SicKyF/QUh0F1C9pgrBQnsGopqb6cqZnuc6qpBItnkNaqw06FBqt8NeXu6GlaiYSFmJiom0K4mK&#10;iVQg0e5s6XZjNcoKtDsSFRMpK1ExkbISFRNpb0jUJVLyK7kHFyeHwxFc+GjL/515RjXgm8v2aLRY&#10;k3HZHodXjPditjIVIXYbkptr6YowpLQUy3IX4FD2XbhUHOKn3SWRrj5/KJXiPVkANNnTsE2+BKvk&#10;y/B01kJszJ4PnWIe3Yr9yRaNL4sn4SnFSgSZnW0tXiLt5QkyRIyuStunS1IQ5NiHp9XLcCh7EC4W&#10;h/r5npy5umdLYuiK+xvNGJyn58CJgipgz1U1ef1kVZ9QoMUGvdavSHtDomIiZSUqKlJWomIi7UKi&#10;YiJlJSomUlaiYiJlJSom0q4kKiZSVqKeIiW/J/ch9967l4uTw+F04vXBwc2/GfRZxl9e/octjEqG&#10;yoYExFviYFTPQ7ROjqjKcoQVmzAtZz0asoJwyTjGb7sLSf/5viwBVfoH8bh8FYJVeRhlKKLJRBOK&#10;SzCmoHMrtlz3AN4vnIJn1CsRXOItUtor2osTZMj3d8ESi5OqYcgrfBhRVXZM1+2AIycEl4yj/X5P&#10;nfeYiDOFYTiafxdOFwTRe7JVwGwMoqslZrIyD7mmgm5JVEykrETFRMpKVEykAol2ZzXaR1u6YiJl&#10;JSom0q4kKiZSVqKsSMnH5OteeIGIcx8XJ4fD8YnXBx9u/M3ybzVDrpAzP09hkPmd35iTkaldgmhZ&#10;BkYbTNiqmIdTikF+ezbbrPFUokXaeYhTZWFcqZVm8fraio1T50CheQSr8p9EYEGh15ks+X2EXkXP&#10;Ra9qgoxiAS7b4ukgbrI9e8EspWe0htwkTFTtxHBDKTZmzqYRhqSFh/1efEHkeUwxFMfkg3HBRlbf&#10;SWgzjkWTKhrz7bmIaRBGIJLvm7TYPKmUCSQqJlJWomIiZSUqJtKuJCq6Gr1FCoyc4nyJ3pOLk8Ph&#10;9AT3b8pmSv754Jbf5142j0WLvXM1RiRKJq7AHoUa7Wwk56QizFIGjW422uT9aAsLKxcX3W1jIZCt&#10;WGl1Je7RZWJ62kpajUvSgRI80oWkahmkBrXzzFHkHmKQ5wwoLsXT+U/hC0MEvjcG4JRqBD7MGYbc&#10;jEmYrNiO8boChJuLoVROxwVFf6/vvyvIFu9J7Rh8lT8Yx01xdCJNu3EMXsmfgHkl6TSsgn1NRKTx&#10;VRbMU8hQYrX6laiYSFmJiom0K4mKiVQg0Z9xNcpKVEykrETFRMpKVEykRJrkV/L455/n4uRwONeG&#10;+zfvrvnX2z9L/3NluzkI523JaLPE44otGp+YJtGJKzvlj2N+5jOQ6jWYVaVHhSoJLdqR7i1glm61&#10;sTCQKuBxVQ5I8zNxT04KJll0iGusQ1jz84iqqqAVutFmo+Ds1Bcku5f0gU6wVeDxnGV4NScA3+T8&#10;L45k3YGs3VMQKM/H6KomRDY2YU6FEhWKWLToRqGtYorP3lcW8rizBYF4M3s00nMfxDPKldie8xCW&#10;b74fCaocJJCiLKb6mLz+hCobZqnkUJrNfkXKSlRMpF1JVEykAol2Z0u3G6tRVqDdkaiYSFmJiomU&#10;laiYSDsFSrZpX+Ti5HA4vY77N++tve3Oz3f/pf5CSTAu2RPxXVkiqvT3Y5FiDUK1CozQF2JsTg5C&#10;CgvxYLUW1cp4tOjIWaK4SLtqY/Gkc36oFptJ32Z2Egp3hsCUGw+1Zga2GRbifnMWgnQaWqnblUg9&#10;55GS++XLp8GSGYYDGXfhaNp/4r30/ngyezES87dhk+5xKLSzYZfH4r3Mgfg6+6+0bUes91UM8pjW&#10;gkA48sIxQ7sNo8wWjC00YZxCheC8HEQV6mhxFnveS8IaZqoVkJuLe1WiYiJlJSoqUlaiYiLtQqJi&#10;ImUlKiZSVqJiImUlKiZSVqJOcb7AxcnhcPoU92+OpEhu+2T7H+Q/lozFOevEznPNEgviySix2nJE&#10;aBWIMBfS1B6DeipalQNFt3ZbrKRAyXcbiydk1SiYH6rsT2eHtmqGOfs2ZQPgUERiTtZyTCgsEvSz&#10;dnW/C4o7cU47Ame0Y3BKPRKfyEaiPCsc5bsD8VV2P1xQ9sc5zTD6+eOqEaK9r+z36P5eSR+qZjhs&#10;6mTMrClEfBMJq3e2u5BzUJoFXKhFQk1nbi/Z2iWFU9PzcqAtKRGVqJhIWYmKiZSVqJhIBRLtzmq0&#10;j7Z0xUTKSlRMpGISfeEF52O5ODkczs+J1wcHN/9m7ZWCwagyzEG8x7mmq2KWbq2WFEK6Zx92ax/C&#10;97I73YlEnpBz1c9Mk4VtLEQkHqtTsnIkubRbipb5Hb3WZk3ATwXDkZN+D8Zq9bSAiBVoT+5Hiola&#10;CwJwJr8fTmlG0dYV2vMq0vt6Qj0a56hMxVemnhNfyDg4z7FrzrNQG33fogr1bpGSv1hEmfSIzs7A&#10;M3otSmzWLiUqJlJWomIi7UqioqvRG6TAiHxu374XsGcPFyeHw/nl8PrgyLZfBe/LGHtgiWY9Asus&#10;3ueadc4zykijFtF7mrGwbCf2y4PQXhgoaBUhIj1omoKlytW035QM/6aJRNV2xFfbaNUtlUljI1YW&#10;r8bh/KFdjl770Z5A53/Okm9BiN0uWrhEJq50936dfaCDPfpAvT//fUkMjnr1iXrfw7MP1TnxpVHw&#10;mujq02Z2tu2Umej3HV9ppdXH0eYCJJkMSDHouhQpK1ExkXYlUTGRCiT6M65GWYmKidRToK7HcHFy&#10;OJzrCcGFuzc/viPJrEUCcw5JBEBngarliG1yILj5BawzPYvPFKPQWhbjdVbaSvtP45GqfAJjVBp6&#10;TkhEQseedcwSDTYYcJ8pE03KKFzUk6Il4Raxl7RoP2s8DKqHEKXNR3RdtZfoYxz1eLBcjiZFZLfu&#10;R+8p0gfa3c/T1aslDt8ohiJHPxdJdeW0tYcVqUumJMZQqlfRFTmpSI4wqJBIJ8nU0J7SfHORT4mK&#10;ibQriYqJVCDR7mzpdmM1ygq0OxIVEykr0X37nI8hX8/FyeFwrle8P0hJ+aeR23akRduFI9Mm763F&#10;qBwV+m3OxqzSXGwsXAajfCLeyeiH47n98J0pgp6XEsFcsjl7SDfLFmNEdi6kOgUidCqvWaJjdUZs&#10;yr4fp+R3+e1F9eSiNR4nzInYpliAMGUOoipsHVvPNXS7mRQlOftAhV/ri84+0CEdZ6HeK1j6ebnz&#10;82SV6tr+PVccSa8ZtNMxtarIOctURKIukUabDAhT5CKc5ALrVDSKkCYddfSULlPJr1qiYiJlJSoq&#10;UlaiYiLtQqJiImUlKiZSVqJOyOe4ODkczo2F1wej1yy/PTgrrZKM/fKqMm2oRKyjDkO25mHWU/eh&#10;XhaOE/JBaFEMoMU7RDSkOOc4mfSiH4dTxhAYVQ9iiiYD0tJiJDB5uIlNdYhtqIZSMY0WE7XZJ9Ip&#10;LQRypsnKzgUJnv/BnoBPNSFYnfkQjQqUGrWIKjUh0loKpfweWqgkVgDlCyJHUlREtnjPmmMEZ6HO&#10;z4/F17n98b0hAGcMATiuHIHjssH4KusOyHQPIqm2nM4qZQXqfv8c1Yi1FCMsP5uuxj3fX1dP6Xyl&#10;HKU2W5cSFRMpK1ExkQok2p3VaB9t6bpE6vo9FyeHw7mR8fpg1Nqn7wzO3l0TX+U9Mi2BbOuaTFi6&#10;ZS4+2H0XfjCORGtZRxEPWYVaE3FKH4iv8wfhW3l/lGQlIEaejrBK8RCGWEctZlXqUKNOAPSDqBxP&#10;lCTjWAmJ7YujrTO+5omS/N9LxlFoVkZhtnEXAvLyEJCXjSmq7bDmRKFVP0qwResPsgolY9yISL8t&#10;DBVU6JKPvy0IxkeZA/Bu5lCcVAxGq7IfzhrGocUUis/kI7G5cBmdWepZaCQQqdWMkLwsuiInecWu&#10;oivPnlJ1aWmXImUlKibSriQquhr9GQqMnB9zcXI4nJsLwYXxOzbnxtpLvbZ2o5oa8ZT6GXyYPgiX&#10;S8TD3OmWrjUO7+niMT9/DQIsZNtV/Mww1lGPhypV0ChmwJQ9Gdvki7FGsRyrFCtoy4xW8ZDPeaKu&#10;+aHPqyPxsGkHgg1GhBYVYFZJDqpksWjRk+zfnon0TEEIFSn5VUykLYUTsDdjLNam3Yf1OQvo6ztg&#10;mo7L5Un4sXAc9ssnYIFlFyIam+jKlMBW75LCopD8LIQp8+j0GldvqbOn1IbpKjnkZrNfiYqJtCuJ&#10;iolUINE+W42Sj7k4ORzOzY37N+PHL/jVhO2bZgSmpb5O/kdPxn8RCdAiHrsczaoouhL0V8QDewy0&#10;qvkI0mp8hjCQ6t34ukokFykwTbYJEapcGmIfUGRCoKmY9p36myfq6tss107GJOUuhGjVSHDUYmJD&#10;BQzqaT57W31BI/5042jv6PfFUYLqXBpCrxuOsvx4JBYqMLywjIZMOF/fHHxrmYiLijuRrpsHaWMT&#10;7q4pwdRqE2IbahDatI+uVElfKTkXJhGHsWUmWnDl6i0lW95xlRbMUSlQbPfe2u2pRMVEKpBod7Z0&#10;u7EaZQXqlGinSLk4ORzOrQL9V+TcubcFpm5ZFKFXnqYhAioZ4mwldCUV3rQH2/QLcFI20G8Rj78Q&#10;BrI6I6u0eAcZwVZJi45C1XKEl5oR5yfEXmyeKDlPPa8YAJnmPgRqdQgzaJ0VxY3NfntbfUG2p08o&#10;huGY7C7RFCPPPlGS/ZvUXOf1+lT6RfhGPRov5YyBQj0DJvXdKFFNhlo9Han6BZhbLkNkdRWC1cqO&#10;bd26zt7SIh2S99QhxlqCJQp5jyQqJlJWoqIiZSUqJtIuJOopUiLN5mYuTg6Hc+tC/zVh06YZUp3q&#10;GzqE2lGNyAIdpFol4msr6ABvIoWuAuq9QxjMznPBhjqENe2lqzKyUptRU4TEQhVCiaivYp4omUrT&#10;VizFu8oJeFq3ApHafEhLTAjb+yLCmvZhYdkuvEZ6WwuEva1ikC3glmIpjufdhW+04wVbwv76RN2v&#10;TyuDPm86zmT9Cd/n/BktmqFoUQ+lRVQnZQOwVx2F53IeQXBWFkIs5Uh2VHX2lmrliLEWI1mnxi6j&#10;0adExUTKSlRMpAKJdmc12sWWLpEmFyeHw+F0Ihm5ed2g4Kz0l+m2Kzmzo8EJNroVGazVYHqpDBWa&#10;iWjR+Q6oJ3iGMEwotSCyeQ/Nut1iWASVejos6olIV87BZNl2RJYV+5Vop6w85okWTMeP9jh8Ix+I&#10;VzLuQrEsAYXZcVDK7kaqYSEeKldAWl6OFNk8fCkbivbSKL+vl3yOzCM9qhqJgsxY7DXMxGVbZ4ET&#10;+XybJRbfKIb47BN1vr5yzJRtxN5cKdqLg9Fqn+xukSEr+IvG0TicORDrdtyPGBOJEKyjX0u+/8hC&#10;HcKyd2OFQQtreblPkbISFRNpVxIVXY12UWDU1NTkXnlycXI4HI44krEb1y2PKNRe8Q5Vr6LpO6EF&#10;RkyVbUJ5lhSthrF+xURCGM5aErBO8RSd/7mqbH1ndq78TkA7AMaMiQhTyQRhD34h80QNRqTlzcW3&#10;ykH4Kn8ATqmG0WzcVu1w2u5CekdfUEdgft4zkKrzodY/iBMkY7coyN3bSouGCB2Say8Oo/NUi/Qz&#10;Ea1Mxy7lEq95pe7Pa6ZhRqXBd58ofX0G7Mx+EBeKQwWzTMnK+FJZBD7LGYz12idoGxHZ6iYijbWV&#10;YEpuJpQlnUVGrETFRNqVRMVEKpAosxptJAIlW7hcnBwOh9MjJAGpm3PpNisbBO+opvIItpUjL3cq&#10;2tR3+d3aJfzDHgu1aj5WZM7DJ4oR7qzbtvJJaLclIVXxBEYbTcLn8gMRTmBxKZZnLsCh/BE4bwpD&#10;a/lkQRbvBf0IbN89EyOKLJhVa0KaYQHeko1Hi7w/Wslq2jgeLWTLVzcKLYqBOCAbg1zdHMyqMWBU&#10;STmey3sSx4xhuGgY4f35Ch2iHQ4k1VcIXpvr9QUUF+M52VP4ujiRVhmz78t5ItOiALymCMKCsjRE&#10;kvt1VOver1FCU9bZ9tJTiYqJVCBRkS1d58qzEU1NXJwcDodzLUjEAhg8x5ptKlyG2szROEWKjezM&#10;GSKJ7esIUiC/b7cn4T1VGN7JGop2U4i7TcZniH03II8NtZThEfkavFNwD+05ZUVFCpE+M9+N5crV&#10;9Hw2tqmRFjctLk2FUj0LVaoE7FVK8bxCihplPFTqmVhevJ5u10Y3NUJqLcO83OdgyYxEnTzK+/MO&#10;h+A1CV9fKR5TbsA7hVPpHFb29RGI+M/KByBH84BzdeuooSKdQUaplZR0S6JiImUlKipSIk+y8qTi&#10;dBYKcXFyOBxO7yAJytpd7xnAwI4hOy2/Cx+k3YW30kegtdgpRyJG2JyhCa4ghXayKiwOoVuq3xsD&#10;vIp9PM9Pg0t6LtIwqwUPqzbhzcJ7RUUldn+yferq67yvQo1HrBl4zJKOB8pViK+vQmRjI+IbnMVV&#10;ETYL7stZiSVpj2B6URYSHDXuz7Ovh6Xz9W3EmwXTRF8fgbbRqIegRDUJU6uL6bg10vbykEpO215Y&#10;iYqJlJWomEhZeXJxcjgcTt8iCdy5TR5X7tzaFRtDRgp8XlTPhHGjFJ/lDsGVsnB8WjwFRuUcpMoW&#10;uYMUNiqeQl1GMM7IBwraSFznpxvlSzHuqrZ2zViheBZHzJPQLhIh6O/+RKjkLwdkFUhwJhB5nAc3&#10;1tBV7NP5T+LJ7KUYW1SKxGZnQVB36M7royKlQRJj0aiMwjxbDmL3NiG6zISnVMpeWY0SeRJxNnJx&#10;cjgczs+KZOzmDWuiSwqoEEh7BzuG7LI9Hi+r78Xq1Q+geFMYahVJWKxej1CNwh2kEGAyY4TBhN0Z&#10;U9CmHCB6lgpbDPLl8zGOzhPteqXnFlVTDcYaCrBD9jguWuPoFjJ772u9/zhDAfKVj0KlmIfxWt1V&#10;fX2abCFdjfp6fa5Epn0KKR61ZyOqtppOg1kgy4OlvLxLkbISpeJsaHBW13Jxcjgczi+GZOymVcEh&#10;uRkHYxwNeLBSJRhDdtEWjw/1k/Dk6scwfc1S3K3ahvGlVro96gpSiGtuwH01RmebjHaEaHXvZVss&#10;XjHei9nKVJ/zRFnItqm0qgJT1Omo087Gj7YYwX097/9mwVTMV29CeLm1W+01nvffp5+Bdwvv6fHr&#10;i6oqxz2qNJSr78NPtmifOcGuRCa7ZiJmVBoRZiRTcDSYVGTAFlMhqmtq/UqUrDrJdq2jo6+Ti5PD&#10;4XCuD+i/AlK3LB5fbDm33bhQkGDUbovHlwVJWLFtEYZmyhFVXS7I0CUtHeTssVqZgBbdaFGROueJ&#10;xsGonocorYyuyNj7sJKKra+hyUXZqoU4W5aANh/bpuT6P2zR+MQ0CY9nLMNYuQIJdRV+ZUrvX1eN&#10;MIMG2eqFOFeWQFeUPXl95FcSUTg5YwOekT9Nt7p95QS32SahRTUQMtk0hBj0CNepkEDOphtrMUWV&#10;D63dSgXZ4GhEbV29e9VJWlO4ODkcDuf6hf5ryKptfxiTmZ6tyIi/2M60uZCV3qu6afh7/kaE2Urd&#10;GbyekKCC5Do7DOqpfrNuydbsCXMydqmXIESjQHhFOZKbyDxRZ9GPG5JNW1VBM3fXKp7El+ZJ+MEj&#10;LIG953dliajU3Y/FyjWI0+UjVK2gQ8jjysnr9X3/EL0W61XLcaR4Ir0/KVpyvT6ydR1WUe7z60mB&#10;llSvpnGK4YV6BBX7zgk+TxKSzOF4P3MYFmUuRKCxEPHkXNpjHumTShmdR1pTUwuHgwQiNKOmpu6k&#10;Wq2pveeeaUtFhMnFyeFwONcB7t9sXRMc+OKuwe+2m0i8XueKklTnapVzEaxVIcEhHkRP6E7WLVmd&#10;EbEcMU+ESv0w7lbuxGhjMYJLSxFmKaPVr0GlJRhnLMTdmixsS5+BD+SB+NFOVnYiObjWeHxfloAi&#10;7TzEqbIwrtRCK21pMpNRg3C1DBF6FZ28EmEtQ7jdhqDSUnp/sp2bqVqIz02T6F8WyGvzfH1K9cO4&#10;V7kDYw2FCCopRbjVinCbBcGlZQguKECYMp/KOr7C4t7iFssJPl2WTLekj6pHYYfsQcSUFCCurnNF&#10;S76OzCOdp5DBbLHAXl5OoVKtrUVDg7PX02gsenHDhg2Z/fv3n83FyeFwONcP7t98u0Zy+9fp/1PZ&#10;XkKKjJwi9BdEzxLlcGBh2U46Uqy9wLv9hYXIimDXPoBlux/FE9lP4GHVZsxTbcYS5Wpsky2Cw3A/&#10;TuoDcTq/H84Uhone70dbLCp1DyBOmYWwCjL7tGO1TCTVUInokiKEaZSIVuViVv56zMt9Fovlz2Gb&#10;fBHqtbPodrFLouzra7PE4QXDdOyQL8YTsmfxUN5qPKTYiGW5S/H33csQmpeFGJtZ9D3pzAmWwaS8&#10;D1/nD0PTruFYVrweYXteQJyDfI0z4IEI1TWPVFFcTCVaXlHhRUVFBWpqamiQApFqWZn1jV27dqdN&#10;mjRpKhcnh8Ph/LK4f3MkRXLbJ9v/IL9kHufemu1JkIKzzaQGWwuewJdyknUbKXpW6qLdnowzReE4&#10;nDcUH6qleKtwOl4vmEb7QUka0hVbLE0sOq4eha9lQ3CuNNZrpUvOMz8suhuPKjcgoMwiep5JVnsJ&#10;DdWIrbBgtXoJ6neNxgfqCLRZE6mEyfOwr8sFOdP9hy0GF2wJ+FAbhX3ZQXhFk4xP9VHYmxeCeYrV&#10;CLPbaZwi+7xOmdYg1F6BB+Vr8cxzU6DfFImXtRHYULQCk2otdDydW6Qd80jzTCaBRFnISpUUIDml&#10;2oza2rqDBQVFO59+emUkFyeHw+H8/Hh98NHm36xtNQ6nMzpdImWDDlhheEL6Ne+uLoZK9wBOyAai&#10;3UfWLRmF1lYcgeNZf6GPI5XB5IySFOiQM0+X4Mjjz5bE4LhiOL7OH4RvTVJ6PyJUlMdCo5xHZ4P6&#10;mn3qIqbRgb9XaVCfH4p21UBc8HGGK0abLRnf6UbjtKw/2s3h+KE8Gefk/ZGVNx3Sqkok+gltICIP&#10;L9QhdPUalKbPBEwj8LlsKNKNj2NKTSliG2rpe0rnkSrlKLJaBOL0FKgYVdU1NAKQSLWxsflwfb0j&#10;t6qqfiz7g+ZwOBxO3+D1wYH1vwr+POuvBy/bI3HemkyF5ivoQJwKutIi7R27DAvwtnw8WklfKcm3&#10;9ci6Pa8YiHfkAXglYwhOq4b7LE5yy7Q4EidUI3A0fxCOK4bhjD4A5wqDsSX3UZrdK7a9ykLGuaXp&#10;5vk9wxWDZPmS5yQiJ0ETLUTkmqEwKydiSpUZMQ3OlaUYRKQh5mL8PX0VXtNOxeWKJLSbpTgiG0qj&#10;F2MctXS+aYzVjMVymUCe/gTqwnuGaQ2t+CWhDGQLuKlpj7y5ufke9ofO4XA4nN5DcOFQ6u+WnFEP&#10;OX+pPB4t1uSrCjogMiXjwh5TP3cld2fMlUpFHPaqItxZtzL1/VhnXIYKZTzOE8l2IbYWWxKV2ClD&#10;II7JBuObvDuxP2skFmQvQ0hJaZcrZYLzDHdXt85wO583mUqcSPSkdlznytowDs2KCCwo24VIRyNC&#10;m/a5t2o9Ia8rrKwMjyhS8FZHfCB53ouFAfR1LLDuRvSeZiRplNhpMFy1QMUg279EqqQCmEi1sXGP&#10;ubm5efa+fftuY3/mHA6Hw7l6BBc+XiX5w+fb/5DWorzzXLs5FFfKE/Fq4Uzcp9reg6CCKsTUlGNk&#10;vuJKkFJ25b5KDR6xZbqzbqMb6nFvZQGqVIk++07FoCIjj9WOgC0nAlPyN0Fa6hwizr4GFs8z3K8U&#10;w9Be1vW8UvLrceUwHFcOx7kyst2cSEX6fUEIPsoZhMq8cCg1M5GqX4CH7Hk0gjCuoXN1TEXakcP7&#10;VmFnDq8rwD5PPwfhZjOWadUos9l6RaBsQpIr4KGurg4NDjJfdC+RakVjY+P8ffv2/Yn9+XM4HA6n&#10;ZwguEBaunxmXljbp6DuqCWhVDMBF3XAU5U1DvCYb0XXO3kdWVJ7yiCVZtkY5YtI2IrzIgLhmB6Id&#10;9e6sWyKb7vSdikHOb9t0I2BW341YRTrCCgzd2HJ2Qs5w76kxQ6m+D8dz++ECiUG0TxKc4ZLt3LPF&#10;UTiuGIpjimH4vpgUTiW5n/+kbjyO5vwN3yuH4IKiH07KBmCPQiosJPKRw0tWpW364SjOicOT6mwY&#10;ysoEwmRhhcnCypPFMymJBj3QhCSy/dv8msPRtHzfvn1/Y/8ccDgcDqdrBBcI/TbtXBRaaGh7wrId&#10;SvVs1KtiUS2Pw7KcxYjU5COu0hnBJxZUQIIOwg1qLJc9g8fyVyOspFh0xdidvlMx2uyTcF4+AErd&#10;fQjRaWl7C213ERGnkArENjdisiEbmzNm4T35WJxV3IVThgk4UxCMMwUhOKUPwHHlCLqdS1ajTol2&#10;vj73malsMJUq+ZgkQbUbRgsLiXzkBBNhXzAH44W0US0F8g0H6+sb28hqsba2lkqxrwQqhnP7t5EG&#10;3Tc1NR9yOJo2ORz7RrN/JjgcDocjjuDCzJkz/zkwdXMuaRmJ2ruPjiGbXaHB47bdmF+ajghZFgJz&#10;cxFdqEVkiQnhVgvCbJ1BCiToIF+9AC8a7sWz6ud8Vvv2pO/UBRHaRVMoPpCNwdPmFIRabTR0IdZW&#10;4neV7IKulqvsCNBqEW4qwnPFa/Fa+kCcyr4dxxRDqRy/zh9MfyWrTrKd6ylRsTPTzs9N9Cokim2q&#10;h7S6UjQnmIi0vSwcB7b+zwdzAySL//CHP9y7fPnyLQaDsYlIlZxr1tbWUdGx4uwtgbIh+M48XxKE&#10;72yraWpq/rKpaU9mU9O+SPbPCIfD4XA6EVwYvWb57Z7Dvj3HkMU1NSC2shyDNmZg8MY0JGvS8UD+&#10;OsxTpuAJ5RoapECCDsjK66I1Fil+qn172ndKPtdmicU3iiHI0c9FUn25cwC5QU0jAUlakL/zW9eW&#10;c7RBhWeyH8WSsu0IaXoeWwufxBd5A3HOMA7fFoXjO5PULUZyJur5/ORX9szU+zV2FBIpgvBIWRrG&#10;G4uQoXwcZ8vivXKC6eNKJmD/hj/uC71TMkUikUR3pBRNJJF/jzzy2GqNRldbU1N7ilTg1tXV04rc&#10;vhKot0w9xrI1kLFstPqXrFj1pAKYFytxOByON4ILo9Y+fSc77NuTSXtqMEZmxB9Wq7Bk5yN4NS+I&#10;DrQ+1BGk4Ao6+Kkb1b7OvlMzlLTv9C60F4eI9p2S7dP24jCcUgxCkWYaZlQaqNhJTq+0yIjozG2I&#10;1ubT7F5/W84hBi1SNE/j05whUOrvR3jzXtxdVwZ1wVycVA7BxeJQtJZPFn1+X2emLLSQSDUIqbvv&#10;wSL5WncEoddj7JNwsWg09qz4V71EIhklkUjGdcT7hUkkkiiJRBLfEQE4adq06Uvz82WWqqrqr12h&#10;9jW1dX0mUDHcs04bnW01HRXAc/ft2/d79s8Ph8Ph3GoILkSmpNzmOeyblV9Sg3M1eedWFVKWhQO6&#10;frhcnugVpEDo3tg00nfagBlVBdgufxCvZw5Hq+outOpGevWdtigG4oBsDHJ1czCrQodohwNJ9RX0&#10;9QUajViZ8wQKNXNxr3K7MxvXXCLI7nVl635Rcjeu6AbBLEvC5FINgsusmKTcha0Zs/BW3li0KEjf&#10;q/P5WwsCcc4wFieVw509rCJnpixktfm9biSa08bgTd0kOhjdK4LQmoQf7LE4mtP/ROkj//yQRCL5&#10;q0QiGdAR7zdSIpGMlUgkEzqyc0laUZxLqlKp9OFt23aobTb7ITINhpxtEsmx0uwtgbokykKk6tz+&#10;pavVhoaGxkW8WInD4dyqCC4QPId9C+VXiYQ9DUhUZUO3KQwXjOLtKz0ZmxbT5ECkrRQP5y6HLH8q&#10;qjVJ2KuUuvtOVeqZWF68Hkl15VSiRMCkxcZ5BpmBZv0MOgv0eZqNuwhLFaswX7nJK7vXla37oz0B&#10;543j0ZATivvk6xGk0SBIp4XUXITFxVug1MxGlSoB+1QRaJaFY2/2BHyeNwQt+jE4z5yZikFWsaeM&#10;QTgpH4TzRcFUnJ2fS8bF8iSc0Q3/8YMt/5n6YAiN8/sPiUTyXxKJ5M8SieQOiUTSXyKRDO7IziVS&#10;DZRIJCEdwfSxEokkiUh1zJgxc8hINZPJvL+xsfkHcq5KJEfk2FcC9YTMRiW4pNpRrPSew9G0uqFh&#10;32D2zxSHw+HcrAguEFzDvhMbqkRlSuaP3mdTolIehxa9uEgJnmPTuhpLFldtw2ilui1IJW+7r0KN&#10;R8uz3X2nZIh4ZGMjnexCnp98DbkWrlMgS/kYTV8isz9pNq4lDodNk+l2s2d2rztb15qMFmMA9srC&#10;Ma9wGyIqy50B8o01iGhsosVV9PntWXiocDvuy3oG23Mfw8fF9+KyLY7enw25Z0VKqn+PyYfg26Iw&#10;Wtnr2h7+wRaDM9rhOLTrv/UfrJX8L/0BSCT/1JGH+28SieT3HVIlmblEqv0kEskgiUQyXCKRjJFI&#10;JAEdUpV2TH1JJFIlxUqrVq3aSeaV0mKlxmYaG0iE2FcCZSHnqc5JNW6pHiLFSrwCmMPh3OwILrgg&#10;w74jCrTnieTYs1I6f7S+HAb1NL99oL7HkpUhylqKWGsxoksK6cizMEUeAnduOR64e+fxEKMeEZUV&#10;iGluQmxTAxIcHvIls0ArLZhgKMCS9IdxWBmIH8s7i35aOwROcnvZ7F4qOiI27XDYVMmYWV2AuMY6&#10;79V2R3FVTHMjwkpKMEYmp8VM8xUbvWaM+pIpEecp3Xgcz7kD57Qj6fZ0q3402nTDcCy331eHdvzn&#10;1rfXSv7Kvt/0h+H851cdUiWh8/9PIpH8qWOSC5noQqQ6rGPaC5n6EiyRSMI7pOouViIVwKRYiWz/&#10;ErHVNzhoRS4rTRZWml4CrRfKs1OgHTg8aURjIwmAIFLdy+MKORzOTYvggoshq1b9IXD3jnSpQX2F&#10;BLN7riRJ32bEnn1INzyM72X9uuwDdY0lo1uviiVYlvMk7snbhFCtClKNHFKtHJFGLUKyM1pD5dmt&#10;USZ9xyxRNZ0lGmMppnm0ZLuZVOmGq+UYV2jGbtlMtMj/1q3WGRckMP+cYiDk6tm015OIk11xE0h+&#10;L5llGqFV0AkygWVW94zRUyWJaLeKT44hK8/TyqF4I2MgmlTReF4ZQbenC3YGH67Z8Jc5KT2YxNIh&#10;VTLBhUj1Dx1S/UuHVO+SSCRDO4qViFRJsRKRqqtYiUh10gMPzFmhVKrLabFS8x4axFDXsVrtG4E6&#10;aF+qJ42NTqkSoXYkK/G4Qg6Hc9MguODJ2JRn/zx+++bnQhX5h6OtJZDaLAizWGjv6JiyCsySrcWe&#10;9LFoKyIzTP3LrMUSj3+Ux+OyKRjNeeF4RJ+CCJsVceWlTnGRrVWdEpGFOioxslKlkhUhutiIqIZ6&#10;LLKmYb+sJ32oSWgrDsf7snF42rSO5uSyAiXQreNKK8LJc5kM9OPOGaN5MGkfQrulM2Ch8/7JaDeF&#10;4oBsLDYal2KOXYYFtkzcb5VjQm52k2RL5Z3se9xdJBLJv0gkkv8jkUj+vWNM2n9LJJLbJRLJ3zpm&#10;kBKpkmIlUgFMipUEFcAJCUmLdu9O11dUVH5GVoqktYasVll59pZAHY1OiEQ9aWrykmpFR7ESjyvk&#10;cDg3JIILYoxZuyo2Ytsa5YNZz5x4TLUec9VbsES5BmmqxXg5LwSnFYME80JZXH2gp5RDoNA/iEn1&#10;diSQ6SfkHJaIq8JCJRllNjpXv+RstqEScRVldAs41mJySzepsZqOTnNn58q7n517WjkEr2UNwZOl&#10;W+iZqJhEE+sqnatRgwqJdc4B3C7ZB9ttmK3chv3Ge+m5q+f9yfnpSeVQ5OrnOs91HY2IaWpEdE0V&#10;gvJy9o9MSemV8WYSieSfJRLJbRKJ5P92FCuRoiVSrORZAexZrORZAUyLlUgFMClWslhsB8i5qrO1&#10;xtGnAnVDRUpDHzrOVJ1S5XGFHA7nRkRwwSczJb9uSL3LeMAYhTeKZuKgaTJarIloKyX9lcNxWj4A&#10;baQPswd9oJ3yqgJpt6GrTVIt7HEm6xIthZk7SrNzq81Qae/DV/mDcM4U5vP5nX2gw+g4tlM5dyBb&#10;P5dWC5MiI6/z1yorpDrnlm58ZZngfJg8frzegAzFAly2xaPNluT+/k7mD0Sh6h7MqDK6v78kRw2d&#10;NzohI802KuXpPwre12uko1jpNxKJ5LceFcCuYiXPCmBSrCRaAdy/f//ZGzZsyHQVK5EQBiLCBlai&#10;vSxQFrJK3rNnL4XHFXI4nBsFwQV/fLVZsvpywRBa3OMq4qGyMkfg+dxQ7E0fS4uPSEtMa2EAWgom&#10;0EIbX32gXoKqq6AiJYVHYv2r4lQgtsmBiUUy6DIScDxvIE4oh+GUfrzP7NyzpTFo049AYV4CYk1a&#10;BFlttN80uLQEAcYCBGh1CDPoEF8uPp7NGURfgufyn8SJgjBcMo5Ei3wgPlCMQ3rm3bhHn07jD5M6&#10;Hk+2qcn57rjNG9PZ97O36fjHswKYFCsRqZJiJc8KYFKsRCqASbGSZwXwRDaukPSKknNVKtY+FKhv&#10;qFRJXKGcxxVyOJzrEcEFf7CDv8mWJhkN9oFpGp7QbMBDuhRkZ09DUWoYmnJD8LwsGFWyGJE+UFaI&#10;lVSeEToFPZfsfgg9EVUNRhrN2CxbgrOG8ThO8nJlg5y5uSLZuWT1eK4gAK9kj8GG3EfxkHor7Tdd&#10;qlqDHZl/x+r8BbinyoS4JuF8Ufo6HdWQWsvwYP4a6LdFoSIjHGrtTKwo3YioAjUCtVrEV9mcK+mO&#10;9qEwZf6xUatWTWLfz77EowLYX7ESqQBmi5UEcYWkWInEFdJz1cZmOuPUU6A+JXpNAu1cnRKc27/7&#10;On7lcYUcDuf6QXChK7wGf9vI4O9oaJRzMUGjRsSePYisqERY6jbEr3sG92c9i1lFGbR9xbMPVBRH&#10;NWIsRT0OoZdWVTiD4XWzcaWcnFcm0rxcsholsNm5zj7PYByTDcJhnRRvFk2n/aaHTHej1RSGo4ph&#10;2FT0FB33JlbRS54z1l6CoLSdiNuyFjNMeUhwVCOquRnRFjNdVbteP1mNRpn0Pwbs2Lpl/IIF/8q+&#10;lz8nPoqViFQ9i5W6jCvMyso2kQpgIjpSBUzE2pcC9Y1TqjyukMPh/NIILnQFGfx9eMcf008qB1+5&#10;bI9Cuz0JqfIlGG0soqvD5OZahJSV46+pGgzcnAVpcSESm717NX3SUIXIAi09o0yorfArUyq0+hqE&#10;GbXIVi+kqUWuYHj3+WgHnuHyznmi4+iqtcUciR9s8Z39pmS6DAmdl0/AAksaIkVWz+Q1xZQYMTY9&#10;G0FFZXTWKumrJa8nxmKCVKuk573kfYgs0mPC7p364WtX0PCF6wWmWIlIlRQrkQrgq44rpGLtY4Hu&#10;3btPgOu6cwt4z/M8rpDD4fzcCC50h4PPSv788ebfrzyTd8fho8YQPKN8BkEe49ImNVcjusKOsbsz&#10;6QqNVNmyQhKDbIUm1JQjVKvEOIUCERV2n0lIJIQ+SKPEWtkTOFI8URAM7wv3PNH8QThv9Z7e4hRt&#10;Ms7KByBH8wAtGCLVwZ6v0dVfSr8vR+fnyOuMKjY6C6ZKixCmlh0N3LEtdezTT4uGL1wv+ChW6nFc&#10;ISlWcsUVdpxr9qlAPdm373nK3r0Ep1x5XCGHw/m5EFzoCZ+vlcTWbOqvfCD72RMRNufYNZdYJjbX&#10;0K3aMGUe4rq9VVtFezWna9KwNncx7lNv8xNCn4Hd+fNwIH88LphIH6vv1hcX5DG+5ol2PmYiWtVD&#10;UKKahKnVxYhrqPV4fcL+UvfnyDauuQABO1I/Cdi2JW3UypWTJZKUbocvXA9cRVwhW6wkiCvsWCkK&#10;5NmbAhXDKdXnXVKlcYWNjfuC2O+Zw+FwrhXBhZ4imZny64gd642xYtNiyFZtoY5udybUOnN2WXl6&#10;Siq2rhphBg1y1QvxXVkCXjbc6zOEvkE3m27nfqu8C0fzB6ClLFZUjJ4SJVXGp5RDcUI1THSeKH0c&#10;2Q42jkWjMgrzbbmIcTiLjqg0ffSXuoqKwtWyY6NXr/47+x7diIgUK7Fxha5iJTau0KtYyTOusFOq&#10;Qmn2lkAJzz//ghf79r1Av47cu+M18LhCDofTawguXA2jNm9YHSMyLYZu1VbbaKwf2fIkgQpiW7Xk&#10;bDWyuhIhBh3Wq5a7t2qv2GL9hNDH4II9GacMATiYeScdc3ahKNhnHynp8zySPxTv543ByeJotPqY&#10;J+oUaQD2KSPwqC2LZu668n3F+kvJryRYItJkuBywM3XTwKVLf8O+PzcDHcVKnhXArmIlNq7QVawk&#10;iCskxUquuEKXND2lygqThRUmCytQlhdeeJHiWq3yuEIOh9MbCC5cDf6mxZDtWrIdSvpDnfm5Kmd+&#10;rrUEseWliLOZEF6kxxRZKtJlD+Pz4slUoq5QeH8h9HS4tnECXpCFQqm8F6/Lg9Ai7y86z5T0eW7N&#10;vR/p8kfwVendaLPGCSTqvOdEtOpGwCKLw9QSOYItFoQUGCDVKxFRoKXfCzkn9TyrjS3WYlHOU5+F&#10;rXzyDva9uRnpkCopVhKLK/QsVvKMK/QqVvKMKySrVVKF60+mrDRZWGmyuCTKQr7WQ6o8rpDD4fQY&#10;wYWrxd+0GNoX2lDpzM/VKWkxUUBeLkZvS8PQjTsxOkeO1NwH8J16GA178DVZhcU1yaVMPRnTq4xY&#10;WLYTSvUsOk+UnWe6oiQFYaXFmKtKxXuF99D+V/Z+hDb7JJxXDER2+kQEyfMxKy8FU3avxfDMHEwo&#10;NiPcZvU6q71bkwmFZg7eyB75OhZIftEWl1+C3ogrdM1WLSmxvEXOVV3bsH0pUBcvvviSG/J4sg3M&#10;4wo5HE5PEFy4WlzTYsIN6isJ9dXe0XsE0le5twER1RUIVsuxLn8pFm5bgttX7sIf12uxYdMUtCrv&#10;RKvd9zknC5WefAAU6pm071Pa1OyeJ/qINcNrninp8wyx2fCwaiPdJhYTKdkGvkhD58dgmWEVRqoN&#10;2Jy3EHsNs5CmXoKlytWYr9zodVbr0N+PVnMwTuX8+f331/16BPu+3EowFcBssZKrAthVrOSqACbF&#10;Sj7jCslKVUyorDBZWGGyeApUjBdecIqVPD+PK+RwOP4QXLgWyLSYCdtTVkcocz8LMRfTlhhhtW06&#10;sjWP4+viZORpFmK4So+7cs1IWr8Cz6eNwSXThG5OcnFK7wPZGKwwrUNUxyQX1zxR0rpCcAYrOEUe&#10;WGzGCsWzOGKehHaPGaWu+5FQ/W8UQ5Cjn4vkpmqMN5dijWI5WsriqXjFzmqvlMfjUlkovsi84/UD&#10;6389jn1PblU6/um1uELX9i+RKivN3hToSy+9LIBI1VWwxOMKORwOi+BCb7BzY0RaRv6DWKZeI1jB&#10;1Wtn0QKiY+ZkPKVYSTNuJz1fD6m9HOvyH8NR5XC0l0Z2WYHrmrRCpEeiB0kogtd2MgMpaCIi36lY&#10;jEv2RLSKFCN5heo3NSLMUorHlCl4t3AqLnecz7JntUT6F0sm4NO0P9nee1rS66H0NwMiFcDXHFfY&#10;ufXbdwL15OWXX6GQ3z//vLNgiccVcjgcguBCr5AiCfwq4y8Hvy5NwJtFM5hqWyKiOPox2SoN7ghy&#10;INm299SaodQ9gBOygbhQFOSzArfVHIFjiiEoINLzmLTiC3L/qOoK3JObgtrdIbiiHyooRhKE6juq&#10;6Era31Ywgbyei0WjcXDzv/V5KP3Ngo+4wh7NVp069d4nXXGFRKqu7d6+EqgvXnyRFCw5z1VJsVJj&#10;Y+N8HlfI4dxaCC70Fp+m/nbJec2g86iMxWW7s/LWVW1LKnHPWhKwUb4U44ymjv7TCtqzOaPSiDTD&#10;ArwlG08rcInovi8MxpnCUDrJ5YRyOA5nDoZqsxTJ8p0Ir3fQodusPD0lmlhfhdACPaYpU5GpnYca&#10;VZygGIkN1e9qK5hiTcIP9lgcy+t/7IN1//KzhtLfLPRmXCGZrUq2gF1SZaXZmwJ95ZVXBZD7ktUq&#10;jyvkcG4tBBd6C89M3h9sUYLVJcrjIFc9hvE6IxI9REhkSgqGFpemQqGejTpFFD7OGYRjuf3pFBcS&#10;Nv+ZIhANiul4Jv8ZSLUKhFU4wx7Y/lSaNlRdgQCNBqFKGaKrKmiAvlgxEhuqT+ROUpV2yB6nfwlo&#10;YbeXrcm4WJ6EM7oR/zi07T+3vJVy61Xs9jY9iCv0OVuVjSskW7CeUmWFycIKk4WVJ8urr+6nvPTS&#10;K3RF3HGuyuMKOZybGMGF3sSVyXs8587DF02jcbEkCBdKw3ChNBwoC8R+pRR/l6+nsYCe/aekYCii&#10;sYkWCt1frkJpfgy+y70DZ81RVGJt9mT8VB6LoyUToVQ/jHuVOwRRguTsdVxBEaapdmFD7uP4u3IL&#10;wsrtSGyqFS1G8l7FViGqphLT9FloMDxAC4rY7eUfbDE4ox2OzzP+XPnBWslVh9L/UB45+sfyyMhL&#10;VZH8f7Ie9EVcIZEq2YZl5dmbAhXj5Zedq1WPYiUeV8jh3EQILvQFB1b9S+zhrb9L/yL99uovsu7Y&#10;fyTzr298mfHn2k9Sf7/l0S1zFcFa8f5TUkAU0vwCdunm46y8H9rKJ3nF+l2yxqHNEocXDNOZKMFN&#10;eFK9Him7H0BlVgy+L41HkXYuorQyRNVW+98KpqEStZig1/2Quntm+1n9SFwu7fwLwMXSYFwsGoOT&#10;8rvwjXLAsbfXSq4qlP7HyvDEKxXSg1cqI3ClMhL/qIzAj5URZuyL5EUrDCLFSlcVV7h48eINrrhC&#10;V6HSiy/6lygrTBZWmiz797/mBblGpEq2n52tNTyukMO50RFc6Es+Wiv5K2kRObTpVwEHVt3Wj1yT&#10;LN7326DdO9KlBvWVxAZnm4rn9mx0UxMet+/G65pQXDQF4TxTzUu2XP9B4gI9ogTfKJqBjwwJOJY3&#10;AOf1I/FjeQKOlyRjl3oJQjVKv1vBZFJNRKEe49PTtAUbBs8/se3XOz/P+EvdCcVdOC6/CyeVd+Gk&#10;YgDOGkeg3RI2jf0eu6Q88vdXKiLqiTx/pBIVUM5l6h+mWMkzrrA7s1UFcYXOlhpSmNQpVVaYLKww&#10;WViBsrz22uv0V/Kc5LmJVD3iCnmxEodzAyG48EtA+k/Hb9/8XKgi/3CMrQTxVVaa0RtfY0dctR3S&#10;0mKkZM1u+SZvQNslexw9n2QLf1xRgqSw6Ud7HM7qhuOUZhQtCCLbsT/YE/BlyRSotQtwvz4NkZZi&#10;xHk8D3lO8txhKtnRwF3e48/OFQx7os08HhfM49BeOqFDeNIj7PfRFWT7tuNrWXm6ISvTyxXShezX&#10;csTxKFZyVQC7ipXYuEJXsZJoXCEpVnLFFTql+pJAnr0lUDHI54jAn3/+JZdUeVwhh3ODILjwSzJm&#10;7arYgG1b0oOzd1eH5GXtD5VlvxGSnV47dNuutHs3PDzno523Z59UDBItXnKdXV6yxeCYYuhPn+36&#10;06XvNYNoWALZlm0rDcdPZRPwQ9FIWHeFHklMXV44Pjur3P08uRm147dtyhy1Rjj+7Eql9F0v2VVF&#10;4HK5dBn7+v1Bt3JFxOmSp/vjCnp/Pfv1nK7pkCopVhKLKxSbrUoqgAXFSp5xhS6pssJkYYXJwoqT&#10;5fXX3/CCSJs8b0eyEo8r5HCuYwQXrgfGrn36ryPXrxo3ZtP6gIBVq+gWMOHjNZL/8VW85Dq7/Dqn&#10;39HD23+/6aMNtz1yeNt/7Pwi/c/uc9kvMm6vPbz1d5mXUiTJSJH8/g9rtt4u9jye/Fgefs+VKlZ+&#10;0iM92X6lEhXcg56JovOclIu0N+lhXCEpVvKMK6TFSp5xhaQC2Hmm6lypdleirDBZWIGyvPHGm/Q+&#10;pCCqo1iJzFbdzuMKOZzrB8GFGwHx4qXbaw9t/V3me2v+ZXLZTMk/ux7rfS4rEZWlP9jVKJHfPyoj&#10;trOP84W4iJ2r2n9URshJxa7I/eXsfThXT8c/rgpgV7ESG1foKlZyVQCTYiV3XKFrtqorrtAlVX8i&#10;ZaXJwkqThUiUZf/+16lUSbESjyvkcK4PBBduJK5Vkl0hLkHpEdREduvcyrmdGykqUdfW8I+V0hRf&#10;n+P0Db0QVzjJM66QtNWQPF6yUu0rgXry5ptvUd544w3aWuMqVuJxhRzOL4PgAqcTUkFLtlrdq0Xn&#10;tmsm+zgxfG3n0mvl0rmdzyE9wj7mcmUk7zH8mejNuEJSrES2X53bv/v7TKBikM+/+uqrVOiuYiUe&#10;V8jh/DwILnCckKAEVnDdXY36lChteQlPdD+Obut2rlhdZ6bs/Tg/Dz7iCtnZqq4KYNHZqmxcoWul&#10;ykqztwTq4q233vbCda7a0avK4wo5nD5EcIHjhF2NdrcIiKwmxbZziVg9JUog9/N6DipTaQp7T87P&#10;T2/HFTorgF+iLS6u1SkrTBZWlmKwAhXjtdfeoJGFHeeqPK6Qw+llBBc4kJBVp1dLSgdklSp4rAfO&#10;VWz3JEqqftnHkedEeSRfNVxnMMVKnrNV2bhCv7NVSVwhKVZytdUQqYoJlZWlGKws/fH22++4ef31&#10;N+m5qkexEo8r5HCuEcEFDl0pZpLzULfknL8vZx/nSWfYQjckSlau5dJlpLCo87FS8jz17OM41xcd&#10;//RqXCGRGtmGJStHVpgsrCT94SlQMcj9yFkuCfXncYUcztUjuHDLQyL8WBl2tRotj/xbt1eiHQiK&#10;jMhjy8Ov7X9iNZF/4gH4Py/XGFdIi5VIXGF+vsxC4gqdUiXbv95SZSXpD1aY/njnnXcp5PevvuqM&#10;LORxhRxOzxBcuNURrhRpAdB+9nFufEmUfl34bMHj/bXV9CDkwRO6Gqb5veQ+zgD8K5UR+8hfCtjH&#10;cvoOH8VKPZqtysYVkpUqKRxiZSkGK0l/uAQqBvk8Ocd98cVXeFwhh9MNBBduafZF3iZ2NupLiK7V&#10;Kxs+T0Xs0eLCQiTHPv5qe0dJOITzNYvm93KZ/kKIxBW6ipWuOq7whReIVPf3mUBdvPvue16Qc1xy&#10;rrpnDz1XpXGFvFiJw+lEcOFWpkcrRSpR4Uq0KyleS1uNF06Jl7MS96Qnfa+cvuMqZqu64grds1VJ&#10;XKFrtiqJKyRtNS6psrIUg5WlGKxAWd577328+ebb7nNVHlfI4TgRXLiVcW6Peq/sRNtRfEjU5+M9&#10;n+MaQh7c0O1kdxGUF4Jt6auYUsPpO5gKYLZYiY0r9CxWIlJ1Fyt5xhUSqRG5kbPUvhKoGG+95TxX&#10;JRXIPK6QcysjuHDLUh75N+G2rshK8RokSu7Ffg15zh4VB3WcyYquRCukB3+skF70/hwX6fXMVcYV&#10;kmIld1zhAw/MWeGKKyTFSmQb9o033hIIk4UVJgsrTpb33z/ghjyenKuS7WePuEJSrCTczeFwbjIE&#10;F25VyFmjl4DEWl58SbSbYQ1X01bjibPFRvz5O85DnStVr8/5KZTiXFf0RlwhKVZyxRW6pEp6R/tS&#10;oizk86Qf9qWXyLkqjyvk3PwILtyqCNpRmDi/a5Xo1YY8uBA/W3VvDdPnJ0VRXp/jk2RuWHxUAF91&#10;XCEpVnIFQLz7rm+RssJkYaXJcuDAB16Qa85+VadUeVwh52ZEcOFWRExSP1ZIv3E/5lolKrbipV/f&#10;vdWiz8Qk55mo+3yVPX/tqnqYc2PgI66Qna3qN67QNVvVFVdIWlvIVqxrdcoKk4UVJgsrUDE++OBD&#10;vP32u3T0HBlD1xFXuIlXAHNudAQXbkXYUWYE93mn2HYplWD3JSraVtPNAAZfEiWS9DqTFVnx0r8M&#10;8PaXmwqmWMkzrtCzWKlHcYUkhIHMOSVS7SuBivHOO+/R5+2oAOZxhZwbFsGFWxF2JUcgAnOdSQpX&#10;kj2QqK+Qh0rpu+zjBPiQuNhKU/gcPHLwZqfjH7FiJTau0FWs5DeukBQrEamRSlyycmSl2VsCFYPc&#10;k2w7kxF0ZL4rjyvk3EgILtyKsOejP1ZKz7LnjW56KFHn/bsWoQAfiUm+vpaI2eux3Vzxcm4eejuu&#10;0CnV/bSNpq8E+uGHHwkg9yDFSs4QCB5XyLn+EVy4FWFF6gtavNNDifYo5MGFSJsMwZdEnaPb2Md3&#10;8RycmxofxUrXFFdIpEoKh1hx9pZAxSCPJaETpE+WxxVyrlcEF25FBKs5H5CCIfZru4K9d1fJRz4L&#10;m/z0qbJb0x3Vuj1+rV6UR/6eBOB3t6qYc/3io1hJbLaqqwJYUKzkiit0FSuR1pY333yTrlJZSfqD&#10;FaU/PvroYwFkdUyyh53bvzyukHN9ILhwKyI8X2SRvuszb9cPYitFWgDka6V4FRIVC5Kgz8EGSXQX&#10;MkGmMsLsvJfrtUjf5XNSbw76Iq6QSJX0qvqTKitJf7DyFOPjjz/Ge+8d6AiBoMlKPK6Q84shuHCr&#10;QrZsBcU65NcK6f4eJQ95IFgp+osDJIO+3RNcuvk1vRDy4An9CwXz/J1E8qHjNxkixUpXNVuVxBW6&#10;ZquSDGAyAu7999/vM4E6OejF++9/QGXeIVUeV8j5WRFcuJUhIiGruQ4h1V/NKtRNT1aKRKJEuuwE&#10;l64Km5xfJ5Bej7djne05cr+r8msQNOfGQKQC2FWs5JIqW6zkiiskxUqCuEJSrERWjO+++75Amr0l&#10;UBcHD3by4Ycf0nB9MteVTKzhcYWcvkZwgdM7CAIY/IhILCyfQLZY2cd6Ir4l3Y22Gk+cU2T2CVp8&#10;OlbD7HXB13NuSjoqgEmxklhcISlWEosrJMVKonGFrrYa0jvaVwJ1csgL8rXvvOMM1yfnqjyukNMX&#10;CC5wegGxAAYfK0Wy4mR7WDukWu7zLNXXc/S05cXHmSyVZ4V0P20DYj4nuAfnpoepACbFSmJxhexs&#10;VUFcISlWcsUVOntV3/Ep1GsV6KFDQsjjSDwiCYHo6FV9nhQr8bhCzrUiuMC5dny0vAhWilctUZHV&#10;aIf8DrKP8wltsRFKlFIh3e9MVGL6ayukFwX34dxS+KgA7iqukBQr+YwrJK0tb731lluq/gQqlGjX&#10;Au3kMA4f7oS07JAQiI5kJR5XyLlqBBc4105n1asTsZYXcYl25O92IVFCj9tqPHFu54o8t/NsmMYK&#10;ipzxdjcbmHNr0PFPr8YVknNN0qtKCpX8C7QnEj0skCgLeT4SAuFRrMTjCjndRnCBc42IFgB5zDV1&#10;FRaJSdQ5Cq3LsxsfK97uBTD42M51n+F23ONyhXSlp0h7pTeVc9MiUgHc3dmqXhXAjzzy2GpXXCGR&#10;GqnEJSvHvhKoi08++cQNeQ4SAvHSSy/TcP2OYqXuH5lwbjkEFzjXhkBynkVGRGK0GpiVIKVbEiUI&#10;VqOVESDiYx8nwIdEPUexeTyHIO2J9MUK7snhiOBjtiobV+gqVupWXKGzrYZItW8EKobrXNUjWcnc&#10;2Nh4Py9W4ngiuMC5NthqXXesn78zyR5IVCBqiseK1xfOlfA+wXOLSJTMYRW+VukRwT05nG7QG3GF&#10;rtmqNpv9EOlXdbbVvCsqUVaWYrDC9Menn35KIb9/7z3nxBpXBTCPK+QQBBc41wbbykIqX6n8WIE5&#10;5eQ8d+ymROn9GRl2FdhA6WGfKrv1zLd1Ob2Fj2IlsbhCn7NV2bhCZ1vNu3T1yAqThZWkP1wC9QUJ&#10;nSDFSh6zVXlc4S2K4ALn2mBF54Rd3bnpsjrXE7EB5F2uRnsoUZ9zTf09B4dzFVxFXCFbrOQVV9hZ&#10;Afy2QKqsJP3BCtMfn332GYUUQ5EiKTIGjscV3noILnCuDbZi1xc0bKEHEiWwK0X3fUQe60K0OtiX&#10;RHs5ctATcr7Kz1g5vhApVrrmuEJSLOSSKitLMVhJ+sMlUDGIVMnzkoHpnXGFTYns98y5eRBc4Fwb&#10;4meYnpBB4T4C6P3hY7SaWMiDC1GJ+hv4LRbyQF9v+NX9T8B5v+3M87/r7zVzOASPYiU2rrA7s1UF&#10;cYWkApisGEmval8JtJPP8fnnTshq+N1336PFSuRclccV3pwILnCuHSJKkdYRGphwtVISrBT9CVGk&#10;6Mn9NX62k9mQB5f42Md1BzKCzfW9e9+PEOn3LwAcjicicYWuYiVXXCFbrOSKK/Sarbp7d7reFVdI&#10;zjZJ7ygrSl8IZSnG514SZfn008/ouer+/W/wuMKbDMEFTu9wuUK60N1CUiE9SNtTelBU5IVYb6qf&#10;OEAicsHj6euIqPclUYKgrcbHIPGucH7vZCUr8hrcXJ2gObc2HRXApFhJLK6QFCuJxRWSYiWfcYWk&#10;AphU44qtToWyFMO/QD///AsvvviC/Po5PvjgAxoCweMKb3wEFzjXH0RM7ArXVxwgG6Tggd8WG/Et&#10;6W6GPHhAVs6iz89sMZPH8LFsnGuBqQBmi5VcFcCuYiU2rtBdrETiCl3FSqQC2CVVoTBZei5Qb464&#10;+egj57lqR7ISjyu8wRBc4Fx/iK0UxeIAyepRuDVL8SvRnjyHP8iZrPf2s4tIWvnr1V/LRcrpRTr+&#10;6WlcISlW8oorJMVKrrjCl19+lbbVkP7UvhIoy5EjR3Do0Cd4++13XRXAPK7wBkBwgXN9IdbyQnpT&#10;2ZViFxL1KyxSTSv8ui7aajwhRUWihU30Pu86Ax6EbUHdvj+H0wNEKoCvOa6QSI2sGD/++JCIOHtH&#10;oEeOfCmAnKuSea4vv/wKjyu8jhFc4FxfCIqGRFpXrkWi9OvZAIbuhDz4+XrB84uc8dK/DIjci8Pp&#10;bXzEFbqKldi4Qlexkldc4dSp9z5JZquSuEJXBTCZVHOtEnUKVFyinvz/9u4nRLKriuM4ukgkBBsN&#10;menuQUdQMBBMUGeme8xU10JEJIruRsXgn8kk3b2RuAkqZCFo3CuMOxcKCQp2tSgjIdJgwNGJSSaT&#10;jk2SxfyFbN2NMhNKzn3vVb0659z37qvqP/XnG/iQ4U71e9XZnNx7z/3dq1evhufKvqo0KxFXOF7M&#10;AMZL1uk7WITK5zH9TttSEXOeWebNeJvMRuMz0f7773ROnVbPr+w4BvbKiHGFvWalclzhxYtyW80b&#10;e1ZAr169ZsjfbW9vh1D/vFnpL8QVHhwzgPHx3z+2P1nVZBQaeyJFNPV4iSmEDQIYzM/2njEYe6hj&#10;E4ftBgZ2027HFb7wwov/k2D9y5cvhz1UXTx3o4AWrl0bVIRAEFd4MMwAxoe3ZBvCHPI9Sb+xJ72I&#10;enGAIuXno0VUNzY5QRIhcrCm+QnYT05cYdGspOMKa+9WLTqAJdxe9jdln7NfRG3RHKWAXrt2fcD1&#10;69e7b7/9TveVV14lrnAfmQGMDxvC0O7my6RbbhHrtC6kFMHo8xNno+9trpzTy81uEfWO4yS+Azgo&#10;TrPSyHGF0iwkRfWtt94xxXO3CqhHZsaXLvWblariCo+2vz93ZOnJtpA/679HnBnA+NCzPmnQcYpX&#10;EXywJUvB+hlR4W5S/ax2VxKJzGdLomEPThEV9l7TESIHgQOgmpWaxhWGZqUirlCalWSmKDNGOeay&#10;VwU0c6N740afvEsuSS+ugSviCj/6yPqPF5fXuosn17pHljPy58XltSuLy2s/O9r+dqOz5LPIDGB8&#10;eB27toD1rmKrbSwq85uUqtOGmhbRaMiD8+wmZNZdV/CBvVBqVtJxhSnNSiauMOsAlmM1/96zAuqR&#10;Z77095e7X3zsJ1IwKy0sr7525MQq51grmAGMD7+jti/L71057xWxSl44fUXkoNDpSj1SxCMdvvJ3&#10;A993iJCHweedOi3NVtnz5Gq61hVmtzgoTlxh0axUxBUWzUo6rrDXrFTEFT7//O//JfuqWbD+dpg9&#10;7kUBFTdv3uxefHXbFMw6suSr/xsgYwYwXqThKBS5UkHK/ty6EvJ7nZ+pE50pRuIAvaanXPSIjfc/&#10;AV6QRJKN9tEi0MHszYb/NhRTHKxSs5IXVyjNSuW4QmlWqo0rlA5gCdaXPVRbNIcroIWvnPm5KZS1&#10;ltZ2WOb1mQGMn1D48pmYFCNp9onNAlOYOEA5mxopyn7R7R1xcYto9o7RQh4KxS0ydRrPyoE9kv9T&#10;dAAXzUo6rrBoVtJxhaFZSccVSgbw669fDmdTmxZQXUR/+ovf2SKZaGFp9Zz+fUEhnTneTDEWwBCi&#10;/bwiWnfEJnbkxXlHlTAbD0u45v12v7hz6rT+eWAc7EJc4aMSV1jcrZp1AF8KHbm6YGrlAlrIG4mG&#10;srC0duvwQ1+4R/+Os84MYLqZoytO5KAYuoiOcKymLOzJOu+X2bPuXibgAZNiL+IKJVhfzo7WFVAx&#10;zN6otvDZ7z6if69ZZwYwxZzMW1GOHBTxIlp/PGaUkIeCvhi9R5qV5FyqLtQ1jVLAOIrEFRbNSroD&#10;uGhWqowrlHSjnZ0dU0ALv/3DX0eakcrPzi898QP58vr3mWVmANPLZt6KwSMv0SKa2NRjAhgyW/pz&#10;MVVHbIr3e3u8jc7QAmNmt+IKpVmpiCuUDGA5ViP7qUUh/dVv/txdXF63BbKB+eNnf6S//6wzA5he&#10;tzdXnhsoQOo4Sii0IxTRYY7VlEWLaCmxSecPi7D/6jwPmESqWSn1btXauMLt7Te7L/7t5dFmpMtr&#10;3cPHH39Uf+dZZwYwpZxl3XLmbdbY4xSx1CI6ZMhDIVpEVWKTXtaV/d7Qxew8E5h0+T9es5KOKyya&#10;ldy4wvX19WeKuEJdGJtYWF79z+Lxxz6sv+esMwOYTqZbt9QAFPYkTQFsVkSFjQNM66b1C3AweE7V&#10;m/Gm7NsCU2I34go/0Tr7j8XlVVMkUywsrf6T/VHLDGA66VAF+bMUUL3cO1CgGhRR/7xpPOShoL9X&#10;iQl7iL7DeS4w7SLNSrVxhXfde+hr88fO3NBFss7C0hNvHPr01z+lvwcopDPDFqzI+cy8iOlO3jqm&#10;ASghDtB+p/77dRHN3pGlG/XeUREkAcySUrOSjivUzUqhA3ju459/KoTTJ1vvHjr2nR/KjFi/GxTS&#10;mWE7dvsXbavx15ocVRFSdJ3nVM5Go93BndYFrwPXLE0X72gY8mBstI+yNIxp4tytquMKQ7PSfQ98&#10;+emF42flhhencPbNn3h859BnvvVM3lH8Pv0+UEhnh9NsVBZCGioC6KuYOMBstvis/lwhWkQrwh70&#10;lXLDhDyUhe+wubKV7blmAfgp+7nAJCk1K5XjCnvNSh+4/8HPzR/73kuhaJa7eU+udRdOnH13/viZ&#10;yx/82ElpWpJl47v085ExA5heWfHwl3RD4auYQUZttI/aBqD4TDGbvXrfoW2CIXp2IeShZ6M9F4qy&#10;+x1ISMJ0i3QAH7n3IydO3ffgV9cOPfzNX97/8DfOfeiBLz11z8JDUkClgUn2XeXz79fPQ8YMYLpl&#10;IfDZfubtTuuWNBtFC1gCfRwlPHdz5Tn9OZEtzzoFrKY72NzLGqQdqxmQ3SJjc3pLpGB7+7PAtMk7&#10;gMt3q5bjCmUJWJqWZElY9lylU9g8AxkzACSLLBd7M0XZ99SfC2qKqHvkpUHIQ6G4RcYW5MHCSgMT&#10;ZpHqAJZ9VSmsUkBlJiozWGajFcwAkCrSdWvjAMNM0M5EU8LmvTOmTZOMokvanexZulDLsSD9DGBW&#10;5M1KsgQsXcDStCQzV/M59JkBIJU+8pIVJ9WwM0IR9WajKcdqymKNTfJc2SvVt8wwIwXQlBkAkjhN&#10;RmGmWG5YqiiiKcXQHtkR1cdqykKAQ+z9ebE03cANgygAwAwAKfQtLzrzNtpY1GDpVM94647VlMVm&#10;omGsmAk7M16567TIHwaAFGYASCFnTnWRKrp/40dc0otoNA4wcqxm4GdjRVTNNv0Zr7PHCwAVzABQ&#10;y+3WzTJvY8upIrWICh0HKEds5KiN/pwWLaJOd/Cdzsr5csJTvj/6pH4mAFQxA0AdHddXLOuGq9Cc&#10;IiYFqkkR1c8P75D915rZaHbExSniThH19nhTZ7wAUGYGgDq6YIVC2WndMgWs39jTaJanIwdT4gCj&#10;e7JeEW0YJAEAVcwAUMebMfra9UdctD+1D9vn+CEPhaZF1F+arn5Hko32XAjAT+wqBjAdzACQ4k6n&#10;teOmBAUtCcDfGSZ60M4U5Vkr5/XneorYP60i/cgLeRgqcjAnqU1Zfq88JyvoKcd7AEwHMwCk6M8C&#10;1XVsUqCk8A2z1+jNFCsKYtU51aqZcLjpJfUdNcK+sDxDLROnnpUFMPnMAJAqFNPQ+dorIFvDFiTR&#10;aKa40Z7TBTQUsJrO2+ixmqbLsdn7BzqLrayTGcB0MwPAQdHLxdFZXShidiYq6rqDdchD9B1VYsvJ&#10;eQdz8d3KARUAppcZAA6C7gTOODPFEYpoFhShfkaO1TRIMspusZFgB/t++b7hyjf5XXTmMICpZQaA&#10;g6CPvLgBDJEiquMJY5LeUSHarSzPHHZfGMDEMwPAvnOajGSvU2Z/vc9EiqgUMemYNc9U/CKYHsAQ&#10;PWKTLQ//2sycAcwMMwDsNzfzttO60PvMiEVUZMlLgz+fGsAQK6Kyv1q3nAxg+pkBYL9JQdMFqnd8&#10;JdbY06CIyqzTxgEmBjBUHLFp3KQEYCqZAWC/6XOd4Sqzrfbd/nJswyLqhTwkRA4GFUW06pwqgNli&#10;BoB95Z8H3XKXe4coot7+q6hNXYpEFVJEAWhmANhX6hYW2ceMBeDnXbbpRbRpyEMhsidLEQXgMQPA&#10;vnJnpCp2MC9iTY6qBFvtu83eaF0cYKSIChqLAHjMALDf9AXbg8VL/j3ELTJOHGB4Vqe1oz/XI8vA&#10;g5GHFFEAtcwAsO+yztytcjHNQxbCMmztfmZEozjAbC91wxT0IZaTAcwWMwAcCCmm5dmgXMPWaT09&#10;bNCBFwfoRg7mYrPi1LOmAGaXGQCmgT6bWhUHGO4SVdeg5UV1I1Z4AaBgBoCJ5wYw+HGAFFEAozID&#10;wKQzR14iAQx+Ec3jCSmiABKZAWDSSSEcKIzOkZdoEd1c2WpyrRoAmAFgoqmAh3yptt9kJGdLKaIA&#10;dpEZACaZXtYdaDIqjrhQRAHsIjMATDJbKNvd2xvtdp6gNHBWlSIKYDeYAWCSeTfJ+GdKRSiqFFEA&#10;IzEDwCQzhTQPwNeXevc6eSmiAEZkBoBJJolI5aJpCmi+b8o5UQC7xQwAk+y9zZVnveLZM8wtMgBQ&#10;wQwAE61oKlKducXNL/o8KQCMygwAE2+jPRfOivaWclvvykyV/VAAe8EMAACAdGYAAACkMwMAACCd&#10;GQAAAOnMAAAASGcGAABAOjMAAADSmQEAAJDODAAAgHT/B0Tk3wISZty/AAAAAElFTkSuQmCCUEsD&#10;BBQABgAIAAAAIQBCiswx3gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NS8NAEIbvgv9hGcGb&#10;3XwQCTGbUop6KoJtQbxNs9MkNLsbstsk/feOJz0O78s7z1OuF9OLiUbfOasgXkUgyNZOd7ZRcDy8&#10;PeUgfECrsXeWFNzIw7q6vyux0G62nzTtQyN4xPoCFbQhDIWUvm7JoF+5gSxnZzcaDHyOjdQjzjxu&#10;eplE0bM02Fn+0OJA25bqy/5qFLzPOG/S+HXaXc7b2/ch+/jaxaTU48OyeQERaAl/ZfjFZ3SomOnk&#10;rlZ70SvIsoybCtKUDTjP84TdThwkSQ6yKuV/g+oHAAD//wMAUEsDBBQABgAIAAAAIQCqJg6+vAAA&#10;ACEBAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc4SPQWrDMBBF94XcQcw+lp1FKMWyN6Hg&#10;bUgOMEhjWcQaCUkt9e0jyCaBQJfzP/89ph///Cp+KWUXWEHXtCCIdTCOrYLr5Xv/CSIXZINrYFKw&#10;UYZx2H30Z1qx1FFeXMyiUjgrWEqJX1JmvZDH3IRIXJs5JI+lnsnKiPqGluShbY8yPTNgeGGKyShI&#10;k+lAXLZYzf+zwzw7TaegfzxxeaOQzld3BWKyVBR4Mg4fYddEtiCHXr48NtwBAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALGCZ7YKAQAAEwIAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAA7AQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEASRmC78cFAABAHQAADgAAAAAAAAAAAAAAAAA6AgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAKAAAAAAAAACEAq/uMh2ywAABssAAAFAAAAAAAAAAAAAAAAAAtCAAAZHJzL21l&#10;ZGlhL2ltYWdlMS5wbmdQSwECLQAUAAYACAAAACEAQorMMd4AAAAJAQAADwAAAAAAAAAAAAAAAADL&#10;uAAAZHJzL2Rvd25yZXYueG1sUEsBAi0AFAAGAAgAAAAhAKomDr68AAAAIQEAABkAAAAAAAAAAAAA&#10;AAAA1rkAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAAAAYABgB8AQAAyboAAAAA&#10;">
+              <v:group w14:anchorId="7B2F2B49" id="Group 4" o:spid="_x0000_s1048" style="position:absolute;left:0;text-align:left;margin-left:27.75pt;margin-top:16.9pt;width:413.25pt;height:244.5pt;z-index:251828224" coordsize="52482,31051" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQCM6a1ayAUAAEAdAAAOAAAAZHJzL2Uyb0RvYy54bWzsWdtu20YQfS/QfyD4&#10;noj3ixA7cO0kKOAmRpw2zytqKREhd9ndlSX163tmeZFl2c7NSIpCD5Z3ubeZ4ZnZM8MXLzdN7dxw&#10;pSspTlz/uec6XBRyXonFifvnh9fPMtfRhok5q6XgJ+6Wa/fl6a+/vFi3Ux7IpaznXDnYROjpuj1x&#10;l8a008lEF0veMP1ctlxgsJSqYQZdtZjMFVtj96aeBJ6XTNZSzVslC641nl50g+6p3b8seWHelaXm&#10;xqlPXMhm7K+yvzP6nZy+YNOFYu2yKnox2DdI0bBK4NBxqwtmmLNS1cFWTVUoqWVpnheymciyrApu&#10;dYA2vndHmzdKrlqry2K6XrSjmWDaO3b65m2LtzdvVHvdXilYYt0uYAvbI102pWroP6R0NtZk29Fk&#10;fGOcAg/jIMqCNHadAmOh78V+3Bu1WMLyB+uK5avPrJwMB0/2xGmrYoq/3gZoHdjg81jBKrNS3O03&#10;ab5oj4apT6v2GV5Xy0w1q+rKbC308GJIKHFzVRVXquvAnFfKqeYwTOwncZSmuesI1gD5mEWHOwFh&#10;jhbS3G4lI80uZfFJO0KeL5lY8DPdArvwKJo92Z9uu3vHzuqqfV3VNb0tavcKAud3cHKPjToMXshi&#10;1XBhOqdSvIauUuhl1WrXUVPezDiUUr/PrUBsqlXxHgJa99FGcVMs6fASQvTP8R7HASvxTkhSRwNy&#10;zmz9h5zDNmxlpHWfO5DzEz8PAK5D3EVZHgJuPe68PI/C2JpqQA9sqrR5w2XjUAOyQ1x7Bru51CQ4&#10;BBymkOhCkgWtQrXYe4CJ9MQqQWL3TWhBLoO4pQeDo3dg8q9yzeslazmkpG13WPKDMM8T38thig5M&#10;10axarE0zrkUAopJ5dgX0687F70/a2tn0uaOZWE5GDXDxr4FJJsOHu2HXmSNTh5tfXn0yJ3BepvW&#10;lSBp2fQBm9bCWQPDQep5dpqWdTUfgGpjPD+vlXPDEJ3NpsM6YLObNZie9OpMb1tmW3M6thbveQl3&#10;QyDyuwPo3tjtyYoCmB72tbNpWYfSfmEv2WML+/m0lNs7ZTz1CxaPK+zJUphxcVMJqe4Te2eKspsP&#10;xN3Sm5ozOd/ad2wHgMAfBcUkjYM4SJLgyaAYwndD3BoESIAvT7KUPPmIyEegfETkeNHihggSsJDs&#10;6YJjmHhe1CNyj9McY+SDwfWIyB0iw9TL/chLny5Gpl6UHQEJanm8tB/NGB/gj0meRkHmjbnIBwpk&#10;v8mNE9JNS3wCZPOaGLnZ4HGfdljKYfnuAX30cWf7IHV0Z4fIAUHS969sPwo9GicSGSVJ2k14mEl+&#10;FTsnUpkQZSCWMPL2+7mi2cw2NiHzrYg77uQoiawAIuq2eF0hRbhk2lwxhfQfD1HSMO/wU9YSh8m+&#10;5TpLqf657znNB/XHqOusUU44cfXfK0a5Zv27QFKAeBBhW2M7UZwG6KjbI7PbI2LVnEtwYt9KZ5s0&#10;39RDs1Sy+YjKxxmdiiEmCpwNEj00z01X5EDlpOBnZ3ZSl8JeiusWiW/HlykB+rD5yFTbM3oDZLyV&#10;A4wOiH03tzP7GZK2srKZ1M6qPVP9gYQ0i2I/8GKQxj43+m5wB37mB33aGYRRepgiAdE2HBO649yL&#10;AUXA/6eiOxk8ucsMjuhGaPgfoBsFED/JIw9l1DuZ/5lScn0r/7dpfB/KH8j/nRK1ob8G3+/Len6a&#10;e5SfUyiPEZgO6gFRlGZDKA/jGNz4cbCj6mNrE2Npogs1j5YIgixGEZHiCr2zC6aXXVFAb/WFNN3d&#10;YlhVvxJzx2xblIyMqlAnq3kviy3Q7C4s2zpWCX5WlSCIIy+Pkhz31/ejllAxYDUIMqIStlSQpqiw&#10;9sXmMTHDPRAPYI3yGCTkCNbOlfZrYcd0bUzXsiTOQc6Inj0xWMH5QgRuBFY/CyIvvFvXClC7GMCK&#10;EEuE+lEacYys/+X6q/1ehc90lgj2nxTpO+DtvqXHuw+fp/8CAAD//wMAUEsDBAoAAAAAAAAAIQCr&#10;+4yHbLAAAGywAAAUAAAAZHJzL21lZGlhL2ltYWdlMS5wbmeJUE5HDQoaCgAAAA1JSERSAAAB0gAA&#10;AScIBgAAAB0/wpwAAAABc1JHQgCuzhzpAAAABGdBTUEAALGPC/xhBQAAAAlwSFlzAAAOwwAADsMB&#10;x2+oZAAAsAFJREFUeF7snQd4k1eatrW7M5N/d/6d2Z1/Z2cns5kJJfSOjavcKyWB0JJMCJACAUII&#10;pNAxzTTjbqtX27Jsq7gX2QbSSS+kAGkkBAglCWAbQwiT57/OkSVL5/sk22AnlJPrugP+LH+SZZKb&#10;c877Pq8EgITD4XA4nN5k7NrFfx2TsmbphLTU9MDdOwqDM3aZJqTtyBy/JWXl+JT1KwO2b02fsHtH&#10;YVD6LlPgrm2Zo1LWLx+2evVQrJX0/zRFsuSz7f83/fDOPxZ+uuuPps93/C7zw02/Wv7uc78exj7P&#10;9YDgAofD4XA4V8v48Qt+NW7zuplhyuxqqU6BuIoyxFdaEGsvhVSrQGheJiILdYizlyKuvIx+niA1&#10;qjEmJ3dP6s5p9Z/nDQZKR+GCOQAXzQG4XDIGp9VDcDz3jn0HNv77/KoFkn9ln/eXRHCBw+FwOJzu&#10;8NpSyb+/tEryH66PJRL8U+D21EVSjfx0Qn0lEh3VSG6qRVJDFaLMBSBijbGYkNhQ5bzeWOOE/r4a&#10;0VXluLswDxr9Apy2TMZFexJabMlotU9Cmy0JV+zh+F418NylXb95Fisk/08yd99tI1ctcj//L4Xg&#10;AofD4XA4vnhlreSvB1J+tfQLZuv187WSJYs23b8+QKP9Jr6pHkmOaiTWV9Jfo4qNCFPl05UnESe5&#10;LkZyYzUiqqsQrcmDSfsQ2i1xaLEk4JwlAW3WBPzDHo+jpUnI2TXp2+Sty0rHpKdrXVvDY1PWLx/9&#10;3HO/yNav4AKHw+FwOCzKBZJfHdj825kn8v63+rh8MH4sGYN2j63Xk7KBcOwe++M641OYXGdFjKOe&#10;rkTjyksRrpYhprTQr0Q7ZVqDYLsNs5XbsN94Ly7bYtFujcN3ZYmo0t2PRcq1iDJqILWUureFCRFG&#10;DUIVufsCtmyYL5FI/om85oFLl/77z7FiFVzgcDgcDseTfXMlt32U+h+LTskHnP7JFoI2WyLdbm21&#10;JXduvdqTcKloHL5QDEe68XFMqSlDXHMjwvQaBGvUSOhYofqkoaqTxhqM1xuQLn8MV2wxOFuWgCLt&#10;PMSpsjCuxIL4evGtYXKfMFX+ucC0bfKAHVu2O4uZdvT5ilVwgcPhcDgcTw5t+T8zz6gGfnPZHo0W&#10;azLOWxJx3pIgoMU2Ee1mKb6UD8cm0zOIqa9BrDITibpsxDU3ILRpn3Ol6qhCsqOKyo9KsKEKCdV2&#10;xFfbqAwn7m1AoLkEK+UrcLY0AbX6+xGnzEJYRQVdsQok3IFrOzmyQIsIvaqjmMnivWLduGF+8PLl&#10;/4f9Hq8FwQUOh8PhcAiSpE9+o1vfL+Bo9u37URGIH+ziAvWktXwyzutG4MWs4VDK74YhOx7FefFQ&#10;q2cg1bAAc6x5CK2oQailHBEmE6Q6FcLVcoRrOlDLIdWrEaA3YLluHRyG2ViqW48JNhsmNlUjob4K&#10;cQ01FPJ7gUwbaxBnL6EVwrH2EiQ31yGpiaxcnZKVapXnAnelrhy/csHv2O/3ahFc4HA4HM6ti2f/&#10;5+jdGep7dy1/Y0PGgz9pFXNwoGgqfrDG4oI1nhYAkUIg8ntCmzUR58ricFI3DkflQ3BKNhDnFf3R&#10;oh2GVu1wtCn64aRsAPYoIrAsYyHGp2VibJ6CFiGR1WNkkQ5RRXpEGNQIU8sQpMjHlLQNSH7uKYze&#10;moHAYhuC6/cg1lGPe2rMmFptQmxDjXuVy8o0Qq9EuFaBxAaPLWVHDeKb6xFWoDs7bkfqY+z3frUI&#10;LnA4HA7n1kPY/2lBfEUZomxlGFtoRpBGjfmKFJRq5+C70gSgPAoXrXE4UZKMYyUT0VoahXb9UJyS&#10;9cdpXYBzdcqco7ZaE3DJOAYH0wdiU9oMJBarEOuoFZx3knPSOGsxJuTk4K8rtuC/VmQidMs2rMl9&#10;BBrtDBSrp6BENRlq9XSk6hfgIXseoh0NiGuoRWJ9Bb1PlEmPcI0M8VV2Kt+wpr2IaajD1LpSTKsz&#10;IzAv56AkpWw0+z5cDYILHA6Hw7m1iJw797bA1C3C/s8OuZHfJzRUIdBiRYI2D2mqxShUPIhtssex&#10;RrEcqxTPYFPuo8hLm4S3NfH40Z7oXrWyW7/kHPViqRRfKYdjs2k5Yhx1PrdoE+vsmKBRYfq2p1C0&#10;LQJfZfbDBcWdOK8eghb1UI9VrhQbilZgUq3FfQYbW1aEMK2SnqveV6XDFsMiqNTTqYRLNXdDmT8F&#10;8o3jql5M+e1I9v3oKYILHA6Hw7m1mLBp0wypTvUNLf7xUV1LrpOioFCjDkE5GQhSKTDaUIiAIhMC&#10;TcUYbTQhWKvBw8qNKNU8iDMlibhkjfMt08IA7JdPwAJLGiIdDsHzuWQqrbBjXv5zeEspxT9sMaKr&#10;3HbDaHwuG+qsFq4tQ1xTPWKsxQjTKvCEbiUa1HE4LrsLbfJOCbdrBuGUYhCO5v/tpQ83/9vcV5dL&#10;rroASXCBw+FwOLcOIzevGxSclf6yS5aszOh10pJSW47IIud2aVSpSdCC4l61llkRo86FUvMYTpUk&#10;ot0aLxAp3fa1JeOsfAByNA/QbVnytezzUhzVCDAUIFP5OH6wkoAG4f1c1cJHZMOQol+K2MYGhFnK&#10;8PecZ/FaXgAuk3NaS7xAwjQtyRaGb5SDzh1K/ePKt1ZKrqoASXCBw+FwOLcOYzeuWx5RqL3iS6Iu&#10;wfYsnahSkE4kJr9W9RCUqCZhanVxx/mm8H7kuQJMxXhOvgLHzMk0nMFV4ETk6LXKLQrAy9njMT1n&#10;E+7MNiA3dzaumIPQapvot2Xncnk8zqgHn/049fdXVYAkuMDhcDicW4eA7VuySWERaRFhJeaS6LWm&#10;E/1oixUKzJqEFuNYNCqjMN+WK6i8deOoQZDFhkdVG/GpaTJ+skd3FDgl44IlDrBH0y1kck+y2jyn&#10;GIi1a5Lxh6U78fi6hThWlARURLofI4o1GT/aI/F51l8PfrReMoF9j7pCcIHD4XA4twZjnn1yYFDm&#10;7uq4yjLRbV1aBLS3AeEFOoRqSCuJiOh80ZFOlCF/jLbMuFalrpaZdlsi2grGY68iAo9aMxDNiDS2&#10;oY5W2sY2NSC+xIC5+WuRKluEDepn8IzqOaxUPI2tskXQKh7C+4X30Oe4aE9Gm344jLsiMH7deoxY&#10;sxVL0pfBqJzjfoyvIiiyam0tHIWDW36byr5PXSG4wOFwOJybF1efaODO7Tsn7NhaHZS1+3Ss1ewl&#10;UqfE9tG2kbhCHcJ3bUVYkRHh+170vXJk6NySfRrHzcm4bI0FbM7VI1lRHi+bggvqwahTx2NGdSHi&#10;HM6t3fiGGkQ0NmJ2pcZZaauZgcL8ZJSlhyM7NRJPbJ+NyeodGG22YUQBactROdtyNA/i27Jk/FA4&#10;Bg15YZhj3IowSynGFRRigrrzMb6KoMgW7w+lgTiy878KMVdyG/u++UNwgcPhcDg3H2yfaDyJzisv&#10;QZgiF5FGLd3aja+v9paYegZUO2Oh2hwGpWwKUg0LmZ5NoUDdInVUI9RShoXKDThcNBlfmZPpypCs&#10;KmnLjPIZbEu/D0uyFiPOZqZFRbGN9UiuteG54jWoU8Z0VNr+DS2aoWjRjUCb+i6cVg7CXnUUUszP&#10;YorDjuhGByaUWWiBk0q3EKd1gXhZJcWj9mzENDd6FEE5H+OrCIpsNbeZQ/Bm+qBPFGtHJbLvnz8E&#10;FzgcDodzc+GrTzR5T70zAUgtR1xTA5Lr7AKJteqGoU0/Am3K/jiZL+zZZAXqivCLb6xDqNWKR5Qb&#10;kCefj2Wq1bSvc5SRtMs4W2bGFpgQqNMhXCWD1FSAxKoybCl6Cofzh+Gidrhopa2g3aWmDPFNDbTA&#10;KUYnhzkzHtXqJMysNCDW0Xme61kEVax9iIZJeBZB0TPbwkDskYVjfu5Trw/bsuOh7mbyCi5wOBwO&#10;5+bCZ5+ooxoxliKEaJSIsxRiS/HyHkqsFLEdK1PXmSZJDyIRftPqShBSVITonDQkaHPpijCuuhxJ&#10;HclDyXsbkLynjqYYRZcWIkCnwwrlE/hEPgIXTcF0q9Vfpa2z3WUoNhUuo89J7hlaXoE5WSvwtGYF&#10;JjoqBEEPpAgq1G7DVNl2vGy4FyiPcW/xknu2aIfDpkrGjEojQvTabmfyCi5wOBwO5+ahO32iQaZi&#10;PJW3EJ8oeiaxzYXLEOlogLSxyWM7eDpM6imwaKbAmB2PJTvnIUKRhXC9mgbJewbTk1B5WhW8pxH3&#10;l2SjITsYFw2jOp5f+Nzs6/AMdYhyOJDkqEGkToFITb53xq4HRLijtUYs2/0Ejhcl4ZLdWc3bZp+E&#10;8/IBUKhnIa6xHklNdYgwqs8Gpm7ssiVGcIHD4XA4Nw9d9YnGNDbggbIcNOSG4KK+ZxJ7RRGMJSVb&#10;8FTpJo/t4DtxUTMYZ1XDUJMehCWZjyJWnYNwvcYrmN4pVBkNeQhraMT2gkU4KR9IV73s8/mCDXVI&#10;bKxFpMlAK4xJxi4NkhARqbS0CFEb10G240GcKZuM9vKJuGgKxQeyMVhhWtch5Wq6Yg/Jyzg4ftPT&#10;fltiBBc4HA6Hc3Mwc+bMfw5I3ZxLQxR89ImGN+7BdsPCDokloqUDVlosrfaJOKEcjj2ZI/CuIsC9&#10;HUykdM6aDJP+USRo8hBQZqNbrMJg+kralxqmVtDzUa1iKtqV/dBCVoYizycGG+pAzmVjyoog1cgR&#10;ayOr3SrB2DUiyEhbGSbuXo/8lEgcyh6O7wqC8LVqFLIMDyOpzo54spptqKKvM8ZiwvjUFL8tMYIL&#10;HA6Hw7k5kCzAv47Jyi5NqLKIbutSyTTWQqOdiQuqgWgrn4JzJTH4viSabu2Sc1FShMMKzFOkx7P+&#10;jFZTuPOM0ZJAwxcqdQ90OYibvB4ywDu2pgKTVLtgTI/GRcNIoCLWf3iCp0iZUIfYRgcVH1ntRtgs&#10;CN/zvPvM1jV2LWzPCwi0V+IR5Vq8LgvGafkAHM++A815EzDHlgfp3heR3FBJB40n1FUgvtKC4Iy0&#10;wr9FzvXZEiO4wOFwOJwbn4/WSv5q3tBvy+ysZ45E2q2iIo1pdmBSqR5F6VE4nf0/OCYfgq9lgyhH&#10;8wfhmGIYvi0Md8rUY5VKPv6uKBxfy4fgtJFE8CXT65essfiw6G48qtyAgDILrZRln5Ou9BqradQg&#10;nT2qVSIufyceSV+CrbmPQKuc22V4grdIA7CvI9QhtrmRrm7H6wyYZVVgi3Gxe+KLa+zatoJFmKJN&#10;w1OqNfjKMhUXbQk4awzAB8rx2Kl/HAkGOYI1KrqqlWqVCFflI2D71k/Grl3lsyVGcIHD4XA4Ny7K&#10;BZJfHdj825ln8v5c/ZVsCLbKHsXYArNga5e0u0SX27Bq91y8taM/vpENxHHlMJzQjMZJzRgcVw53&#10;C/Ub7RicLY11iots39qTcVI5BMdlg7wES+L6NMq5dHapWAg9ObNMqC1HdLGRrhqJrCJ0SkSYjAgx&#10;m+kEGc+ABV/hCW6RelTaknaXqD3NiDKq8GTWY6gXmfhCxq6dkg+EPSsc1Xmx+LYkDq22JGcBVYkU&#10;X+QOwpqsOQjW6RBRpKfnuZEFWkj1SoQqcl8fv3GDaEuM4IfA4XA4nBuTfXMlt32U+h+LTskHnP7J&#10;FkrbO/IVj2KsRodE1+qwoZKeJSZWlmBN7qM4kDkUbQVjca5jK9ez3YWclZ42TsBR2WCcUY/AT2Xh&#10;uGSLx4mSifg4dzhOq4YBlfFUdq0kSN4Sj62yxRhtLKJnoqxEXRNkSPh9dEkBvS4+QcZ/eIKLzkrb&#10;mYhubER8ZRnWyx7GwYyBuKQf4bOFp7VgHN3SPaEehXMl5C8Iie4CqtdUIVhoz0BUczNdOdPzXEcV&#10;EusqINUpRVtiBD8IDofD4dyYfLTl/848oxrwzWV7NFqsybhsj8MrxnsxW5mKELsNyc21dEUYUlqK&#10;ZbkLcCj7LlwqDvHT7pJIV58/lErxniwAmuxp2CZfglXyZXg6ayE2Zs+HTjGPbsX+ZIvGl8WT8JRi&#10;JYLMzrYWL5H28gQZIkZXpe3TJSkIcuzD0+plOJQ9CBeLQ/18T85c3bMlMXTF/Y1mDM7Tc+BEQRWw&#10;56qavH6yqhdriRH8IDgcDodz43Fw828GfZbxl5f/YQujkqGyIQHxljgY1fMQrZMjqrIcYcUmTMtZ&#10;j4asIFwyjvHb7kLSf74vS0CV/kE8Ll+FYFUeRhmKaDLRhOISjCno3Iot1z2A9wun4Bn1SgSXeIuU&#10;9or24gQZ8v1dsMTipGoY8gofRlSVHdN1O+DICcEl42i/31PnPSbiTGEYjubfhdMFQfSebBUwG4Po&#10;qyVG8MPgcDgczo3Hhxt/s/xbzZAr5MzPUxhkfuc35mRkapcgWpaB0QYTtirm4ZRikN+ezTZrPJVo&#10;kXYe4lRZGFdqpVm8vrZi49Q5UGgewar8JxFYUOh1JktXcnoVPRe9qgkyigW4bIung7jJ9uwFs5Se&#10;0RpykzBRtRPDDaXYmDmbRhiSFh72e/EFkecxxVAckw/GBRtZfSehzTgWTapozLfnIqZBGIFIvm/S&#10;YuPZEiP4YXA4HA7nxqJspuSfD275fe5l81i02DtXY0SiZOIK7FGo0c5Gck4qwixl0Ohmo03ej7aw&#10;sHJx0d02FgLZipVWV+IeXSamp62k1bgkHSjBI11IqpZBalA7zxxF7iEGec6A4lI8nf8UvjBE4Htj&#10;AE6pRuDDnGHIzZiEyYrtGK8rQLi5GErldFxQ9Pf6/ruCbPGe1I7BV/mDcdwURyfStBvH4JX8CZhX&#10;kk7DKtjXREQaX2XBhN07zROWLv138v4LfiAcDofDubF4d82/3v5Z+p8r281BOG9LRpslHlds0fjE&#10;NIlOXNkpfxzzM5+BVK/BrCo9KlRJaNGOdG8Bs3SrjYWBVAGPq3JAmp+Je3JSMMmiQ1xjHcKan0dU&#10;VQWt0I02GwVnp74g2b2kD3SCrQKP5yzDqzkB+Cbnf3Ek6w5k7Z6CQHk+Rlc1IbKxCXMqlKhQxKJF&#10;NwptFVN89r6ykMedLQjEm9mjkZ77IJ5RrsT2nIewfPP9SFDlIIEUZTHVx+T1J1TZEJKb+eL4detG&#10;kPdf8APhcDgczo3Fe2tvu/Pz3X+pv1ASjEv2RHxXlogq/f1YpFiDUK0CI/SFGJuTg5DCQjxYrUW1&#10;Mh4tOnKWKC7SrtpYPOmcH6rFZtK3mZ2Ewp0hMOXGQ62ZgW2GhbjfnIUgnYZW6nYlUs95pOR++fJp&#10;sGSG4UDGXTia9p94L70/nsxejMT8bdikexwK7WzY5bF4L3Mgvs7+K23bEet9FYM8prUgEI68cMzQ&#10;bsMoswVjC00Yp1AhOC8HUYU6WpzFnveSsIaQ/OyXRqSsHknef8EPhMPhcDg3FkdSJLd9sv0P8h9L&#10;xuKcdWLnuWaJBfFklFhtOSK0CkSYC2lqj0E9Fa3KgaJbuy1WUqDku43FE7JqFMwPVfans0NbNcOc&#10;fZuyAXAoIjEnazkmFBYJ+lm7ut8FxZ04px2BM9oxOKUeiU9kI1GeFY7y3YH4KrsfLij745xmGP38&#10;cdUI0d5X9nt0f6+kD1UzHDZ1MmbWFCK+iYTVO9tdyDkozQIu1CKhpjO3l2ztksKpwLQdL45Zt24g&#10;ef8FPxAOh8Ph3Hgc3PybtVcKBqPKMAfxHuearopZurVaUgjpnn3YrX0I38vudCcSeULOVT8zTRa2&#10;sRCReKxOycqR5NJuKVrmd/RamzUBPxUMR076PRir1dMCIlagPbkfKSZqLQjAmfx+OKUZRVtXaM+r&#10;SO/rCfVonKMyFV+Zek58IePgPMeuOc9CbfR9iyrUu0VK/mIRZdIjKCPt9IT0netJT6ngh8HhcDic&#10;G48j234VvC9j7IElmvUILLN6n2uSMAGNHJFGLaL3NGNh2U7slwehvTBQ0CpCRHrQNAVLlatpvykZ&#10;/k0TiartiK+20apbKpPGRqwsXo3D+UO7HL32oz2Bzv+cJd+CELtdtHCJTFzp7v06+0AHe/SBen/+&#10;+5IYHPXqE/W+h2cfqnPiS6PgNdHVp83sbNspM9HvO77SSquPo80FZOv3e9JTKvhhcDgcDufG5O7N&#10;j+9IMmuRwJxDEgHQWaBqOWKbHAhufgHrTM/iM8UotJbFeJ2VttL+03ikKp/AGJWGnhMSkdCxZx2z&#10;RIMNBtxnykSTMgoX9aRoSbhF7CUt2s8aD4PqIURp8xFdV+0l+hhHPR4sl6NJEdmt+9F7ivSBdvfz&#10;dPVqicM3iqHI0c9FUl05be1hReqSKYkxlOpVdEVOKpIjDCok0kkyNbSnVPCD4HA4HM6NhyQl5Z9G&#10;btuRFm0XjkybvLcWo3JU6Lc5G7NKc7GxcBmM8ol4J6Mfjuf2w3emCHpeSgRzyebsId0sW4wR2bmQ&#10;6hSI0Km8ZomO1RmxKft+nJLf5bcX1ZOL1nicMCdim2IBwpQ5iKqwdWw919DtZlKU5OwDFX6tLzr7&#10;QId0nIV6r2Dp5+XOz5NVqmv791xxJL1m0E7H1Koi5yxTEYm6RBptMiBMkYtwkgusU9EoQpp01NFT&#10;KvhhcDgcDufGY/Sa5bcHZ6VVkrFfXlWmDZWIddRhyNY8zHrqPtTLwnFCPggtigG0eIeIhhTnHCeT&#10;XvTjcMoYAqPqQUzRZEBaWowEJg83sakOsQ3VUCqm0WIiIiZSHevrHNIFCZ7/wZ6ATzUhWJ35EI0K&#10;lBq1iCo1IdJaCqX8HlqoJFYA5QsiR1JURLZ4z5pjBK/B+fmx+Dq3P743BOCMIQDHlSNwXDYYX2Xd&#10;AZnuQSTVltNZpaxA3e+foxqxlmKE5WfT1bjn++vqKRX8MDgcDodz4zFq7dN3Bmfvromv8h6ZlkC2&#10;dU0mLN0yFx/svgs/GEeitayjiIesQq2JOKUPxNf5g/CtvD9KshIQI09HWKV4CEOsoxazKnUoVyej&#10;VT+Gyqq7M0xJ/u8l4yg0K6Mw27gLAXl5CMjLxhTVdlhzotCqHyXYovUHeR4yxo2I9NvCUMHzko+/&#10;LQjGR5kD8G7mUJxUDEarsh/OGsahxRSKz+QjsblwGZ1Z6lloJBCp1YyQvCy6Iid5xa6iK1dPqeCH&#10;weFwOJwbk/E7NufG2ku9tnajmhrxlPoZfJg+CJdLxMPc6ZauNQ7v6eIxP38NAixk21X8zDDK0YAZ&#10;lUaUKxNwKvt2KrHuzDB1iY3MD31eHYmHTTsQbDAitKgAs0pyUCWLRYueZP/2TKRnCkLoayC/iom0&#10;pXAC9maMxdq0+7A+ZwG0iodwwDQdl8uT8GPhOOyXT8ACyy5ENDbRlSmBrd4lhUUh+VkIU+bR6TWu&#10;3lJnTykXKYfD4dzwjB+/4FcTtm+aEZiW+jr5Hz0Z/0UkQIt47HI0q6LoStBfEQ/sMdCq5iNIq/EZ&#10;wkD6PBPrypFSuBxv5o7Eibx+3Zph6hZbR99muXYyJil3IUSrRoKjFhMbKmBQT/PZ2+oLGvGnG0ef&#10;8/viKEF1Lg2h1w1HWX48EgsVGF5YRkMmnPNO5+Bby0RcVNyJdN08SBubcHdNCaZWmxDbUIPQpn10&#10;pUr6Ssm5MIk4jC0z0YIrV28p2fKOq+RbuxwOh3NDEzl37m2BqVsWReiVp2mIgEqGOFsJXUmFN+3B&#10;Nv0CnJQN9FvE4y+EgazOyCqNSJlIdEvRkziUPxytutHurVxfM0zZPs42IknFAMg09yFQq0OYQeus&#10;KG5s9tvb6gvyfCcUw3BMdpdg9et8vs4+UZL9m9Rc5zXvVKVfhG/Uo/FSzhgo1DNgUt+NEtVkqNXT&#10;kapfgLnlMkRWVyFYrezY1q3r7C0t0iF5Tx1irCXCHwqHw+FwbhwmbNo0Q6pTfUOHUDuqEVmgg1Sr&#10;RHxtBR3gTaTQVUC9dwiD2Xku2FCHsKa9dFVGVmqTasqwvmg5lWh3+jy9+zjJ4OxktBVL8a5yAp7W&#10;rUCkNh/SEhPC9r6IsKZ9WFi2C6+R3tYCYW+rGOR+LcVSHM+7C99oxwu2hP31ibrnnWpl0OdNx5ms&#10;P+H7nD+jRTMULeqhtIjqpGwA9qqj8FzOIwjOykKIpRzJjqrO3lKtHDHWYoSrFccEPxQOh8PhXP/s&#10;27fvT2mlxcsny/O+oWd55MyOBifY6FZksFaD6aUyVGgmokXnO6Ce4BnCMKHUgsjmPTTrdothEVTq&#10;6ShW340i5SS8mTcKbfQcszui6+zjPFMYSkX+jXwgXsm4C8WyBBRmx0EpuxuphoV4qFwBaXk5UmTz&#10;8KVsKNpLo/y+XvI5Mo/0qGokCjJjsdcwE5dtcV6fb7PE4hvFEJ99os55p+WYKduIvblStBcHo9U+&#10;2b2yJiv4i8bROJw5EOt23I8YE4kQrHOfm0YW6hCUuetScMbOLYIfDofD4XCuP4g4m5ubZ+/Zs1fe&#10;3Lzn4L59LyC1xEy3GL1D1ato+k5ogRFTZZtQniVFq2GsXzGREIazlgSsUzxF53+uKlvfmZ0rvxOt&#10;2hE4lfFHnMzrLziH9Ad5TnJu+lVuf5qD+1X+AJxSDaPZuK3a4bTdhfSOvqCOwPy8ZyBV50OtfxAn&#10;SMZuUZC7t5UWDRE6JNdeHEbnqRbpZyJamY5dyiVe80rdn9dMw4xKg+8+UTLv1GDAzuwHcaE4VDDL&#10;lPxl4FJZBD7LGYz12idoGxHZ6iYijbWVIGBX6pujU9aMFvywOBwOh/PLIybO1157A++99z4OH/4U&#10;R458iXWWMsRVCAMYEh3VVB7BtnLk5U5Fm/ouv1u7hH/YY6FWzceKzHn4RDGiM+u2fDJa7JNogAGR&#10;Ylf38cRVDPRF+u34Ov8uZ/BD+WRBFu8F/Qhs3z0TI4osmFVrQpphAd6SjUeLvD9ayWraOB4tZMtX&#10;NwotioE4IBuDXN0czKoxYFRJOZ7LexLHjGG4aBjh/fkKHaIdDiTVVwgl2rGyDCguxnOyp/B1cSIu&#10;WOMF38N5ItOiALymCMKCsjREkvt1VOuG5mU1j0hZPVjww+NwOBzOz48vcb777vs4dOgTfPHFERw5&#10;QvjSzZKSYq+AAILnWLNNhctQmzkap0ixkZ05QySxfdZ4Cvl9uz0J76nC8E7WULSbQjrPQK1J+K44&#10;kraYnNIJzyL9Qfs8C4LwVe4A2p5CwxuYx7Rb4/GZ+W4sV66m57OxTY20uGlxaSqU6lmoUiVgr1KK&#10;5xVS1CjjoVLPxPLi9XS7NrqpEVJrGeblPgdLZiTq5FHen3c4BPL0EqmjGqGWUjym3IB3CqfSOazs&#10;6yMQ8Z+VD0CO5gHn6tZRQ0Uakpe1f2RKyljBD5PD4XA4fY+YOPfvJ+J8D4cOHcYXX3xB5emJp0QJ&#10;C81F8AxgYMeQnZbfhQ/S7sJb6SPQWuyUIzkPhS2a9o2eKEnGsZJktJNVYXEI3VL93hjgdQZKQw1M&#10;UirS03pSCNQzkTr7PIfQc1K2z5PgeT4bXOKcNkO2T119nfdVqPGINQOPWdLxQLkK8fVViGxsRHyD&#10;s7gqwmbBfTkrsSTtEUwvykKCo8b9eVacLOTrw6wWPKzaiDcLpvkUKW2jUQ9BiWoSplYX03FrpO1l&#10;QsYu66iUp/8o+OFyOBwOp/cRF+frVJwHDx7C559/QXEKVEyiQpGusZYhrty5tSs2huxHexxeVM+E&#10;caMUn+UOwZWycHxaPAVG5RykyhZhjWI5VilWYKPiKdRlBOOMfKBoG8m5sngq0hOqEVe1teurz5M+&#10;puN8dqN8KcYZTV7b1ESo5C8HZBVIcCYQeZwHN9bQVezT+U/iyeylGFtUisRmZ0FQdyBfH1hsxgrF&#10;szhinoR2i8jWrivYwTgWjcoozLPlIHZvE6LLTBi3eeMW8rMV/LA5HA6Hc+34Euc777yLjz8m4vzc&#10;A6dE/YvUW6KE3aSFo6SACoG0d7BjyC7b4/Gy+l6sXv0AijeFoVaRhMXq9QjVKDDKUISAIhMCTGaM&#10;MJiwO2MK2pQDREXZanOekX4tH9yjFSnZyiUZviR+UEzQLmCLQb58PsbReaVdryTdImyqwThDAfKV&#10;j0KlmIfxWt1VfX2abCFdjZItbva1EVyJTPsUUjxqz0ZUbTWdBjN+y0bl+JUr+TxSDofD6Q38i/Mg&#10;Pvvssw48BeotUt8SFYr0yy+/hOPNNzBdr0aMowEPVqoEY8gu2uLxoX4Snlz9GKavWYq7VdswvtRK&#10;t0ddQfRxzQ24r8bobJPRjhAVJbl2xhhEE4u+LQzrZvtLMs6Ss9X8QTipHSd6XxeXbbF4s2Aq5qs3&#10;Ibzc6gzHFxGflwQd1ZBWVWCKOh379DPwbuE9mK1M9TnvlIV8fVRVOe5RpaFcfR9+skUDdueWN/v6&#10;XIlMds1EGo8YZiRTcDRkvuvJwB1b+DxSDofDuRq6Euenn37qIc9Oupaot0h9SfTLL7+iKBobIS2z&#10;Y7txoSDBqN0Wjy8LkrBi2yIMzZQjqrpckKFLWjrI2WO1MgEtutG+hWdNwAn1KHreSdKK/CUQOe+R&#10;SKt8SYQg2Rr2Fd7QZonHP2zR+MQ0CY9nLMNYuQIJdRV+ZUoDI+qqEWbQIFu9EOfKEuiK0qiehyit&#10;jK4Y2e+T/XryK4konJyxAc/In6Zb3SSH9/3Ce/CDNZYWYZGJNfQ12iahRTUQMtk0hBj0CNepkEDO&#10;phtr+TxSDofD6S5i4nz11de8xOkJK9CrX40Kt3Q9RXrg0CdYV1UJdfZEtDNtLmSl96puGv6evxFh&#10;tlJ3Bq8nJKgguc4Og3qq36xbsr15tiQGxxXD6SrzO5PUZ5/n2eIoZ+YuORs1k3AF4dko4aI1Dt+V&#10;JaJSdz8WK9cgTpePULWCDiGPKyevl8wrdRYVuSHZt1UVCNFrsV61HEeKJ+IHWxwtWjphTsYu9RK6&#10;dR1WUe7z60mBllSvpnGK4YV6BBUX02jEII2qI4f3QZwpSXSuTklCkjkc72cOw6LMhQg0FiKenEvz&#10;eaQcDofjH1/ifPvtd/DRRx/jk08+Eciz9yUqFKmnRF28/eYevKZKRrvJu6qWVOdqlXMRrFUhwSEe&#10;RE/obtYtlWlxJC06OpI3GEeVI3HaEIgzBcG0OveU3jnvk5ynfrb7T3TotljLC4EMD/++LAFF2nmI&#10;U2VhXKmFVtrSZCajBuFqGSL0Kjp5JcJahnC7DUGlpRhnLKTbuZmqhfjcNIn+ZYGsHAlEfEfME6FU&#10;P4x7lTsw1lCIoJJShFutCLdZEFxahuCCAoQp86ms4yss7i1u8qtnDq9S8xhOlyXjR1sMjqpHYYfs&#10;QcSUFCCurnNFS76OzyPlcDicDlhx7t37PBXnW2+97RYnCyvQnon06gqMWIl+9dVXOPrx6/jaPAvt&#10;JaTIyClCf0H0LFEOBxaW7aQjxdoLvNtfWMjqkoQoHNRK8WZaf3yV+RdnIRIZp5ZPRqoNxilDIJUq&#10;+djXmeqPtlhU6h5AnDILYRVk9mnHaplIqoEUURUhTKNEtCoXs/LXY17us1gsfw7b5ItQr52Fs2XO&#10;Fbdr+9UFkWmbJQ4vGKZjh3wxnpA9i4fyVuMhxUYsy12Kv+9eRoIUEGMzi74n7hxejQwm5X34On8Y&#10;mnYNx7Li9Qjb8wLiHORrnAEPRKh8HimHw7ll8SfODz/8CIcPH6aw8uwdifbOapRIlPLFJ/jcugCX&#10;zOPcW7PeQfTO/kxWGi6cbSY12FrwBL6Uk6zbSN9npSTIwT4RXxbF4uO84TilGUVlSVakZLvXKVvn&#10;wHBfZ6rkPPPDorvxqHIDAsosoueZZLWX0FCN2AoLVquXoH7XaHygjkCbNZFKmKQusa/LBam+/Yct&#10;BhdsCfhQG4V92UF4RZOMT/VR2JsXgnmK1Qiz22mcIvu8TpnWINRegQfla/HMc1Og3xSJl7UR2FC0&#10;ApNqLc5JOC6R8nmkHA7nVsGfOD/44EO3OFlYgV6NSLuWaM8KjAQi/eooPq1ehVbjcNq76RIpG3TA&#10;CsMT0q95d3UxVLoHcEI2EO0+sm7JKLS24gicyPoLHV9GP+/xGFdREXumSkIdyP2IUFEeC41yHp0N&#10;6mv2qYuYRgf+XqVBfX4o2lUDqcRZcfqizZaM73SjcVrWH+3mcPxQnoxz8v7IypsOaVUlEv2ENhCR&#10;hxfqELp6DUrTZwKmEfhcNhTpxscxpaYUsQ219D3l80g5HM5Ni5g4X3nlNbz5plOchw4d8kAo0N6S&#10;6NWtRsW2dH2sRjtE+sWbFTiileKyPRLnrcl0xeYr6ECcCrrSIu0duwwL8LZ8PFpJXynJt/XIuj2v&#10;GIh35AF4JWMITqv8Z+96nqmS1hnSU3pGH4BzhcHYkvsoRhtNoturLGScW5puXpdnuCxsH2sLEblm&#10;KMzKiZhSZUZMg3NlKQYRaYi5GH9PX4XXtFNxuSIJ7WYpjsiG0ujFGEctnW8aYzUL//BxOBzOjYi4&#10;OPfjzTffwoEDH+DgwYM0QYjgLdFDAoH+shIVipSVKLsaJRw9ehRfNO3EGf04XCqPR4s1+aqCDohM&#10;ybiwx9TPXcndGXOlUhGHvaoId9atTH0/1hmXoUIZj/NEsl2IjVbsWhPpuekx2WB8k3cn9meNxILs&#10;ZQgpKe1ypUxwnuHu6tYZbufzCvtY6arZMA7NiggsKNuFSEcjQpv2ubdqPSGvK6ysDI8oUvBWR3wg&#10;ed6LhQH0dSyw7kb0nmZSuMTnkXI4nBsTf+J8//0PaEsKwSlQ3xL9eVejvVdg5ClRl0i/+uR9fFm5&#10;HOe1I9BuDsWV8kS8WjgT96m29yCooAoxNeUYma+4EqSUXbmvUoNHbJnurNvohnrcW1mAKlWi/75T&#10;EbHRx2pHwJYTgSn5myAtdQ4RZ18Di+cZ7leKYWgv63peKfmV9LCSXlZXHysR6fcFIfgoZxAq88Kh&#10;1MxEqn4BHrLn0QjCuIbO1TEVaUcO71uFnTm8rgD7PP0chJrNl8ft2sbnkXI4nBsDX+J84w0izgO0&#10;stYlT18SFYpUKNC+k2jvrEbZLV2XRF28sL8ZMtkcvKOagFbFAFzUDUdR3jTEa7IRXefsfWRF5SmP&#10;WJJla5QjJm0jwosMiGt2INpR7866JbLpTt+pGOT8tk03Amb13YhVpCOswNCNLWcn5Az3nhozlOr7&#10;cDy3Hy6QGET7JMEZrquP9bhiKI4phuH7YlI45exjdWb/jsfRnL/he+UQXFD0w0nZAOxRSIWFRD5y&#10;eMmqtE0/HKbs2J+Sdq83DVi79n8Ff1g5HA7nekBMnC+/TMT5plucnnz8cdciZVejrEB7U6RdS9Rb&#10;pN2RqNhq1FOihJzGvYguLsQTlu1QqmejXhWLankcluUsRqQmH3GVzgg+saACEnQQblBjuewZPJa/&#10;GmElxaIrxu72nbK0kZ5S+QAodfchRKel7S203UVEnEIqENvciMmGbGzOmIX35GNxVnEXThkmCPpY&#10;yXYuWY06Jdr5+txnprLBVKrkY5IE1W4YLSwkaqrBWEMBdsgep8ERrhxeIuwL5mDs3z34iHbt0Fjy&#10;Z1Xwh5fD4XB+CfyJ8733DtCWFAIr0E6R9kyi199qVGxLt2erUfKYFJuFtoxE7d1Hx5DNrtDgcdtu&#10;zC9NR4QsC4G5uYgu1CKyxIRwqwVhNguCSkvcQQf56gV40XAvnlU/57Patyd9py6I0C6aQvGBbAye&#10;Nqcg1GqjoQuxthK/q2QXdLVcZUeAVotwUxGeK16L19IH4lT27TT4wbOPlaw6yXaup0TFzkw7PzfR&#10;q5Aotqke0upK+n7UaWfTUAb3Y61JaC8Lx7Gs2188uk4ygvzZFfxh5nA4nJ8DcXG+itdff5MOs3aJ&#10;k4UVqNhqtFOivkXKCvSXlahQpKxEu7MafffgQTxR2jns23MMWVxTA2IryzFoYwYGb0xDsiYdD+Sv&#10;wzxlCp5QrsE2mTPogKy8LlpjkeKn2renfafkc22WWHyjGIIc/Vwk1Zc7B5Ab1DQSkKQF+Tu/dW05&#10;RxtUeCb7USwp246QpuextfBJfJE3EOcM4/BtUbhXH6tntq+vM1Pv19hRSKQIwiNlaRhvLEKG8nGc&#10;LYunecBejyuZgE/T/mR772nJH8mfZcEfbg6Hw+kLuhInaUlxwcqzJxK9/lajfVtg1MnXeOvjj/B4&#10;iclr2Lcnk/bUYIzMiD+sVmHJzkfwal4QHWh9yDSFtsu4gg5+6ka1r7Pv1Awl7Tu9C+3FIaJ9p2T7&#10;tL04DKcUg1CkmYYZlQYq9uSmGkiLjIjO3IZobT7C/WTj0mxdgxYpmqfxac4QKPX3I7x5L+6uK4O6&#10;YC5OKofgYnEoWssniz6/rzNTFlpIpBqE1N33YJF8rTuC0Osx9km4WDQaBzf/W7rrz7bgDzuHw+H0&#10;BmLifOmlV/Haa2/gnXfeoy0pnvK8epH6l6hQpEKB9p1Ee2c12tWWLuHrr7/GF19+iXV2q3vYNyu/&#10;pAbnavLOrSqkLAsHdP1wuTyRngF6JgURebxivLeLsWSk77QBM6oKsF3+IF7PHI5W1V1o1Y306jtt&#10;UQzEAdkY5OrmYFaFDtEOB5LqK+jrCzQasTLnCRRq5uJe5XZnNq65BGGWMlox67nlTLJ1vyi5G1d0&#10;g2CWJWFyqQbBZVZMUu7C1oxZeCtvLFoUpO/V+fytBYE4ZxiLk8rhzh5WkTNTFrLa/F43Es1pY/Cm&#10;bhIdjO4VQWhNwg/2WBzL7X/sg3X/Msn1Z13wh5/D4XCuBnFxvoLXXiOjxZzi9ISV59VJtGuRsqtR&#10;VqC9KdKuJdo3BUZkNUpESsiorXYP+xbKrxIJexqQqMqGblMYLhjF21fI9u4FS1y3xpLFNDkQaSvF&#10;w7nLIcufimpNEvYqpe6+U5V6JpYXr0dSXTmVKBEwabFxnkFmoFk/g84CfZ5m4y7CUsUqzFduwjzV&#10;ZixRrnZvOZNs3R/tCThvHI+GnFDcJ1+PII0GQTotpOYiLC7eAqVmNqpUCdinikCzLBx7syfg87wh&#10;aNGPwXnmzFQMsoo9ZQzCSfkgnC8KpuLs/FwyLpYn4Yxu+I+Htv3nlrdSJP/q+rMv+I+Bw+FwuoM/&#10;cb799ru0spbACtSfSFl5+pNod1ajrESvv9Wo2JZuT1ejnRIlNL39JmYYNEhsqBKVKZk/ep9NiUp5&#10;HFr04iIlkFVqd8eSxVXbMFqpbgtSydvuq1Dj0fJsd98pGSIe2dhIJ7uQ5ydfQ66F6xTIUj5G05fI&#10;7E+ajWuJw2HTZLrd/HrBNBpx6LnlTBKbWowB2CsLx7zCbYioLHcGyDfWIKKxiRZX0ee3Z+Ghwu24&#10;L+sZbM99DB8X34vLtjh6fzbknhUpqf4lIfzfFoXRyl7X9vAPthic0Q7HoV3/rf9greR/Pf9bEPzH&#10;weFwOGKw4tyzxylOMsz6rbfewXvvve+WpyesQH1JtKciZVejt2qBEStSgqq5CUnmAio59qyUzh+t&#10;L4dBPc1vH6jvsWRliLKWItZajOiSQjryLEyRh8CdW44H7t55PMSoR0RlBWKamxDb1IAEh4d8ySzQ&#10;SgsmGAqwJP1hHFYG4sfyzqKf1g6Bk8HaBHbLmYbha4fDpkrGzOoCxDXWea+2O4qrYpobEVZSgjEy&#10;OS1mmq/Y6DVj1JdMiThP6cbjeM4dOKcdSbenW/Wj0aYbhmO5/b46tOM/t769VvJX9r8NwX8sHA6H&#10;QxAT54svEnE6g96JOFl+KYlef6vRn6/AiJUo4ePPPsOW6kpEGsnK1BnC4JIZ6duM2LMP6YaH8b2s&#10;X5d9oK6xZHTrVbEEy3KexD15mxCqVUGqkUOqlSPSqEVIdkZrqDy7Ncqk75glqqazRGMsxTSPlmw3&#10;kyrdcLUc4wrN2C2biRb537rVOuOCBOafUwyEXD2b9noScbIrbgLJ7yWzTCO0CjpBJrDM6p4xeqok&#10;Ee1W8ckxZOV5WjkUb2QMRJMqGs8rI+j2dMHO4MM1G/4yJ0Ui+Sf2vxOC4AKHw7k1EYpzH1588WX3&#10;hJR3333Pi64k2rci9S9RoUiFAu07ifbOarTrLV1ngZEYx44dw4FPDiOHhNCTylhrCaQ2C8IsFto7&#10;OqasArNka7EnfSzaisgMU/8ya7HE4x/l8bhsCkZzXjge0acgwkaKmkqd4iJbqzolIgt1VGJkpUol&#10;K0J0sRFRDfVYZE3DfllP+lCT0FYcjvdl4/C0aR3NyWUFSqBbx5VWhJPnMhnox50zRvNg0j6Edktn&#10;wELn/clg9FAckI3FRuNSzLHLsMCWifutckzIzW6SbKm8k/1vxoXgAofDuTXwJ04yIeWdd951c31J&#10;tGuRsqtRVqC9KdKuJdr3BUasRMnXkffp7bffgaaiAksUOZfmZ6/84THVesxVb8ES5RqkqRbj5bwQ&#10;nFYMEswLZXH1gZ5SDoFC/yAm1duRQKafkHNYIq4KC5VklNnoXP2Ss9mGSsRVlNEt4FiLyS3dpMZq&#10;OjrNnZ0r73527mnlELyWNQRPlm6hZ6JiEk2sq3SuRg0qJNY5B3C7ZB9st2G2chv2G++l566e9yfn&#10;pyeVQ5Grn+s813U0IqapEdE1VQjKy9k/MiVlLPvfkAvBBQ6Hc3PiS5yuvFryP11PeXZXomIiZQXq&#10;T6SsPP1JtDurUVai199qVGxLt6erUW95kq93ifOll15GXV3D9wUFphc2b96Sn5iYvPD//UZyj3bF&#10;nXsOGKPwRtFMHDRNpoO320pJf+VwnJYPQBvpw+xBH2invKpouw1dbZJqYY8zWZdoKczcUZqdW22G&#10;SnsfvsofhHOmMJ/P7+wDHUbHsZ3KuQPZ+rm0WpgUGXmdv1ZZIdU5t3TjK8sE58Pk8eP1BmQoFuCy&#10;LR5ttiT393cyfyAKVfdgRpXR/f0lOWrovNEJGWm2USlP0/AFMQQXOBzOzYGYOF94wVucnrACFZOo&#10;mEhZifoSKSvQqxEpuxq9VQuMyNf5E6dEIpnEUvqwxHi5YAgt7nEV8VBZmSPwfG4o9qaPpcVHpCWm&#10;tTAALQUTaKGNrz5QL0HVVVCRksIjsf5VcSoQ2+TAxCIZdBkJOJ43ECeUw3BKP95ndu7Z0hi06Ueg&#10;MC8BsSYtgqw22m8aXFqCAGMBArQ6hBl0iC8XH8/mDKIvwXP5T+JEQRguGUeiRT4QHyjGIT3zbtyj&#10;T6fxh0kdjyfb1OR8d9zmje7wBTEEFzgczo2Jb3E604PIOSeBFWhPRMpKVEykrED7SqLX32q07wqM&#10;iIA/+ugj+vMjuwjdEWcHkzt+TV4S+c/LPtx5x9HLHYO/yZYmGQ32gWkantBswEO6FGRnT0NRahia&#10;ckPwvCwYVbIYkT5QVoiVVJ4ROgU9l+x+CD0RVQ1GGs3YLFuCs4bxOE7ycmWDnLm5Itm5ZPV4riAA&#10;r2SPwYbcR/GQeivtN12qWoMdmX/H6vwFuKfKhLgm4XxR+jod1ZBay/Bg/hrot0WhIiMcau1MrCjd&#10;iKgCNQK1WsRX2Zwr6Y72ITJvdNSqVe7wBTEEFzgczo2BuDhfcsfuucTpCSvPnkhUTKSsRPtWpP4l&#10;KhSpUKB9J9HeWY26JEq+nrwPTnG+dFXilEgkCRKJJEYikURIJJJQiUQSVPr4b3eeUg5uo4O/bWTw&#10;dzQ0yrmYoFEjYs8eRFZUIix1G+LXPYP7s57FrKIM2r7i2QcqiqMaMZaiHofQS6sqnMHwutm4Uk7O&#10;KxNpXi5ZjRLY7Fxnn2cwjskG4bBOijeLptN+00Omu9FqCsNRxTBsKnqKjnsTq+glzxlrL0FQ2k7E&#10;bVmLGaY8JDiqEdXcjGiLma6qXa+frEajTPofA3Zs3TJ+wQJ3+IIYggscDuf6xJ84SeweGWjtghVo&#10;TyUqJtJfVqJdi5RdjbIC7U2Rdi1Rb5F2JVHytR9++GGvi1MikYyXSCSjJRLJCIlEMmTycEnAy2v/&#10;n/akcvCVy/YotNuTkCpfgtHGIro6TG6uRUhZOf6aqsHAzVmQFhcisdm7V9MnDVWILNDSM8qE2gq/&#10;MqVCq69BmFGLbPVCmlrkCoZ3n4924Bku75wnOo6uWlvMkfjBFt/Zb0qmy5DQefkELLCkIVJk9Uxe&#10;U0yJEWPTsxFUVEZnrZK+WvJ6YiwmSLVKet5L3ofIIj0m7N6pH752hVf4ghiCCxwO5/rAtzidIQhk&#10;vJinPP1JtKci7UqiYiJlBepPpKw8/Um0O6tRVqLX32rUW6LkHkScpDq6L8UpkUgGSiSSOyUSyf9K&#10;JJL/kUgkf0xNkgx9bc3vUk7l3vHJUWMInlE+gyCPcWmTmqsRXWHH2N2ZdIVGqmxZIYlBtkITasoR&#10;qlVinEKBiAq7zyQkEkIfpFFirewJHCmeKAiG94V7nmj+IJy3ek9vcYo2GWflA5CjeYAWDJHqYM/X&#10;6Oovpd+Xo/Nz5HVGFRudBVOlRQhTy44G7tiWOvbppwXhC2IILnA4nF8GMXE+//xLND2ItKQQcXrC&#10;CrSvJComUlaivkTKCvRqRMquRm/EAiPydeT7Jj+jn1ucEonkPyUSye8kEsm/SiSSX0s6QgU+XyuJ&#10;rdnUX/lA9rMnImzOsWsusUxsrqFbtWHKPMR1e6u2ivZqTtekYW3uYtyn3uYnhD4Du/Pn4UD+eFww&#10;kT5W360vLshjfM0T7XzMRLSqh6BENQlTq4sR11Dr8fqE/aXuz5FtXHMBAnakfhKwbUvaqJUrJ0sk&#10;KaLhC2IILnA4nJ8HcXG+6O7lfP31N9ywEv05RcpKVEykrED7SqLX32pUvMDo008/o+/B9SROMSQz&#10;U34dsWO9MVZsWgzZqi3U0e3OhFpnzi4rT09JxdZVI8ygQa56Ib4rS8DLhnt9htA36GbT7dxvlXfh&#10;aP4AtJTFiorRU6KkyviUcihOqIaJzhOljyPbwcaxaFRGYb4tFzEOZ9ERlaaP/lJXUVG4WnZs9OrV&#10;f2ffo+4guMDhcPoG/+LcT8PeCZ4C9SVSVqB9JVExkbIS7VuR+peoUKRCgfadRDtFSr7mwIED1704&#10;xRi1ecPqGJFpMXSrttpGY/3IlicJVBDbqiVnq5HVlQgx6LBetdy9VXvFFusnhD4GF+zJOGUIwMHM&#10;O+mYswtFwT77SEmf55H8oXg/bwxOFkej1cc8UadIA7BPGYFHbVk0c9eV7yvWX0p+JcES4UXG9oCd&#10;qZsGLl36G/b96Q6CCxwOp3fwLc6XaC8nyax1yfNaJepLpKw8/UlUTKS/rES7Fim7GmUF2psi9RQo&#10;+VoiTtKPe6OJk2XsplXBIbkZB8WmxZDtWrIdSvpDnfm5Kmd+rrUEseWliLOZEF6kxxRZKtJlD+Pz&#10;4slUoq5QeH8h9HS4tnECXpCFQqm8F6/Lg9Ai7y86z5T0eW7NvR/p8kfwVendaLPGCSTqvOdEtOpG&#10;wCKLw9QSOYItFoQUGCDVKxFRoKXfCzkn9TyrjS3WYkr6akfYyifvYN+b7iK4wOFwrg4xce7b96K7&#10;spaI0xNWomIiZSXqS6SsQK9GpF1JVEykrED9iZSVpz+Jdmc1ykq0L1ejhw+7xPnmDS9OMQJStyyO&#10;KNCeF5sWQ/tCGyqd+bk6JS0mCsjLxehtaRi6cSdG58iRmvsAvlMPo2EPviarsLgmuZSpJ2N6lREL&#10;y3ZCqZ5F54my80xXlKQgrLQYc1WpeK/wHtr/yt6P0GafhPOKgchOn4ggeT5m5aVgyu61GJ6ZgwnF&#10;ZoTbrF5ntXdrMqHQzMHenUP1WNA5X7SnCC5wOJzuIS7OF/DCCy9ScZLtWhesRMVEykpUTKSsQPtK&#10;omIiZSXqS6SsQK9GpOxq9OcuMCJf+/7779+04mQZsmrVHwJ370gPN6ivJNRXe0fvEUhf5d4GRFRX&#10;IFgtx7r8pVi4bQluX7kLf1yvxYZNU9CqvBOtdt/nnCxUevIBUKhn0r5PaVOze57oI9YMr3mmpM8z&#10;xGbDw6qNdJtYTKRkG/giDZ0fg2WGVRipNmBz3kLsNcxCmnoJlipXY75yo9dZrUN/P1rNwTiZ+d8v&#10;vr/u1yPY96W7CC5wOBxxWHE2N3eKk1TWkgQhgqdAfYmUlaiYSFmJ/pwiZSUqJlJWoH0l0Z9jNUru&#10;8d57790y4hRjbMqzf56wPWV1hDL3sxBzMW2JEVbbpiNb8zi+Lk5GnmYhhqv0uCvXjKT1K/B82hhc&#10;Mk3o5iQXp/Q+kI3BCtM6RHVMcnHNEyWtKwRnsIJT5IHFZqxQPIsj5klo95hR6rofCdX/RjEEOfq5&#10;SG6qxnhzKdYolqOlLJ6KV+ys9kp5PC6VheLzjDv2H1j/63Hse9JdBBc4HI4ToTj3UnG6CoRIP6dL&#10;np50JVExkbISFRMpK9C+kqiYSFmJ9q1I/UtUKFKhQLuSqEuc5H0mfxG6FcXpi50bI9Iy8h/EMvUa&#10;wQquXjuLFhAdMyfjKcVKmnE76fl6SO3lWJf/GI4qh6O9NLLLClzXpBUiPRI9SEIRvLaTGUhBExH5&#10;TsViXLInolWkGMkrVL+pEWGWUjymTMG7hVNxueN8lj2rJdK/WDIBn6b9yfbe0xKfofRdIbjA4dyq&#10;iIlz794XOladziAElq4kKibS3pKoL5Gy8vQnUTGR/rIS7Vqk7GqUFaiYSMnXc3F2kxRJ4FcZfzn4&#10;dWkC3iyawVTbEhHF0Y/JVmlwR5ADyba9p9YMpe4BnJANxIWiIJ8VuK3mCBxTDEEBkZ7HpBVfkPtH&#10;VVfgntwU1O4OwRX9UEExkiBU31FFV9L+toIJ5PVcLBqNg5v/zW8ofVcILlxPjF27+K9jUtYsnZCW&#10;mh64e0dhcMYu04S0HZnjt6SsHJ+yfmXA9q3pE3bvKAxK32UK3LUtc1TK+uXDVq8eirWS/p+mSJZ8&#10;tv3/ph/e+cfCT3f90fT5jt9lfrjpV8vffe7Xw9jn4dyaiIvzeezb9zwVJ5mq4UlXEhUTaVcSFRMp&#10;K1FfImUFejUi7UqiYiJlBepPpKw8/Um0O6tRVqK+VqNcnNfGp6m/XXJeM+g8KmNx2e6svHVV25JK&#10;3LOWBGyUL8U4o6mj/7SC9mzOqDQizbAAb8nG0wpcIrrvC4NxpjCUTnI5oRyOw5mDodosRbJ8J8Lr&#10;HXToNitPT4km1lchtECPacpUZGrnoUYVJyhGYkP1u9oKpliT8IM9Fsdy+x/7YN2/+A2l7wrBheuB&#10;8eMX/Grc5nUzw5TZ1VKdgg6HJX1AsfZSSLUKhOZl0kbhOHspzUUknydIjWqMycndk7pzWv3neYOB&#10;0lG4YA7ARXMALpeMwWn1EBzPvWPfgY3/Pr/qGiq0ODcm/sXpbEtx0RcSFRMpK1ExkbIC7SuJiomU&#10;lagvkbICvRqRsqvRnhQYkce8++67XJy9xMerJH84vOOP6SST9wdblGB1ifI4yFWPYbzOiEQPERKZ&#10;koKhxaWpUKhno04RhY9zBhFZ0SkuJGz+M0UgGhTT8Uz+M/T/52EVzrAHtj+Vpg1VVyBAo0GoUobo&#10;qgoaoC9WjMSG6hO5k1SlHbLH6V8CWtjtZWsyLpYn4Yxu+I+Htv3nlrdSrs0Hggs/N68tlfz7S6sk&#10;/+H6WCLBPwVuT10k1chPJ5A3hTb8OiexkwgnIlYSLkx6nuj1jmnstGy7sRrRVeW4uzAPGv0CnLZM&#10;xkV755YCGeJ6xR6O71UDz13a9ZtnsULy/yRz9902ctUi9/Nzbh58iZNAzjnJ/3BZgXZHomIiZSUq&#10;JlJWomIiZSX6c4qUlaiYSFmB9pVEu1qNkseT74GLs+84+Kzkzx9v/v3K4zl3Hr5oGo2LJUG4UBqG&#10;C6XhQFkg9iul+Lt8PY0F9Ow/JQVDEY1NtFDo/nIVSvNj8F3uHThrjqISa7Mn46fyWBwtmQil+mHc&#10;q9whiBIkZ6/jCoowTbULG3Ifx9+VWxBWbkdiU61oMZL3KrYKUTWVmKbPQoPhAVpQxG4v/2CLwRnt&#10;cBza9d/6D9ZKugyl7wrBhZ+DV9ZK/nog5VdLv2C2Xj9fK1myaNP96wM02m/im+q90idIoHCYKp+u&#10;PNmmYU/INkFEdRWiNXkwaR9Cu8X5txHS29RmTcA/7PE4WpqEnF2Tvk3euqx0THq61rU1PDZl/fLR&#10;zz3Ht35vUMTEuWcPEaezuvb5550Vtp50JVExkbISFRMpK1ExkbISFRMpK9C+kqiYSFmJ9q1I/UuU&#10;POadd96h7xsX58/LgVX/Ent46+/Sv0i/vfqLrDv2H8n86xtfZvy59pPU3295dMtcRbBWvP+UFBCF&#10;NL+AXbr5OCvvh7bySV6xfpescWizxOEFw3QmSnATnlSvR8ruB1CZFYPvS+NRpJ2LKK0MUbXV/reC&#10;aahELSbodT+k7p7ZflY/EpdLO/8CcLE0GBeLxuB4br+jh3b859a310q6FUrfFYILfYlygeRXBzb/&#10;duaJvP+tPi4fjB9LxqDdY+v1pGwgHLvH/rjO+BQm11npNgF5Y0g0FUnViCkt9CtRF8mNNQi22zBb&#10;uQ37jffSpI12axy+K0tEle5+LFKuRZRRA6ml1L0tTCDpHaGK3H0BWzbMd/3HMnDp0n/nK9brE3Fx&#10;7qO4xOlJVxIVEykrUTGRshIVE2lvSdSXSFl5+pOomEh/WYkKRUqGWHNxXl98RBZA63897tCmXwUc&#10;WHVbP3JNsnjfb4N270iXGtRXEhucbSqe27PRTU143L4br2tCcdEUhPNMNS9Z5PyDxAV6RAm+UTQD&#10;HxkScCxvAM7rR+LH8gQcL0nGLvUShGqUfreCya5kRKEe49PTtAUbBs8/se3XO73/AnB77aGtv8t8&#10;b82/TE7pxZ+r4EJfsW+u5LaPUv9j0Sn5gNM/2ULQZkt0VnCRfXfX1qs9CZeKxuELxXCkGx/HlBoy&#10;L64RYXoNgjVqOoCVlaYXZGSOi8YajNcbkC5/DFdsMTQguUg7D3GqLIwrsdB9dbGtYXKfMFX+ucC0&#10;bfKAHVu2O4uZdvAV63WAP3G6zjpddCVRMZGyEhUTKStRMZF2JVExkbIS9SVSVqBXI9KuJComUlag&#10;/kTKytOfRF2rUfJ58nrJeDguzhsL0n86fvvm50IV+YdjbCWIr7LSjN74Gjviqu2QlhYjJWt2yzd5&#10;A9ou2ePo+SRb+OOKEiSFTT/a43BWNxynNKNoQRDxww/2BHxZMgVq7QLcr09DpKUYcR7PQ56TPHeY&#10;SnY0cJf3+DPvvwBI6F8AehvBhb7i0Jb/M/OMauA3l+3RHW+kMLmf/g3FNhHtZim+lA/HJtMziKmv&#10;QawyE4m6bMQ1NyC0aZ9zpeqoQrKDLOM7/iZCA5btiK+2URlO3NuAQHMJVspX4GxpAmr19yNOmYWw&#10;igq6YhVIuAPX9gQZUEtyJZ3FTBbvFevGDfODly//P+z3yOldfIvT+SvZsnVu2/qXqJhIWYmKibQ3&#10;JComUlaiYiJlBdpXEhUTKStRXyJlBdoTkZLHkddO3h8uzpuDMWtXxQZs25IenL27OiQva3+oLPuN&#10;kOz02qHbdqXdu+HhOR/tvD37pGKQaPGSazF1yRaDY4qhP32260+XvtcMomEJZFu2rTQcP5VNwA9F&#10;I2HdFXokMXV54fjsrHL38+Rm1I7ftilz1JqejT/rLQQXehtJ0ie/0a3vF3A0+/b9qAjED3ZxgXr9&#10;7aR8Ms7rRuDFrOFQyu+GITsexXnxUKtnINWwAHOseQitqEGopRwRJhNN9Q9Xy+mcOYpaDqlejQC9&#10;Act16+AwzMZS3XpMsNkwsamaHoaTyjIC+b1Apo01iLOX0IqyWHsJkpvraBWYa8Uq1SrPBe5KXTl+&#10;5YLfsd8v5+oREydJD3L+SuRJioU6BSomUTGRshIVE2lXEhUTKStRMZGyEhUTKSvRn1OkrETFRMoK&#10;9Gok6ilOUujFxXnzMnbt038duX7VuDGb1gcErFrlXgF+vEbyP76Kl1xnl1/n9Dt6ePvvN3204bZH&#10;Dm/7j51fpP/ZvS37RcbttYe3/i7zUookGSmS3/9hzdbbxZ7nl0BwoTfw7P8cvTtDfe+u5W9syHjw&#10;J61iDg4UTaXJEhes8bQAiOyRk98T2qyJOFcWh5O6cTgqH4JTsoE4r+iPFu0wtGqHo03RDydlA7BH&#10;EYFlGQsxPi0TY/MUtAiJrB4ji3SIKtLTsT9hahmCFPmYkrYByc89hdFbMxBYbENw/R7EOupxT40Z&#10;U6tNiG2oca9yWZlG6JUI1ypA9v7dn3PUIL65HmEFurPjdqQ+xn7vnO4jLs69aGrag+bmPR0rz05Y&#10;iYqJlJWomEi7kqiYSFmJiomUlaiYSFmJiomUFWhfSVRMpKxEr1ak5DFvvfUWnatKfgZcnBwX4sVL&#10;nWeXZTMl/+x67M+xLdsbCC5cC8L+TwviK8oQZSvD2EIzgjRqzFekoFQ7B9+VJgDlUXRf/ERJMo6V&#10;TERraRTa9UNxStYfp3UBztUpc47aak3AJeMYHEwfiE1pM5BYrEKso1Zw3knOSeOsxZiQk4O/rtiC&#10;/1qRidAt27Am9xFotDNQrJ6CEtVkqNXTkapfgIfsebSc2jlRvYLeJ8qkR7hGhvgqO5VvWNNeWm49&#10;ta4U0+rMCMzLOShJKRvNvg8ccXyLs5mK0xNWomIi7Q2JiomUlaiYSFmJiom0tyTqS6SsPP1JVEyk&#10;vSlR8lguTk5PuFEk2R0EF66WyLlzbwtM3SLs/+yQG/l9QkMVAi1WJGjzkKZajELFg9gme5wGC69S&#10;PINNuY8iL20S3tbE40d7onvVym790nzEUim+Ug7HZtNyxDhIL5H4Fm1inR0TNCpM3/YUirZF4KvM&#10;friguBPn1UPQoh7qscqVYkPRCkyqtbjPYGPLihCmJVViFbivSocthkVQqadTCZdq7oYyfwrkG8dV&#10;vZjy25Hs+8ERF2dTk1OcZNXp/FUoUTGRdiVRMZGyEhUTKStRMZGyEhUTaVcSFRMpK1FfImUFejUi&#10;7UqiYiJlBeopUvJ58trI987FybnVEVy4WiZs2jRDqlN9Q4t/fFTX0hLlhiqEGnUIyslAkEqB0YZC&#10;BBSZEGgqxmijCcFaDR5WbkSp5kGcKUmkvUY+ZVoYgP3yCVhgSUNkRzQUC5GptMKOefnP4S2llJZa&#10;i61y2w2j8blsqLNauLaMZkfGWIsRplXgCd1KNKjjcFx2F9rknRJu1wyiQclH8//20oeb/23uq8sl&#10;t3QBEitOpzT3oLGxuYMmNDY1uQV6tRIVEykrUTGRshIVE2lvSFRMpKxExUTKCrSvJComUlairEjJ&#10;Y958800uTg5HBMGFq2Hk5nWDgrPSX3bJkpUZvU5aUmrLEVnk3C6NKjUJWlDcq9YyK2LUuVBqHsOp&#10;kkS0W0VyEsm2ry0ZZ+UDkKN5gG7Lkq9ln5fiqEaAoQCZysdp4HKLSO6iq1r4iGwYUvRLEdvYQFM2&#10;/p7zLF7LC8Blck5riRdImKYl2cLwjXLQuUOpf1z51krJLVOAJBTnHjRScTbB4WiCo7HRKU8XjETF&#10;RMpKVEykrETFRMpKVEykXUlUTKSsRMVEykpUTKSsRH9OkbISFRMpFyeH030EF66GsRvXLY8o1F7x&#10;JVGXYHuWTlQpSCcSk1+reghKVJMwtbq443xTeD/yXAGmYjwnX0HH/5BwBleBkyuI2b3KLQrAy9nj&#10;MT1nE+7MNiA3dzaumIPQSmfsiVcck6+7XB6PM+rBZz9O/f1NW4AkKs7GZirNBkcjGhwOOByNThqd&#10;eIq0K4mKiZSVqJhIWYmKibQriYqJlJWomEhZiYqJlJWomEhZgfaVRMVESsRJrpPX8corXJwcTk8R&#10;XLgaArZvySaFRc4pACIiI2N2rjGdiIzvEQiM9B8Zx6JRGYX5tlxB5a0bRw2CLDY8qtqIT02T8ZM9&#10;uqPAyTkXD/ZouoVM7klWm+cUA7F2TTL+sHQnHl+3EMeKkoCKSPdjRLEm40d7JD7P+uvBj9ZLJrDv&#10;0Y2IL3ESadY3OFDf0ICGBgcVqAtPkf4cq1FWoN2RqJhIWYmKiZSVqJhIe0uivkTKytOfRMVE6pIn&#10;+Rx5LVycHM61I7jQU8Y8++TAoMzd1XGVZaLburQIaG8Dwgt0CNWQVhIR0fmiI50oQ/4YbZlxrUpd&#10;LTPttkS0FYzHXkUEHrVmIJoRKQk3JpW2sU0NiC8xYG7+WqTKFmGD+hk8o3oOKxVPY6tsEbSKh/B+&#10;4T3Oga/2ZLTph8O4KwLj163HiDVbsSR9GYzKOe7H+CqCIqvW1sJROLjlt6ns+3Qj4FOcDQ7U1Teg&#10;rr6eytMFlaiHSPt6NcpKVEykrETFRMpKVEykrETFRNqVRMVEykrUl0hZgV6NSD0FSuL2nOJ8lYuT&#10;w+llBBe6g6tPNHDn9p0TdmytDsrafTrWavYSqVNi+2jbSFyhDuG7tiKsyIjwfS/6XjkydG7JPo3j&#10;5mQ65Rw25+qRrCiPl03BBfVg1KnjMaO6EHEO59ZufEMNIhobMbtS46y01cxAYX4yytLDkZ0aiSe2&#10;z8Zk9Q6MNtswooC05aicbTmaB/FtWTJ+KByDhrwwzDFupVPWxxUUYoK68zG+iqDIFu8PpYE4svO/&#10;CjFXchv7vl1viInT0dhMV5t1dfVUnJ7U13dKlF2NuiXajdUoK9DuSFRMpKxExUTKSlRMpL0hUTGR&#10;shIVEykr0N6SqFOcr+Pll1+lucNcnBxO3yG44A+2TzSeROeVlyBMkYtIo5Zu7ZLEfy+JqWdAtTMW&#10;qs1hUMqmINWwkOnZFArULVJHNUItZVio3IDDRZPxlTmZrgzJqpK2zCifwbb0+7AkazHibGZaVBTb&#10;WI/kWhueK16DOmVMR6Xt39CiGYoW3Qi0qe/CaeUg7FVHIcX8LKY47IhudGBCmYUWOKl0C3FaF4iX&#10;VVI8as9GTHOjRxGU8zG+iqDIVnObOQRvpg/6RLF2VCL7/v3SiIrT0UQFScRZW1fnhUCkrETFRNqF&#10;RMVEykpUTKSsRMVEykpUTKRdSVRMpKxExUTKSlRMpKxEe1Ok5FfynOT1k/eGi5PD+fkQXPCFrz7R&#10;5D31zgQgtRxxTQ1IrrMLJNaqG4Y2/Qi0KfvjZL6wZ5MVqCvCL76xDqFWKx5RbkCefD6WqVbTvs5R&#10;RtIu42yZGVtgQqBOh3CVDFJTARKryrCl6Ckczh+Gi9rhopW2gnaXmjLENzXQAqcYnRzmzHhUq5Mw&#10;s9KAWEfnea5nEVSx9iHBwFh6ZlsYiD2ycMzPfer1YVt2PPRLZvL6E2dtXT1qamvddCnR7qxG+2hL&#10;V0ykrETFRNqVRMVEykpUTKSsRMVEykpUTKSsQHsiUXKNPC8XJ4fzyyO44AuffaKOasRYihCiUSLO&#10;Uogtxct7KLFSxHasTF1nmiQ9iET4TasrQUhREaJz0pCgzaUrwrjqciR1JA8l721A8p46mmIUXVqI&#10;AJ0OK5RP4BP5CFw0BdOtVn+Vts52l6HYVLiMPie5Z2h5BeZkrcDTmhWY6KgQBD2QIqhQuw1TZdvx&#10;suFeoDzGvcVL7tmiHQ6bKhkzKo0I0Wt/1kxeX+Ik55s1tXWorqmheAq0OxIVXY3yAqNel6gvkXJx&#10;cjjXN4ILYnSnTzTIVIyn8hbiE0XPJLa5cBkiHQ2QNjZ5bAdPh0k9BRbNFBiz47Fk5zxEKLIQrlfT&#10;IHnPYHoSKk+rgvc04v6SbDRkB+OiYVTH8wufm30dnqEOUQ4Hkhw1iNQpEKnJ987Y9YAId7TWiGW7&#10;n8DxoiSQ0UDkfm32STgvHwCFehbiGuuR1FSHCKP6bGDqxj5piRETZ4Ojia42q2tqUVVd7ZZndyUq&#10;JlKBRH/G1SgrUTGRshIVEykrUTGRshIVE2lXEhUTKStRXyL1lCf5eP/+/XjpJS5ODud6R3BBjK76&#10;RGMaG/BAWQ4ackNwUd8zib2iCMaSki14qnSTx3bwnbioGYyzqmGoSQ/CksxHEavOQbhe4xVM7xSq&#10;jIY8hDU0YnvBIpyUD6SrXvb5fMGGOiQ21iLSZKAVxiRjlwZJiIhUWlqEqI3rINvxIM6UTUZ7+URc&#10;NIXiA9kYrDCt65ByNV2xh+RlHBy/6elrbokRFWdDI2pr61BVXUPF6UlXEhUTqUCi3dnS7cZqlBVo&#10;dyQqJlJWomIiZSUqJtLekKiYSFmJiomUFagLLk4O58ZEcIFl5syZ/xyQujmXhij46BMNb9yD7YaF&#10;HRJLREsHrLRYyEy6E8rh2JM5Au8qAtzbwURK56zJMOkfRYImDwFlNrrFKgymr6R9qWFqBT0f1Sqm&#10;ol3ZDy1kZSjyfGKwoQ7kXDamrAhSjRyxNrLarRKMXSOCjLSVYeLu9chPicSh7OH4riAIX6tGIcvw&#10;MJLq7Ignq9mGKvo6YywmjE9N6XFLTFfirKyqctOVRMVEykpUVKSsRMVE2oVExUTKSlRMpKxExUTK&#10;SlRMpF1JVEykrETFRMpKVEykrERdIiW/knuS18PFyeHc2AgusEgW4F/HZGWXJlRZRLd1qWQaa6HR&#10;zsQF1UC0lU/BuZIYfF8STbd2ybkoKcJhBeYp0uNZf0arKdx5xmhJoOELlboHuhzETV4PGeAdW1OB&#10;SapdMKZH46JhJFAR6z88wVOkTKhDbKODio+sdiNsFoTved59Zusauxa25wUE2ivxiHItXpcF47R8&#10;AI5n34HmvAmYY8uDdO+LSG6opIPGE+oqEF9pQXBGWuHfIuf6bYlhxUni9og4yflmZVU1KiorKZ4C&#10;FZOomEhZiYqJVCDR7qxG+2hLV0ykrETFRNqVRMVEykpUTKSsRMVEykrUU6Tk9+S+XJwczs2H4IIn&#10;ZMyNeUO/LbOznjkSabeKijSm2YFJpXoUpUfhdPb/4Jh8CL6WDaIczR+EY4ph+LYw3ClTj1Uq+fi7&#10;onB8LR+C00YSwZdMr1+yxuLDorvxqHIDAsostFKWfU660musplGDdPaoVom4/J14JH0JtuY+Aq1y&#10;bpfhCd4iDcC+jlCH2OZGurodrzNgllWBLcbF7okvrrFr2woWYYo2DU+p1uAry1RctCXgrDEAHyjH&#10;Y6f+cSQY5AjWqOiqVqpVIlyVj4DtWz8Zu3aVV0uMmDjriThralFZWYXyigq3PH1JVEykrETFRNqV&#10;REVXo7zAqNsSJdfIvV58kYuTw7nZEVwgKBdIfnVg829nnsn7c/VXsiHYKnsUYwvMgq1d0u4SXW7D&#10;qt1z8daO/vhGNhDHlcNwQjMaJzVjcFw53C3Ub7RjcLY01ikusn1rT8ZJ5RAclw3yEiyJ69Mo59LZ&#10;pWIh9OTMMqG2HNHFRrpqJLKK0CkRYTIixGymE2Q8AxZ8hSe4RepRaUvaXaL2NCPKqMKTWY+hXmTi&#10;Cxm7dko+EPascFTnxeLbkji02pKcBVQlUnyROwhrsuYgWKdDRJGenudGFmgh1SshVea9vUCen1/T&#10;4FBTcZLwg3oHLQyq6BCnJ6xExUTKSlRMpF1JVEykAon+jKtRVqJiImUlKiZSVqJiImUlKibSriTq&#10;4pVXXqHPy8XJ4dxaCC7smyu57aPU/1h0Sj7g9E+2UNreka94FGM1OiS6VocNlfQsMbGyBGtyH8WB&#10;zKFoKxiLcx1buZ7tLuSs9LRxAo7KBuOMegR+KgvHJVs8TpRMxMe5w3FaNQyojKeyayVB8pZ4bJUt&#10;xmhjET0TZSXqmiBDwu+jSwrodfEJMv7DE1x0VtrORHRjI+Iry7Be9jAOZgzEJf0Iny08rQXj6Jbu&#10;CfUonCshf0FIdBdQvaYKwUJ7BqKam+nKmZ7nOqqQSLZ5DWqsNOhQarfDXl7uhpWomEhZiYqJtCuJ&#10;iolUINHubOl2YzXKCrQ7EhUTKStRMZGyEhUTaW9I1CVS8iu5Bxcnh8MRXPhoy/+deUY14JvL9mi0&#10;WJNx2R6HV4z3YrYyFSF2G5Kba+mKMKS0FMtyF+BQ9l24VBzip90lka4+fyiV4j1ZADTZ07BNvgSr&#10;5MvwdNZCbMyeD51iHt2K/ckWjS+LJ+EpxUoEmZ1tLV4i7eUJMkSMrkrbp0tSEOTYh6fVy3AoexAu&#10;Fof6+Z6cubpnS2LoivsbzRicp+fAiYIqYM9VNXn9ZFWfUKDFBr3Wr0h7Q6JiImUlKipSVqJiIu1C&#10;omIiZSUqJlJWomIiZSUqJtKuJComUlainiIlvyf3Iffeu5eLk8PhdOL1wcHNvxn0WcZfXv6HLYxK&#10;hsqGBMRb4mBUz0O0To6oynKEFZswLWc9GrKCcMk4xm+7C0n/+b4sAVX6B/G4fBWCVXkYZSiiyUQT&#10;ikswpqBzK7Zc9wDeL5yCZ9QrEVziLVLaK9qLE2TI93fBEouTqmHIK3wYUVV2TNftgCMnBJeMo/1+&#10;T533mIgzhWE4mn8XThcE0XuyVcBsDKKrJWayMg+5poJuSVRMpKxExUTKSlRMpAKJdmc12kdbumIi&#10;ZSUqJtKuJComUlairEjJx+TrXniBiHMfFyeHw/GJ1wcfbvzN8m81Q66QMz9PYZD5nd+Yk5GpXYJo&#10;WQZGG0zYqpiHU4pBfns226zxVKJF2nmIU2VhXKmVZvH62oqNU+dAoXkEq/KfRGBBodeZLPl9hF5F&#10;z0WvaoKMYgEu2+LpIG6yPXvBLKVntIbcJExU7cRwQyk2Zs6mEYakhYf9XnxB5HlMMRTH5INxwUZW&#10;30loM45Fkyoa8+25iGkQRiCS75u02DyplAkkKiZSVqJiImUlKibSriQquhq9RQqMnOJ8id6Ti5PD&#10;4fQE92/KZkr++eCW3+deNo9Fi71zNUYkSiauwB6FGu1sJOekIsxSBo1uNtrk/WgLCysXF91tYyGQ&#10;rVhpdSXu0WVietpKWo1L0oESPNKFpGoZpAa188xR5B5ikOcMKC7F0/lP4QtDBL43BuCUagQ+zBmG&#10;3IxJmKzYjvG6AoSbi6FUTscFRX+v778ryBbvSe0YfJU/GMdNcXQiTbtxDF7Jn4B5Jek0rIJ9TUSk&#10;8VUWzFPIUGK1+pWomEhZiYqJtCuJiolUINGfcTXKSlRMpKxExUTKSlRMpESa5Ffy+Oef5+LkcDjX&#10;hvs3767519s/S/9zZbs5COdtyWizxOOKLRqfmCbRiSs75Y9jfuYzkOo1mFWlR4UqCS3ake4tYJZu&#10;tbEwkCrgcVUOSPMzcU9OCiZZdIhrrENY8/OIqqqgFbrRZqPg7NQXJLuX9IFOsFXg8ZxleDUnAN/k&#10;/C+OZN2BrN1TECjPx+iqJkQ2NmFOhRIVili06EahrWKKz95XFvK4swWBeDN7NNJzH8QzypXYnvMQ&#10;lm++HwmqHCSQoiym+pi8/oQqG2ap5FCazX5FykpUTKRdSVRMpAKJdmdLtxurUVag3ZGomEhZiYqJ&#10;lJWomEg7BUq2aV/k4uRwOL2O+zfvrb3tzs93/6X+QkkwLtkT8V1ZIqr092ORYg1CtQqM0BdibE4O&#10;QgoL8WC1FtXKeLToyFmiuEi7amPxpHN+qBabSd9mdhIKd4bAlBsPtWYGthkW4n5zFoJ0Glqp25VI&#10;PeeRkvvly6fBkhmGAxl34Wjaf+K99P54MnsxEvO3YZPucSi0s2GXx+K9zIH4OvuvtG1HrPdVDPKY&#10;1oJAOPLCMUO7DaPMFowtNGGcQoXgvBxEFepocRZ73kvCGmaqFZCbi3tVomIiZSUqKlJWomIi7UKi&#10;YiJlJSomUlaiYiJlJSomUlaiTnG+wMXJ4XD6FPdvjqRIbvtk+x/kP5aMxTnrxM5zzRIL4skosdpy&#10;RGgViDAX0tQeg3oqWpUDRbd2W6ykQMl3G4snZNUomB+q7E9nh7Zqhjn7NmUD4FBEYk7WckwoLBL0&#10;s3Z1vwuKO3FOOwJntGNwSj0Sn8hGojwrHOW7A/FVdj9cUPbHOc0w+vnjqhGiva/s9+j+XkkfqmY4&#10;bOpkzKwpRHwTCat3truQc1CaBVyoRUJNZ24v2dolhVPT83KgLSkRlaiYSFmJiomUlaiYSAUS7c5q&#10;tI+2dMVEykpUTKRiEn3hBedjuTg5HM7PidcHBzf/Zu2VgsGoMsxBvMe5pqtilm6tlhRCumcfdmsf&#10;wveyO92JRJ6Qc9XPTJOFbSxEJB6rU7JyJLm0W4qW+R291mZNwE8Fw5GTfg/GavW0gIgVaE/uR4qJ&#10;WgsCcCa/H05pRtHWFdrzKtL7ekI9GueoTMVXpp4TX8g4OM+xa86zUBt936IK9W6Rkr9YRJn0iM7O&#10;wDN6LUps1i4lKiZSVqJiIu1KoqKr0RukwIh8bt++F7BnDxcnh8P55fD64Mi2XwXvyxh7YIlmPQLL&#10;rN7nmnXOM8pIoxbRe5qxsGwn9suD0F4YKGgVISI9aJqCpcrVtN+UDP+miUTVdsRX22jVLZVJYyNW&#10;Fq/G4fyhXY5e+9GeQOd/zpJvQYjdLlq4RCaudPd+nX2ggz36QL0//31JDI569Yl638OzD9U58aVR&#10;8Jro6tNmdrbtlJno9x1faaXVx9HmAiSZDEgx6LoUKStRMZF2JVExkQok+jOuRlmJionUU6Cux3Bx&#10;cjic6wnBhbs3P74jyaxFAnMOSQRAZ4Gq5YhtciC4+QWsMz2LzxSj0FoW43VW2kr7T+ORqnwCY1Qa&#10;ek5IRELHnnXMEg02GHCfKRNNyihc1JOiJeEWsZe0aD9rPAyqhxClzUd0XbWX6GMc9XiwXI4mRWS3&#10;7kfvKdIH2t3P09WrJQ7fKIYiRz8XSXXltLWHFalLpiTGUKpX0RU5qUiOMKiQSCfJ1NCe0nxzkU+J&#10;iom0K4mKiVQg0e5s6XZjNcoKtDsSFRMpK9F9+5yPIV/PxcnhcK5XvD9ISfmnkdt2pEXbhSPTJu+t&#10;xagcFfptzsas0lxsLFwGo3wi3snoh+O5/fCdKYKelxLBXLI5e0g3yxZjRHYupDoFInQqr1miY3VG&#10;bMq+H6fkd/ntRfXkojUeJ8yJ2KZYgDBlDqIqbB1bzzV0u5kUJTn7QIVf64vOPtAhHWeh3itY+nm5&#10;8/Nklera/j1XHEmvGbTTMbWqyDnLVESiLpFGmwwIU+QinOQC61Q0ipAmHXX0lC5Tya9aomIiZSUq&#10;KlJWomIi7UKiYiJlJSomUlaiTsjnuDg5HM6NhdcHo9csvz04K62SjP3yqjJtqESsow5DtuZh1lP3&#10;oV4WjhPyQWhRDKDFO0Q0pDjnOJn0oh+HU8YQGFUPYoomA9LSYiQwebiJTXWIbaiGUjGNFhO12SfS&#10;KS0EcqbJys4FCZ7/wZ6ATzUhWJ35EI0KlBq1iCo1IdJaCqX8HlqoJFYA5QsiR1JURLZ4z5pjBGeh&#10;zs+Pxde5/fG9IQBnDAE4rhyB47LB+CrrDsh0DyKptpzOKmUF6n7/HNWItRQjLD+brsY9319XT+l8&#10;pRylNluXEhUTKStRMZEKJNqd1Wgfbem6ROr6PRcnh8O5kfH6YNTap+8Mzt5dE1/lPTItgWzrmkxY&#10;umUuPth9F34wjkRrWUcRD1mFWhNxSh+Ir/MH4Vt5f5RkJSBGno6wSvEQhlhHLWZV6lCjTgD0g6gc&#10;T5Qk41gJie2Lo60zvuaJkvzfS8ZRaFZGYbZxFwLy8hCQl40pqu2w5kShVT9KsEXrD7IKJWPciEi/&#10;LQwVVOiSj78tCMZHmQPwbuZQnFQMRquyH84axqHFFIrP5COxuXAZnVnqWWgkEKnVjJC8LLoiJ3nF&#10;rqIrz55SdWlplyJlJSom0q4kKroa/RkKjJwfc3FyOJybC8GF8Ts258baS722dqOaGvGU+hl8mD4I&#10;l0vEw9zplq41Du/p4jE/fw0CLGTbVfzMMNZRj4cqVdAoZsCUPRnb5IuxRrEcqxQraMuMVvGQz3mi&#10;rvmhz6sj8bBpB4INRoQWFWBWSQ6qZLFo0ZPs356J9ExBCBUp+VVMpC2FE7A3YyzWpt2H9TkL6Os7&#10;YJqOy+VJ+LFwHPbLJ2CBZRciGpvoypTAVu+SwqKQ/CyEKfPo9BpXb6mzp9SG6So55GazX4mKibQr&#10;iYqJVCDRPluNko+5ODkczs2N+zfjxy/41YTtm2YEpqW+Tv5HT8Z/EQnQIh67HM2qKLoS9FfEA3sM&#10;tKr5CNJqfIYwkOrd+LpKJBcpME22CRGqXBpiH1BkQqCpmPad+psn6urbLNdOxiTlLoRo1Uhw1GJi&#10;QwUM6mk+e1t9QSP+dONo7+j3xVGC6lwaQq8bjrL8eCQWKjC8sIyGTDhf3xx8a5mIi4o7ka6bB2lj&#10;E+6uKcHUahNiG2oQ2rSPrlRJXyk5FyYRh7FlJlpw5eotJVvecZUWzFEpUGz33trtqUTFRCqQaHe2&#10;dLuxGmUF6pRop0i5ODkczq0C/Vfk3Lm3BaZuWRShV56mIQIqGeJsJXQlFd60B9v0C3BSNtBvEY+/&#10;EAayOiOrtHgHGcFWSYuOQtVyhJeaEecnxF5snig5Tz2vGACZ5j4EanUIM2idFcWNzX57W31BtqdP&#10;KIbhmOwu0RQjzz5Rkv2b1Fzn9fpU+kX4Rj0aL+WMgUI9Ayb13ShRTYZaPR2p+gWYWy5DZHUVgtXK&#10;jm3dus7e0iIdkvfUIcZagiUKeY8kKiZSVqKiImUlKibSLiTqKVIizeZmLk4Oh3PrQv81YdOmGVKd&#10;6hs6hNpRjcgCHaRaJeJrK+gAbyKFrgLqvUMYzM5zwYY6hDXtpasyslKbUVOExEIVQomor2KeKJlK&#10;01YsxbvKCXhatwKR2nxIS0wI2/siwpr2YWHZLrxGelsLhL2tYpAt4JZiKY7n3YVvtOMFW8L++kTd&#10;r08rgz5vOs5k/Qnf5/wZLZqhaFEPpUVUJ2UDsFcdhedyHkFwVhZCLOVIdlR19pZq5YixFiNZp8Yu&#10;o9GnRMVEykpUTKQCiXZnNdrFli6RJhcnh8PhdCIZuXndoOCs9Jfptis5s6PBCTa6FRms1WB6qQwV&#10;molo0fkOqCd4hjBMKLUgsnkPzbrdYlgElXo6LOqJSFfOwWTZdkSWFfuVaKesPOaJFkzHj/Y4fCMf&#10;iFcy7kKxLAGF2XFQyu5GqmEhHipXQFpejhTZPHwpG4r20ii/r5d8jswjPaoaiYLMWOw1zMRlW2eB&#10;E/l8myUW3yiG+OwTdb6+csyUbcTeXCnai4PRap/sbpEhK/iLxtE4nDkQ63bcjxgTiRCso19Lvv/I&#10;Qh3CsndjhUELa3m5T5GyEhUTaVcSFV2NdlFg1NTU5F55cnFyOByOOJKxG9ctjyjUXvEOVa+i6Tuh&#10;BUZMlW1CeZYUrYaxfsVEQhjOWhKwTvEUnf+5qmx9Z3au/E5AOwDGjIkIU8kEYQ9+IfNEDUak5c3F&#10;t8pB+Cp/AE6phtFs3FbtcNruQnpHX1BHYH7eM5Cq86HWP4gTJGO3KMjd20qLhggdkmsvDqPzVIv0&#10;MxGtTMcu5RKveaXuz2umYUalwXefKH19BuzMfhAXikMFs0zJyvhSWQQ+yxmM9donaBsR2eomIo21&#10;lWBKbiaUJZ1FRqxExUTalUTFRCqQKLMabSQCJVu4XJwcDofTIyQBqZtz6TYrGwTvqKbyCLaVIy93&#10;KtrUd/nd2iX8wx4LtWo+VmTOwyeKEe6s27bySWi3JSFV8QRGG03C5/IDEU5gcSmWZy7AofwROG8K&#10;Q2v5ZEEW7wX9CGzfPRMjiiyYVWtCmmEB3pKNR4u8P1rJato4Hi1ky1c3Ci2KgTggG4Nc3RzMqjFg&#10;VEk5nst7EseMYbhoGOH9+Qodoh0OJNVXCF6b6/UFFBfjOdlT+Lo4kVYZs+/LeSLTogC8pgjCgrI0&#10;RJL7dVTr3q9RQlPW2fbSU4mKiVQgUZEtXefKsxFNTVycHA6Hcy1IxAIYPMeabSpchtrM0ThFio3s&#10;zBkiie3rCFIgv2+3J+E9VRjeyRqKdlOIu03GZ4h9NyCPDbWU4RH5GrxTcA/tOWVFRQqRPjPfjeXK&#10;1fR8NrapkRY3LS5NhVI9C1WqBOxVSvG8QooaZTxU6plYXryebtdGNzVCai3DvNznYMmMRJ08yvvz&#10;DofgNQlfXykeU27AO4VT6RxW9vURiPjPygcgR/OAc3XrqKEinUFGqZWUdEuiYiJlJSoqUiJPsvKk&#10;4nQWCnFxcjgcTu8gCcraXe8ZwMCOITstvwsfpN2Ft9JHoLXYKUciRticoQmuIIV2siosDqFbqt8b&#10;A7yKfTzPT4NLei7SMKsFD6s24c3Ce0VFJXZ/sn3q6uu8r0KNR6wZeMySjgfKVYivr0JkYyPiG5zF&#10;VRE2C+7LWYklaY9gelEWEhw17s+zr4el8/VtxJsF00RfH4G20aiHoEQ1CVOri+m4NdL28pBKTtte&#10;WImKiZSVqJhIWXlycXI4HE7fIgncuU0eV+7c2hUbQ0YKfF5Uz4RxoxSf5Q7BlbJwfFo8BUblHKTK&#10;FrmDFDYqnkJdRjDOyAcK2khc56cb5Usx7qq2ds1YoXgWR8yT0C4SIejv/kSo5C8HZBVIcCYQeZwH&#10;N9bQVezT+U/iyeylGFtUisRmZ0FQd+jO66MipUESY9GojMI8Ww5i9zYhusyEp1TKXlmNEnkScTZy&#10;cXI4HM7PimTs5g1roksKqBBIewc7huyyPR4vq+/F6tUPoHhTGGoVSVisXo9QjcIdpBBgMmOEwYTd&#10;GVPQphwgepYKWwzy5fMxjs4T7Xql5xZVUw3GGgqwQ/Y4Llrj6BYye+9rvf84QwHylY9CpZiH8Vrd&#10;VX19mmwhXY36en2uRKZ9CiketWcjqraaToNZIMuDpby8S5GyEqXibGhwVtdycXI4HM4vhmTsplXB&#10;IbkZB2McDXiwUiUYQ3bRFo8P9ZPw5OrHMH3NUtyt2obxpVa6PeoKUohrbsB9NUZnm4x2hGh172Vb&#10;LF4x3ovZylSf80RZyLaptKoCU9TpqNPOxo+2GMF9Pe//ZsFUzFdvQni5tVvtNZ7336efgXcL7+nx&#10;64uqKsc9qjSUq+/DT7ZonznBrkQmu2YiZlQaEWYkU3A0mFRkwBZTIaprav1KlKw6yXato6Ovk4uT&#10;w+Fwrg/ovwJStyweX2w5t924UJBg1G6Lx5cFSVixbRGGZsoRVV0uyNAlLR3k7LFamYAW3WhRkTrn&#10;icbBqJ6HKK2MrsjY+7CSiq2voclF2aqFOFuWgDYf26bk+j9s0fjENAmPZyzDWLkCCXUVfmVK719X&#10;jTCDBtnqhThXlkBXlD15feRXElE4OWMDnpE/Tbe6feUEt9kmoUU1EDLZNIQY9AjXqZBAzqYbazFF&#10;lQ+t3UoF2eBoRG1dvXvVSVpTuDg5HA7n+oX+a8iqbX8Yk5merciIv9jOtLmQld6rumn4e/5GhNlK&#10;3Rm8npCgguQ6OwzqqX6zbsnW7AlzMnaplyBEo0B4RTmSm8g8UWfRjxuSTVtVQTN31yqexJfmSfjB&#10;IyyBved3ZYmo1N2Pxco1iNPlI1StoEPI48rJ6/V9/xC9FutVy3GkeCK9Pylacr0+snUdVlHu8+tJ&#10;gZZUr6ZxiuGFegQV+84JPk8SkszheD9zGBZlLkSgsRDx5FzaYx7pk0oZnUdaU1MLh4MEIjSjpqbu&#10;pFqtqb3nnmlLRYTJxcnhcDjXAe7fbF0THPjirsHvtptIvF7nipJU52qVcxGsVSHBIR5ET+hO1i1Z&#10;nRGxHDFPhEr9MO5W7sRoYzGCS0sRZimj1a9BpSUYZyzE3ZosbEufgQ/kgfjRTlZ2Ijm41nh8X5aA&#10;Iu08xKmyMK7UQittaTKTUYNwtQwRehWdvBJhLUO43Yag0lJ6f7Kdm6laiM9Nk+hfFshr83x9SvXD&#10;uFe5A2MNhQgqKUW41YpwmwXBpWUILihAmDKfyjq+wuLe4hbLCT5dlky3pI+qR2GH7EHElBQgrq5z&#10;RUu+jswjnaeQwWyxwF5eTqFSra1FQ4Oz19NoLHpxw4YNmf3795/NxcnhcDjXD+7ffLtGcvvX6f9T&#10;2V5CioycIvQXRM8S5XBgYdlOOlKsvcC7/YWFyIpg1z6AZbsfxRPZT+Bh1WbMU23GEuVqbJMtgsNw&#10;P07qA3E6vx/OFIaJ3u9HWywqdQ8gTpmFsAoy+7RjtUwk1VCJ6JIihGmUiFblYlb+eszLfRaL5c9h&#10;m3wR6rWz6HaxS6Ls62uzxOEFw3TskC/GE7Jn8VDeajyk2IhluUvx993LEJqXhRibWfQ96cwJlsGk&#10;vA9f5w9D067hWFa8HmF7XkCcg3yNM+CBCNU1j1RRXEwlWl5R4UVFRQVqampokAKRalmZ9Y1du3an&#10;TZo0aSoXJ4fD4fyyuH9zJEVy2yfb/yC/ZB7n3prtSZCCs82kBlsLnsCXcpJ1Gyl6Vuqi3Z6MM0Xh&#10;OJw3FB+qpXircDpeL5hG+0FJGtIVWyxNLDquHoWvZUNwrjTWa6VLzjM/LLobjyo3IKDMInqeSVZ7&#10;CQ3ViK2wYLV6Cep3jcYH6gi0WROphMnzsK/LBTnT/YctBhdsCfhQG4V92UF4RZOMT/VR2JsXgnmK&#10;1Qiz22mcIvu8TpnWINRegQfla/HMc1Og3xSJl7UR2FC0ApNqLXQ8nVukHfNI80wmgURZyEqVFCA5&#10;pdqM2tq6gwUFRTuffnplJBcnh8Ph/Px4ffDR5t+sbTUOpzM6XSJlgw5YYXhC+jXvri6GSvcATsgG&#10;ot1H1i0ZhdZWHIHjWX+hjyOVweSMkhTokDNPl+DI48+WxOC4Yji+zh+Eb01Sej8iVJTHQqOcR2eD&#10;+pp96iKm0YG/V2lQnx+KdtVAXPBxhitGmy0Z3+lG47SsP9rN4fihPBnn5P2RlTcd0qpKJPoJbSAi&#10;Dy/UIXT1GpSmzwRMI/C5bCjSjY9jSk0pYhtq6XtK55Eq5SiyWgTi9BSoGFXVNTQCkEi1sbH5cH29&#10;I7eqqn4s+4PmcDgcTt/g9cGB9b8K/jzrrwcv2yNx3ppMheYr6ECcCrrSIu0duwwL8LZ8PFpJXynJ&#10;t/XIuj2vGIh35AF4JWMITquG+yxOcsu0OBInVCNwNH8QjiuG4Yw+AOcKg7El91Ga3Su2vcpCxrml&#10;6eb5PcMVg2T5kuckIidBEy1E5JqhMCsnYkqVGTENzpWlGESkIeZi/D19FV7TTsXliiS0m6U4IhtK&#10;oxdjHLV0vmmM1YzFcplAnv4E6sJ7hmkNrfgloQxkC7ipaY+8ubn5HvaHzuFwOJzeQ3DhUOrvlpxR&#10;Dzl/qTweLdbkqwo6IDIl48IeUz93JXdnzJVKRRz2qiLcWbcy9f1YZ1yGCmU8zhPJdiG2FlsSldgp&#10;QyCOyQbjm7w7sT9rJBZkL0NISWmXK2WC8wx3V7fOcDufN5lKnEj0pHZc58raMA7NiggsKNuFSEcj&#10;Qpv2ubdqPSGvK6ysDI8oUvBWR3wged6LhQH0dSyw7kb0nmYkaZTYaTBctUDFINu/RKqkAphItbFx&#10;j7m5uXn2vn37bmN/5hwOh8O5egQXPl4l+cPn2/+Q1qK881y7ORRXyhPxauFM3Kfa3oOggirE1JRj&#10;ZL7iSpBSduW+Sg0esWW6s26jG+pxb2UBqlSJPvtOxaAiI4/VjoAtJwJT8jdBWuocIs6+BhbPM9yv&#10;FMPQXtb1vFLy63HlMBxXDse5MrLdnEhF+n1BCD7KGYTKvHAoNTORql+Ah+x5NIIwrqFzdUxF2pHD&#10;+1ZhZw6vK8A+Tz8H4WYzlmnVKLPZekWgbEKSK+Chrq4ODQ4yX3QvkWpFY2Pj/H379v2J/flzOBwO&#10;p2cILhAWrp8Zl5Y26eg7qgloVQzARd1wFOVNQ7wmG9F1zt5HVlSe8oglWbZGOWLSNiK8yIC4Zgei&#10;HfXurFsim+70nYpBzm/bdCNgVt+NWEU6wgoM3dhydkLOcO+pMUOpvg/Hc/vhAolBtE8SnOGS7dyz&#10;xVE4rhiKY4ph+L6YFE4luZ//pG48jub8Dd8rh+CCoh9OygZgj0IqLCTykcNLVqVt+uEozonDk+ps&#10;GMrKBMJkYYXJwsqTxTMpiQY90IQksv3b/JrD0bR83759f2P/HHA4HA6nawQXCP027VwUWmhoe8Ky&#10;HUr1bNSrYlEtj8OynMWI1OQjrtIZwScWVECCDsINaiyXPYPH8lcjrKRYdMXYnb5TMdrsk3BePgBK&#10;3X0I0WlpewttdxERp5AKxDY3YrIhG5szZuE9+VicVdyFU4YJOFMQjDMFITilD8Bx5Qi6nUtWo06J&#10;dr4+95mpbDCVKvmYJEG1G0YLC4l85AQTYV8wB+OFtFEtBfINB+vrG9vIarG2tpZKsa8EKoZz+7eR&#10;Bt03NTUfcjiaNjkc+0azfyY4HA6HI47gwsyZM/85MHVzLmkZidq7j44hm12hweO23Zhfmo4IWRYC&#10;c3MRXahFZIkJ4VYLwmydQQok6CBfvQAvGu7Fs+rnfFb79qTv1AUR2kVTKD6QjcHT5hSEWm00dCHW&#10;VuJ3leyCrpar7AjQahFuKsJzxWvxWvpAnMq+HccUQ6kcv84fTH8lq06ynespUbEz087PTfQqJIpt&#10;qoe0ulI0J5iItL0sHAe2/s8HcwMki//whz/cu3z58i0Gg7GJSJWca9bW1lHRseLsLYGyIfjOPF8S&#10;hO9sq2lqav6yqWlPZlPTvkj2zwiHw+FwOhFcGL1m+e2ew749x5DFNTUgtrIcgzZmYPDGNCRr0vFA&#10;/jrMU6bgCeUaGqRAgg7IyuuiNRYpfqp9e9p3Sj7XZonFN4ohyNHPRVJ9uXMAuUFNIwFJWpC/81vX&#10;lnO0QYVnsh/FkrLtCGl6HlsLn8QXeQNxzjAO3xaF4zuT1C1Gcibq+fzkV/bM1Ps1dhQSKYLwSFka&#10;xhuLkKF8HGfL4r1ygunjSiZg/4Y/7gu9UzJFIpFEd6QUTSSRf4888thqjUZXW1NTe4pU4NbV1dOK&#10;3L4SqLdMPcayNZCxbLT6l6xY9aQCmBcrcTgcjjeCC6PWPn0nO+zbk0l7ajBGZsQfVquwZOcjeDUv&#10;iA60PtQRpOAKOvipG9W+zr5TM5S07/QutBeHiPadku3T9uIwnFIMQpFmGmZUGqjYSU6vtMiI6Mxt&#10;iNbm0+xef1vOIQYtUjRP49OcIVDq70d4817cXVcGdcFcnFQOwcXiULSWTxZ9fl9npiy0kEg1CKm7&#10;78Ei+Vp3BKHXY+yTcLFoNPas+Fe9RCIZJZFIxnXE+4VJJJIoiUQS3xEBOGnatOlL8/Nllqqq6q9d&#10;ofY1tXV9JlAx3LNOG51tNR0VwHP37dv3e/bPD4fD4dxqCC5EpqTc5jnsm5VfUoNzNXnnVhVSloUD&#10;un64XJ7oFaRA6N7YNNJ32oAZVQXYLn8Qr2cOR6vqLrTqRnr1nbYoBuKAbAxydXMwq0KHaIcDSfUV&#10;9PUFGo1YmfMECjVzca9yuzMb11wiyO51Zet+UXI3rugGwSxLwuRSDYLLrJik3IWtGbPwVt5YtChI&#10;36vz+VsLAnHOMBYnlcOdPawiZ6YsZLX5vW4kmtPG4E3dJDoY3SuC0JqEH+yxOJrT/0TpI//8kEQi&#10;+atEIhnQEe83UiKRjJVIJBM6snNJWlGcS6pSqfThbdt2qG02+yEyDYacbRLJsdLsLYG6JMpCpOrc&#10;/qWr1YaGhsZFvFiJw+HcqgguEDyHfQvlV4mEPQ1IVGVDtykMF4zi7Ss9GZsW0+RApK0UD+cuhyx/&#10;Kqo1SdirlLr7TlXqmVhevB5JdeVUokTApMXGeQaZgWb9DDoL9HmajbsISxWrMF+5ySu715Wt+6M9&#10;AeeN49GQE4r75OsRpNEgSKeF1FyExcVboNTMRpUqAftUEWiWhWNv9gR8njcELfoxOM+cmYpBVrGn&#10;jEE4KR+E80XBVJydn0vGxfIknNEN//GDLf+Z+mAIjfP7D4lE8l8SieTPEonkDolE0l8ikQzuyM4l&#10;Ug2USCQhHcH0sRKJJIlIdcyYMXPISDWTyby/sbH5B3KuSiRH5NhXAvWEzEYluKTaUaz0nsPRtLqh&#10;Yd9g9s8Uh8Ph3KwILhBcw74TG6pEZUrmj95nU6JSHocWvbhICZ5j07oaSxZXbcNopbotSCVvu69C&#10;jUfLs919p2SIeGRjI53sQp6ffA25Fq5TIEv5GE1fIrM/aTauJQ6HTZPpdrNndq87W9eajBZjAPbK&#10;wjGvcBsiKsudAfKNNYhobKLFVfT57Vl4qHA77st6BttzH8PHxffisi2O3p8NuWdFSqp/j8mH4Nui&#10;MFrZ69oe/sEWgzPa4Ti067/1H6yV/C/9AUgk/9SRh/tvEonk9x1SJZm5RKr9JBLJIIlEMlwikYyR&#10;SCQBHVKVdkx9SSRSJcVKq1at2knmldJipcZmGhtIhNhXAmUh56nOSTVuqR4ixUq8ApjD4dzsCC64&#10;IMO+Iwq054nk2LNSOn+0vhwG9TS/faC+x5KVIcpailhrMaJLCunIszBFHgJ3bjkeuHvn8RCjHhGV&#10;FYhpbkJsUwMSHB7yJbNAKy2YYCjAkvSHcVgZiB/LO4t+WjsETnJ72exeKjoiNu1w2FTJmFldgLjG&#10;Ou/VdkdxVUxzI8JKSjBGJqfFTPMVG71mjPqSKRHnKd14HM+5A+e0I+n2dKt+NNp0w3Ast99Xh3b8&#10;59a310r+yr7f9Ifh/OdXHVIlofP/TyKR/KljkguZ6EKkOqxj2guZ+hIskUjCO6TqLlYiFcCkWIls&#10;/xKx1Tc4aEUuK00WVppeAq0XyrNToB04PGlEYyMJgCBS3cvjCjkczk2L4IKLIatW/SFw9450qUF9&#10;hQSze64kSd9mxJ59SDc8jO9l/brsA3WNJaNbr4olWJbzJO7J24RQrQpSjRxSrRyRRi1CsjNaQ+XZ&#10;rVEmfccsUTWdJRpjKaZ5tGS7mVTphqvlGFdoxm7ZTLTI/9at1hkXJDD/nGIg5OrZtNeTiJNdcRNI&#10;fi+ZZRqhVdAJMoFlVveM0VMliWi3ik+OISvP08qheCNjIJpU0XheGUG3pwt2Bh+u2fCXOSk9mMTS&#10;IVUywYVI9Q8dUv1Lh1TvkkgkQzuKlYhUSbESkaqrWIlIddIDD8xZoVSqy2mxUvMeGsRQ17Fa7RuB&#10;OmhfqieNjU6pEqF2JCvxuEIOh3PTILjgydiUZ/88fvvm50IV+YejrSWQ2iwIs1ho7+iYsgrMkq3F&#10;nvSxaCsiM0z9y6zFEo9/lMfjsikYzXnheESfggibFXHlpU5xka1VnRKRhToqMbJSpZIVIbrYiKiG&#10;eiyypmG/rCd9qEloKw7H+7JxeNq0jubksgIl0K3jSivCyXOZDPTjzhmjeTBpH0K7pTNgofP+yWg3&#10;heKAbCw2Gpdijl2GBbZM3G+VY0JudpNkS+Wd7HvcXSQSyb9IJJL/I5FI/r1jTNp/SySS2yUSyd86&#10;ZpASqZJiJVIBTIqVBBXACQlJi3bvTtdXVFR+RlaKpLWGrFZZefaWQB2NTohEPWlq8pJqRUexEo8r&#10;5HA4NySCC2KMWbsqNmLbGuWDWc+ceEy1HnPVW7BEuQZpqsV4OS8EpxWDBPNCWVx9oKeUQ6DQP4hJ&#10;9XYkkOkn5ByWiKvCQiUZZTY6V7/kbLahEnEVZXQLONZicks3qbGajk5zZ+fKu5+de1o5BK9lDcGT&#10;pVvomaiYRBPrKp2rUYMKiXXOAdwu2QfbbZit3Ib9xnvpuavn/cn56UnlUOTq5zrPdR2NiGlqRHRN&#10;FYLycvaPTEnplfFmEonknyUSyW0SieT/dhQrkaIlUqzkWQHsWazkWQFMi5VIBTApVrJYbAfIuaqz&#10;tcbRpwJ1Q0VKQx86zlSdUuVxhRwO50ZEcMEnMyW/bki9y3jAGIU3imbioGkyWqyJaCsl/ZXDcVo+&#10;AG2kD7MHfaCd8qoCabehq01SLexxJusSLYWZO0qzc6vNUGnvw1f5g3DOFObz+Z19oMPoOLZTOXcg&#10;Wz+XVguTIiOv89cqK6Q655ZufGWZ4HyYPH683oAMxQJctsWjzZbk/v5O5g9EoeoezKgyur+/JEcN&#10;nTc6ISPNNirl6T8K3tdrpKNY6TcSieS3HhXArmIlzwpgUqwkWgHcv3//2Rs2bMh0FSuREAYiwgZW&#10;or0sUBaySt6zZy+FxxVyOJwbBcEFf3y1WbL6csEQWtzjKuKhsjJH4PncUOxNH0uLj0hLTGthAFoK&#10;JtBCG199oF6CqqugIiWFR2L9q+JUILbJgYlFMugyEnA8byBOKIfhlH68z+zcs6UxaNOPQGFeAmJN&#10;WgRZbbTfNLi0BAHGAgRodQgz6BBfLj6ezRlEX4Ln8p/EiYIwXDKORIt8ID5QjEN65t24R59O4w+T&#10;Oh5PtqnJ+e64zRvT2fezt+n4x7MCmBQrEamSYiXPCmBSrEQqgEmxkmcF8EQ2rpD0ipJzVSrWPhSo&#10;b6hUSVyhnMcVcjic6xHBBX+wg7/JliYZDfaBaRqe0GzAQ7oUZGdPQ1FqGJpyQ/C8LBhVshiRPlBW&#10;iJVUnhE6BT2X7H4IPRFVDUYazdgsW4KzhvE4TvJyZYOcubki2blk9XiuIACvZI/BhtxH8ZB6K+03&#10;Xapagx2Zf8fq/AW4p8qEuCbhfFH6Oh3VkFrL8GD+Gui3RaEiIxxq7UysKN2IqAI1ArVaxFfZnCvp&#10;jvahMGX+sVGrVk1i38++xKMC2F+xEqkAZouVBHGFpFiJxBXSc9XGZjrj1FOgPiV6TQLtXJ0SnNu/&#10;+zp+5XGFHA7n+kFwoSu8Bn/byODvaGiUczFBo0bEnj2IrKhEWOo2xK97BvdnPYtZRRm0fcWzD1QU&#10;RzViLEU9DqGXVlU4g+F1s3GlnJxXJtK8XLIaJbDZuc4+z2Ackw3CYZ0UbxZNp/2mh0x3o9UUhqOK&#10;YdhU9BQd9yZW0UueM9ZegqC0nYjbshYzTHlIcFQjqrkZ0RYzXVW7Xj9ZjUaZ9D8G7Ni6ZfyCBf/K&#10;vpc/Jz6KlYhUPYuVuowrzMrKNpEKYCI6UgVMxNqXAvWNU6o8rpDD4fzSCC50BRn8fXjHH9NPKgdf&#10;uWyPQrs9CanyJRhtLKKrw+TmWoSUleOvqRoM3JwFaXEhEpu9ezV90lCFyAItPaNMqK3wK1MqtPoa&#10;hBm1yFYvpKlFrmB49/loB57h8s55ouPoqrXFHIkfbPGd/aZkugwJnZdPwAJLGiJFVs/kNcWUGDE2&#10;PRtBRWV01irpqyWvJ8ZiglSrpOe95H2ILNJjwu6d+uFrV9DwhesFpliJSJUUK5EK4KuOK6Ri7WOB&#10;7t27T4DrunMLeM/zPK6Qw+H83AgudIeDz0r+/PHm3688k3fH4aPGEDyjfAZBHuPSJjVXI7rCjrG7&#10;M+kKjVTZskISg2yFJtSUI1SrxDiFAhEVdp9JSCSEPkijxFrZEzhSPFEQDO8L9zzR/EE4b/We3uIU&#10;bTLOygcgR/MALRgi1cGer9HVX0q/L0fn58jrjCo2OgumSosQppYdDdyxLXXs00+Lhi9cL/goVupx&#10;XCEpVnLFFXaca/apQD3Zt+95yt69BKdceVwhh8P5uRBc6Amfr5XE1mzqr3wg+9kTETbn2DWXWCY2&#10;19Ct2jBlHuK6vVVbRXs1p2vSsDZ3Me5Tb/MTQp+B3fnzcCB/PC6YSB+r79YXF+QxvuaJdj5mIlrV&#10;Q1CimoSp1cWIa6j1eH3C/lL358g2rrkAATtSPwnYtiVt1MqVkyWSlG6HL1wPXEVcIVusJIgr7Fgp&#10;CuTZmwIVwynV511SpXGFjY37gtjvmcPhcK4VwYWeIpmZ8uuIHeuNsWLTYshWbaGObncm1Dpzdll5&#10;ekoqtq4aYQYNctUL8V1ZAl423OszhL5BN5tu536rvAtH8wegpSxWVIyeEiVVxqeUQ3FCNUx0nih9&#10;HNkONo5FozIK8225iHE4i46oNH30l7qKisLVsmOjV6/+O/se3YiIFCuxcYWuYiU2rtCrWMkzrrBT&#10;qkJp9pZACc8//4IX+/a9QL+O3LvjNfC4Qg6H02sILlwNozZvWB0jMi2GbtVW22isH9nyJIEKYlu1&#10;5Gw1sroSIQYd1quWu7dqr9hi/YTQx+CCPRmnDAE4mHknHXN2oSjYZx8p6fM8kj8U7+eNwcniaLT6&#10;mCfqFGkA9ikj8Kgti2buuvJ9xfpLya8kWCLSZLgcsDN108ClS3/Dvj83Ax3FSp4VwK5iJTau0FWs&#10;JIgrJMVKrrhClzQ9pcoKk4UVJgsrUJYXXniR4lqt8rhCDofTGwguXA3+psWQ7VqyHUr6Q535uSpn&#10;fq61BLHlpYizmRBepMcUWSrSZQ/j8+LJVKKuUHh/IfR0uLZxAl6QhUKpvBevy4PQIu8vOs+U9Hlu&#10;zb0f6fJH8FXp3Wizxgkk6rznRLTqRsAii8PUEjmCLRaEFBgg1SsRUaCl3ws5J/U8q40t1mJRzlOf&#10;ha188g72vbkZ6ZAqKVYSiyv0LFbyjCv0KlbyjCskq1VShetPpqw0WVhpsrgkykK+1kOqPK6Qw+H0&#10;GMGFq8XftBjaF9pQ6czP1SlpMVFAXi5Gb0vD0I07MTpHjtTcB/CdehgNe/A1WYXFNcmlTD0Z06uM&#10;WFi2E0r1LDpPlJ1nuqIkBWGlxZirSsV7hffQ/lf2foQ2+yScVwxEdvpEBMnzMSsvBVN2r8XwzBxM&#10;KDYj3Gb1Oqu9W5MJhWYO3sge+ToWSH7RFpdfgt6IK3TNVi0psbxFzlVd27B9KVAXL774khvyeLIN&#10;zOMKORxOTxBcuFpc02LCDeorCfXV3tF7BNJXubcBEdUVCFbLsS5/KRZuW4LbV+7CH9drsWHTFLQq&#10;70Sr3fc5JwuVnnwAFOqZtO9T2tTsnif6iDXDa54p6fMMsdnwsGoj3SYWEynZBr5IQ+fHYJlhFUaq&#10;DdictxB7DbOQpl6CpcrVmK/c6HVW69Dfj1ZzME7l/Pn999f9egT7vtxKMBXAbLGSqwLYVazkqgAm&#10;xUo+4wrJSlVMqKwwWVhhsngKVIwXXnCKlTw/jyvkcDj+EFy4Fsi0mAnbU1ZHKHM/CzEX05YYYbVt&#10;OrI1j+Pr4mTkaRZiuEqPu3LNSFq/As+njcEl04RuTnJxSu8D2RisMK1DVMckF9c8UdK6QnAGKzhF&#10;HlhsxgrFszhinoR2jxmlrvuRUP1vFEOQo5+L5KZqjDeXYo1iOVrK4ql4xc5qr5TH41JZKL7IvOP1&#10;A+t/PY59T25VOv7ptbhC1/YvkSorzd4U6EsvvSyASNVVsMTjCjkcDovgQm+wc2NEWkb+g1imXiNY&#10;wdVrZ9EComPmZDylWEkzbic9Xw+pvRzr8h/DUeVwtJdGdlmB65q0QqRHogdJKILXdjIDKWgiIt+p&#10;WIxL9kS0ihQjeYXqNzUizFKKx5QpeLdwKi53nM+yZ7VE+hdLJuDTtD/Z3nta0uuh9DcDIhXA1xxX&#10;2Ln123cC9eTll1+hkN8//7yzYInHFXI4HILgQq+QIgn8KuMvB78uTcCbRTOYalsiojj6MdkqDe4I&#10;ciDZtvfUmqHUPYATsoG4UBTkswK31RyBY4ohKCDS85i04gty/6jqCtyTm4La3SG4oh8qKEYShOo7&#10;quhK2t9WMIG8notFo3Fw87/1eSj9zYKPuMIezVadOvXeJ11xhUSqru3evhKoL158kRQsOc9VSbFS&#10;Y2PjfB5XyOHcWggu9Bafpv52yXnNoPOojMVlu7Py1lVtSypxz1oSsFG+FOOMpo7+0wraszmj0og0&#10;wwK8JRtPK3CJ6L4vDMaZwlA6yeWEcjgOZw6GarMUyfKdCK930KHbrDw9JZpYX4XQAj2mKVORqZ2H&#10;GlWcoBiJDdXvaiuYYk3CD/ZYHMvrf+yDdf/ys4bS3yz0Zlwhma1KtoBdUmWl2ZsCfeWVVwWQ+5LV&#10;Ko8r5HBuLQQXegvPTN4fbFGC1SXK4yBXPYbxOiMSPURIZEoKhhaXpkKhno06RRQ+zhmEY7n96RQX&#10;Ejb/mSIQDYrpeCb/GUi1CoRVOMMe2P5UmjZUXYEAjQahShmiqypogL5YMRIbqk/kTlKVdsgep38J&#10;aGG3l63JuFiehDO6Ef84tO0/t7yVcutV7PY2PYgr9DlblY0rJFuwnlJlhcnCCpOFlSfLq6/up7z0&#10;0it0RdxxrsrjCjmcmxjBhd7Elcl7POfOwxdNo3GxJAgXSsNwoTQcKAvEfqUUf5evp7GAnv2npGAo&#10;orGJFgrdX65CaX4Mvsu9A2fNUVRibfZk/FQei6MlE6FUP4x7lTsEUYLk7HVcQRGmqXZhQ+7j+Lty&#10;C8LK7UhsqhUtRvJexVYhqqYS0/RZaDA8QAuK2O3lH2wxOKMdjs8z/lz5wVrJVYfS/1AeOfrH8sjI&#10;S1WR/H+yHvRFXCGRKtmGZeXZmwIV4+WXnatVj2IlHlfI4dxECC70BQdW/Uvs4a2/S/8i/fbqL7Lu&#10;2H8k869vfJnx59pPUn+/5dEtcxXBWvH+U1JAFNL8Anbp5uOsvB/ayid5xfpdssahzRKHFwzTmSjB&#10;TXhSvR4pux9AZVYMvi+NR5F2LqK0MkTVVvvfCqahErWYoNf9kLp7ZvtZ/UhcLu38C8DF0mBcLBqD&#10;k/K78I1ywLG310quKpT+x8rwxCsV0oNXKiNwpTIS/6iMwI+VEWbsi+RFKwwixUpXFVe4ePHiDa64&#10;Qleh0osv+pcoK0wWVpos+/e/5gW5RqRKtp+drTU8rpDDudERXOhLPlor+StpETm06VcBB1bd1o9c&#10;kyze99ug3TvSpQb1lcQGZ5uK5/ZsdFMTHrfvxuuaUFw0BeE8U81Ltlz/QeICPaIE3yiagY8MCTiW&#10;NwDn9SPxY3kCjpckY5d6CUI1Sr9bwWRSTUShHuPT07QFGwbPP7Ht1zs/z/hL3QnFXTguvwsnlXfh&#10;pGIAzhpHoN0SNo39HrukPPL3Vyoi6ok8f6QSFVDOZeofpljJM66wO7NVBXGFzpYaUpjUKVVWmCys&#10;MFlYgbK89trr9FfynOS5iVQ94gp5sRKHcwMhuPBLQPpPx2/f/FyoIv9wjK0E8VVWmtEbX2NHXLUd&#10;0tJipGTNbvkmb0DbJXscPZ9kC39cUYKksOlHexzO6objlGYULQgi27E/2BPwZckUqLULcL8+DZGW&#10;YsR5PA95TvLcYSrZ0cBd3uPPzhUMe6LNPB4XzOPQXjqhQ3jSI+z30RVk+7bja1l5uiEr08sV0oXs&#10;13LE8ShWclUAu4qV2LhCV7GSaFwhKVZyxRU6pfqSQJ69JVAxyOeIwJ9//iWXVHlcIYdzgyC48Esy&#10;Zu2q2IBtW9KDs3dXh+Rl7Q+VZb8Rkp1eO3TbrrR7Nzw856Odt2efVAwSLV5ynV1essXgmGLoT5/t&#10;+tOl7zWDaFgC2ZZtKw3HT2UT8EPRSFh3hR5JTF1eOD47q9z9PLkZteO3bcoctUY4/uxKpfRdL9lV&#10;ReByuXQZ+/r9QbdyRcTpkqf74wp6fz379Zyu6ZAqKVYSiysUm61KKoAFxUqecYUuqbLCZGGFycKK&#10;k+X119/wgkibPG9HshKPK+RwrmMEF64Hxq59+q8j168aN2bT+oCAVavoFjDh4zWS//FVvOQ6u/w6&#10;p9/Rw9t/v+mjDbc9cnjbf+z8Iv3P7nPZLzJurz289XeZl1IkyUiR/P4Pa7beLvY8nvxYHn7PlSpW&#10;ftIjPdl+pRIV3IOeiaLznJSLtDfpYVwhKVbyjCukxUqecYWkAth5pupcqXZXoqwwWViBsrzxxpv0&#10;PqQgqqNYicxW3c7jCjmc6wfBhRsB8eKl22sPbf1d5ntr/mVy2UzJP7se630uKxGVpT/Y1SiR3z8q&#10;I7azj/OFuIidq9p/VEbIScWuyP3l7H04V0/HP64KYFexEhtX6CpWclUAk2Ild1yha7aqK67QJVV/&#10;ImWlycJKk4VIlGX//tepVEmxEo8r5HCuDwQXbiSuVZJdIS5B6RHURHbr3Mq5nRspKlHX1vCPldIU&#10;X5/j9A29EFc4yTOukLTVkDxeslLtK4F68uabb1HeeOMN2lrjKlbicYUczi+D4AKnE1JBS7Za3atF&#10;57ZrJvs4MXxt59Jr5dK5nc8hPcI+5nJlJO8x/JnozbhCUqxEtl+d27/7+0ygYpDPv/rqq1TormIl&#10;HlfI4fw8CC5wnJCgBFZw3V2N+pQobXkJT3Q/jm7rdq5YXWem7P04Pw8+4grZ2aquCmDR2apsXKFr&#10;pcpKs7cE6uKtt972wnWu2tGryuMKOZw+RHCB44RdjXa3CIisJsW2c4lYPSVKIPfzeg4qU2kKe0/O&#10;z09vxxU6K4Bfoi0urtUpK0wWVpZisAIV47XX3qCRhR3nqjyukMPpZQQXOJCQVadXS0oHZJUqeKwH&#10;zlVs9yRKqn7Zx5HnRHkkXzVcZzDFSp6zVdm4Qr+zVUlcISlWcrXVEKmKCZWVpRisLP3x9tvvuHn9&#10;9TfpuapHsRKPK+RwrhHBBQ5dKWaS81C35Jy/L2cf50ln2EI3JEpWruXSZaSwqPOxUvI89ezjONcX&#10;Hf/0alwhkRrZhiUrR1aYLKwk/eEpUDHI/chZLgn153GFHM7VI7hwy0Mi/FgZdrUaLY/8W7dXoh0I&#10;iozIY8vDr+1/YjWRf+IB+D8v1xhXSIuVSFxhfr7MQuIKnVIl27/eUmUl6Q9WmP545513KeT3r77q&#10;jCzkcYUcTs8QXLjVEa4UaQHQfvZxbnxJlH5d+GzB4/211fQg5METuhqm+b3kPs4A/CuVEfvIXwrY&#10;x3L6Dh/FSj2arcrGFZKVKikcYmUpBitJf7gEKgb5PDnHffHFV3hcIYfTDQQXbmn2Rd4mdjbqS4iu&#10;1SsbPk9F7NHiwkIkxz7+antHSTiE8zWL5vdymf5CiMQVuoqVrjqu8IUXiFT395lAXbz77ntekHNc&#10;cq66Zw89V6VxhbxYicPpRHDhVqZHK0UqUeFKtCspXktbjRdOiZezEvekJ32vnL7jKmaruuIK3bNV&#10;SVyha7YqiSskbTUuqbKyFIOVpRisQFnee+99vPnm2+5zVR5XyOE4EVy4lXFuj3qv7ETbUXxI1Ofj&#10;PZ/jGkIe3NDtZHcRlBeCbemrmFLD6TuYCmC2WImNK/QsViJSdRcrecYVEqkRuZGz1L4SqBhvveU8&#10;VyUVyDyukHMrI7hwy1Ie+Tfhtq7ISvEaJEruxX4Nec4eFQd1nMmKrkQrpAd/rJBe9P4cF+n1zFXG&#10;FZJiJXdc4QMPzFnhiiskxUpkG/aNN94SCJOFFSYLK06W998/4IY8npyrku1nj7hCUqwk3M3hcG4y&#10;BBduVchZo5eAxFpefEm0m2ENV9NW44mzxUb8+TvOQ50rVa/P+SmU4lxX9EZcISlWcsUVuqRKekf7&#10;UqIs5POkH/all8i5Ko8r5Nz8CC7cqgjaUZg4v2uV6NWGPLgQP1t1bw3T5ydFUV6f45Nkblh8VABf&#10;dVwhKVZyBUC8+65vkbLCZGGlyXLgwAdekGvOflWnVHlcIedmRHDhVkRMUj9WSL9xP+ZaJSq24qVf&#10;373Vos/EJOeZqPt8lT1/7ap6mHNj4COukJ2t6jeu0DVb1RVXSFpbyFasa3XKCpOFFSYLK1AxPvjg&#10;Q7z99rt09BwZQ9cRV7iJVwBzbnQEF25F2FFmBPd5p9h2KZVg9yUq2lbTzQAGXxIlkvQ6kxVZ8dK/&#10;DPD2l5sKpljJM67Qs1ipR3GFJISBzDklUu0rgYrxzjvv0eftqADmcYWcGxbBhVsRdiVHIAJznUkK&#10;V5I9kKivkIdK6bvs4wT4kLjYSlP4HDxy8Gan4x+xYiU2rtBVrOQ3rpAUKxGpkUpcsnJkpdlbAhWD&#10;3JNsO5MRdGS+K48r5NxICC7cirDnoz9WSs+y541ueihR5/27FqEAH4lJvr6WiNnrsd1c8XJuHno7&#10;rtAp1f20jaavBPrhhx8JIPcgxUrOEAgeV8i5/hFcuBVhReoLWrzTQ4n2KOTBhUibDMGXRJ2j29jH&#10;d/EcnJsaH8VK1xRXSKRKCodYcfaWQMUgjyWhE6RPlscVcq5XBBduRQSrOR+QgiH2a7uCvXdXyUc+&#10;C5v89KmyW9Md1bo9fq1elEf+ngTgd7eqmHP94qNYSWy2qqsCWFCs5IordBUrkdaWN998k65SWUn6&#10;gxWlPz766GMBZHVMsoed2788rpBzfSC4cCsiPF9kkb7rM2/XD2IrRVoA5GuleBUSFQuSoM/BBkl0&#10;FzJBpjLC7LyX67VI3+VzUm8O+iKukEiV9Kr6kyorSX+w8hTj448/xnvvHegIgaDJSjyukPOLIbhw&#10;q0K2bAXFOuTXCun+HiUPeSBYKfqLAySDvt0TXLr5Nb0Q8uAJ/QsF8/ydRPKh4zcZIsVKVzVblcQV&#10;umarkgxgMgLu/fff7zOBOjnoxfvvf0Bl3iFVHlfI+VkRXLiVISIhq7kOIdVfzSrUTU9WikSiRLrs&#10;BJeuCpucXyeQXo+3Y53tOXK/q/JrEDTnxkCkAthVrOSSKlus5IorJMVKgrhCUqxEVozvvvu+QJq9&#10;JVAXBw928uGHH9JwfTLXlUys4XGFnL5GcIHTOwgCGPyISCwsn0C2WNnHeiK+Jd2NthpPnFNk9gla&#10;fDpWw+x1wddzbko6KoBJsZJYXCEpVhKLKyTFSqJxha62GtI72lcCdXLIC/K177zjDNcn56o8rpDT&#10;FwgucHoBsQAGHytFsuJke1g7pFru8yzV13P0tOXFx5kslWeFdD9tA2I+J7gH56aHqQAmxUpicYXs&#10;bFVBXCEpVnLFFTp7Vd/xKdRrFeihQ0LI40g8IgmB6OhVfZ4UK/G4Qs61IrjAuXZ8tLwIVopXLVGR&#10;1WiH/A6yj/MJbbERSpRSId3vTFRi+msrpBcF9+HcUvioAO4qrpAUK/mMKyStLW+99ZZbqv4EKpRo&#10;1wLt5DAOH+6EtOyQEIiOZCUeV8i5agQXONdOZ9WrE7GWF3GJduTvdiFRQo/bajxxbueKPLfzbJjG&#10;Coqc8XY3G5hza9DxT6/GFZJzTdKrSgqV/Au0JxI9LJAoC3k+EgLhUazE4wo53UZwgXONiBYAecw1&#10;dRUWiUnUOQqty7MbHyve7gUw+NjOdZ/hdtzjcoV0padIe6U3lXPTIlIB3N3Zql4VwI888thqV1wh&#10;kRqpxCUrx74SqItPPvnEDXkOEgLx0ksv03D9jmKl7h+ZcG45BBc414ZAcp5FRkRitBqYlSClWxIl&#10;CFajlREg4mMfJ8CHRD1HsXk8hyDtifTFCu7J4YjgY7YqG1foKlbqVlyhs62GSLVvBCqG61zVI1nJ&#10;3NjYeD8vVuJ4IrjAuTbYal13rJ+/M8keSFQgaorHitcXzpXwPsFzi0iUzGEVvlbpEcE9OZxu0Btx&#10;ha7Zqjab/RDpV3W21bwrKlFWlmKwwvTHp59+SiG/f+8958QaVwUwjyvkEAQXONcG28pCKl+p/FiB&#10;OeXkPHfspkTp/RkZdhXYQOlhnyq79cy3dTm9hY9iJbG4Qp+zVdm4Qmdbzbt09cgKk4WVpD9cAvUF&#10;CZ0gxUoes1V5XOEtiuAC59pgReeEXd256bI61xOxAeRdrkZ7KFGfc039PQeHcxVcRVwhW6zkFVfY&#10;WQH8tkCqrCT9wQrTH5999hmFFEORIikyBo7HFd56CC5wrg22YtcXNGyhBxIlsCtF931EHutCtDrY&#10;l0R7OXLQE3K+ys9YOb4QKVa65rhCUizkkiorSzFYSfrDJVAxiFTJ85KB6Z1xhU2J7PfMuXkQXOBc&#10;G+JnmJ6QQeE+Auj94WO0mljIgwtRifob+C0W8kBfb/jV/U/Aeb/tzPO/6+81czgEj2IlNq6wO7NV&#10;BXGFpAKYrBhJr2pfCbSTz/H5507Iavjdd9+jxUrkXJXHFd6cCC5wrh0iSpHWERqYcLVSEqwU/QlR&#10;pOjJ/TV+tpPZkAeX+NjHdQcygs31vXvfjxDp9y8AHI4nInGFrmIlV1whW6zkiiv0mq26e3e63hVX&#10;SM42Se8oK0pfCGUpxudeEmX59NPP6Lnq/v1v8LjCmwzBBU7vcLlCutDdQlIhPUjbU3pQVOSFWG+q&#10;nzhAInLB4+nriKj3JVGCoK3GxyDxrnB+72QlK/Ia3FydoDm3Nh0VwKRYSSyukBQricUVkmIln3GF&#10;pAKYVOOKrU6FshTDv0A///wLL774gvz6OT744AMaAsHjCm98BBc41x9ETOwK11ccIBuk4IHfFhvx&#10;Leluhjx4QFbOos/PbDGTx/CxbJxrgakAZouVXBXArmIlNq7QXaxE4gpdxUqkAtglVaEwWXouUG+O&#10;uPnoI+e5akeyEo8rvMEQXOBcf4itFMXiAMnqUbg1S/Er0Z48hz/Imaz39rOLSFr569Vfy0XK6UU6&#10;/ulpXCEpVvKKKyTFSq64wpdffpW21ZD+1L4SKMuRI0dw6NAnePvtd10VwDyu8AZAcIFzfSHW8kJ6&#10;U9mVYhcS9SssUk0r/Lou2mo8IUVFooVN9D7vOgMehG1B3b4/h9MDRCqArzmukEiNrBg//viQiDh7&#10;R6BHjnwpgJyrknmuL7/8Co8rvI4RXOBcXwiKhkRaV65FovTr2QCG7oQ8+Pl6wfOLnPHSvwyI3IvD&#10;6W18xBW6ipXYuEJXsZJXXOHUqfc+SWarkrhCVwUwmVRzrRJ1ClRcop78//buJ0Syq4rjOLpIJAQb&#10;DZnp7kFHUDAQTFBnpnvMVNdCRCSK7kbF4J/JJN29kbgJKmQhaNwrjDsXCgkKdrUoIyHSYMDRiUkm&#10;k45NksX8hWzdjTITSs5971W9Oufc9+6r6j/15xv4kOFO9XvV2Zzce8/93atXr4bnyr6qNCsRVzhe&#10;zADGS9bpO1iEyucx/U7bUhFznlnmzXibzEbjM9H+++90Tp1Wz6/sOAb2yohxhb1mpXJc4cWLclvN&#10;G3tWQK9evWbI321vb4dQ/7xZ6S/EFR4cM4Dx8d8/tj9Z1WQUGnsiRTT1eIkphA0CGMzP9p4xGHuo&#10;YxOH7QYGdtNuxxW+8MKL/5Ng/cuXL4c9VF08d6OAFq5dG1SEQBBXeDDMAMaHt2QbwhzyPUm/sSe9&#10;iHpxgCLl56NFVDc2OUESIXKwpvkJ2E9OXGHRrKTjCmvvVi06gCXcXvY3ZZ+zX0Rt0RylgF67dn3A&#10;9evXu2+//U73lVdeJa5wH5kBjA8bwtDu5sukW24R67QupBTB6PMTZ6Pvba6c08vNbhH1juMkvgM4&#10;KE6z0shxhdIsJEX1rbfeMcVztwqoR2bGly71m5Wq4gqPtr8/d2TpybaQP+u/R5wZwPjQsz5p0HGK&#10;VxF8sCVLwfoZUeFuUv2sdlcSicxnS6JhD04RFfZe0xEiB4EDoJqVmsYVhmalIq5QmpVkpigzRjnm&#10;slcFNHOje+NGn7xLLkkvroEr4go/+sj6jxeX17qLJ9e6R5Yz8ufF5bUri8trPzva/najs+SzyAxg&#10;fHgdu7aA9a5iq20sKvOblKrThpoW0WjIg/PsJmTWXVfwgb1QalbScYUpzUomrjDrAJZjNf/eswLq&#10;kWe+9PeXu1987CdSMCstLK++duTEKudYK5gBjA+/o7Yvy+9dOe8VsUpeOH1F5KDQ6Uo9UsQjHb7y&#10;dwPfd4iQh8HnnTotzVbZ8+RqutYVZrc4KE5cYdGsVMQVFs1KOq6w16xUxBU+//zv/yX7qlmw/naY&#10;Pe5FARU3b97sXnx12xTMOrLkq/8bIGMGMF6k4SgUuVJByv7cuhLye52fqROdKUbiAL2mp1z0iI33&#10;PwFekESSjfbRItDB7M2G/zYUUxysUrOSF1cozUrluEJpVqqNK5QOYAnWlz1UWzSHK6CFr5z5uSmU&#10;tZbWdljm9ZkBjJ9Q+PKZmBQjafaJzQJTmDhAOZsaKcp+0e0dcXGLaPaO0UIeCsUtMnUaz8qBPZL/&#10;U3QAF81KOq6waFbScYWhWUnHFUoG8OuvXw5nU5sWUF1Ef/qL39kimWhhafWc/n1BIZ053kwxFsAQ&#10;ov28Ilp3xCZ25MV5R5UwGw9LuOb9dr+4c+q0/nlgHOxCXOGjEldY3K2adQBfCh25umBq5QJayBuJ&#10;hrKwtHbr8ENfuEf/jrPODGC6maMrTuSgGLqIjnCspizsyTrvl9mz7l4m4AGTYi/iCiVYX86O1hVQ&#10;MczeqLbw2e8+on+vWWcGMMWczFtRjhwU8SJafzxmlJCHgr4YvUealeRcqi7UNY1SwDiKxBUWzUq6&#10;A7hoVqqMK5R0o52dHVNAC7/9w19HmpHKz84vPfED+fL695llZgDTy2beisEjL9EimtjUYwIYMlv6&#10;czFVR2yK93t7vI3O0AJjZrfiCqVZqYgrlAxgOVYj+6lFIf3Vb/7cXVxetwWygfnjZ3+kv/+sMwOY&#10;Xrc3V54bKEDqOEootCMU0WGO1ZRFi2gpsUnnD4uw/+o8D5hEqlkp9W7V2rjC7e03uy/+7eXRZqTL&#10;a93Dxx9/VH/nWWcGMKWcZd1y5m3W2OMUsdQiOmTIQyFaRFVik17Wlf3e0MXsPBOYdPk/XrOSjiss&#10;mpXcuML19fVnirhCXRibWFhe/c/i8cc+rL/nrDMDmE6mW7fUABT2JE0BbFZEhY0DTOum9QtwMHhO&#10;1ZvxpuzbAlNiN+IKP9E6+4/F5VVTJFMsLK3+k/1RywxgOulQBfmzFFC93DtQoBoUUf+8aTzkoaC/&#10;V4kJe4i+w3kuMO0izUq1cYV33Xvoa/PHztzQRbLOwtITbxz69Nc/pb8HKKQzwxasyPnMvIjpTt46&#10;pgEoIQ7Qfqf++3URzd6RpRv13lERJAHMklKzko4r1M1KoQN47uOffyqE0ydb7x469p0fyoxYvxsU&#10;0plhO3b7F22r8deaHFURUnSd51TORqPdwZ3WBa8D1yxNF+9oGPJgbLSPsjSMaeLcrarjCkOz0n0P&#10;fPnpheNn5YYXp3D2zZ94fOfQZ771TN5R/D79PlBIZ4fTbFQWQhoqAuirmDjAbLb4rP5cIVpEK8Ie&#10;9JVyw4Q8lIXvsLmyle25ZgH4Kfu5wCQpNSuV4wp7zUofuP/Bz80f+95LoWiWu3lPrnUXTpx9d/74&#10;mcsf/NhJaVqSZeO79PORMQOYXlnx8Jd0Q+GrmEFGbbSP2gag+Ewxm71636FtgiF6diHkoWejPReK&#10;svsdSEjCdIt0AB+59yMnTt334FfXDj38zV/e//A3zn3ogS89dc/CQ1JApYFJ9l3l8+/Xz0PGDGC6&#10;ZSHw2X7m7U7rljQbRQtYAn0cJTx3c+U5/TmRLc86BaymO9jcyxqkHasZkN0iY3N6S6Rge/uzwLTJ&#10;O4DLd6uW4wplCVialmRJWPZcpVPYPAMZMwAkiywXezNF2ffUnwtqiqh75KVByEOhuEXGFuTBwkoD&#10;E2aR6gCWfVUprFJAZSYqM1hmoxXMAJAq0nVr4wDDTNDORFPC5r0zpk2TjKJL2p3sWbpQy7Eg/Qxg&#10;VuTNSrIELF3A0rQkM1fzOfSZASCVPvKSFSfVsDNCEfVmoynHaspijU3yXNkr1bfMMCMF0JQZAJI4&#10;TUZhplhuWKoooinF0B7ZEdXHaspCgEPs/XmxNN3ADYMoAMAMACn0LS868zbaWNRg6VTPeOuO1ZTF&#10;ZqJhrJgJOzNeueu0yB8GgBRmAEghZ051kSq6f+NHXNKLaDQOMHKsZuBnY0VUzTb9Ga+zxwsAFcwA&#10;UMvt1s0yb2PLqSK1iAodByhHbOSojf6cFi2iTnfwnc7K+XLCU74/+qR+JgBUMQNAHR3XVyzrhqvQ&#10;nCImBapJEdXPD++Q/dea2Wh2xMUp4k4R9fZ4U2e8AFBmBoA6umCFQtlp3TIFrN/Y02iWpyMHU+IA&#10;o3uyXhFtGCQBAFXMAFDHmzH62vVHXLQ/tQ/b5/ghD4WmRdRfmq5+R5KN9lwIwE/sKgYwHcwAkOJO&#10;p7XjpgQFLQnA3xkmetDOFOVZK+f153qK2D+tIv3IC3kYKnIwJ6lNWX6vPCcr6CnHewBMBzMApOjP&#10;AtV1bFKgpPANs9fozRQrCmLVOdWqmXC46SX1HTXCvrA8Qy0Tp56VBTD5zACQKhTT0PnaKyBbwxYk&#10;0WimuNGe0wU0FLCaztvosZqmy7HZ+wc6i62skxnAdDMDwEHRy8XRWV0oYnYmKuq6g3XIQ/QdVWLL&#10;yXkHc/HdygEVAKaXGQAOgu4EzjgzxRGKaBYUoX5GjtU0SDLKbrGRYAf7fvm+4co3+V105jCAqWUG&#10;gIOgj7y4AQyRIqrjCWOS3lEh2q0szxx2XxjAxDMDwL5zmoxkr1Nmf73PRIqoFDHpmDXPVPwimB7A&#10;ED1iky0P/9rMnAHMDDMA7Dc387bTutD7zIhFVGTJS4M/nxrAECuisr9at5wMYPqZAWC/SUHTBap3&#10;fCXW2NOgiMqs08YBJgYwVByxadykBGAqmQFgv+lzneEqs6323f5ybMMi6oU8JEQOBhVFtOqcKoDZ&#10;YgaAfeWfB91yl3uHKKLe/quoTV2KRBVSRAFoZgDYV+oWFtnHjAXg51226UW0achDIbInSxEF4DED&#10;wL5yZ6QqdjAvYk2OqgRb7bvN3mhdHGCkiAoaiwB4zACw3/QF24PFS/49xC0yThxgeFantaM/1yPL&#10;wIORhxRRALXMALDvss7crXIxzUMWwjJs7X5mRKM4wGwvdcMU9CGWkwHMFjMAHAgppuXZoFzD1mk9&#10;PWzQgRcH6EYO5mKz4tSzpgBmlxkApoE+m1oVBxjuElXXoOVFdSNWeAGgYAaAiecGMPhxgBRRAKMy&#10;A8CkM0deIgEMfhHN4wkpogASmQFg0kkhHCiMzpGXaBHdXNlqcq0aAJgBYKKpgId8qbbfZCRnSymi&#10;AHaRGQAmmV7WHWgyKo64UEQB7CIzAEwyWyjb3dsb7XaeoDRwVpUiCmA3mAFgknk3yfhnSkUoqhRR&#10;ACMxA8AkM4U0D8DXl3r3OnkpogBGZAaASSaJSOWiaQpovm/KOVEAu8UMAJPsvc2VZ73i2TPMLTIA&#10;UMEMABOtaCpSnbnFzS/6PCkAjMoMABNvoz0Xzor2lnJb78pMlf1QAHvBDAAAgHRmAAAApDMDAAAg&#10;nRkAAADpzAAAAEhnBgAAQDozAAAA0pkBAACQzgwAAIB0/wdE5N8CEmbcvwAAAABJRU5ErkJgglBL&#10;AwQUAAYACAAAACEAQorMMd4AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTUvDQBCG74L/YRnB&#10;m918EAkxm1KKeiqCbUG8TbPTJDS7G7LbJP33jic9Du/LO89TrhfTi4lG3zmrIF5FIMjWTne2UXA8&#10;vD3lIHxAq7F3lhTcyMO6ur8rsdButp807UMjeMT6AhW0IQyFlL5uyaBfuYEsZ2c3Ggx8jo3UI848&#10;bnqZRNGzNNhZ/tDiQNuW6sv+ahS8zzhv0vh12l3O29v3Ifv42sWk1OPDsnkBEWgJf2X4xWd0qJjp&#10;5K5We9EryLKMmwrSlA04z/OE3U4cJEkOsirlf4PqBwAA//8DAFBLAwQUAAYACAAAACEAqiYOvrwA&#10;AAAhAQAAGQAAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHOEj0FqwzAQRfeF3EHMPpadRSjFsjeh&#10;4G1IDjBIY1nEGglJLfXtI8gmgUCX8z//PaYf//wqfillF1hB17QgiHUwjq2C6+V7/wkiF2SDa2BS&#10;sFGGcdh99GdasdRRXlzMolI4K1hKiV9SZr2Qx9yESFybOSSPpZ7Jyoj6hpbkoW2PMj0zYHhhisko&#10;SJPpQFy2WM3/s8M8O02noH88cXmjkM5XdwVislQUeDIOH2HXRLYgh16+PDbcAQAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAAOwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAIzprVrIBQAAQB0AAA4AAAAAAAAAAAAAAAAAOgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0ACgAAAAAAAAAhAKv7jIdssAAAbLAAABQAAAAAAAAAAAAAAAAALggAAGRycy9t&#10;ZWRpYS9pbWFnZTEucG5nUEsBAi0AFAAGAAgAAAAhAEKKzDHeAAAACQEAAA8AAAAAAAAAAAAAAAAA&#10;zLgAAGRycy9kb3ducmV2LnhtbFBLAQItABQABgAIAAAAIQCqJg6+vAAAACEBAAAZAAAAAAAAAAAA&#10;AAAAANe5AABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzUEsFBgAAAAAGAAYAfAEAAMq6AAAAAA==&#10;">
                 <v:shape id="Picture 2" o:spid="_x0000_s1049" type="#_x0000_t75" style="position:absolute;left:1619;width:48933;height:30994;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBskQkTzAAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BS8NA&#10;FITvgv9heUJvdpPSpGnstpRWoQhFrUWvj+wzCcm+Ddm1jf31bkHwOMzMN8xiNZhWnKh3tWUF8TgC&#10;QVxYXXOp4Pj+dJ+BcB5ZY2uZFPyQg9Xy9maBubZnfqPTwZciQNjlqKDyvsuldEVFBt3YdsTB+7K9&#10;QR9kX0rd4znATSsnUZRKgzWHhQo72lRUNIdvoyA6+n3cfFzm6edL8ywvW5c9vmZKje6G9QMIT4P/&#10;D/+1d1pBksRpMp3N5nC9FO6AXP4CAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78A&#10;AAAVAQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAbJEJE8wA&#10;AADiAAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAAAD&#10;AAAAAA==&#10;">
                   <v:imagedata r:id="rId21" o:title=""/>
                 </v:shape>
                 <v:line id="Straight Connector 1" o:spid="_x0000_s1050" style="position:absolute;visibility:visible;mso-wrap-style:square" from="0,8239" to="13049,8239" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAKH3nXxgAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NSsNA&#10;EL4LvsMygjc720RDE7stIig9Vaw+wDQ7JtHsbMiuTfTpXUHwON//rLez69WJx9B5MbBcaFAstbed&#10;NAZeXx6uVqBCJLHUe2EDXxxguzk/W1Nl/STPfDrERqUQCRUZaGMcKsRQt+woLPzAkrg3PzqK6Rwb&#10;tCNNKdz1mGldoKNOUkNLA9+3XH8cPp0Bl+/0vpiyfY/1++NRvhGv8ydjLi/mu1tQkef4L/5z72ya&#10;n+VlWSx1eQO/PyUAcPMDAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEACh9518YAAADjAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" strokecolor="#4c4d4c [3213]" strokeweight="1pt">
                   <v:stroke joinstyle="miter"/>
                 </v:line>
                 <v:line id="Straight Connector 1" o:spid="_x0000_s1051" style="position:absolute;visibility:visible;mso-wrap-style:square" from="39433,13096" to="52482,13096" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAmPRBKxgAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9fS8Mw&#10;EH8X/A7hBN/c1czFUZcNEZQ9TZx+gFtzttXmUpq4Vj+9EYQ93u//rTaT79SRh9gGsXA9K0CxVMG1&#10;Ult4e328WoKKicRRF4QtfHOEzfr8bEWlC6O88HGfapVDJJZkoUmpLxFj1bCnOAs9S+bew+Ap5XOo&#10;0Q005nDfoS4Kg55ayQ0N9fzQcPW5//IW/Hxb7Myodx1WH08H+UG8mT9be3kx3d+BSjylk/jfvXV5&#10;vrld6IU2RsPfTxkAXP8CAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAJj0QSsYAAADjAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" strokecolor="#4c4d4c [3213]" strokeweight="1pt">
                   <v:stroke joinstyle="miter"/>
                 </v:line>
                 <v:line id="Straight Connector 1" o:spid="_x0000_s1052" style="position:absolute;visibility:visible;mso-wrap-style:square" from="36004,31051" to="49053,31051" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAuccUAxwAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NSsNA&#10;EL4LfYdlBG924raGGLstRVB6arH6AGN2TKLZ2ZBdm+jTuwXB43z/s9pMrlMnHkLrxcDNPAPFUnnb&#10;Sm3g9eXxugAVIomlzgsb+OYAm/XsYkWl9aM88+kYa5VCJJRkoImxLxFD1bCjMPc9S+Le/eAopnOo&#10;0Q40pnDXoc6yHB21khoa6vmh4erz+OUMuMUu2+ej3ndYfTy9yQ/icnEw5upy2t6DijzFf/Gfe2fT&#10;/Dutc70sils4/5QAwPUvAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAC5xxQDHAAAA4wAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;" strokecolor="#4c4d4c [3213]" strokeweight="1pt">
                   <v:stroke joinstyle="miter"/>
                 </v:line>
                 <v:line id="Straight Connector 1" o:spid="_x0000_s1053" style="position:absolute;visibility:visible;mso-wrap-style:square" from="7048,31051" to="20097,31051" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCCknXjxwAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NSsNA&#10;EL4LvsMygjc726S0GrstpaD0VLH6AGN2TNJmZ0N2baJP7wpCj/P9z3I9uladuQ+NFwPTiQbFUnrb&#10;SGXg/e3p7h5UiCSWWi9s4JsDrFfXV0sqrB/klc+HWKkUIqEgA3WMXYEYypodhYnvWBL36XtHMZ19&#10;hbanIYW7FjOt5+iokdRQU8fbmsvT4csZcPlO7+dDtm+xPD5/yA/iLH8x5vZm3DyCijzGi/jfvbNp&#10;fr7QD9OZXmTw91MCAFe/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIKSdePHAAAA4wAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;" strokecolor="#4c4d4c [3213]" strokeweight="1pt">
                   <v:stroke joinstyle="miter"/>
                 </v:line>
                 <v:shape id="Text Box 3" o:spid="_x0000_s1054" type="#_x0000_t202" style="position:absolute;left:19431;top:3524;width:11430;height:4667;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCS9TESyAAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0X/A/LCL3VTUOrMbqKBKRF9GDqpbcxOyah2dk0u9XUX98tCB4f73u+7E0jztS52rKC51EEgriw&#10;uuZSweFj/ZSAcB5ZY2OZFPySg+Vi8DDHVNsL7+mc+1KEEHYpKqi8b1MpXVGRQTeyLXHgTrYz6APs&#10;Sqk7vIRw08g4isbSYM2hocKWsoqKr/zHKNhk6x3uj7FJrk32tj2t2u/D56tSj8N+NQPhqfd38c39&#10;rsP88XTyEifRFP4vBQxy8QcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCS9TESyAAAAOIA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
                   <v:textbox>
                     <w:txbxContent>
                       <w:p w14:paraId="31C5F6F3" w14:textId="77777777" w:rsidR="00BE612A" w:rsidRPr="00BE612A" w:rsidRDefault="00BE612A" w:rsidP="00BE612A">
                         <w:pPr>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
                             <w:b/>
                             <w:bCs/>
@@ -10144,51 +10144,51 @@
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>-</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="1932414B" id="_x0000_s1059" type="#_x0000_t202" style="position:absolute;margin-left:350.5pt;margin-top:24.45pt;width:33.4pt;height:28.1pt;z-index:251807744;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBWMponGwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8lu2zAQvRfoPxC81/IeR7AcuAlcFDCS&#10;AE6RM02RFgGKw5K0JffrO6S8Ie2p6IWa4Yxmee9x/tDWmhyE8wpMQQe9PiXCcCiV2RX0x9vqy4wS&#10;H5gpmQYjCnoUnj4sPn+aNzYXQ6hAl8IRLGJ83tiCViHYPMs8r0TNfA+sMBiU4GoW0HW7rHSsweq1&#10;zob9/jRrwJXWARfe4+1TF6SLVF9KwcOLlF4EoguKs4V0unRu45kt5izfOWYrxU9jsH+YombKYNNL&#10;qScWGNk79UepWnEHHmTocagzkFJxkXbAbQb9D9tsKmZF2gXB8fYCk/9/ZfnzYWNfHQntV2iRwAhI&#10;Y33u8TLu00pXxy9OSjCOEB4vsIk2EI6X4+FoNh1RwjE0mtwNZnexSnb92TofvgmoSTQK6pCVBBY7&#10;rH3oUs8psZeBldI6MaMNaQo6HU366YdLBItrgz2uo0YrtNuWqBLXmJz32EJ5xPUcdMx7y1cKh1gz&#10;H16ZQ6pxI5RveMFDasBmcLIoqcD9+tt9zEcGMEpJg9IpqP+5Z05Qor8b5OZ+MB5HrSVnPLkbouNu&#10;I9vbiNnXj4DqHOBDsTyZMT/osykd1O+o8mXsiiFmOPYuaDibj6ETNL4SLpbLlITqsiyszcbyWDrC&#10;GiF+a9+ZsyceAhL4DGeRsfwDHV1uR8hyH0CqxFUEukP1hD8qM7F9ekVR+rd+yrq+9cVvAAAA//8D&#10;AFBLAwQUAAYACAAAACEAp5vf/+IAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8&#10;gzVI7KidijZpGqeqIlVICBYt3bBz4mkS4UeI3Tbw9QwrWI7m6t5zis1kDbvgGHrvJCQzAQxd43Xv&#10;WgnHt91DBixE5bQy3qGELwywKW9vCpVrf3V7vBxiy6jEhVxJ6GIccs5D06FVYeYHdPQ7+dGqSOfY&#10;cj2qK5Vbw+dCLLlVvaOFTg1Yddh8HM5WwnO1e1X7em6zb1M9vZy2w+fxfSHl/d20XQOLOMW/MPzi&#10;EzqUxFT7s9OBGQmpSMglSnjMVsAokC5TcqkpKRYJ8LLg/xXKHwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQBWMponGwIAADMEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQCnm9//4gAAAAoBAAAPAAAAAAAAAAAAAAAAAHUEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="1932414B" id="_x0000_s1059" type="#_x0000_t202" style="position:absolute;margin-left:350.5pt;margin-top:24.45pt;width:33.4pt;height:28.1pt;z-index:251807744;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDpUHRWGQIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8lu2zAQvRfoPxC81/IeR7AcuAlcFDCS&#10;AE6RM02RlgCSw5K0JffrO6S8Ie2p6IUazoxmee9x/tBqRQ7C+RpMQQe9PiXCcChrsyvoj7fVlxkl&#10;PjBTMgVGFPQoPH1YfP40b2wuhlCBKoUjWMT4vLEFrUKweZZ5XgnNfA+sMBiU4DQLeHW7rHSswepa&#10;ZcN+f5o14ErrgAvv0fvUBeki1ZdS8PAipReBqILibCGdLp3beGaLOct3jtmq5qcx2D9MoVltsOml&#10;1BMLjOxd/UcpXXMHHmTocdAZSFlzkXbAbQb9D9tsKmZF2gXB8fYCk/9/ZfnzYWNfHQntV2iRwAhI&#10;Y33u0Rn3aaXT8YuTEowjhMcLbKINhKNzPBzNpiNKOIZGk7vB7C5Wya4/W+fDNwGaRKOgDllJYLHD&#10;2ocu9ZwSexlY1UolZpQhTUGno0k//XCJYHFlsMd11GiFdtuSusQ10gTRtYXyiOs56Jj3lq9qHGLN&#10;fHhlDqnGjVC+4QUPqQCbwcmipAL362/+mI8MYJSSBqVTUP9zz5ygRH03yM39YDyOWkuX8eRuiBd3&#10;G9neRsxePwKqc4APxfJkxvygzqZ0oN9R5cvYFUPMcOxd0HA2H0MnaHwlXCyXKQnVZVlYm43lsXSE&#10;NUL81r4zZ088BCTwGc4iY/kHOrrcjpDlPoCsE1dXVE/4ozIT26dXFKV/e09Z17e++A0AAP//AwBQ&#10;SwMEFAAGAAgAAAAhAKeb3//iAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1&#10;SOyonYo2aRqnqiJVSAgWLd2wc+JpEuFHiN028PUMK1iO5urec4rNZA274Bh67yQkMwEMXeN171oJ&#10;x7fdQwYsROW0Mt6hhC8MsClvbwqVa391e7wcYsuoxIVcSehiHHLOQ9OhVWHmB3T0O/nRqkjn2HI9&#10;qiuVW8PnQiy5Vb2jhU4NWHXYfBzOVsJztXtV+3pus29TPb2ctsPn8X0h5f3dtF0DizjFvzD84hM6&#10;lMRU+7PTgRkJqUjIJUp4zFbAKJAuU3KpKSkWCfCy4P8Vyh8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEA6VB0VhkCAAAzBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAp5vf/+IAAAAKAQAADwAAAAAAAAAAAAAAAABzBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAIIFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="48AC4AD6" w14:textId="06C95E73" w:rsidR="000601A6" w:rsidRPr="000601A6" w:rsidRDefault="000601A6" w:rsidP="000601A6">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>-</w:t>
                       </w:r>
                     </w:p>
@@ -10581,71 +10581,201 @@
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:rect w14:anchorId="0D148C05" id="Rectangle 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:123.75pt;margin-top:13.5pt;width:45.75pt;height:47.25pt;z-index:251699200;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDHssWSfAIAAGsFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtP3DAQvlfqf7B8L0m2LNAVWbQCUVVC&#10;gICKs3FsEsnxuGPvZre/vmPnsStAPVS9OHbm8c188zi/2LaGbRT6BmzJi6OcM2UlVI19LfnPp+sv&#10;Z5z5IGwlDFhV8p3y/GL5+dN55xZqBjWYSiEjJ9YvOlfyOgS3yDIva9UKfwROWRJqwFYEeuJrVqHo&#10;yHtrslmen2QdYOUQpPKe/l71Qr5M/rVWMtxp7VVgpuQUW0gnpvMlntnyXCxeUbi6kUMY4h+iaEVj&#10;CXRydSWCYGts3rlqG4ngQYcjCW0GWjdSpRwomyJ/k81jLZxKuRA53k00+f/nVt5uHt09Eg2d8wtP&#10;15jFVmMbvxQf2yaydhNZahuYpJ/zsyKfzTmTJDrJ8/x0HsnM9sYOffiuoGXxUnKkWiSKxObGh151&#10;VIlYFq4bY1I9jGVdyb8SQJ4sPJimitKol1pDXRpkG0FFFVIqG4oB+0CTIjGWAtrnlW5hZ1R0Y+yD&#10;0qypKJNZDxJb7r3fBFmLSvVwxZxSHcFGi5R2chi1NQU6+S7+5rsnYdCPpip17GQ8ZD/CfJTwZJGQ&#10;wYbJuG0s4EfoZmJL9/ojST01kaUXqHb3yBD6efFOXjdUxBvhw71AGhAaJRr6cEeHNkDFguHGWQ34&#10;+6P/UZ/6lqScdTRwJfe/1gIVZ+aHpY7+VhwfxwlNj+P56YweeCh5OZTYdXsJVP6C1ouT6Rr1gxmv&#10;GqF9pt2wiqgkElYSdsllwPFxGfpFQNtFqtUqqdFUOhFu7KOT0XlkNTbp0/ZZoBs6OdAI3MI4nGLx&#10;pqF73WhpYbUOoJvU7XteB75polPjDNsnrozDd9La78jlHwAAAP//AwBQSwMEFAAGAAgAAAAhAC3w&#10;Z0riAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo05TQEuJUqBIIwYW0&#10;FT83N17iiNgOttOmPD3LCW4z2k+zM8VyNB3bow+tswKmkwQY2tqp1jYCtpu7iwWwEKVVsnMWBRwx&#10;wLI8PSlkrtzBVrhfx4ZRiA25FKBj7HPOQ63RyDBxPVq6fThvZCTrG668PFC46XiaJFfcyNbSBy17&#10;XGmsP9eDEfC+fdVvX9Wgv+8fHn1WPa1ens1RiPOz8fYGWMQx/sHwW5+qQ0mddm6wKrBOQHo5zwgl&#10;MadNBMxm1yR2RKbTDHhZ8P8Tyh8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAx7LFknwC&#10;AABrBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEALfBn&#10;SuIAAAAKAQAADwAAAAAAAAAAAAAAAADWBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AOUFAAAAAA==&#10;" filled="f" strokecolor="#006ca9 [3204]" strokeweight="3pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42DCEC9D" w14:textId="531465B9" w:rsidR="00461562" w:rsidRDefault="00073DCF" w:rsidP="00461562">
+    <w:p w14:paraId="42DCEC9D" w14:textId="358A85DB" w:rsidR="00461562" w:rsidRDefault="002534BA" w:rsidP="00461562">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3890"/>
           <w:tab w:val="center" w:pos="4513"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251706368" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7D32B668" wp14:editId="069B6A83">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251837440" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F117982" wp14:editId="3F26315F">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>5029200</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>177800</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="581025" cy="600075"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1122683202" name="Rectangle 4"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="581025" cy="600075"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="38100">
+                          <a:noFill/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="accent1">
+                            <a:shade val="15000"/>
+                          </a:schemeClr>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="lt1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="3CF99F66" w14:textId="1167B63A" w:rsidR="002534BA" w:rsidRPr="00184DF3" w:rsidRDefault="002534BA" w:rsidP="002534BA">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="006CA9" w:themeColor="accent1"/>
+                                <w:sz w:val="56"/>
+                                <w:szCs w:val="56"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="006CA9" w:themeColor="accent1"/>
+                                <w:sz w:val="56"/>
+                                <w:szCs w:val="56"/>
+                              </w:rPr>
+                              <w:t>0</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect w14:anchorId="2F117982" id="_x0000_s1061" style="position:absolute;left:0;text-align:left;margin-left:396pt;margin-top:14pt;width:45.75pt;height:47.25pt;z-index:251837440;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQALtNp8fwIAAFIFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X21nTR9BnSJo0WFA&#10;0RZrh54VWaoNyKJGKbGzXz9Kdpyu7WnYxZZE8iP58XFx2beGbRX6BmzJi6OcM2UlVI19KfnPp5sv&#10;Z5z5IGwlDFhV8p3y/HL5+dNF5xZqBjWYSiEjEOsXnSt5HYJbZJmXtWqFPwKnLAk1YCsCXfElq1B0&#10;hN6abJbnJ1kHWDkEqbyn1+tByJcJX2slw73WXgVmSk6xhfTF9F3Hb7a8EIsXFK5u5BiG+IcoWtFY&#10;cjpBXYsg2Aabd1BtIxE86HAkoc1A60aqlANlU+RvsnmshVMpFyLHu4km//9g5d320T0g0dA5v/B0&#10;jFn0Gtv4p/hYn8jaTWSpPjBJj/OzIp/NOZMkOsnz/HQeycwOxg59+KagZfFQcqRaJIrE9taHQXWv&#10;En1ZuGmMSfUwlnUl/0oO8mQxiQjdWHJyiDWdws6oCGHsD6VZU1F0s2SY2khdGWRbQQ0gpFQ2FIOo&#10;FpUanos5hT8GP1mkVBJgRNYU2oQ9AsQWfY89JDbqR1OVunAyHjKa3Pwd2GA8WSTPYMNk3DYW8KPM&#10;DGU1eh709yQN1ESWQr/uiRvi9Tyqxqc1VLsHZAjDWHgnbxqq1a3w4UEgzQFNDM12uKePNkA1gfHE&#10;WQ34+6P3qE/tSVLOOpqrkvtfG4GKM/PdUuOeF8fHcRDT5Xh+OqMLvpasX0vspr0CqlxBW8TJdIz6&#10;weyPGqF9phWwil5JJKwk3yWXAfeXqzDMOy0RqVarpEbD50S4tY9ORvBIdOzFp/5ZoBsbNlCn38F+&#10;BsXiTd8OutHSwmoTQDepqQ+8jiWgwU29NC6ZuBle35PWYRUu/wAAAP//AwBQSwMEFAAGAAgAAAAh&#10;AGamQ83dAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMjz1PwzAQhnck/oN1SGzUwagQQpwKFZWl&#10;A2oLu5sccYR9jmy3Tfn1HBNMp1f36P2oF5N34ogxDYE03M4KEEht6AbqNbzvVjcliJQNdcYFQg1n&#10;TLBoLi9qU3XhRBs8bnMv2IRSZTTYnMdKytRa9CbNwojEv88QvcksYy+7aE5s7p1URXEvvRmIE6wZ&#10;cWmx/doePOd+0Hr9vXrz1rzaXTwvidwLaX19NT0/gcg45T8YfutzdWi40z4cqEvCaXh4VLwla1Al&#10;XwbK8m4OYs+kUnOQTS3/T2h+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAu02nx/AgAA&#10;UgUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGamQ83d&#10;AAAACgEAAA8AAAAAAAAAAAAAAAAA2QQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADj&#10;BQAAAAA=&#10;" filled="f" stroked="f" strokeweight="3pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="3CF99F66" w14:textId="1167B63A" w:rsidR="002534BA" w:rsidRPr="00184DF3" w:rsidRDefault="002534BA" w:rsidP="002534BA">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="006CA9" w:themeColor="accent1"/>
+                          <w:sz w:val="56"/>
+                          <w:szCs w:val="56"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="006CA9" w:themeColor="accent1"/>
+                          <w:sz w:val="56"/>
+                          <w:szCs w:val="56"/>
+                        </w:rPr>
+                        <w:t>0</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00073DCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251706368" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7D32B668" wp14:editId="2FEFEFB5">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5181600</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>282575</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="904875" cy="1228725"/>
                 <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1018531372" name="Text Box 1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="904875" cy="1228725"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
@@ -10675,93 +10805,93 @@
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="006CA9" w:themeColor="accent1"/>
                                 <w:sz w:val="96"/>
                                 <w:szCs w:val="96"/>
                               </w:rPr>
                               <w:t>γ</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="7D32B668" id="_x0000_s1061" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:408pt;margin-top:22.25pt;width:71.25pt;height:96.75pt;z-index:251706368;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAK6xeGMwIAAF4EAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8Lwkp7EJEWFFWVJXQ&#10;7kpstWfjOMSS43FtQ0J/fccOX932VPViPJ7J88x7z8weukaRg7BOgi7ocJBSIjSHUupdQb+/rj5N&#10;KHGe6ZIp0KKgR+How/zjh1lrcpFBDaoUliCIdnlrClp7b/IkcbwWDXMDMEJjsgLbMI+h3SWlZS2i&#10;NyrJ0vQuacGWxgIXzuHpY5+k84hfVYL756pywhNVUOzNx9XGdRvWZD5j+c4yU0t+aoP9QxcNkxov&#10;vUA9Ms/I3so/oBrJLTio/IBDk0BVSS7iDDjNMH03zaZmRsRZkBxnLjS5/wfLnw4b82KJ775AhwIG&#10;QlrjcoeHYZ6usk34xU4J5pHC44U20XnC8XCajib3Y0o4poZZNrnPxgEmuX5trPNfBTQkbApqUZbI&#10;Fjusne9LzyXhMgdKliupVAyCFcRSWXJgKKLysUcE/61KadIW9O7zOI3AGsLnPbLS2Mt1prDz3bYj&#10;ssR2p+eBt1AekQcLvUWc4SuJza6Z8y/MoidwdPS5f8alUoCXwWlHSQ3259/OQz1KhVlKWvRYQd2P&#10;PbOCEvVNo4jT4WgUTBmD0fg+w8DeZra3Gb1vloAMDPFFGR63od6r87ay0Lzhc1iEWzHFNMe7C8q9&#10;PQdL33sfHxQXi0UsQyMa5td6Y3gAD5wHMV67N2bNSTGPWj/B2Y8sfydcXxu+1LDYe6hkVDVQ3fN6&#10;UgBNHH1xenDhldzGser6tzD/BQAA//8DAFBLAwQUAAYACAAAACEAeZjmT98AAAAKAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPwW6DMBBE75X6D9ZW6iVKDGkSUcoSpZH6ASH5AINdm4LXCJtA/77uqb3N&#10;akazb4rjYnt2V6NvHSGkmwSYosbJljTC7fqxzoD5IEiK3pFC+FYejuXjQyFy6Wa6qHsVNIsl5HOB&#10;YEIYcs59Y5QVfuMGRdH7dKMVIZ6j5nIUcyy3Pd8myYFb0VL8YMSgzkY1XTVZhOpSn1a6mr6uK/NO&#10;5/nWpanuEJ+fltMbsKCW8BeGX/yIDmVkqt1E0rMeIUsPcUtA2O32wGLgdZ9FUSNsX7IEeFnw/xPK&#10;HwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAK6xeGMwIAAF4EAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB5mOZP3wAAAAoBAAAPAAAAAAAAAAAA&#10;AAAAAI0EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAmQUAAAAA&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="7D32B668" id="_x0000_s1062" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:408pt;margin-top:22.25pt;width:71.25pt;height:96.75pt;z-index:251706368;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAK6xeGMwIAAF4EAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8Lwkp7EJEWFFWVJXQ&#10;7kpstWfjOMSS43FtQ0J/fccOX932VPViPJ7J88x7z8weukaRg7BOgi7ocJBSIjSHUupdQb+/rj5N&#10;KHGe6ZIp0KKgR+How/zjh1lrcpFBDaoUliCIdnlrClp7b/IkcbwWDXMDMEJjsgLbMI+h3SWlZS2i&#10;NyrJ0vQuacGWxgIXzuHpY5+k84hfVYL756pywhNVUOzNx9XGdRvWZD5j+c4yU0t+aoP9QxcNkxov&#10;vUA9Ms/I3so/oBrJLTio/IBDk0BVSS7iDDjNMH03zaZmRsRZkBxnLjS5/wfLnw4b82KJ775AhwIG&#10;QlrjcoeHYZ6usk34xU4J5pHC44U20XnC8XCajib3Y0o4poZZNrnPxgEmuX5trPNfBTQkbApqUZbI&#10;Fjusne9LzyXhMgdKliupVAyCFcRSWXJgKKLysUcE/61KadIW9O7zOI3AGsLnPbLS2Mt1prDz3bYj&#10;ssR2p+eBt1AekQcLvUWc4SuJza6Z8y/MoidwdPS5f8alUoCXwWlHSQ3259/OQz1KhVlKWvRYQd2P&#10;PbOCEvVNo4jT4WgUTBmD0fg+w8DeZra3Gb1vloAMDPFFGR63od6r87ay0Lzhc1iEWzHFNMe7C8q9&#10;PQdL33sfHxQXi0UsQyMa5td6Y3gAD5wHMV67N2bNSTGPWj/B2Y8sfydcXxu+1LDYe6hkVDVQ3fN6&#10;UgBNHH1xenDhldzGser6tzD/BQAA//8DAFBLAwQUAAYACAAAACEAeZjmT98AAAAKAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPwW6DMBBE75X6D9ZW6iVKDGkSUcoSpZH6ASH5AINdm4LXCJtA/77uqb3N&#10;akazb4rjYnt2V6NvHSGkmwSYosbJljTC7fqxzoD5IEiK3pFC+FYejuXjQyFy6Wa6qHsVNIsl5HOB&#10;YEIYcs59Y5QVfuMGRdH7dKMVIZ6j5nIUcyy3Pd8myYFb0VL8YMSgzkY1XTVZhOpSn1a6mr6uK/NO&#10;5/nWpanuEJ+fltMbsKCW8BeGX/yIDmVkqt1E0rMeIUsPcUtA2O32wGLgdZ9FUSNsX7IEeFnw/xPK&#10;HwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAK6xeGMwIAAF4EAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB5mOZP3wAAAAoBAAAPAAAAAAAAAAAA&#10;AAAAAI0EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAmQUAAAAA&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="29433AEE" w14:textId="63F1950F" w:rsidR="00073DCF" w:rsidRPr="00461562" w:rsidRDefault="00073DCF" w:rsidP="00073DCF">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="006CA9" w:themeColor="accent1"/>
                           <w:sz w:val="96"/>
                           <w:szCs w:val="96"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="006CA9" w:themeColor="accent1"/>
                           <w:sz w:val="96"/>
                           <w:szCs w:val="96"/>
                         </w:rPr>
                         <w:t>γ</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00073DCF">
         <w:rPr>
           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251704320" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="300F9F2B" wp14:editId="168BA73C">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251704320" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="300F9F2B" wp14:editId="22CBC960">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>4426585</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>280035</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="904875" cy="1228725"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1963745245" name="Text Box 1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="904875" cy="1228725"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
@@ -10789,93 +10919,93 @@
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="006CA9" w:themeColor="accent1"/>
                                 <w:sz w:val="96"/>
                                 <w:szCs w:val="96"/>
                               </w:rPr>
                               <w:t>+</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="300F9F2B" id="_x0000_s1062" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:348.55pt;margin-top:22.05pt;width:71.25pt;height:96.75pt;z-index:251704320;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDzBfXeHQIAADYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfIPxC8x5JVO3YEy4GbwEUB&#10;IwngBDnTFGkJoLgsSVtyv75Lyi+kPRW9UMvd1exjhrOHrlFkL6yrQRd0OEgpEZpDWettQd/flrdT&#10;SpxnumQKtCjoQTj6ML/5MmtNLjKoQJXCEgTRLm9NQSvvTZ4kjleiYW4ARmgMSrAN83i126S0rEX0&#10;RiVZmt4lLdjSWODCOfQ+9UE6j/hSCu5fpHTCE1VQ7M3H08ZzE85kPmP51jJT1fzYBvuHLhpWayx6&#10;hnpinpGdrf+AampuwYH0Aw5NAlLWXMQZcJph+mmadcWMiLPgcpw5r8n9P1j+vF+bV0t89w06JDAs&#10;pDUud+gM83TSNuGLnRKM4woP57WJzhOOzvt0NJ2MKeEYGmbZdJKNA0xy+dtY578LaEgwCmqRlrgt&#10;tl8536eeUkIxDctaqUiN0qQt6N3XcRp/OEcQXGmscek1WL7bdKQuC5pFZoNrA+UB57PQU+8MX9bY&#10;xIo5/8osco0joX79Cx5SARaDo0VJBfbX3/whHynAKCUtaqeg7ueOWUGJ+qGRnPvhaBTEFi+j8QS7&#10;IfY6srmO6F3zCCjPIb4Uw6MZ8r06mdJC84EyX4SqGGKaY+2Ccm9Pl0ffaxofCheLRUxDgRnmV3pt&#10;eAAPiw1Lfus+mDVHJjxy+AwnnbH8EyF9bk/JYudB1pGty16PDKA4I9/HhxTUf32PWZfnPv8NAAD/&#10;/wMAUEsDBBQABgAIAAAAIQD9pMEc4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BSsNAEIbv&#10;gu+wjOBF7KZtSNqYTZGCkEMurSJ422bHbGh2N+5u0/j2jic9DcN8/PP95W42A5vQh95ZActFAgxt&#10;61RvOwFvry+PG2AhSqvk4CwK+MYAu+r2ppSFcld7wOkYO0YhNhRSgI5xLDgPrUYjw8KNaOn26byR&#10;kVbfceXllcLNwFdJknEje0sftBxxr7E9Hy9GwPRep+ow6egf9k2d1OfmK/9ohLi/m5+fgEWc4x8M&#10;v/qkDhU5ndzFqsAGAdk2XxIqIE1pErBZbzNgJwGrdZ4Br0r+v0L1AwAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAPMF9d4dAgAANgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAP2kwRziAAAACgEAAA8AAAAAAAAAAAAAAAAAdwQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="300F9F2B" id="_x0000_s1063" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:348.55pt;margin-top:22.05pt;width:71.25pt;height:96.75pt;z-index:251704320;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDzBfXeHQIAADYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfIPxC8x5JVO3YEy4GbwEUB&#10;IwngBDnTFGkJoLgsSVtyv75Lyi+kPRW9UMvd1exjhrOHrlFkL6yrQRd0OEgpEZpDWettQd/flrdT&#10;SpxnumQKtCjoQTj6ML/5MmtNLjKoQJXCEgTRLm9NQSvvTZ4kjleiYW4ARmgMSrAN83i126S0rEX0&#10;RiVZmt4lLdjSWODCOfQ+9UE6j/hSCu5fpHTCE1VQ7M3H08ZzE85kPmP51jJT1fzYBvuHLhpWayx6&#10;hnpinpGdrf+AampuwYH0Aw5NAlLWXMQZcJph+mmadcWMiLPgcpw5r8n9P1j+vF+bV0t89w06JDAs&#10;pDUud+gM83TSNuGLnRKM4woP57WJzhOOzvt0NJ2MKeEYGmbZdJKNA0xy+dtY578LaEgwCmqRlrgt&#10;tl8536eeUkIxDctaqUiN0qQt6N3XcRp/OEcQXGmscek1WL7bdKQuC5pFZoNrA+UB57PQU+8MX9bY&#10;xIo5/8osco0joX79Cx5SARaDo0VJBfbX3/whHynAKCUtaqeg7ueOWUGJ+qGRnPvhaBTEFi+j8QS7&#10;IfY6srmO6F3zCCjPIb4Uw6MZ8r06mdJC84EyX4SqGGKaY+2Ccm9Pl0ffaxofCheLRUxDgRnmV3pt&#10;eAAPiw1Lfus+mDVHJjxy+AwnnbH8EyF9bk/JYudB1pGty16PDKA4I9/HhxTUf32PWZfnPv8NAAD/&#10;/wMAUEsDBBQABgAIAAAAIQD9pMEc4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BSsNAEIbv&#10;gu+wjOBF7KZtSNqYTZGCkEMurSJ422bHbGh2N+5u0/j2jic9DcN8/PP95W42A5vQh95ZActFAgxt&#10;61RvOwFvry+PG2AhSqvk4CwK+MYAu+r2ppSFcld7wOkYO0YhNhRSgI5xLDgPrUYjw8KNaOn26byR&#10;kVbfceXllcLNwFdJknEje0sftBxxr7E9Hy9GwPRep+ow6egf9k2d1OfmK/9ohLi/m5+fgEWc4x8M&#10;v/qkDhU5ndzFqsAGAdk2XxIqIE1pErBZbzNgJwGrdZ4Br0r+v0L1AwAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAPMF9d4dAgAANgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAP2kwRziAAAACgEAAA8AAAAAAAAAAAAAAAAAdwQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="23F55F1A" w14:textId="77777777" w:rsidR="00461562" w:rsidRPr="00461562" w:rsidRDefault="00461562" w:rsidP="00461562">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="006CA9" w:themeColor="accent1"/>
                           <w:sz w:val="96"/>
                           <w:szCs w:val="96"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00461562">
                         <w:rPr>
                           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="006CA9" w:themeColor="accent1"/>
                           <w:sz w:val="96"/>
                           <w:szCs w:val="96"/>
                         </w:rPr>
                         <w:t>+</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00073DCF">
         <w:rPr>
           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251696128" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="00AFCF18" wp14:editId="1D7CF5DA">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251696128" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="00AFCF18" wp14:editId="7EF91A73">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3724275</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>308610</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="771525" cy="1171575"/>
                 <wp:effectExtent l="19050" t="19050" r="28575" b="28575"/>
                 <wp:wrapNone/>
                 <wp:docPr id="259768300" name="Rectangle 2"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="771525" cy="1171575"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
@@ -10896,64 +11026,64 @@
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="663F4E62" id="Rectangle 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:293.25pt;margin-top:24.3pt;width:60.75pt;height:92.25pt;z-index:251696128;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC6tiCXfgIAAGwFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r7azZumCOkXQosOA&#10;oi3WDj2rshQbkEWNUuJkXz9KdpygDXYYdpFFk3wkn0heXm1bwzYKfQO25MVZzpmyEqrGrkr+8/n2&#10;0wVnPghbCQNWlXynPL9afPxw2bm5mkANplLICMT6eedKXofg5lnmZa1a4c/AKUtKDdiKQCKusgpF&#10;R+itySZ5/iXrACuHIJX39PemV/JFwtdayfCgtVeBmZJTbiGdmM7XeGaLSzFfoXB1I4c0xD9k0YrG&#10;UtAR6kYEwdbYvINqG4ngQYczCW0GWjdSpRqomiJ/U81TLZxKtRA53o00+f8HK+83T+4RiYbO+bmn&#10;a6xiq7GNX8qPbRNZu5EstQ1M0s/ZrJhOppxJUhUFCbNpZDM7eDv04ZuClsVLyZEeI3EkNnc+9KZ7&#10;kxjMwm1jTHoQY1lX8s8XRZ4nDw+mqaI22qXeUNcG2UbQqwoplQ3FEPvIkjIxlhI6FJZuYWdUhDH2&#10;h9KsqaiUSR8k9tx73BSyFpXqwxXTnJLqsx8zSWUnwGitKdERu/gbdg8z2EdXlVp2dB6qP51Y7zx6&#10;pMhgw+jcNhbwVHQzsqV7+z1JPTWRpVeodo/IEPqB8U7eNvSId8KHR4E0ITRLNPXhgQ5tgB4Lhhtn&#10;NeDvU/+jPTUuaTnraOJK7n+tBSrOzHdLLf21OD+PI5qE8+lsQgIea16PNXbdXgM9f0H7xcl0jfbB&#10;7K8aoX2h5bCMUUklrKTYJZcB98J16DcBrReplstkRmPpRLizT05G8MhqbNLn7YtAN3RyoBm4h/10&#10;ivmbhu5to6eF5TqAblK3H3gd+KaRTo0zrJ+4M47lZHVYkos/AAAA//8DAFBLAwQUAAYACAAAACEA&#10;0N2F9uMAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzVI7KjTloQoZFKhSiAE&#10;G1IqHjs3HuKI2A6206Z8PWYFy9Ec3XtuuZp0z/bkfGcNwnyWACPTWNmZFmH7fHuRA/NBGCl6awjh&#10;SB5W1elJKQppD6am/Sa0LIYYXwgEFcJQcO4bRVr4mR3IxN+HdVqEeLqWSycOMVz3fJEkGdeiM7FB&#10;iYHWiprPzagR3rev6u2rHtX33f2DS+vH9cuTPiKen00318ACTeEPhl/9qA5VdNrZ0UjPeoQ0z9KI&#10;IlzmGbAIXCV5HLdDWCyXc+BVyf9PqH4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAurYg&#10;l34CAABsBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;0N2F9uMAAAAKAQAADwAAAAAAAAAAAAAAAADYBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAOgFAAAAAA==&#10;" filled="f" strokecolor="#006ca9 [3204]" strokeweight="3pt"/>
+              <v:rect w14:anchorId="390F2F41" id="Rectangle 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:293.25pt;margin-top:24.3pt;width:60.75pt;height:92.25pt;z-index:251696128;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC6tiCXfgIAAGwFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r7azZumCOkXQosOA&#10;oi3WDj2rshQbkEWNUuJkXz9KdpygDXYYdpFFk3wkn0heXm1bwzYKfQO25MVZzpmyEqrGrkr+8/n2&#10;0wVnPghbCQNWlXynPL9afPxw2bm5mkANplLICMT6eedKXofg5lnmZa1a4c/AKUtKDdiKQCKusgpF&#10;R+itySZ5/iXrACuHIJX39PemV/JFwtdayfCgtVeBmZJTbiGdmM7XeGaLSzFfoXB1I4c0xD9k0YrG&#10;UtAR6kYEwdbYvINqG4ngQYczCW0GWjdSpRqomiJ/U81TLZxKtRA53o00+f8HK+83T+4RiYbO+bmn&#10;a6xiq7GNX8qPbRNZu5EstQ1M0s/ZrJhOppxJUhUFCbNpZDM7eDv04ZuClsVLyZEeI3EkNnc+9KZ7&#10;kxjMwm1jTHoQY1lX8s8XRZ4nDw+mqaI22qXeUNcG2UbQqwoplQ3FEPvIkjIxlhI6FJZuYWdUhDH2&#10;h9KsqaiUSR8k9tx73BSyFpXqwxXTnJLqsx8zSWUnwGitKdERu/gbdg8z2EdXlVp2dB6qP51Y7zx6&#10;pMhgw+jcNhbwVHQzsqV7+z1JPTWRpVeodo/IEPqB8U7eNvSId8KHR4E0ITRLNPXhgQ5tgB4Lhhtn&#10;NeDvU/+jPTUuaTnraOJK7n+tBSrOzHdLLf21OD+PI5qE8+lsQgIea16PNXbdXgM9f0H7xcl0jfbB&#10;7K8aoX2h5bCMUUklrKTYJZcB98J16DcBrReplstkRmPpRLizT05G8MhqbNLn7YtAN3RyoBm4h/10&#10;ivmbhu5to6eF5TqAblK3H3gd+KaRTo0zrJ+4M47lZHVYkos/AAAA//8DAFBLAwQUAAYACAAAACEA&#10;0N2F9uMAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzVI7KjTloQoZFKhSiAE&#10;G1IqHjs3HuKI2A6206Z8PWYFy9Ec3XtuuZp0z/bkfGcNwnyWACPTWNmZFmH7fHuRA/NBGCl6awjh&#10;SB5W1elJKQppD6am/Sa0LIYYXwgEFcJQcO4bRVr4mR3IxN+HdVqEeLqWSycOMVz3fJEkGdeiM7FB&#10;iYHWiprPzagR3rev6u2rHtX33f2DS+vH9cuTPiKen00318ACTeEPhl/9qA5VdNrZ0UjPeoQ0z9KI&#10;IlzmGbAIXCV5HLdDWCyXc+BVyf9PqH4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAurYg&#10;l34CAABsBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;0N2F9uMAAAAKAQAADwAAAAAAAAAAAAAAAADYBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAOgFAAAAAA==&#10;" filled="f" strokecolor="#006ca9 [3204]" strokeweight="3pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00073DCF">
         <w:rPr>
           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251692032" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="65ECB813" wp14:editId="2EE6E753">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251692032" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="65ECB813" wp14:editId="35789EEC">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2882265</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>285115</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="904875" cy="1228725"/>
                 <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
                 <wp:wrapNone/>
                 <wp:docPr id="64553866" name="Text Box 1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="904875" cy="1228725"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
@@ -10983,93 +11113,93 @@
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="006CA9" w:themeColor="accent1"/>
                                 <w:sz w:val="96"/>
                                 <w:szCs w:val="96"/>
                               </w:rPr>
                               <w:t>+</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="65ECB813" id="_x0000_s1063" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:226.95pt;margin-top:22.45pt;width:71.25pt;height:96.75pt;z-index:251692032;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC5KDSCMwIAAF4EAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8LwkpLGxEWFFWVJXQ&#10;7kpstWfj2CSS43FtQ0J/fccOX932VPViPJ7J88x7z8weukaRg7CuBl3Q4SClRGgOZa13Bf3+uvo0&#10;pcR5pkumQIuCHoWjD/OPH2atyUUGFahSWIIg2uWtKWjlvcmTxPFKNMwNwAiNSQm2YR5Du0tKy1pE&#10;b1SSpeld0oItjQUunMPTxz5J5xFfSsH9s5ROeKIKir35uNq4bsOazGcs31lmqpqf2mD/0EXDao2X&#10;XqAemWdkb+s/oJqaW3Ag/YBDk4CUNRdxBpxmmL6bZlMxI+IsSI4zF5rc/4PlT4eNebHEd1+gQwED&#10;Ia1xucPDME8nbRN+sVOCeaTweKFNdJ5wPLxPR9PJmBKOqWGWTSfZOMAk16+Ndf6rgIaETUEtyhLZ&#10;Yoe1833puSRc5kDV5apWKgbBCmKpLDkwFFH52COC/1alNGkLevd5nEZgDeHzHllp7OU6U9j5btuR&#10;uixodhl4C+URebDQW8QZvqqx2TVz/oVZ9ASOjj73z7hIBXgZnHaUVGB//u081KNUmKWkRY8V1P3Y&#10;MysoUd80ing/HI2CKWMwGk8yDOxtZnub0ftmCcjAEF+U4XEb6r06b6WF5g2fwyLciimmOd5dUO7t&#10;OVj63vv4oLhYLGIZGtEwv9YbwwN44DyI8dq9MWtOinnU+gnOfmT5O+H62vClhsXeg6yjqoHqnteT&#10;Amji6IvTgwuv5DaOVde/hfkvAAAA//8DAFBLAwQUAAYACAAAACEA4INk9d4AAAAKAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPwW6DMAyG75P2DpEr7VK1gZZWLSVUXaU9QGkfIJAsMIiDSCjs7eedtpNt&#10;+dPvz9l5th176sE3DgXE6wiYxsqpBo2Ax/1jdQDmg0QlO4dawLf2cM5fXzKZKjfhTT+LYBiFoE+l&#10;gDqEPuXcV7W20q9dr5F2n26wMtA4GK4GOVG47fgmivbcygbpQi17fa111RajFVDcysvSFOPXfVm/&#10;43V6tHFsWiHeFvPlBCzoOfzB8KtP6pCTU+lGVJ51ApLd9kgoNQlVAnbHfQKsFLDZHhLgecb/v5D/&#10;AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALkoNIIzAgAAXgQAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOCDZPXeAAAACgEAAA8AAAAAAAAAAAAA&#10;AAAAjQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACYBQAAAAA=&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="65ECB813" id="_x0000_s1064" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:226.95pt;margin-top:22.45pt;width:71.25pt;height:96.75pt;z-index:251692032;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC5KDSCMwIAAF4EAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8LwkpLGxEWFFWVJXQ&#10;7kpstWfj2CSS43FtQ0J/fccOX932VPViPJ7J88x7z8weukaRg7CuBl3Q4SClRGgOZa13Bf3+uvo0&#10;pcR5pkumQIuCHoWjD/OPH2atyUUGFahSWIIg2uWtKWjlvcmTxPFKNMwNwAiNSQm2YR5Du0tKy1pE&#10;b1SSpeld0oItjQUunMPTxz5J5xFfSsH9s5ROeKIKir35uNq4bsOazGcs31lmqpqf2mD/0EXDao2X&#10;XqAemWdkb+s/oJqaW3Ag/YBDk4CUNRdxBpxmmL6bZlMxI+IsSI4zF5rc/4PlT4eNebHEd1+gQwED&#10;Ia1xucPDME8nbRN+sVOCeaTweKFNdJ5wPLxPR9PJmBKOqWGWTSfZOMAk16+Ndf6rgIaETUEtyhLZ&#10;Yoe1833puSRc5kDV5apWKgbBCmKpLDkwFFH52COC/1alNGkLevd5nEZgDeHzHllp7OU6U9j5btuR&#10;uixodhl4C+URebDQW8QZvqqx2TVz/oVZ9ASOjj73z7hIBXgZnHaUVGB//u081KNUmKWkRY8V1P3Y&#10;MysoUd80ing/HI2CKWMwGk8yDOxtZnub0ftmCcjAEF+U4XEb6r06b6WF5g2fwyLciimmOd5dUO7t&#10;OVj63vv4oLhYLGIZGtEwv9YbwwN44DyI8dq9MWtOinnU+gnOfmT5O+H62vClhsXeg6yjqoHqnteT&#10;Amji6IvTgwuv5DaOVde/hfkvAAAA//8DAFBLAwQUAAYACAAAACEA4INk9d4AAAAKAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPwW6DMAyG75P2DpEr7VK1gZZWLSVUXaU9QGkfIJAsMIiDSCjs7eedtpNt&#10;+dPvz9l5th176sE3DgXE6wiYxsqpBo2Ax/1jdQDmg0QlO4dawLf2cM5fXzKZKjfhTT+LYBiFoE+l&#10;gDqEPuXcV7W20q9dr5F2n26wMtA4GK4GOVG47fgmivbcygbpQi17fa111RajFVDcysvSFOPXfVm/&#10;43V6tHFsWiHeFvPlBCzoOfzB8KtP6pCTU+lGVJ51ApLd9kgoNQlVAnbHfQKsFLDZHhLgecb/v5D/&#10;AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALkoNIIzAgAAXgQAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOCDZPXeAAAACgEAAA8AAAAAAAAAAAAA&#10;AAAAjQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACYBQAAAAA=&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="52A2D6DD" w14:textId="77777777" w:rsidR="00461562" w:rsidRPr="00461562" w:rsidRDefault="00461562" w:rsidP="00461562">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="006CA9" w:themeColor="accent1"/>
                           <w:sz w:val="96"/>
                           <w:szCs w:val="96"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00461562">
                         <w:rPr>
                           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="006CA9" w:themeColor="accent1"/>
                           <w:sz w:val="96"/>
                           <w:szCs w:val="96"/>
                         </w:rPr>
                         <w:t>+</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00461562">
         <w:rPr>
           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251691008" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="57B2848C" wp14:editId="75B4A9E7">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251691008" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="57B2848C" wp14:editId="6F7581FF">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1306830</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>306070</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="904875" cy="1228725"/>
                 <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
                 <wp:wrapNone/>
                 <wp:docPr id="246903307" name="Text Box 1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="904875" cy="1228725"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
@@ -11099,96 +11229,96 @@
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="006CA9" w:themeColor="accent1"/>
                                 <w:sz w:val="96"/>
                                 <w:szCs w:val="96"/>
                               </w:rPr>
                               <w:sym w:font="Wingdings 3" w:char="F09A"/>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="57B2848C" id="_x0000_s1064" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:102.9pt;margin-top:24.1pt;width:71.25pt;height:96.75pt;z-index:251691008;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCCiR3PMwIAAF4EAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8LwkpLGxEWFFWVJXQ&#10;7kpstWfjOMSS43FtQ0J/fccOX932VPViPJ7J88x7z8weukaRg7BOgi7ocJBSIjSHUupdQb+/rj5N&#10;KXGe6ZIp0KKgR+How/zjh1lrcpFBDaoUliCIdnlrClp7b/IkcbwWDXMDMEJjsgLbMI+h3SWlZS2i&#10;NyrJ0vQuacGWxgIXzuHpY5+k84hfVYL756pywhNVUOzNx9XGdRvWZD5j+c4yU0t+aoP9QxcNkxov&#10;vUA9Ms/I3so/oBrJLTio/IBDk0BVSS7iDDjNMH03zaZmRsRZkBxnLjS5/wfLnw4b82KJ775AhwIG&#10;QlrjcoeHYZ6usk34xU4J5pHC44U20XnC8fA+HU0nY0o4poZZNp1k4wCTXL821vmvAhoSNgW1KEtk&#10;ix3Wzvel55JwmQMly5VUKgbBCmKpLDkwFFH52COC/1alNGkLevd5nEZgDeHzHllp7OU6U9j5btsR&#10;WRY0y84Db6E8Ig8Weos4w1cSm10z51+YRU/g6Ohz/4xLpQAvg9OOkhrsz7+dh3qUCrOUtOixgrof&#10;e2YFJeqbRhHvh6NRMGUMRuNJhoG9zWxvM3rfLAEZGOKLMjxuQ71X521loXnD57AIt2KKaY53F5R7&#10;ew6Wvvc+PiguFotYhkY0zK/1xvAAHjgPYrx2b8yak2IetX6Csx9Z/k64vjZ8qWGx91DJqGqguuf1&#10;pACaOPri9ODCK7mNY9X1b2H+CwAA//8DAFBLAwQUAAYACAAAACEAniMUp90AAAAKAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPQW6DMBRE95V6B+tX6iZqDIS2iGKiNFIPEJIDGHBsAv5G2AR6+/6u2uVo&#10;RjNviv1qB3ZXk+8cCoi3ETCFjWs71AIu56+XDJgPEls5OFQCvpWHffn4UMi8dQue1L0KmlEJ+lwK&#10;MCGMOee+McpKv3WjQvKubrIykJw0bye5ULkdeBJFb9zKDmnByFEdjWr6arYCqlN92Ohqvp035hOP&#10;y6WPY90L8fy0Hj6ABbWGvzD84hM6lMRUuxlbzwYBSfRK6EFAmiXAKLBLsx2wmpw0fgdeFvz/hfIH&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAgokdzzMCAABeBAAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAniMUp90AAAAKAQAADwAAAAAAAAAAAAAA&#10;AACNBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJcFAAAAAA==&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="57B2848C" id="_x0000_s1065" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:102.9pt;margin-top:24.1pt;width:71.25pt;height:96.75pt;z-index:251691008;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCCiR3PMwIAAF4EAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8LwkpLGxEWFFWVJXQ&#10;7kpstWfjOMSS43FtQ0J/fccOX932VPViPJ7J88x7z8weukaRg7BOgi7ocJBSIjSHUupdQb+/rj5N&#10;KXGe6ZIp0KKgR+How/zjh1lrcpFBDaoUliCIdnlrClp7b/IkcbwWDXMDMEJjsgLbMI+h3SWlZS2i&#10;NyrJ0vQuacGWxgIXzuHpY5+k84hfVYL756pywhNVUOzNx9XGdRvWZD5j+c4yU0t+aoP9QxcNkxov&#10;vUA9Ms/I3so/oBrJLTio/IBDk0BVSS7iDDjNMH03zaZmRsRZkBxnLjS5/wfLnw4b82KJ775AhwIG&#10;QlrjcoeHYZ6usk34xU4J5pHC44U20XnC8fA+HU0nY0o4poZZNp1k4wCTXL821vmvAhoSNgW1KEtk&#10;ix3Wzvel55JwmQMly5VUKgbBCmKpLDkwFFH52COC/1alNGkLevd5nEZgDeHzHllp7OU6U9j5btsR&#10;WRY0y84Db6E8Ig8Weos4w1cSm10z51+YRU/g6Ohz/4xLpQAvg9OOkhrsz7+dh3qUCrOUtOixgrof&#10;e2YFJeqbRhHvh6NRMGUMRuNJhoG9zWxvM3rfLAEZGOKLMjxuQ71X521loXnD57AIt2KKaY53F5R7&#10;ew6Wvvc+PiguFotYhkY0zK/1xvAAHjgPYrx2b8yak2IetX6Csx9Z/k64vjZ8qWGx91DJqGqguuf1&#10;pACaOPri9ODCK7mNY9X1b2H+CwAA//8DAFBLAwQUAAYACAAAACEAniMUp90AAAAKAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPQW6DMBRE95V6B+tX6iZqDIS2iGKiNFIPEJIDGHBsAv5G2AR6+/6u2uVo&#10;RjNviv1qB3ZXk+8cCoi3ETCFjWs71AIu56+XDJgPEls5OFQCvpWHffn4UMi8dQue1L0KmlEJ+lwK&#10;MCGMOee+McpKv3WjQvKubrIykJw0bye5ULkdeBJFb9zKDmnByFEdjWr6arYCqlN92Ohqvp035hOP&#10;y6WPY90L8fy0Hj6ABbWGvzD84hM6lMRUuxlbzwYBSfRK6EFAmiXAKLBLsx2wmpw0fgdeFvz/hfIH&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAgokdzzMCAABeBAAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAniMUp90AAAAKAQAADwAAAAAAAAAAAAAA&#10;AACNBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJcFAAAAAA==&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="134705F6" w14:textId="77777777" w:rsidR="00461562" w:rsidRPr="00461562" w:rsidRDefault="00461562" w:rsidP="00461562">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="006CA9" w:themeColor="accent1"/>
                           <w:sz w:val="96"/>
                           <w:szCs w:val="96"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00461562">
                         <w:rPr>
                           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="006CA9" w:themeColor="accent1"/>
                           <w:sz w:val="96"/>
                           <w:szCs w:val="96"/>
                         </w:rPr>
                         <w:sym w:font="Wingdings 3" w:char="F09A"/>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00461562" w:rsidRPr="00184DF3">
         <w:rPr>
           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
           <w:noProof/>
           <w:color w:val="006CA9" w:themeColor="accent1"/>
           <w:sz w:val="80"/>
           <w:szCs w:val="80"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251695104" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="756278B3" wp14:editId="7A154820">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251695104" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="756278B3" wp14:editId="0A0911AB">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2219325</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>307975</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="771525" cy="1171575"/>
                 <wp:effectExtent l="19050" t="19050" r="28575" b="28575"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1317357795" name="Rectangle 2"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="771525" cy="1171575"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
@@ -11237,93 +11367,93 @@
                                 <w:sz w:val="80"/>
                                 <w:szCs w:val="80"/>
                               </w:rPr>
                               <w:t>e</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="756278B3" id="_x0000_s1065" style="position:absolute;left:0;text-align:left;margin-left:174.75pt;margin-top:24.25pt;width:60.75pt;height:92.25pt;z-index:251695104;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB4E68gigIAAH8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r7bTZumCOkWQosOA&#10;oi3aDj0rslQLkEVNUmJnXz9KdpygDXYYdrFFkXwkn0heXXeNJlvhvAJT0uIsp0QYDpUybyX9+XL7&#10;5ZISH5ipmAYjSroTnl4vPn+6au1cTKAGXQlHEMT4eWtLWodg51nmeS0a5s/ACoNKCa5hAUX3llWO&#10;tYje6GyS51+zFlxlHXDhPd7e9Eq6SPhSCh4epPQiEF1SzC2kr0vfdfxmiys2f3PM1ooPabB/yKJh&#10;ymDQEeqGBUY2Tn2AahR34EGGMw5NBlIqLlINWE2Rv6vmuWZWpFqQHG9Hmvz/g+X322f76JCG1vq5&#10;x2OsopOuiX/Mj3SJrN1IlugC4Xg5mxXTyZQSjqqiQGE2jWxmB2/rfPguoCHxUFKHj5E4Yts7H3rT&#10;vUkMZuBWaZ0eRBvSlvT8ssjz5OFBqypqo13qDbHSjmwZvirjXJhQDLGPLDETbTChQ2HpFHZaRBht&#10;noQkqsJSJn2Q2HMfcVPImlWiD1dMc0yqz37MJJWdAKO1xERH7OJv2D3MYB9dRWrZ0Xmo/nRivfPo&#10;kSKDCaNzowy4U9H1yJbs7fck9dRElkK37pAbpOY81hqv1lDtHh1x0M+Qt/xW4bveMR8emcOhwfHC&#10;RRAe8CM14PvBcKKkBvf71H20x15GLSUtDmFJ/a8Nc4IS/cNgl38rLi7i1CbhYjqboOCONetjjdk0&#10;K8COKHDlWJ6O0T7o/VE6aF5xXyxjVFQxwzF2SXlwe2EV+uWAG4eL5TKZ4aRaFu7Ms+URPBId+/al&#10;e2XODs0dcCzuYT+wbP6ux3vb6GlguQkgVRqAA6/DE+CUp14aNlJcI8dysjrszcUfAAAA//8DAFBL&#10;AwQUAAYACAAAACEAMOxv8uMAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzVI&#10;7KjTJoUSMqlQJRCiG1IqHjs3NnFEbAfbaVO+nmEFq9Foju6cWyxH07G98qF1FmE6SYApWzvZ2gZh&#10;+3x3sQAWorBSdM4qhKMKsCxPTwqRS3ewldpvYsMoxIZcIOgY+5zzUGtlRJi4Xlm6fThvRKTVN1x6&#10;caBw0/FZklxyI1pLH7To1Uqr+nMzGIT37at++6oG/X3/8Ojn1Xr18mSOiOdn4+0NsKjG+AfDrz6p&#10;Q0lOOzdYGViHkGbXc0IRsgVNArKrKZXbIczSNAFeFvx/hfIHAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAeBOvIIoCAAB/BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAMOxv8uMAAAAKAQAADwAAAAAAAAAAAAAAAADkBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAPQFAAAAAA==&#10;" filled="f" strokecolor="#006ca9 [3204]" strokeweight="3pt">
+              <v:rect w14:anchorId="756278B3" id="_x0000_s1066" style="position:absolute;left:0;text-align:left;margin-left:174.75pt;margin-top:24.25pt;width:60.75pt;height:92.25pt;z-index:251695104;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB4E68gigIAAH8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r7bTZumCOkWQosOA&#10;oi3aDj0rslQLkEVNUmJnXz9KdpygDXYYdrFFkXwkn0heXXeNJlvhvAJT0uIsp0QYDpUybyX9+XL7&#10;5ZISH5ipmAYjSroTnl4vPn+6au1cTKAGXQlHEMT4eWtLWodg51nmeS0a5s/ACoNKCa5hAUX3llWO&#10;tYje6GyS51+zFlxlHXDhPd7e9Eq6SPhSCh4epPQiEF1SzC2kr0vfdfxmiys2f3PM1ooPabB/yKJh&#10;ymDQEeqGBUY2Tn2AahR34EGGMw5NBlIqLlINWE2Rv6vmuWZWpFqQHG9Hmvz/g+X322f76JCG1vq5&#10;x2OsopOuiX/Mj3SJrN1IlugC4Xg5mxXTyZQSjqqiQGE2jWxmB2/rfPguoCHxUFKHj5E4Yts7H3rT&#10;vUkMZuBWaZ0eRBvSlvT8ssjz5OFBqypqo13qDbHSjmwZvirjXJhQDLGPLDETbTChQ2HpFHZaRBht&#10;noQkqsJSJn2Q2HMfcVPImlWiD1dMc0yqz37MJJWdAKO1xERH7OJv2D3MYB9dRWrZ0Xmo/nRivfPo&#10;kSKDCaNzowy4U9H1yJbs7fck9dRElkK37pAbpOY81hqv1lDtHh1x0M+Qt/xW4bveMR8emcOhwfHC&#10;RRAe8CM14PvBcKKkBvf71H20x15GLSUtDmFJ/a8Nc4IS/cNgl38rLi7i1CbhYjqboOCONetjjdk0&#10;K8COKHDlWJ6O0T7o/VE6aF5xXyxjVFQxwzF2SXlwe2EV+uWAG4eL5TKZ4aRaFu7Ms+URPBId+/al&#10;e2XODs0dcCzuYT+wbP6ux3vb6GlguQkgVRqAA6/DE+CUp14aNlJcI8dysjrszcUfAAAA//8DAFBL&#10;AwQUAAYACAAAACEAMOxv8uMAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzVI&#10;7KjTJoUSMqlQJRCiG1IqHjs3NnFEbAfbaVO+nmEFq9Foju6cWyxH07G98qF1FmE6SYApWzvZ2gZh&#10;+3x3sQAWorBSdM4qhKMKsCxPTwqRS3ewldpvYsMoxIZcIOgY+5zzUGtlRJi4Xlm6fThvRKTVN1x6&#10;caBw0/FZklxyI1pLH7To1Uqr+nMzGIT37at++6oG/X3/8Ojn1Xr18mSOiOdn4+0NsKjG+AfDrz6p&#10;Q0lOOzdYGViHkGbXc0IRsgVNArKrKZXbIczSNAFeFvx/hfIHAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAeBOvIIoCAAB/BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAMOxv8uMAAAAKAQAADwAAAAAAAAAAAAAAAADkBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAPQFAAAAAA==&#10;" filled="f" strokecolor="#006ca9 [3204]" strokeweight="3pt">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="6479C62C" w14:textId="3638632D" w:rsidR="00184DF3" w:rsidRPr="00184DF3" w:rsidRDefault="00184DF3" w:rsidP="00184DF3">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="006CA9" w:themeColor="accent1"/>
                           <w:sz w:val="80"/>
                           <w:szCs w:val="80"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00184DF3">
                         <w:rPr>
                           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="006CA9" w:themeColor="accent1"/>
                           <w:sz w:val="80"/>
                           <w:szCs w:val="80"/>
                         </w:rPr>
                         <w:t>e</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00461562">
         <w:rPr>
           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251694080" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="442126B4" wp14:editId="55996DC7">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251694080" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="442126B4" wp14:editId="18F794AE">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>523875</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>304165</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="771525" cy="1171575"/>
                 <wp:effectExtent l="19050" t="19050" r="28575" b="28575"/>
                 <wp:wrapNone/>
                 <wp:docPr id="963605368" name="Rectangle 2"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="771525" cy="1171575"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
@@ -11372,93 +11502,93 @@
                                 <w:sz w:val="80"/>
                                 <w:szCs w:val="80"/>
                               </w:rPr>
                               <w:t>Lu</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="442126B4" id="_x0000_s1066" style="position:absolute;left:0;text-align:left;margin-left:41.25pt;margin-top:23.95pt;width:60.75pt;height:92.25pt;z-index:251694080;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDYMzQ3iQIAAH8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r7azZOmCOkWQosOA&#10;oi3WDj0rslQLkEVNUmJnXz9KdpygDXYYdrFFkXwkn0heXXeNJjvhvAJT0uIip0QYDpUyryX9+Xz7&#10;6ZISH5ipmAYjSroXnl4vP364au1CTKAGXQlHEMT4RWtLWodgF1nmeS0a5i/ACoNKCa5hAUX3mlWO&#10;tYje6GyS51+yFlxlHXDhPd7e9Eq6TPhSCh4epPQiEF1SzC2kr0vfTfxmyyu2eHXM1ooPabB/yKJh&#10;ymDQEeqGBUa2Tr2DahR34EGGCw5NBlIqLlINWE2Rv6nmqWZWpFqQHG9Hmvz/g+X3uyf76JCG1vqF&#10;x2OsopOuiX/Mj3SJrP1IlugC4Xg5nxezyYwSjqqiQGE+i2xmR2/rfPgmoCHxUFKHj5E4Yrs7H3rT&#10;g0kMZuBWaZ0eRBvSlvTzZZHnycODVlXURrvUG2KtHdkxfFXGuTChGGKfWGIm2mBCx8LSKey1iDDa&#10;/BCSqApLmfRBYs+9x00ha1aJPlwxyzGpPvsxk1R2AozWEhMdsYu/Yfcwg310FallR+eh+vOJ9c6j&#10;R4oMJozOjTLgzkXXI1uytz+Q1FMTWQrdpkNukJpprDVebaDaPzrioJ8hb/mtwne9Yz48ModDg+OF&#10;iyA84EdqwPeD4URJDe73uftoj72MWkpaHMKS+l9b5gQl+rvBLv9aTKdxapMwnc0nKLhTzeZUY7bN&#10;GrAjClw5lqdjtA/6cJQOmhfcF6sYFVXMcIxdUh7cQViHfjngxuFitUpmOKmWhTvzZHkEj0THvn3u&#10;XpizQ3MHHIt7OAwsW7zp8d42ehpYbQNIlQbgyOvwBDjlqZeGjRTXyKmcrI57c/kHAAD//wMAUEsD&#10;BBQABgAIAAAAIQCkv4+P4gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjc&#10;qENIaQlxKlQJhOiFlIqfmxsvcURsB9tpU56e5URvO5rR7DfFYjQd26EPrbMCLicJMLS1U61tBGxe&#10;7i/mwEKUVsnOWRRwwACL8vSkkLlye1vhbh0bRiU25FKAjrHPOQ+1RiPDxPVoyft03shI0jdcebmn&#10;ctPxNEmuuZGtpQ9a9rjUWH+tByPgY/Om37+rQf88PD75abVavj6bgxDnZ+PdLbCIY/wPwx8+oUNJ&#10;TFs3WBVYJ2CeTikpIJvdACM/TTLatqXjKs2AlwU/XlD+AgAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhANgzNDeJAgAAfwUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAKS/j4/iAAAACQEAAA8AAAAAAAAAAAAAAAAA4wQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAADyBQAAAAA=&#10;" filled="f" strokecolor="#006ca9 [3204]" strokeweight="3pt">
+              <v:rect w14:anchorId="442126B4" id="_x0000_s1067" style="position:absolute;left:0;text-align:left;margin-left:41.25pt;margin-top:23.95pt;width:60.75pt;height:92.25pt;z-index:251694080;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDYMzQ3iQIAAH8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r7azZOmCOkWQosOA&#10;oi3WDj0rslQLkEVNUmJnXz9KdpygDXYYdrFFkXwkn0heXXeNJjvhvAJT0uIip0QYDpUyryX9+Xz7&#10;6ZISH5ipmAYjSroXnl4vP364au1CTKAGXQlHEMT4RWtLWodgF1nmeS0a5i/ACoNKCa5hAUX3mlWO&#10;tYje6GyS51+yFlxlHXDhPd7e9Eq6TPhSCh4epPQiEF1SzC2kr0vfTfxmyyu2eHXM1ooPabB/yKJh&#10;ymDQEeqGBUa2Tr2DahR34EGGCw5NBlIqLlINWE2Rv6nmqWZWpFqQHG9Hmvz/g+X3uyf76JCG1vqF&#10;x2OsopOuiX/Mj3SJrP1IlugC4Xg5nxezyYwSjqqiQGE+i2xmR2/rfPgmoCHxUFKHj5E4Yrs7H3rT&#10;g0kMZuBWaZ0eRBvSlvTzZZHnycODVlXURrvUG2KtHdkxfFXGuTChGGKfWGIm2mBCx8LSKey1iDDa&#10;/BCSqApLmfRBYs+9x00ha1aJPlwxyzGpPvsxk1R2AozWEhMdsYu/Yfcwg310FallR+eh+vOJ9c6j&#10;R4oMJozOjTLgzkXXI1uytz+Q1FMTWQrdpkNukJpprDVebaDaPzrioJ8hb/mtwne9Yz48ModDg+OF&#10;iyA84EdqwPeD4URJDe73uftoj72MWkpaHMKS+l9b5gQl+rvBLv9aTKdxapMwnc0nKLhTzeZUY7bN&#10;GrAjClw5lqdjtA/6cJQOmhfcF6sYFVXMcIxdUh7cQViHfjngxuFitUpmOKmWhTvzZHkEj0THvn3u&#10;XpizQ3MHHIt7OAwsW7zp8d42ehpYbQNIlQbgyOvwBDjlqZeGjRTXyKmcrI57c/kHAAD//wMAUEsD&#10;BBQABgAIAAAAIQCkv4+P4gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjc&#10;qENIaQlxKlQJhOiFlIqfmxsvcURsB9tpU56e5URvO5rR7DfFYjQd26EPrbMCLicJMLS1U61tBGxe&#10;7i/mwEKUVsnOWRRwwACL8vSkkLlye1vhbh0bRiU25FKAjrHPOQ+1RiPDxPVoyft03shI0jdcebmn&#10;ctPxNEmuuZGtpQ9a9rjUWH+tByPgY/Om37+rQf88PD75abVavj6bgxDnZ+PdLbCIY/wPwx8+oUNJ&#10;TFs3WBVYJ2CeTikpIJvdACM/TTLatqXjKs2AlwU/XlD+AgAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhANgzNDeJAgAAfwUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAKS/j4/iAAAACQEAAA8AAAAAAAAAAAAAAAAA4wQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAADyBQAAAAA=&#10;" filled="f" strokecolor="#006ca9 [3204]" strokeweight="3pt">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="4AF84924" w14:textId="198D94D3" w:rsidR="00184DF3" w:rsidRPr="00184DF3" w:rsidRDefault="00184DF3" w:rsidP="00184DF3">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="006CA9" w:themeColor="accent1"/>
                           <w:sz w:val="80"/>
                           <w:szCs w:val="80"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00184DF3">
                         <w:rPr>
                           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="006CA9" w:themeColor="accent1"/>
                           <w:sz w:val="80"/>
                           <w:szCs w:val="80"/>
                         </w:rPr>
                         <w:t>Lu</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00461562">
         <w:rPr>
           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251693056" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3033E5CB" wp14:editId="6B451DE9">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251693056" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3033E5CB" wp14:editId="6D0F9C98">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>4493895</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>304165</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="904875" cy="1228725"/>
                 <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1848138217" name="Text Box 1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="904875" cy="1228725"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
@@ -11476,100 +11606,230 @@
                               <w:rPr>
                                 <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="96"/>
                                 <w:szCs w:val="96"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="3033E5CB" id="_x0000_s1067" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:353.85pt;margin-top:23.95pt;width:71.25pt;height:96.75pt;z-index:251693056;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAiqYbYMgIAAF4EAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+x4SZMacYosRYYB&#10;QVsgHXpWZCk2IIuapMTOfv0oOV/rdhp2kUWReiL5Hj176BpFDsK6GnRBh4OUEqE5lLXeFfT76+rT&#10;lBLnmS6ZAi0KehSOPsw/fpi1JhcZVKBKYQmCaJe3pqCV9yZPEscr0TA3ACM0OiXYhnk07S4pLWsR&#10;vVFJlqZ3SQu2NBa4cA5PH3snnUd8KQX3z1I64YkqKObm42rjug1rMp+xfGeZqWp+SoP9QxYNqzU+&#10;eoF6ZJ6Rva3/gGpqbsGB9AMOTQJS1lzEGrCaYfqumk3FjIi1YHOcubTJ/T9Y/nTYmBdLfPcFOiQw&#10;NKQ1Lnd4GOrppG3CFzMl6McWHi9tE50nHA/v09F0MqaEo2uYZdNJNg4wyfW2sc5/FdCQsCmoRVpi&#10;t9hh7Xwfeg4JjzlQdbmqlYpGkIJYKksODElUPuaI4L9FKU3agt59HqcRWEO43iMrjblcawo73207&#10;UpcF7TMNR1soj9gHC71EnOGrGpNdM+dfmEVNYOmoc/+Mi1SAj8FpR0kF9uffzkM8UoVeSlrUWEHd&#10;jz2zghL1TSOJ98PRKIgyGqPxJEPD3nq2tx69b5aAHRjiRBketyHeq/NWWmjecBwW4VV0Mc3x7YJy&#10;b8/G0vfax4HiYrGIYShEw/xabwwP4KHngYzX7o1Zc2LMI9dPcNYjy98R18eGmxoWew+yjqxe+3pi&#10;AEUcdXEauDAlt3aMuv4W5r8AAAD//wMAUEsDBBQABgAIAAAAIQCUeKEg3gAAAAoBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI9BboMwEEX3lXoHayp1EzU2iJaUYKI0Ug8QkgMY7NoEPEbYBHr7uqt2OfpP&#10;/78pD6sdyF1NvnPIIdkyIApbJzvUHK6Xz5cdEB8ESjE4VBy+lYdD9fhQikK6Bc/qXgdNYgn6QnAw&#10;IYwFpb41ygq/daPCmH25yYoQz0lTOYklltuBpoy9USs6jAtGjOpkVNvXs+VQn5vjRtfz7bIxH3ha&#10;rn2S6J7z56f1uAcS1Br+YPjVj+pQRafGzSg9GTjkLM8jyiHL34FEYPfKUiANhzRLMqBVSf+/UP0A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAIqmG2DICAABeBAAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAlHihIN4AAAAKAQAADwAAAAAAAAAAAAAA&#10;AACMBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJcFAAAAAA==&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="3033E5CB" id="_x0000_s1068" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:353.85pt;margin-top:23.95pt;width:71.25pt;height:96.75pt;z-index:251693056;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAiqYbYMgIAAF4EAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+x4SZMacYosRYYB&#10;QVsgHXpWZCk2IIuapMTOfv0oOV/rdhp2kUWReiL5Hj176BpFDsK6GnRBh4OUEqE5lLXeFfT76+rT&#10;lBLnmS6ZAi0KehSOPsw/fpi1JhcZVKBKYQmCaJe3pqCV9yZPEscr0TA3ACM0OiXYhnk07S4pLWsR&#10;vVFJlqZ3SQu2NBa4cA5PH3snnUd8KQX3z1I64YkqKObm42rjug1rMp+xfGeZqWp+SoP9QxYNqzU+&#10;eoF6ZJ6Rva3/gGpqbsGB9AMOTQJS1lzEGrCaYfqumk3FjIi1YHOcubTJ/T9Y/nTYmBdLfPcFOiQw&#10;NKQ1Lnd4GOrppG3CFzMl6McWHi9tE50nHA/v09F0MqaEo2uYZdNJNg4wyfW2sc5/FdCQsCmoRVpi&#10;t9hh7Xwfeg4JjzlQdbmqlYpGkIJYKksODElUPuaI4L9FKU3agt59HqcRWEO43iMrjblcawo73207&#10;UpcF7TMNR1soj9gHC71EnOGrGpNdM+dfmEVNYOmoc/+Mi1SAj8FpR0kF9uffzkM8UoVeSlrUWEHd&#10;jz2zghL1TSOJ98PRKIgyGqPxJEPD3nq2tx69b5aAHRjiRBketyHeq/NWWmjecBwW4VV0Mc3x7YJy&#10;b8/G0vfax4HiYrGIYShEw/xabwwP4KHngYzX7o1Zc2LMI9dPcNYjy98R18eGmxoWew+yjqxe+3pi&#10;AEUcdXEauDAlt3aMuv4W5r8AAAD//wMAUEsDBBQABgAIAAAAIQCUeKEg3gAAAAoBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI9BboMwEEX3lXoHayp1EzU2iJaUYKI0Ug8QkgMY7NoEPEbYBHr7uqt2OfpP&#10;/78pD6sdyF1NvnPIIdkyIApbJzvUHK6Xz5cdEB8ESjE4VBy+lYdD9fhQikK6Bc/qXgdNYgn6QnAw&#10;IYwFpb41ygq/daPCmH25yYoQz0lTOYklltuBpoy9USs6jAtGjOpkVNvXs+VQn5vjRtfz7bIxH3ha&#10;rn2S6J7z56f1uAcS1Br+YPjVj+pQRafGzSg9GTjkLM8jyiHL34FEYPfKUiANhzRLMqBVSf+/UP0A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAIqmG2DICAABeBAAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAlHihIN4AAAAKAQAADwAAAAAAAAAAAAAA&#10;AACMBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJcFAAAAAA==&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="54D90860" w14:textId="77777777" w:rsidR="00461562" w:rsidRPr="00A44907" w:rsidRDefault="00461562" w:rsidP="00461562">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="96"/>
                           <w:szCs w:val="96"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="306E25DE" w14:textId="2A774DDA" w:rsidR="00461562" w:rsidRDefault="00461562" w:rsidP="00461562">
+    <w:p w14:paraId="306E25DE" w14:textId="1D21997F" w:rsidR="00461562" w:rsidRDefault="00461562" w:rsidP="00461562">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3890"/>
           <w:tab w:val="center" w:pos="4513"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0CAF7F88" w14:textId="05A3EDD4" w:rsidR="00461562" w:rsidRDefault="00461562" w:rsidP="00461562">
+    <w:p w14:paraId="0CAF7F88" w14:textId="1E3DF668" w:rsidR="00461562" w:rsidRDefault="002534BA" w:rsidP="00461562">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3890"/>
           <w:tab w:val="center" w:pos="4513"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251839488" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5999E8C0" wp14:editId="4D793D01">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>5029200</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>271780</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="581025" cy="600075"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1011874740" name="Rectangle 4"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="581025" cy="600075"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="38100">
+                          <a:noFill/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="accent1">
+                            <a:shade val="15000"/>
+                          </a:schemeClr>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="lt1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="75D2C0C1" w14:textId="77777777" w:rsidR="002534BA" w:rsidRPr="00184DF3" w:rsidRDefault="002534BA" w:rsidP="002534BA">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="006CA9" w:themeColor="accent1"/>
+                                <w:sz w:val="56"/>
+                                <w:szCs w:val="56"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="006CA9" w:themeColor="accent1"/>
+                                <w:sz w:val="56"/>
+                                <w:szCs w:val="56"/>
+                              </w:rPr>
+                              <w:t>0</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect w14:anchorId="5999E8C0" id="_x0000_s1069" style="position:absolute;left:0;text-align:left;margin-left:396pt;margin-top:21.4pt;width:45.75pt;height:47.25pt;z-index:251839488;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAj7baSfwIAAFIFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9P2zAQfp+0/8Hy+0jSUWAVKapATJMQ&#10;IGDi2XVsEsnxeWe3SffX7+ykKQOepr0ktu/uu7vvfpxf9K1hW4W+AVvy4ijnTFkJVWNfSv7z6frL&#10;GWc+CFsJA1aVfKc8v1h+/nTeuYWaQQ2mUsgIxPpF50peh+AWWeZlrVrhj8ApS0IN2IpAV3zJKhQd&#10;obcmm+X5SdYBVg5BKu/p9WoQ8mXC11rJcKe1V4GZklNsIX0xfdfxmy3PxeIFhasbOYYh/iGKVjSW&#10;nE5QVyIItsHmHVTbSAQPOhxJaDPQupEq5UDZFPmbbB5r4VTKhcjxbqLJ/z9Yebt9dPdINHTOLzwd&#10;Yxa9xjb+KT7WJ7J2E1mqD0zS4/ysyGdzziSJTvI8P51HMrODsUMfvitoWTyUHKkWiSKxvfFhUN2r&#10;RF8WrhtjUj2MZV3Jv5KDPFlMIkI3lpwcYk2nsDMqQhj7oDRrKopulgxTG6lLg2wrqAGElMqGYhDV&#10;olLDczGn8MfgJ4uUSgKMyJpCm7BHgNii77GHxEb9aKpSF07GQ0aTm78DG4wni+QZbJiM28YCfpSZ&#10;oaxGz4P+nqSBmshS6Nc9cVPy45RrfFpDtbtHhjCMhXfyuqFa3Qgf7gXSHNDE0GyHO/poA1QTGE+c&#10;1YC/P3qP+tSeJOWso7kquf+1Eag4Mz8sNe634pgCYCFdjuenM7rga8n6tcRu2kugyhW0RZxMx6gf&#10;zP6oEdpnWgGr6JVEwkryXXIZcH+5DMO80xKRarVKajR8ToQb++hkBI9Ex1586p8FurFhA3X6Lexn&#10;UCze9O2gGy0trDYBdJOa+sDrWAIa3NRL45KJm+H1PWkdVuHyDwAAAP//AwBQSwMEFAAGAAgAAAAh&#10;AC5rLzPeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoQwI0hDgVKiqX&#10;HipauG9jE0fY6yh225SvZznBcbWjmffqxeSdOJox9oEU3M4yEIbaoHvqFLzvVjcliJiQNLpARsHZ&#10;RFg0lxc1Vjqc6M0ct6kTXEKxQgU2paGSMrbWeIyzMBji32cYPSY+x07qEU9c7p3Ms+xBeuyJFywO&#10;ZmlN+7U9eN79oPX6e7XxFl/tbjwvidwLKXV9NT0/gUhmSn9h+MVndGiYaR8OpKNwCuaPObskBXc5&#10;K3CgLIt7EHtOFvMCZFPL/wrNDwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAj7baSfwIA&#10;AFIFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAuay8z&#10;3gAAAAoBAAAPAAAAAAAAAAAAAAAAANkEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;5AUAAAAA&#10;" filled="f" stroked="f" strokeweight="3pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="75D2C0C1" w14:textId="77777777" w:rsidR="002534BA" w:rsidRPr="00184DF3" w:rsidRDefault="002534BA" w:rsidP="002534BA">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="006CA9" w:themeColor="accent1"/>
+                          <w:sz w:val="56"/>
+                          <w:szCs w:val="56"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="006CA9" w:themeColor="accent1"/>
+                          <w:sz w:val="56"/>
+                          <w:szCs w:val="56"/>
+                        </w:rPr>
+                        <w:t>0</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="43BC3BA1" w14:textId="3E06E31A" w:rsidR="00461562" w:rsidRDefault="00073DCF" w:rsidP="00461562">
+    <w:p w14:paraId="43BC3BA1" w14:textId="57A6D6CC" w:rsidR="00461562" w:rsidRDefault="00073DCF" w:rsidP="00461562">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3890"/>
           <w:tab w:val="center" w:pos="4513"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251702272" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="246ED875" wp14:editId="2A8A4BD3">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3075940</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
@@ -11785,51 +12045,51 @@
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="006CA9" w:themeColor="accent1"/>
                                 <w:sz w:val="56"/>
                                 <w:szCs w:val="56"/>
                               </w:rPr>
                               <w:t>71</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="0C975D07" id="_x0000_s1068" style="position:absolute;left:0;text-align:left;margin-left:-10.15pt;margin-top:20.8pt;width:45.75pt;height:47.25pt;z-index:251698176;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBGuwb0iAIAAH4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVFtP2zAUfp+0/2D5fSTpKLCKFFUgpkkI&#10;KmDi2XVsYsnx8Wy3Sffrd+xcWgHaw7SXxPa5fOd853J51TWa7ITzCkxJi5OcEmE4VMq8lvTn8+2X&#10;C0p8YKZiGowo6V54erX8/OmytQsxgxp0JRxBJ8YvWlvSOgS7yDLPa9EwfwJWGBRKcA0LeHWvWeVY&#10;i94bnc3y/CxrwVXWARfe4+tNL6TL5F9KwcODlF4EokuKsYX0dem7id9seckWr47ZWvEhDPYPUTRM&#10;GQSdXN2wwMjWqXeuGsUdeJDhhEOTgZSKi5QDZlPkb7J5qpkVKRckx9uJJv//3PL73ZNdO6ShtX7h&#10;8Riz6KRr4h/jI10iaz+RJbpAOD7OL4p8NqeEo+gsz/PzeSQzOxhb58N3AQ2Jh5I6rEWiiO3ufOhV&#10;R5WIZeBWaZ3qoQ1pS/oVAfJk4UGrKkqjXmoNca0d2TEsKuNcmFAM2EeaGIk2GNAhr3QKey2iG20e&#10;hSSqwkxmPUhsufd+E2TNKtHDFXNMdQQbLVLayWHUlhjo5Lv4m++ehEE/morUsZPxkP0I81HCk0VC&#10;BhMm40YZcB+h64kt2euPJPXURJZCt+mQG6TmLOYanzZQ7deOOOhHyFt+q7Cud8yHNXM4MzhduAfC&#10;A36kBqwfDCdKanC/P3qP+tjKKKWkxRksqf+1ZU5Qon8YbPJvxelpHNp0OZ2fz/DijiWbY4nZNteA&#10;HVHgxrE8HaN+0ONROmhecF2sIiqKmOGIXVIe3Hi5Dv1uwIXDxWqV1HBQLQt35sny6DwSHfv2uXth&#10;zg7NHXAq7mGcV7Z40+O9brQ0sNoGkCoNwIHXoQQ45KmXhoUUt8jxPWkd1ubyDwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAHnGC8LiAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOxa&#10;JykEFOJUqBIIwaYpFY+dGw9xRDwOttOmfD1mBcvRPbr3TLmcTM/26HxnSUA6T4AhNVZ11ArYPt/N&#10;roH5IEnJ3hIKOKKHZXV6UspC2QPVuN+ElsUS8oUUoEMYCs59o9FIP7cDUsw+rDMyxNO1XDl5iOWm&#10;51mS5NzIjuKClgOuNDafm9EIeN++6revetTf9w+P7rJ+Wr2szVGI87Pp9gZYwCn8wfCrH9Whik47&#10;O5LyrBcwy5JFRAVcpDmwCFylGbBdBBd5Crwq+f8Pqh8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEARrsG9IgCAAB+BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAecYLwuIAAAAJAQAADwAAAAAAAAAAAAAAAADiBAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAPEFAAAAAA==&#10;" filled="f" strokecolor="#006ca9 [3204]" strokeweight="3pt">
+              <v:rect w14:anchorId="0C975D07" id="_x0000_s1070" style="position:absolute;left:0;text-align:left;margin-left:-10.15pt;margin-top:20.8pt;width:45.75pt;height:47.25pt;z-index:251698176;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBGuwb0iAIAAH4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVFtP2zAUfp+0/2D5fSTpKLCKFFUgpkkI&#10;KmDi2XVsYsnx8Wy3Sffrd+xcWgHaw7SXxPa5fOd853J51TWa7ITzCkxJi5OcEmE4VMq8lvTn8+2X&#10;C0p8YKZiGowo6V54erX8/OmytQsxgxp0JRxBJ8YvWlvSOgS7yDLPa9EwfwJWGBRKcA0LeHWvWeVY&#10;i94bnc3y/CxrwVXWARfe4+tNL6TL5F9KwcODlF4EokuKsYX0dem7id9seckWr47ZWvEhDPYPUTRM&#10;GQSdXN2wwMjWqXeuGsUdeJDhhEOTgZSKi5QDZlPkb7J5qpkVKRckx9uJJv//3PL73ZNdO6ShtX7h&#10;8Riz6KRr4h/jI10iaz+RJbpAOD7OL4p8NqeEo+gsz/PzeSQzOxhb58N3AQ2Jh5I6rEWiiO3ufOhV&#10;R5WIZeBWaZ3qoQ1pS/oVAfJk4UGrKkqjXmoNca0d2TEsKuNcmFAM2EeaGIk2GNAhr3QKey2iG20e&#10;hSSqwkxmPUhsufd+E2TNKtHDFXNMdQQbLVLayWHUlhjo5Lv4m++ehEE/morUsZPxkP0I81HCk0VC&#10;BhMm40YZcB+h64kt2euPJPXURJZCt+mQG6TmLOYanzZQ7deOOOhHyFt+q7Cud8yHNXM4MzhduAfC&#10;A36kBqwfDCdKanC/P3qP+tjKKKWkxRksqf+1ZU5Qon8YbPJvxelpHNp0OZ2fz/DijiWbY4nZNteA&#10;HVHgxrE8HaN+0ONROmhecF2sIiqKmOGIXVIe3Hi5Dv1uwIXDxWqV1HBQLQt35sny6DwSHfv2uXth&#10;zg7NHXAq7mGcV7Z40+O9brQ0sNoGkCoNwIHXoQQ45KmXhoUUt8jxPWkd1ubyDwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAHnGC8LiAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOxa&#10;JykEFOJUqBIIwaYpFY+dGw9xRDwOttOmfD1mBcvRPbr3TLmcTM/26HxnSUA6T4AhNVZ11ArYPt/N&#10;roH5IEnJ3hIKOKKHZXV6UspC2QPVuN+ElsUS8oUUoEMYCs59o9FIP7cDUsw+rDMyxNO1XDl5iOWm&#10;51mS5NzIjuKClgOuNDafm9EIeN++6revetTf9w+P7rJ+Wr2szVGI87Pp9gZYwCn8wfCrH9Whik47&#10;O5LyrBcwy5JFRAVcpDmwCFylGbBdBBd5Crwq+f8Pqh8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEARrsG9IgCAAB+BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAecYLwuIAAAAJAQAADwAAAAAAAAAAAAAAAADiBAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAPEFAAAAAA==&#10;" filled="f" strokecolor="#006ca9 [3204]" strokeweight="3pt">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="083E42D6" w14:textId="27A6BA7F" w:rsidR="00184DF3" w:rsidRPr="00184DF3" w:rsidRDefault="00184DF3" w:rsidP="00184DF3">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="006CA9" w:themeColor="accent1"/>
                           <w:sz w:val="56"/>
                           <w:szCs w:val="56"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="006CA9" w:themeColor="accent1"/>
                           <w:sz w:val="56"/>
                           <w:szCs w:val="56"/>
                         </w:rPr>
                         <w:t>71</w:t>
                       </w:r>
@@ -12390,67 +12650,67 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6687B358" w14:textId="35431C70" w:rsidR="00331BCB" w:rsidRDefault="00331BCB" w:rsidP="00DC5AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3890"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="114CFCF9" w14:textId="7826094A" w:rsidR="00331BCB" w:rsidRPr="00FE3AAA" w:rsidRDefault="00331BCB" w:rsidP="00DC5AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3890"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:bookmarkStart w:id="4" w:name="_Hlk214634407"/>
     <w:p w14:paraId="5317CF65" w14:textId="52C278C3" w:rsidR="00162FC5" w:rsidRDefault="009D11A9" w:rsidP="005253D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3890"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Hlk214634407"/>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251759616" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="37D59260" wp14:editId="21A6B150">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>center</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>567055</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="4572000" cy="2743200"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="17" name="Group 16">
                   <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                       <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{474C44FF-A911-8D15-7DB4-9C7DE94EC35A}"/>
                     </a:ext>
                   </a:extLst>
@@ -14768,133 +15028,133 @@
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="1">
                             <a:schemeClr val="accent1"/>
                           </a:lnRef>
                           <a:fillRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
                             <a:schemeClr val="tx1"/>
                           </a:fontRef>
                         </wps:style>
                         <wps:bodyPr/>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="248699DF" id="Group 5" o:spid="_x0000_s1069" style="position:absolute;margin-left:21.75pt;margin-top:2.3pt;width:392.65pt;height:221.7pt;z-index:251835392" coordsize="49863,28155" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQA5Dp1ACwYAAJsdAAAOAAAAZHJzL2Uyb0RvYy54bWzsWV1v2zYUfR+w/0Bo&#10;wN4ai/qW16TwkrYokLVB063PtEzZQiVSI+nY7q/fISXZiZ30Gy22+SEOv3l5dXh07tXjJ+umJjdc&#10;6UqKU4+e+B7hopCzSsxPvT/fPHuUeUQbJmasloKfehuuvSdnP//0eNWOeSAXsp5xRbCI0ONVe+ot&#10;jGnHo5EuFrxh+kS2XKCzlKphBlU1H80UW2H1ph4Fvp+MVlLNWiULrjVaL7pO78ytX5a8MK/KUnND&#10;6lMPthn3q9zv1P6Ozh6z8VyxdlEVvRnsC6xoWCWw6XapC2YYWarqYKmmKpTUsjQnhWxGsiyrgrsz&#10;4DTU3zvNcyWXrTvLfLyat1s3wbV7fvriZYuXN89Ve91eKXhi1c7hC1ezZ1mXqrH/YSVZO5dtti7j&#10;a0MKNEZ5loQhHnKBviCjcZz3Ti0W8PzBvGLx9CMzR8PGozvmtFUxxl/vA5QOfPBxrGCWWSru9Ys0&#10;n7RGw9S7ZfsIj6tlpppWdWU2Dnp4MNYocXNVFVeqq8CdV4pUM1yFNA9jP439xCOCNYA+htndSeiR&#10;GdcFQDghLasUkSVpuGE1MVLMNVlVZkEY0a0CoH/9ZT35zf1MXjyac8EVM3xGCikMF4Y0bEOmnFS4&#10;ckoB7CcW0NYqa0hnFrNuu5TFO02EPF8wMecT3WIsbLSjR3eHu+qdM03rqn1W1bWFgi333oP9eyC8&#10;5wF0AL+QxbKBud2NVbyGI6XQi6rVHlFj3kw5PKZezJxBbKxV8RoGurupjeKmWNjNSxjRtwMk2w5n&#10;8c5IexwNPJPp6g85g9/Z0kh3N/fwHMQpTWOP3APqOAxzH3SxB+otNOFTpc1zLhtiC7Ad5ro92M2l&#10;toZj6DDEmi6k9aA7UC3uNGCgbXGHsGb3RZzC3keQoh4cjtqByz/r3l8vWMthpV12B9Q0SuIozGk+&#10;4PTaKFbNF4acSyFwLqmIey79tHPRc4V2braH2XMsHAefxhn1g7gj2IEtaOhHORqdYx1PPOzSuhLW&#10;WDZ+wKW1ICtAOEjxoOwwLetqNuDUvT/4ea3IDQPzm3UH9TujBs/bc3WedyWzqbldrxaveYmrDJKj&#10;3Qb2nbRbkxUFID2s60bbaR1I+4m9ZR+a2I+3U7l7X213/YTJ2xluZ3DCdnJTCanuM3vnirIbD8Dd&#10;OrctTuVs456x6wAAvxMSaRbTKEvS4JshMUwyGlEQLvBIqZ8nSXAEJC7BEZB7Sut+aqR+lCQ+CAuM&#10;1b3Dv5obwzBJ/Qx6ycolaKUM7OVeC0eKfJBbjxS5U5V+7gd4Y0dbVfnViITWiazWsYDM/DyDJDoC&#10;8kiRB8HoAxSZBDSPaUjpQJFvLJP9LteIc4AjqyegNa+tIDdrNPdRh5McTu4eyEcEwnnYIzL3oyzd&#10;wyON0NuLc/Bz2onMh4XkZ2lzqykTBG5OOm1V+/1S0aynaxfrBdlw1E46ESURE8BE3RbPKgQIl0yb&#10;K6aQWUAjsiXmFX7KWmIz2Zc8spDq/X3tdjyEP3o9skKm4tTTfy+ZDWPrFwIhQU6jCMsaV4niNEBF&#10;3e6Z3u4Ry+ZcQhLjecE6V7TjTT0USyWbt0iqTOyu6GKiwN7Q0EPx3KCGDiRlCj6ZuHIXHV+K6xYx&#10;dSeXbfjzZv2WqbaPkQyA8VIOMDrQ9d1YK2SFnCBkKysXR+0EaS9Uv58eDfMYWKQ0+obQzmjQ69HA&#10;D7LsIEACoDOgzwVIkAcxyrhFPxTc+RHcNvXzHwM3zWgSJjne+AO6t0piopRc3Yr+XczUE/nHo38a&#10;BGGe9DFXHKdhuE/gMTTGlsDz2HL9BzGu+4TENh/REcwH8wJBFkPIWDaxPHTB9KLLBOiNvpDG7sfG&#10;hlX1UzEjZtMiTWRUhdxYzXtbXFJm95ZypWNq4EelBqwmSGgepcDVXiT2lWhF0gEZ7C5DkASRT/cz&#10;BPjKQAdGTsHInT5+mJGPaP3fJ7ISZCXjME4O0wZfAFZSIuf+16Cq+m8xNE1pYlFpo7Y0CQ50RBJk&#10;qU1u2wx2RCMfovDIsS4XfDdv++/ILbhPYfgC6JRg/7XSfmK8XXfyePdN9ewfAAAA//8DAFBLAwQK&#10;AAAAAAAAACEAvQxnuPSeAAD0ngAAFAAAAGRycy9tZWRpYS9pbWFnZTEucG5niVBORw0KGgoAAAAN&#10;SUhEUgAAAc4AAAEfCAYAAADIhCY6AAAAAXNSR0IArs4c6QAAAARnQU1BAACxjwv8YQUAAAAJcEhZ&#10;cwAADsMAAA7DAcdvqGQAAJ6JSURBVHhe7b0HeJRV2v8//3d3333brvvu+3N3dXetiPSakIRU0kMR&#10;G6KuDQsILipgoYcWenoyNTPJJJlkUmbSewA7dhQLYMMCdkVJAEXW7/+6z+SZzJzneWYmkCDleF0f&#10;wSczz0wG8MM5576/twaARiAQCAQCYtD8+b8buXjuH/jr/nh2meaS3am/nv/Bhv9J37fpwpJ3N19o&#10;e3/j7zPfTP31gqeW/GGkRoP/0Gi0f7j03gUho1YsWzBhU1r6hK0bS0LSN9uCN6/PHL186WMjHlky&#10;kr/vmYjsgkAgEAjOL8Yum3fJmNSl8yds8ZbZ2NQVC0Y/9tgw/vGeGGZrfr17zX/P+DTvbw0HdVfj&#10;J/sYHC0PwrHyIBy3j8GXpqvxceZfn9788Pi8YQ8vNg9Pz3kpstCI+JpKF7UuoorNCMvNfHrIoytW&#10;/Obax+7TxC2eoolOv1J6nefna3739GJNn4U+EMguCAQCgeD8YPz42b8et2b5jHBDdkOkRY/42ipv&#10;mVkLMFGfuyNo7cpZg+bP/3fpebQq1czL+2/M1vz+xGbNnEOGy7/82RGGLkcSupxT0OVIwWFHCvt5&#10;tyMZJ6pC8U7uMKzNuhWTa4oR196ClI5GJLf30NGE5PYGJDU5MdFsxt8fXPWuZsqK7BE33r65/NFL&#10;N3608T83ea1iV/96wa7HfuNT6J70t3RlFwQCgUBw7hN9552/DU5bOzeyQPdlYksdktoakMIExsms&#10;tR4RZt13wVvXbxqduvShoE3r2Kp0XHq6NX7dIyUb10858I4tBcediThSnYDvqhLxPcdhx2T8UBmF&#10;j4wjsMa2ALFtzUhsqUcSva4HyW0NSG6rxwSz6Yubl816unrlqE8PFozET+WjuFXsEBzM/fuO3at+&#10;N+u5BZr/4L83QnXruI/SVUJ2QSAQCATnPhNWr74x0mL8jORIwuIlJomMfowpK0JobgYiLQbE11Sw&#10;VWkCrUirKxBVbMEs/SpUFNyGr+xJ+KE6XlWex0qCsFM3AbOrtiC6rU32etJrRtXX4m7TcrxinoR/&#10;OWKVV7HOCHxmGPzd3o0XPv7OfM3vpO/L/9axf+n6Q3ZBIBAIBOc2I9csHxyalf6Mpxx5klvrkdRU&#10;g+jSQkSYtIitsslWpfTzxNZ6BFdWI9aUC0PBffjCnoSj1QkycRIkv0O6K5FTcCsmtbWy5/Kvy2hr&#10;QFBRMTIN9+PH6ngcrpLfj0R8vCYBXxkHH3p6xUUPSd/b3g1/mPu57kq2ddyttnUsSTftwsdfflzz&#10;e/7z8YfsgkAgEAjObcauWr4gqsR8Qk2aklBjyqwIN+az804SJf8YiZT2BkQ11GFSQR5s5jtwtIpk&#10;Jxcnya7LNAR24xRc21CG+NYm2b3Ya7c3IshWhsd0C3GgPAVHq+PZNjDR5SnR6hT85IjE7q2DP5n8&#10;j8nz1z8UsuCo6ZLPUBvNvvZ9VZLsPXhJ13T1obfTLriP/3z8IbsgEAgEgnOboA1rs6kQKLlDWYYk&#10;TdqSZSvNihKf0pRIaW9EqNOBmYb12Gm9Hj854uTCqk7GYetYtBtiMMuRi9i2Ftl9pNefWFWJOcaV&#10;eM82FT87J+FTewoO2FNwpCoecE5iW8J0z67qFHxXOAIZC8Z8du29M77QbpiBD0qmguQpPUYRkq4z&#10;Gu9nXbLnrRWaCfxn5AvZBYFAIBCcu4x59MFBIZlbG+LrKhW3aVnRzvZWRBRbMLFAj6RWudhUaW/E&#10;+MIiZOjuw4/Vce5VJ/1Iq8WjjiR0F4/Hdn0U7q3OwCQ1cbY3IrK6EjO1a7A59x5s1s3BUv0CLNYv&#10;xDrtPJj1d+D1kunsNY45U3C4aBQaNo46HrVk0fGrlm3CA+kPwWq43f0YtaKlLloBl4zCnrX/ncZ/&#10;Tr6QXRAIBALBuYXUpxm8acOmCRvXNYRkbf0yrrrcS5xxrc0I79iBuLYWxJdYELF5HcJLrYjY8ZTq&#10;ypCnd4t1EQ6Wp+B4dRzgcK0OacV4sHIajpiuRrMpATc2lCC+Tb5Vy85Wm2sRUWhCbO4mRBRoMbqo&#10;FEGlNgTbyjDaWoqQAiNm6VNZQdLXlSn4sWQMWvKj8I/iDQivqsC44hJMMPU+Rq1oiVX72oPx7uY/&#10;lb8z/4/uAiN/yC4IBAKB4NyA79NMYH2adoTrcxFtNbOt2oSWBkS1t2NmXQHWFs2F0XQjjJviYFwT&#10;DoN2GtKK5uAOZx4r5lE7k3RLT9piNazEvtKp+Kg8ha380rRzXStGwyNYn34zHsiah3hHOZLaGlm7&#10;i5c0PQqSoitsSGipVylIqmIFSUbLHHxpCcYzxkjc68xGbGe77DFqRUu0dXykYiI+yPzrU3uW/2YE&#10;//mpIbsgEAgEgrMftT7NlG0tiCo0IMKkQ3xHK1KanXisbCmaDbE4qL0K3bpL0WUZhu7CEeg2XIHP&#10;86/ENn0kVpYuxJSmKsXVJ23vxrc2IqG9GROrq3GPYSXydLPwkHEJws0GjLLSatG1YhxbbEOwxYII&#10;o5YJMrGpxr3yPZmCpFiLDuWZCWgwJWNGXRHiSMbcY6hoqcx8B46xCl1enOHYn/X3nbtX/GYc/xmq&#10;IbsgEAgEgrMf1T7NtgbEVpUirMCA+KoSrC1bgH35w3DMPJxVrPLtG13ViThaNBrva4ci3Xo/pjVW&#10;IK5n5ena3t2O2NZmTG8sx3XNdoSVlmJSzhYkmnPZii++oQbJLbWu1eL2VqRsa2arTCo6YqvKEjMS&#10;G53s63E1lX0uSJpYU4vbsxZiUcFCTG6rlQUrsMc4HbhWuwHPFF0P1MS6t2xZb6l9At7d8mfHa4s0&#10;F/KfoRqyCwKBQCA4uwmkTzPEVoaH8+bgHf0IHLOFMon4at84Wh6J/dqhWFPyEKLbWhHZ3uGxvXsD&#10;bKZpqCqYBmt2Ah7YdBei9FnsnDLSrEdEgY6tcCMLTYhz2tl7otVvQr0DkQU6tvJM6mhmj6fH9qUg&#10;KbmtEdEWPaIL8pHUqvy9koRHm614aOs/cbA0GT84eypynVNwrHQ09qz5r3T+M/SF7IJAIBAIzm78&#10;9WnGtrfi1soctOaG4VjhqB5pyoXJy5OSf57Vh+IB+1o8XLHaY3v3MhwruBqHjMPQmB6CBzLvRZwp&#10;BxGFBYgutSCmtBBRRS4pslVmqQWJTU4mzziHHWEmPf5Z8Cjuy3kQoVYri/vj37MaJMVoWxGrAE6o&#10;d7rOSRUeE1lRiphVy6HdeBu+qpyKIzUp+NEZhwO5Vxx4Y/mvpvCfoS9kFwQCgUBw9jJjxox/C0pb&#10;k8vOCFX6NCPat2FD0Rx8rhvEtmJ5SarR5ZyMTw3DsS1zBHbpg9zbu0drJuO76hTYCu9FYkEegiod&#10;bMuUz76llWRsRan3Fm1HM0IKLVixaSZW5tyDEHuF6ipZCXpsbGUpW7mShJWeS9eiHZWYvHUF8lOj&#10;sTd7OL61TcQ3lhGH317/h9SXUzX/yX+OvpBdEAgEAsHZy+ilCy4OzdpSl1BXpSgRqlJNaG9EgflG&#10;dOsuZzLkBamGJM6DWRehyxbBVqFUbENhB3WWWxFvyEJ4bS07V+Rf1y2x9kb3Fm1MSSGTa1iZDffn&#10;P455hqUIr/Buk/EHE2eVzSVOrsXG8zHh1VW4x7AML2jD8KXuSnxuuAp7N1740tuLNVdJn12gs0hl&#10;FwQCgUBw9jJq2aLLQrK2tiTUVytKJKGzBddVGFCZNQnHqHLWkSwTpBJUgfpNaQQ+0Q3Bl9YQVkBE&#10;13+ojsObpdfgXsNKBFVWsUpW/jV5SJ7UjkIrT5JdpKMK84zLcV/2IwgpKVFdKStB96IQetoGpu/Z&#10;s73F8zHBZeVYqH8MH1VOxzFHIr6zheHT/Cv3P7150Lrk1fMfGrlpU/qEresDmkUquyAQCASCs5fo&#10;1NTfBm9ar6MJJryAaAZmZF0jojdvhGl1JD4rDGZpPp4RdkrQqvKoMwWfG4bgoHYwvq/uLSKi5xYY&#10;7kRIgUk9tF0Bkhm1xdBQ63BHNR42L8NDGf9EmKUASQHI132fjibX+amJioPqXePQuL8w0OcwtqgY&#10;G7X3s9zbw9U94QeOWHyQNxjLcmchylmNuJ45pF6zSFetnBW6YIHXFBXZhy4QCASCs5uxa1YunWQv&#10;7m3pIKG0NyC+rgpBOfkYvSoNt2x6EEvy5mKdzjvCzjOejiTTm/wzGW/nDseXxmFAXQK71kXB61UJ&#10;LAaPEn1o25UXmxpspWgrRJTFgHHFpVhqehSN5pvxD+M6hDmdPrd73fdoa0BCgwMTtTkIzd7KKnhJ&#10;xFS5m9RW7/q+2+oRWV+LaaZ0NJtn4idHbO9fCkietgl4wTQRc5wZiOnsZJ+TexZpSx0izYbvgjen&#10;PT7+8dnuKSqyD1wgEAgEZzdjVy8ODcvN2EPiYCk6TTWYRMECJm3P2aIZE8ttCC6zszg7zwi7L+1J&#10;7MzyhCMW79imuJJ/dHOxWPcQFmXNwarsWbDo72Ki/dkxCR+WTcHD+scRUq5cmKMGPTaushRhRUUY&#10;ozMiW3c3jlVEobjgLkQVFSCiudlnLyd7reY6RLPVphYxtiJZ5S5F98W1NiK8qADZpjk4VJmIbm5E&#10;ma9RZ/QatFqNspoOBaetck9RkX3gAoFAIDj7CUpbOy+61Px9Uks9okuLWBoPrUJJCL4i7ArM9+Kj&#10;shQ0Fd6MufqlrM1jVFEpS/6ZUGbHmGKbW7Q1llvxesk0PGJ6HKH2vouTKl2naNdhzebrsDNzFL7V&#10;X4m3cobClJ6AW4yrEVFbi/iOFpfAPKEe0LoqRFqMbJVJP2ffk0flLv0FIaKoADGFBqw0LcD+ssn4&#10;0SHfjvY36ox9T20NCMvL2DN+9SI2RUX2YQsEAoHg7GfI4sV/nJCxeUO4If8QbV8GGmE3xZyNB3MX&#10;4hpTOsbZq3xmxcabcqAvuAeL8x9EcHHfi3qCyyuwIGcePjSMwvfm4fi0YAy+NA7F19orsCNjDJbk&#10;3oX4EgPG26sRVV2BWIedyd91pkmBCkaws1z+TLO9EYkNDow36DE3ZxHetU3BcUecV8i718QW61h0&#10;GCdhljMXsa3ySEG6H7W8jE9LZVNUZB+2QCAQCM4Nxq1Yem1I5uZPKdjdlzQlqHgo3GrBmLx8xNQ5&#10;fJ4zkmgjG+ow3ZKJG7Y8zmQW396CRJX0Hh53wY5uLn5wJqHbI+bvcHUSjhaPw7s5g2HamoSF+kWY&#10;qU9DtDbTvd1MW8+JzbUyabrv396ICGc17jatwSvF1zJxys9tU3CwYiqOWsfg2fwJuMuezsIhlO6V&#10;UF+FCVs3lU+YP/93sg9aIBAIBGcv7hFimzekjU9b82SkWf9jIFWqJCA2vNqsY6srqTjGFxQSP66+&#10;DZH5mZiek4opVRbEU9B7xw7FMHjP11It2PHcQq2IwVfaK/GhcQzW589GiDaPVb6ye9D781fF2zMf&#10;NF13H05Ux+Ffnue20sQW/SPYkHMHFqy5BYnGHCS2u7J0+febWO9AWG7mU+OXLx8h+9AFAoFAcPbh&#10;PULMwLZmww35iC52jQ+TSYWXGRXBFBoDyopNaG3sGUVmxhrrPBizk1GyKQy23ASYCm5EWuFs1VFk&#10;rCioucFnwY6nPL8pmYgu/aXYlDkTo0oqXCHxCu9JCVop0nxQEiSdcTYXeZ/bSjM+x5bYME5vRGhe&#10;DmJKKA6wd2KL9J5p6zcsN2vnyBUrxsk+fIFAIBCcXfAjxEiC9D//KLMeMeVW1e3MXlwrrEjaBi0y&#10;+cyKpYkoKU0O71Fkhitw2DICXQXD0K2/HJ9ruVFkHW1I6SnqiWqoRVihGSuM6gU7nlDV63eGQUjf&#10;koKJdmoz8f+XAAn6vmmwNYUrbNbNQYopQ/Hcln2/bfVspe0VB9iz8qQgeWrlmZCxxTEqddGFsl8A&#10;gUAgEJxd8CPEpG1XdhZI/Zx+xEm9jjTkmrWqeIqWxOGxbUkrzeRmJ9aWPhTYKDLdMGyx3IuUyiKE&#10;V9pZgPs1pq3INN6P9z0KdqRCHYLu5y3OyThsGY6SjBhMLTchoV19C5iHvo9JDjsSczcgVpeByLoa&#10;n+e2rrPM3jhASZwk2djqcoxbs4pNUZH9AggEAoHg7EF1hFhzrWtkl7V3q1YaOE14zq0kcVJ1KhNt&#10;RSkbdk3SSGxwggIGaOuW5BHT3o7Hy5ZgX/7QwEaR2SPxQd7VWJJ7N8INebhvy1y06yYDzliWOMQX&#10;6hywp+BIVbxXkhFF/XUVB6E5PQi3WtIQ09zI3o9SQhAPiXBSuRVjcvMQVlkZUEADPUeKA4yttLnD&#10;EMIN+QdGLV7MpqjIfhEEAoFAcPagNkKMJMFmYZp0iOto9Ro4fW2DjQUD9BbxkERrQWejEYY8ds5H&#10;4mBhAj2zNEOLinCzLRMdhhgcKxwZ+Ciy0mA8mxuEe3Lm486cR5GRezusxjvxeul0vG2bhmLDbR6F&#10;OgtZCpFnktExRxK6SiagPX0cbs56BBMs9N56Z3tKCUG8AKXPIKzIjBkZi3BPVQYmtbfJzlyVIHlS&#10;ohF9HimdzZRw9FPQxnVrx8+ezaaoyH4RBAKBQHB24GuE2NTtTRiVY8Tla7JxU0Uu1hY/wAZOl5mm&#10;wW6cCpPpBlcRjyOftWAktDawvNfQrC2ItOgRZTF6zdIca7FidfYt+EJ3Vd9GkdEZpe4KZOReh/Hl&#10;VRhdUo4JRj1m5y/GA/olCC/QeRXqUHSfZ5LR11WTcbxwGCrz43FNcTYibD19nF6zPb2LeZj8qHK3&#10;oZZtDVfnJmOnIQwrpDNXHxW/kjgpDpBF+BUV/BySvqlw+LKFf5M+d9kvhEAgEAjODtRGiCW31iGu&#10;rRlD1uXhpodvRos2Agd1g9nA6e9NQ3DYNNRdxLPDEInlJYuQYNVjotnAtmqpwMizeCapoxlxrQ0w&#10;6K9jz+vLKDIpmaeiYBqua6lEQkczomxWjDcaEFphlxXq8ElGxsL78VnulSgw34R46rH0NdvTXczj&#10;Wbl7P76riMePRaPwvnYo0q33Y1pjBeJ8rDzZGbHDjonarO/Hp63NH7to0SWen7vsF0IgEAgEZwdq&#10;I8QSaZvWZsP8tXfija1X4UfrSHRVKhfx/Fw0DMXZUzBRn4PYumrFoIS4tibcVGdBjTEZh820Tesa&#10;KRYIdEZ52DoW7YYYzKrJR7i9HOFGLeLrAksySizIxeasm7CkfCli2tq8BedVzGNxizeqXl65y85c&#10;yyOxXzsUq0seYtvWnue8Xvel8Pi6SoRkpX89+pHHr+U/d9kvhEAgEAjODtRGiMV0tONh0yN4M30w&#10;jtsnqhbxUAHOW2XXYY4xFSGVJDLlYhtavd5aY0SDIRGHLaNPQpxB2GGMwV0l6xFiMSO2osSnNCWo&#10;AjbKWYUYQxYm22ncmHyVKBXzUCtNmNWM8SWlLFgh0zjHq3KXvRc6cy0Jwk7dBMyu2oyo9g7lYikq&#10;KrKXICwv60RYfvbT49euvMNztJjsF0IgEAgEZz47duz4c2dn58z7DdoXPEeI0fndbU4dOo0x+ME6&#10;ymcRT6CzNBNaGpDS7ESR6Vp0GQb1eav2cMFw1JinYophM8LMJr8BC56QzCMKTZhoMcraY3of08iK&#10;gKZnLEOabh5azTexYAU+n5ZgZ67aK5BhuQuR7R24ptHuXSzV2uye8RlZoGX3j7QYvUaLyX4xBAKB&#10;QHDmIYly27btus7ObXt27HgSL7zwEhw7tuN6C8nINXMzomMb1hfOxufaQT6LeGiYs9osTaW2lcj2&#10;Tmw134FvtZcx+fD3U6ObJKu/EtqCmxFstiC8KLAkI08pUqFORIEW8Q01SGhrUlwhTigrwyLtIhws&#10;T2Z/IeD7Qd3ft2MyDplHYlv2OBhMN8JmusarWOrOGi2iG+oRajKwwijX+WuT12gx2S+OQCAQCH55&#10;lET5/PMv4fXXd+Odd97Dhx9+hI8+cmHoaEdSmRXJHc1IaG9mEujW+S7ioR7K92xTe2ZplrsKalqb&#10;VdtW6Prsys3YqZ2Ao8VBPleyvZJKRndZJHYZJmCRZSGizfmItNsQvv0pv5Wtbim2NSCqyo7RlhJE&#10;OapxbVOFrJ2GHjOxqgJzjCtZG8sP1a5AdyVo6/jL4jAcyLwI3+ZchMMFQ72KpbabYvBYzj0IzcpC&#10;WFUNUtpoGLb3aDHZL5ZAIBAITj/KonwRr722G/v2vctE6YkkzY8++hhv7HsHa+prEW61YmZ9IWoL&#10;UvwW8ZA499imYb5hCSZUVCG6cxtm1hVgbdFc5bYVZz4i2jpYYc1HuqE4WhHj8/7sa9VJ+Ew3CM9m&#10;XIUybSJKsuNh0F6DtKI5qlm2nlBSUXRHJ26052F55q3Q5V+DsgLvFSLdJ7ajHSEOJ+42rsJLxdf5&#10;FedX1lAc0A3BN7YIdDunehVLHbOOxr7MQVi+8RbE2kpYFbC0qpVGi8l+8QQCgUAw8KiL8nUmyv37&#10;P3Tz4YeEkjRd4iRe27sHW1vbMbtwq6uIp2iMT7F1VSXiUFUilusfZhNEFleu6M2eVWhboezZxbbF&#10;mFFfhPyiO/Fp/pU4UhrKVrX0OqwIiOiR0KGyGCanD/MH4QvjMHxXMAxd5uEs1/bzfC7LVmH16ZmJ&#10;26SNwYG8QThiuFzxfaWWPYqwkiLMNyzFh+WTcVRlm5Z9347J+NwyDp9oB+Pbshh8X53sLVbHZPxQ&#10;GYX3cq7GCvM/WWEUbQu7Knhdo8Vkv5gCgUAg6H/URLlr1+vYu/cdfPDBfuzfT/QKU0ma/GqT+Pjj&#10;XlpeeQ07iu7EsdJRPrdqiX8542AyzsLCzLvwjn6E3+zZD3RDsb74QVxv2Yy1ebfhFX0QDuuuQJdl&#10;JA5bx+NwcTC+KQrCQcMIfJw3CAd0V+MbWyS6aqYq3k+tr5LPxP3B3/syjMCyrNuQb7gbRxyu7Fv+&#10;e3WL0zkFB/XD8En+YLYi5r/OIHmWBuF5fQhmV25BdFsb266VRovJfnEFAoFAcOooiXLnThLla9i7&#10;dx8++OADJktPeGkqiVNptSlJ88O3n8cnnen40BKDr2laidN7xekZpk4/P+pMxmvGcLyaNRRHbWGq&#10;bSvsuY7J+Lk8BCV50zHBoEVUjQMPVK6HwXQT6o2JLEihTT8Jz2cOxUfpf8HnBWPxXWWC6qrXV18l&#10;9Wv2LRM3Cm9mD8Oz+eFsCLZn1q33Y1NwqCyaSfNz8zjV90aQoA/prkROwa1sS5mmskijxWS/2AKB&#10;QCDoO8qifIGJcs+evXj//Q8YLmEqSVMuTl6aaqvNjz78AO8/ZcTBqpvwheFq7MkfjZe2DkdXmUuG&#10;SmHqR6mqtiwMn2qvwrdW/8U+dG74lm26u+eTEnykPsiba03srPHx4kV4Inc8visaj27nFFXZSXj3&#10;VbpWdqydpkaHDn10nzJxu0pD8U7eUFhzr4HWcK8765Yqh9kElh5JHjQMw0HDcCZ1X++P3dM0BHbj&#10;FFzbUIaEjhb3aDHZL75AIBAI/KMmyldf3YW33yZRvu+BS5q+xam02vQtTcYH7+L9zq34whKEnx1h&#10;OFGbiKdMM2BdFYn3cofgRGUE3i2bBqvhdq8w9VX6h9GcEYqvdIPUtyw9UOv5pFUinUdO2PYMVlnn&#10;41Pd1a42GB+tMJ64VnZXINf8D8S2tyFi2xPYUDSHnYP6aqfh6Xak4Gv9VUjNnIExBUW4S7+KZd1+&#10;VZmE4zXJ7DzzoH4oDuiH4duyaFbxy9/DE8/Eo7scOYjb1uEeLSb7zSAQCAQCOb5FuQfvvfdeD57C&#10;9BanujTl4uRXm2pbtB88bcKX1mAcd07C4eoUHHcm4BnT9Viy5FaUrQ5Hkz4Z80wrMLFA7w5TD7KV&#10;Y0SRDVszpqHbcKXfs1BfPZ8ErTontTXDaLrRbxsMD1vZFQxFuT4Fk52liKithUE7nRUR9fk+piGo&#10;NF+D6Y12jKuqQawpDzrDXfjQMI71tR4wDMehsigcdSThSHW8aq8nu5+UeKSPxL3OLMR2trtHi8l+&#10;cwgEAoHAvyjfffddD1n24l+a3uIMRJpKq012pvnGE3jfmox/OcLdW5HHHAl4s3AKHlxyH25YOh/X&#10;GNdjfEW1V5h6fGcrbm60orZgMg6bR/g86yO8ez7t7lxcqe8zqr0dtzm1qDMk4DAVCvm5nwTJqbt2&#10;GrpKJ2Bb5tjuOzIf3BWfsbKpcev4946U+D6D5GFzO4vGosUYj5trzYja/gSiGhsQbchG/rqJ+Dr/&#10;UqAmFj86klRnf3rdryfxyGmajJuabIgoK3GPFpP9ZhEIBILzESVRPvfc816i9IQX5smvNpW2aANb&#10;bb7XshrfWIajy2Pb8agjAR8WJ2Ph+rkYmqlDTEMNC0z3avXoY/asZ89nmN2OxPZmJkup71NvmgGH&#10;dhJezxrMqmr93Y/OFukx35RF4aBxBD7JvRx7Nl/c/cyGS19/evWfW97dfOF735VSUZC/+/RC4jxU&#10;EorXswdDq78W/3DqXf2ddU24MefxE6U5U05UFfie/UlFU1JEX7djCg4bBsFgvhnhpaWYkL7ZPVpM&#10;9ptHIBAIzgfURPnKK6/irbfexjvvvCOTZf9LUy5OXppqq00mzuq5OF4+Foc9tjQpn/U5y3X4R/4q&#10;hDsqFIPb+5o9K/V8rtb9EyNLKjC5rY71V3r2fX5nGoaPsy7BpybfbTAkuO8q4/G5ZTw+1g5mFa4H&#10;DMPwZeFYdBWPRbd1FA5k/83vfXhYf2ZhEA5m/xUH8gex/k6avzm1xYkJVuuJ+MzVJ2JMeT5nf35l&#10;T3KtPqtT8IM9Em+ZgjE/fdaBwVvy0zxHi8l+MwkEAsG5CC/K7dufYKJ8+eVX3KLk4YXZN3EOXEGQ&#10;JM4PymfiaHmI18qMqmfNhjsRajYisU0eiC7R1+xZOGKRq78X400mrC1bwPore/s+p6K75hoc0A/F&#10;J9qrVVeK1CpC0vzMPIb1eVJBE5OeR3/mEXafYSygQO0+Skj9mRS60FWd1NsnansACcV69r5j652Y&#10;3NmsOvvTUHAfvqxMwYmaeHxqGPZD2abg6tg1D03XaFL/P8/fS7LfXAKBQHAu4EuUb775Fvbt28fg&#10;Zdk/0uyf1abaFq3EftuNOGrv3dL0V8TjCfVKzqncxFpBAsmePV4dj23FtyAr7ya8oR0l66+k9/CV&#10;NQQf5w/G1yV05iq/Hz2GUns+zh+EbykYgb1v74reQO7DQ8/h+zPdfaL64VihuxehFjPinBVIbpWv&#10;wKXZn5MKtLAZbsZB42g8s/Zvn734+K+m8r+vCNkFgUAgOBvxJco33njTLUoeXpgnI07/0uy/giBP&#10;3q+egx/Kx7m3NNWKeJRwtZE0Yl3xP/Ehy56lFg31FR5NOTlYEoUPc69gfZqKQqtOZFusn2iH4LuK&#10;OK+VLG3RflMawVaSXxQFs61V2fMDuA+P9J6V+jNdfaLBeDZ3HO7QLUG404FklVU4zf6c6KzFbbpl&#10;eHTxdJQsD+s6ari45c01v7vzuQUa9yxOQvabTyAQCM4GlET57LPP46WXXKLcu3evB3Jh9pc0T261&#10;qbRF27fV5scff4L3m5agy0rFQb3ilIp4Qu2+xUlQVew1DWUwWm7Fp9pBOFoaopg9S9LsLovCp1l/&#10;xQHtVew6LzAmKirQscfioH44W/19TavKnvtR7B6JjbZy/fWN+rqPUiaur/5MKQEoK+8GRNbXIUlh&#10;xSlB27cRJRZMXLIUFRk3AQ1h+Mww+Lu9aRc+/vLjGjaLk5D9ZhQIBIIzEWVR7sRLL72M3bvfwJ49&#10;e1hCD+Etzb0yYf6y0pSLk5dmIKtNEuf+l+uw3xyJ485oVtBC541UxLNKNx/jrLYA5l7WsqSeG+us&#10;2Fw0G6/oxqOL+joto9zZs4cto/C9fhBe1QXh2Ywh+NI43GfRDpNeWTQ+NY5g26107vhFYRC+KZmI&#10;j3Muw6cGigJUf778PiPxUf5V+MwwHF8XBeOr4jAG3ZMycUmstNp0SVO+MnX3iRomY1p9OWJb5YHy&#10;nuIMKy/DP9IX43nztThem4zjNQn4ynT1obfTLmCzOAnZb06BQCA4E/Alytdff4O1iBAuYapL8/Su&#10;Nge+IEiS5iefuNjfuRlfFY7DDzUJLACBinjydbMwzlyIJIWKWiVInjQ+6z7TYydyN8WeqNPHY7sx&#10;Ck/oI9FoSIDWdAuWWx9CrSEB35NUFQTlLatktqqkLdkD2qvxSd6V2Jd5GfZlXoqvCgNpV+m9Dwn0&#10;c9MIvLHlb3gr8wp2L3bP/KvZ6pWqc31m4tLqtGgcOvVRbJ5odFu7e44n/znQCj28shL36FPxsjSe&#10;rDoFPzmj8X7WJXveWqGZQL83Zb9ZBQKB4JdATZQvvkii3M0qXyVZqklTLk65MAdOmv2z2vS/Rfux&#10;W5rEx+/uxgd1C/CFcSh+dMTgRE0SniuZgZuNGxDmdLKzO14QPHTuF9tYg5H5+hMhBu2Jm+sKcI8j&#10;E/dVpbN+z0mtLbi+rhj1xqSA+j57xeeqlP3aPAZPZ4/C0zmj8S07Hw3s+dI9vi8JxdO6UGzPHoMv&#10;DEPwdWk4m7ri+npvgZISJM5vi8PwVs5g1OVFwFAwwz3Hk58HysRZXcXmer5c0jvXk7bCu0pGYc/a&#10;/06j36uy37wCgUBwOlAS5TPPkChfcovSk7ff9i9OfrXJC7M/xelfmt7iDESaSqtNXpqeq023PPe+&#10;jA9aVuNgYRR+tI3GTxXBsBfcjCSrDrEtjT7POulrcS0NrsduWYWI0iLEd7ZhUlsLEwtNLSG59KXv&#10;0xOSDm33VpimoUyXhO+MV/fp+UyM5pGoME1FOT3fNATdNVN7zlnVhSnhmr85Hh/nXIpvDUNwxGOO&#10;Jz8PlLZqg8vKsVD/KPaXT3HP9aT38IM9GO9u/lP5O/P/+DvZb2aBQCAYCHyJ8rXXdrMWEYIXZq84&#10;+ybNM2+1qbRF29fVplyaxIEDBxj7d9rxQc18fFpxA/YUX4c1hgWILtQjsUcKJEkvOpoQVV+LiCIT&#10;FmgfwX35SxBuL1MUbV/7PiXYlBTdlciwzMImyz34Rnt5H58/Gd/rBiHdcvdJPd89f1N7tWvl6GMe&#10;KJ0Jjy0qxkbt/ThWHe+e60mSPlIxER9k/vWpPct/M0L2m1sgEAj6A2VRPocXXniJDW+WRMnDC1Np&#10;tdkrTXVx8sL8ZaUpFycvzZNdbXqKU+KjPc/js9fb8NrzdVhhtyFGp0NcZQlia6sR6ahm25EhFXaM&#10;s5Zgmikd+abZeKroejxqeky1GrevfZ9MOI4UHLNNxBvaMXjAvo5NGXleF8JaRAJ7fjK6yyLwunYc&#10;/mlfizsdudip7dvr8/2dvV/zngca19GCyIY69nk0m2fiJ0ds72OZOMOxP+vvO3ev+M042W92gUAg&#10;OBn8iZJaRCR4WfZFmmfeavP0FwT5kqbEwYMHGXve+QCzsq2I25SP2eYc3JK9+KdZxlX4p2Ep1mvn&#10;osV8E1tZHauOQ6qPaty+9n3S17qr4vCZfghyCu90V/CuK5yL9/OGoqtykt/n049fGobg+awhmF+5&#10;DhPbt2Nd8QMBvz79qNTf2fuYnnmg+hDcU7kF462lyDDcj0OVCej2mJzCHmefgHe3/Nnx2iLNhbLf&#10;/AKBQBAISqJ8+unn8PzzL+LVV19jLSKesjx5cfqWplyccmEOnDT7Z7Xpf4vWuyDInzglaUrY217A&#10;A5n1yM/4J3bmTTjxUun12GubxtpXfnLEsR9/DqAa19X3WQ4D6/u8CkfLwlT7K4+WheML/WCUFlyH&#10;G+uKXIU47a1ILDXBnJ6Ar7RX4htbhOrzXf2Zw1hbyxc5f0d24Z2I7NyOa5orYbLegc/0g3HUptx3&#10;Gkh/pwTr8zQORtrW6ZirW4b3bVNY3q/XY5xTcKx0NPas+a90+r0v+8MgEAgESiiL8lk8/zyN2nKJ&#10;0hNelicnTf/i5FebvDD7U5z+pXn6CoLUpKkkzg8+/Bip5maseSgSKBmE4zVJ7AzPcx4lyeJZ6/WY&#10;aUjzUY1Lq8ZW3FhfjA262/BC5nB0Ga9CF40S8+j7PKwfhN3aMci13I6bai2Y1NaG5JZapHQ0YrS1&#10;HOtzZuGQaSg+yb+qp89zPL4qDlXszzxUEYtuywiUa5MwtaIAoZXVmGLYjHUZN+HlvLE4rKe+U9fr&#10;dxUH47uisfjcMNzVQ+qjv9NzNfmtZSQ6t4zBS5Yp+MkZ756QwqhOxo/OOBzIveLAG8t/NYX+LMj+&#10;cAgEAgHhS5SvvLKLVb4SvDB9iZOXpS9pBrLa5KV55q02lbZo+7ralAuzL9KUqGtrRuW6aBy1KbeD&#10;0HYtzae0mu5CjFmLmKYG2TgyidiONkQ7KnB37gJo869FQ0Eythsi3X2fRtMMLChbgeTmGiZNEi61&#10;vLjOEDPQXHgLjjvi8WVRMCvaoRg+14/y/kxa7ZEUW3Mm4mbdCoQUFCDEYkZkeSnmla2FoWAm6o2J&#10;2GGMQqc2AtuzJ+D9vCE4XDgG3/vo73R/39XJ+MIags91g/F9aSgTZe/XUnCsJhlfWYb/tHf9/659&#10;OVXzn/RnQ/aHRSAQnJ/woty2zSVKGt788suv4rXXXnfL0hNemGrS7Ks4+dWmKAg6eXHS/d94oQNv&#10;m6d5hcLz0Cr00/IUbDY9gIkFeoTX1qhW48Y3ODDaYOoOMeq6b6414d6abHffJw3Njm5vR0JPvB09&#10;h65FWPTIMtzH0o26q6VzyCTWkyklAvH9mWz71RqE7doI3FWyHlF1NUzESe2NiGrvQHxrI9jrO7Nw&#10;R8kG3Jz1CDbk3oe3y65ncqa/DHitIBXESa9LU1WoP5S1z/Rs9/7oiMVX5uHYu/lPhW8s07BZnITs&#10;D49AIDg/UBLlU0+RKF3B6CRKnl9KmmfeavPMLgiie9JnRbNFn376GTQ3t35bVlT49JNpY9/wDIXn&#10;IcHQPMr95ZNhMN2N6w0bMbaoBCH2SsRUVyCuugyT7CWIshYgXJ+H4E1rDwZv3XQwzFqIqLpaxHZ2&#10;IK6jFYltHrLtaEJCXRUmFBXjgfS7sc8QjJ9quCId6XyyB88iHhLoYfNwOIwpmNFQjPj2Zq/Vr6to&#10;qRmxne0It9sxRqvDRJMes/SrvGZsqsmT7v+FZTw+016BLlswjlRG4lhFKI6VjsHB3Ms/3rvxf9e9&#10;skzjnsVJyP4wCQSCcxO5KHfgqaeecU8Q2bXrNS9ORpr9J07f0pSLUy7MgZNm/6w2/W/RBl4QpCTK&#10;4mLbk2vWrM1PSkqZo9FophDF9/za6hkKrwaJprsqHk8U3YCN+gfwUM6DmJ63GhPNRkQW6BBp1iHa&#10;akZYdkbXRF12V4ytEBEmLaIKTZhUXozYqjLEVpdjkr0YUUUmRJh0GFdSjq3aGTisuzSgVhIJ6uP8&#10;Tj8IOtNM1mtJouS3jgkaoRZVaESUWY/E1gYEV1a7Z2x+YU/C0ere81xPuhxT8JV5FPZt+OPHH2b+&#10;fcf+zEte/DDj4qa9636f+drSX01N1Wi8ZnESsj9cAoHg3MCXKGmCyKuv7nLTV2mqiZOX5clJ0784&#10;+dUmL8z+FKd/aZ7+giB6Hn1O/kTJMzvy3x7dvfHvnxzvCYXnJeLJ4aoE/KsmAcdtoejMi8A9hamI&#10;clQjvqbCJSraKrUYEF1iYdKilSiTqgKTyqyIaW3B3OotfezD7O3jXGRbznJmeWG6t4LrqhFBr2Ur&#10;Yv/dO2MzDzbzHTha1Rto4Kan8OejHCr8+c09b6f+ZvgbK34dtHux5nL+z5MnsgsCgeDsRE2UUt4r&#10;/U/WU5aBSlNJnLwwfYmTl6UvaQay2uSleeatNpW2aPu62vSWJT3/ZESp0Wim9vyYotFoEjUaTaz1&#10;nv/K/MJwdbcUCs/Lqldarj5MyobVF96GKS1OJLY1Ibm13iWq2iomxZhyq+sclKpwW+sQX1vJtnTj&#10;qmxuySa3NyCxtbcP9CPdMBytjFE9a5Ven36U+jgfrFjLzjSVpJnUXOdabRYZkdRc27sKbW9EqNOB&#10;mYb12Gm9nrXeeN7/qDMR31iG/UCFP5Wpmt/wf6bUkF0QCARnB0qifPJJb1F6wgtTSZpK4uSlqSZO&#10;XpgnI05+tXm+FgTR8/pLlBqNJkqj0UzUaDQhGo1mfMwgTdSOxf9n/cZwZfcxe7hqH6RSH2avrOoR&#10;X1PpWk3ai72ShiSxMlq9t1XpLHJ6QzmM5pvxUf5gfGdTf32lPk6q5qWiIK/z0/pqRFpcW7QJdZVe&#10;74XR3ojxhUXI0M/GcUcCuh3Jru+vPAJfFQzHrs2XVHgW/gSC7IJAIDgzURelK52HzikJXph9EScv&#10;TSVx8sIcKGmeeavNgSsIIuG+9dZb7NePdgn6U5QajWa0RqMZodFohmg0mkEajeayuWM1Iy2pYxte&#10;1gWz0PYj1tHoKgnC4eIJ6CocrdqH6SWk5lomTioUUkoaUqYWcR1tmFyqhSUjEQfzBuFTQwB9nIUj&#10;UJKXiDibGSHVDhYZGFphR5C1GEFmC8KLLEioqZBL0x3cbsdj+Q/i0+Jw/GAdicO6QXjTMB7Zxltx&#10;4/p5qfyfNX/ILggEgjMDZVE+7Y6xk0TpCS/LvkhTSZyBSLP/xOlbmnJxyoU5cNLsn9WmJE16Pn0O&#10;LlE+PeCi1Gg0f9NoNH/RaDQXajSa//3vO+4ZOS4rs21e+VpkZ1+H0rRwdOSG4QltKOq1sQp9mLwA&#10;65gsoyx6dq6YpCAsNSgEYaS1HGu0D+BQ0XgcDKCP87viIDybPQYrc+/FHaZ1uMu4BvONS7Ex8x9Y&#10;kj8b0+ttiO+Qz9dk77OtAZHVlbgtfykK18egNiMCJvMMLKxYhQRnOUZk5NgmzJ//O/7Pny9kFwQC&#10;wS+DL1FSjB0NcJbghdlXaSqJ05801cTJy/LkpOlfnPxqkxdmf4rTvzS9xelPmvTcN9988xcTpUaj&#10;+b1Go/lPjUbzG41G8/+NXbV8QWSx5UTM9m2Irq1DeNp6JCx/BLdkPYqbSjNYO4lnH6YibQ2IrSpl&#10;1bRxDrvrjJN/jJLE6mtdQeqWmThRQ+eN/vs4aTV6QDsY+yyReKn0BrxQfB322q5Bly0cH+uHYXXp&#10;w2z8mVLFLb1mnNOOkC2bEL92GW605SGxrQExnZ2Ib6hBeG7mU+OXLx/B/3n0heyCQCA4PaiL0hU6&#10;QOO2PGXpS5p9Fac/aSqJkxemL3HysvQlzUBWm7w0z7zVprc06R4kSqpePhNE6fn7bsaMGf8WlLYm&#10;l4p4aNWY0tmEsMoaXJJWgEFrshBZVoKkTu9eSVVa6xFdbGZnjIlNtT7lyQTW0ohwqxnZpjk4VJno&#10;DlL31cfpmqc5jq1KD5dH40dHAn6sjnNFBtL0FQpp103A7KotiFZYHdN7irVbMTY9GyGllWzWaEKL&#10;64w0scGBsNysnSNXrBjH//n0heyCQCAYGJRE+cQTT7N0HmoRIVF6wgtzoKSpJE5emmri5IV5MuLk&#10;V5tnY0EQPY++b/o1OtNEyTN66YKLQ7O21FEogXQmOKWzAZNqnRi7NZOdW1IVLC8gJaj4J7GxBhPN&#10;BozT6xFV61RNGqK5nyEFBizT/hP7yybLgtTVcM/TzB+M76vlg6tZSLvuSuQU3MoKmKh61/M9Sv2d&#10;7Ptq6/1aclsj4imYIWOLY1Tqogv5z8kXsgsCgaB/UBblU+5eyhdeeNENL83TKU5emkri5IU5UNI8&#10;81abygVB7777HvsMzgZR8oxatuiykKytLVSN6llMM7mzkW29hhvyEB/w1ms965W8oWALluXOw82m&#10;9a6koXI7wqsqubmfGdiafxd254/HEZt67J8n9Bi1eZq9j5mMLtMQ2I1TcG1DGeJbmzzen7y/01Oo&#10;FNIwbs0qNvGkL8guCASCk8O3KHeycHTCU5hq4uSFOVDSVBJnINLsP3H6lqZcnHJhDpw0e8VJz9m9&#10;e/dZKUqe6NTU3wZvWq+jdhJZNSxtvZZYEGk2ILHJlVPLy9JTSnHNDQgvKkCuaQ6+qUzEM0XXY6Nu&#10;LubrF2OWYTUr4nnAsITN/Wy1zGTbs18brsLH+VficGWcogg9pUnTW74wDMWnxmGK8zTZ41iW7Vi0&#10;G2Iwy5HLZn5K70+tv5O1zLQ3ItyQf2DU4sVs4klfkF0QCASBoS7Kp1kvJWW+SrI8VWmqiZOXpS9p&#10;KonTnzTVxMnL8uSk6V+c/GqTF2Z/itNTmPRcEiX1w57tolRi7JqVS1n/JSdGtvXa4GAxebS1SQEG&#10;SluvVBkb3VCHsCILVhgXuLdeTzjiWKj6PttUvFR8HSvi2eOe+xmLI84UfFEUhD2Zl7GxX0dKQ1X7&#10;OKmPdH/+ULyeNwafl01Cl8o8TZc4g7DDEIV7HVkss1bKx1Xq76TvkVabMbbCn4I2rls7fvZsNvGk&#10;L8guCAQCZZREuWPHU+7KVxKlJ7w0lcTJS1NNnLwwT0ac/qSpJE5emL7EycvSlzQDWW3y0hzI1ea+&#10;fZIoXzonRckzdvXi0LDcjD20wpTJs62ebW9Sf6Yrf9bI8mepcpYEFO+wIaK0ENO0aUjX3o33y6Yy&#10;aUoh6l09U1aogMddxCMVAZH8rBPwpHYiDIbr8YIuBId1VyjO83xDPw7rcm9Buu4efFRxDbqr42XS&#10;dN1zMrosI1Cljce1dh1iah2u+L9CA6KKzex7IVFKZ610fhtdWogJWzcVDl+2sE/BBxKyCwKBwIWy&#10;KJ/Ek08+xURJ268SvDSVxMlLU0mcvDAHSppK4uSlqSZOXpgnI05+tXm6C4Loua+//vp5I0olgtLW&#10;zosqNn/PZML3YdJ/t9a5BGQxsK3Oibp8jEzb8vPVKzdidI4Oabm34hvTMDbpRG3yCI806aTSNBU3&#10;1Fsxp3ITDKab2DxNfp7nQnsqwivKcKcxDa+VTMcP1crFRN3OKfhePwg5GZMRnJ//c3Dmlt3j0ta8&#10;H27SsuKfpKYaJDQ4WcJQrMOOcKP24+CN69PGLlrkNfGkL8guCATnK7woOzt7RUmVr5TQQ3gKU02c&#10;vDSVxMlL83SKk5emkjh5YQ6UNE/HapPu8dprr53XouQZsnjxH4O3bkyPLDKdSGptkG/JtjcgZXsr&#10;ux5p1mP8+jTzVQuXVw1amY4LV5ixcvU0dBkuQ5dT/ZySh0lOdyX0phms7zKyo9M9T/Oe6gyveZ7U&#10;ZxnmcOBu4yq27askTtrWPWabyFKOHrYuptFlP49dnZo7em1qQvCWDVtCs9MbwvKydk7UZr8YlpvR&#10;NH796sxRSx+fqtGkntKvgeyCQHC+IBfldiZKqaCH+iklWXriT5pK4uSlqSROXpgDJU0lcQYizf4T&#10;p29pysUpF6Y/aUqipM+Z/uIjRKnM2NRHLxq/Yc1jE/X5+2g1RqsyOuNMaPReoU3YsmF18O23/zE8&#10;PS012m7DVbnlSF6xEE9sGYMfbBMCnHTiktwb2jFYaFuOmJ5JJ9I8TWolIVxBBi6RB5eVY6H+Uewv&#10;n4KjPdu9nvejEPrP9EOQU3gnUjoaENfgROjWjVb397ds0SUjVyweN2b1iqCgxYt9TjzpC7ILAsG5&#10;ipIot29/smdV6Qoe4PEnTSVx9pc01cTJy9KXNJXE6U+aauLkZXly0vQvTn61yQtTSZz0fCHKk2fM&#10;ssVxQevXpodmb1VcodFjRs6d+4eQzK31iQ3VmPJECyKdNViefx8+NgzH0YpovxWyVDT0uWEokxxF&#10;+VEIgdf2MAcVIFEbyyb9PPzgTEKXQvGQVwh9RzsS66sRdhJJQH1FduFMZeyyeZeMSV06f8KWtPQJ&#10;WzeWhKRvtgVvXp85NnXFgtGPPTaMf7xAoCzKJ7BjxxNMlDR1whN/0lQSpz9pKomTl6aaOHlhnow4&#10;/UlTSZy8MH2Jk5elL2kGstrkpam22hSiHBh8rdBGpi6+3LP/k7JhpzeVw2C5FZ9qB+FIaYhqhWxX&#10;eRQO6IegmCRXb/WatKIE3T+moRbTc1PRtDUMJwqHyoqHZCH0ba6K4JNJAuorsgtnGuPHz/71uDXL&#10;Z4QbshsiLXrE11axcTYUF0VQ5ddEfe6OoFUrZ4UuWPAf/PMF5w++RelqE5EYCGkqiZOXppI4eWEO&#10;lDSVxMlLU02cvDBPRpz8arMvBUH0mF27dglR/oLI+z9rWc/kjXVWbCmajZe141mFLInt25JQfFUy&#10;kU06+dQwHPsyr4ZxTSRSdJsQ0dLGhkzzsvSUZlJLPcKLi3CdIQ2Z5rvQaIyXFQ/xIfSnkgTUV2QX&#10;TgfPz9f87unFmj/w13mi77zzt8Fpa+dGFui+TKQPlfUPUTmxa2iqVFpMH1qk2fBd8Oa0x8c/Pvv3&#10;/H14Bs2f/7uRi+f6fX3BmY2aKAk6p6T/wfLCDESaSuLkpakkTl6aSuLkpXk6xclLU0mcvDAHSpr+&#10;Vpv0ePoehCjPLJT6P0meVOAzryINetNMNOtj8HbOYBzIvYJNOaFw9vf0wWjV34BH8h9hhUbhta5w&#10;Bb4/NIn6L1vqEEUhDCYtYuprWeC8UvEQH0J/KklAfUV2YaB4dpnmkt2pv57/wYb/Sd+36cKSdzdf&#10;aHt/4+8z31z96wW7HvuN4lbrhNWrb4y0GD8jOcrKpbm/obARN1bToeC0Vffx9yHEVu/Zj5Iot20j&#10;UbqqX594wlUB64k/aSqJk5emkjh5aSqJk5emkjh5YQ6UNJXEGYg0+0+cvqVJj3n11VfZ5yZEeeai&#10;1v9JBT5R7R2ssOeWGiMq8mPxTe7fcag8hp1xdjtT8HNNHD62T4bBdDeuN2yUR/PZ7QgtK8Mkfebn&#10;kWlLrCG5Wbvo/+2J7U2KxUNeDjjFJKC+IrvQ3xhma369e81/z/g0728NB3VX4yf7GBwtD8Kx8iAc&#10;t4/Bl6YhOJj79x27V/1u1nMLNO6t1pFrlg8OzUp/RhIjL0se9pi2BoTlZewZv3rRBOk+Yqv37EVZ&#10;lDsYkig98SdNJXHy0lQSJy9NJXH2lzTVxMnL0pc0lcTpT5pq4uRleXLSlIuThjYLUZ6d+Or/pIKf&#10;sM4nsdkyC4d0l6O7ZopXTN4P1fHororHk0U3cNF8q/GgaTkytLdj08qowvQFof87bmPafWqv4/X/&#10;/n5IAuorsgv9yY47Nb99K+0Pc7/QXfnlz44wdDuSXAfFdHjcc2jc7UjGCWcEPjMM/m5v2oWPv/y4&#10;hm21Dl216sHwEuuJJB9ZiQxKwu+B/sYRW1mK4LTUNLrHoPnJ/z4QW72CgcGXKKWzSgl/0lQSJy9N&#10;JXHy0lQSpz9pKomTl6aaOHlhnow4/UlTSZy8MH2Jk5elL2lKq036Or1fGpcmRHl246//c1JHB+53&#10;bsULBRNxzBaC77lq28NVifgXxe95RvOV3IgP7ZNxMOfSA9+v0KTQ64xPXfh/vl7HtdPYP0lAfUV2&#10;oT/Zu/Y/ZnxlHPTZceckHK6mD08e0OsqVZ6M4zUJ+Lpg6KH3Nlxwp2b87F9Hr1usm+YoZJVbEzt2&#10;sH10qppKaSNB9nxgLFfRiYQGB5Pf5O2trKpqwtZN5dHR0b8avyZ1en9t9Qr6H3VRun6kLVjXNqxv&#10;aSqJk5emkjj7Q5pK4uSlqSROXpgDJU0lcfLSVBMnL8y+iJMeR++dPh8hynMPX/2f8Q1ORFaUITVr&#10;5uHP8q7s/sEZ3/P/f+//77uj+ZyJQF0Cvi8c+tO7Gy9Y+3Kqxr1i9PU6/ZkE1FdkF/oDTfI7/25Z&#10;cXnQx9kX70RtMH50KgvT60N0TsURewje3XDBm6+u/r3BsSXo3XJ9CkymG5FWNBu3V+dhYm0jJlbV&#10;IMpmY+G9ESYdGxfDMOkQWWhCTHkJwnXZDWHrF0+J1Gd1UPUWQXvwdIBNqE0JV9rqFfQfSqKkdB7X&#10;jyRLKu7pFaaSNJXEyUtTSZz+pKkkTl6aSuLkpakkTl6ap1OcvDSVxMkL82Sk6SlKKswSojw/UOz/&#10;zE5vGrp+85brV959+1ubLs7+XD/4xI+OGNVWlR8dsfjKPBx7N/+p8I1lGsUVo+Lr9GMSUF+RXThZ&#10;PItvRm/NMF2/ecGLKzNu+9msvx27S69lYb9HqhNYpiEt1ennRHd1Er6rjGcTvj/SXo2vCobhaOko&#10;dBePwuGCYejWX47PtVdimz4KD2XMwfgtmRibp0e4MZ+FD0eXWhBTWsjS/CmbkAQ6Om3DnovuX7Jz&#10;yNrsoyHlToS2bENcWwumN5bj2gYb4lob3atYL3n2bPWO79nqFZwayqLcjo6Obejs3NazsuyFl6aS&#10;OHlpKonTnzSVxMlLU0mcvDSVxMlLU0mcvDAHSppK4gxEmoGIkx7z8ssvs7mi9GsgRHl+o9b/+fZS&#10;zV/eXnPB4wdzLtt3zDYax+whOFIRjiMVEThWEYpjpWNwMPfyj/du/N91ryzT+F0xqr3O6UZ2oa8o&#10;Fd8k1FYixlGJsSXlCCkwYZY+FRXm2/FNRSJQE8OW55/aU3DAPhldFTE4WjgUX2ivwJeWoJ7Vp/c5&#10;aFd1In6wjsGe9EFYveVGJJUZEdfWJDuvpHPO+OoyBOfk/HzFI2vx50ezMHHteizNvQcF5htRZpoG&#10;u3EqTKYbkFY4G3c481iVlmvwaS27T0J9FUK3biqfMH/+7zy/z0BbaM5n1EXZyUTpCS9NJXH2hzSV&#10;xMlLU0mcvDSVxNlf0lQTJy9LX9JUEqc/aaqJk5clQY8VohScLLsX/ypu37rfp3+QfnHDB1l/37k/&#10;85IXP8y4uGnvut9nvrb0V1NTz7JfU9mFvuCvz5J+nthaj+CqaiSa87DFOA8l+tuwXns/luoXYLH+&#10;EazOvRd5W6bglYIE/ORMcq9K+a1cOgc9VhGJjwzDsca2ALFtVJKstOXayJpiSdg3pD2M0vVR+Cjz&#10;chzRX4bvTUNw2DTUYxUbiZWlCzGlqcp9hppY70BIbuYOzePll375sOYvfW2hOZ9QEmVHh0uUtKp0&#10;/SiXppI4/UlTSZy8NJXEyUtTSZy8NJXE6U+aSuLkpakmTl6YJyNOf9JUEicvTE9x0tfpvdH3LkQp&#10;6C/eorbEFb8Zt3f1r4N2L9b8YivGU0V2oS8E0mfJCm9a6zHRakFITgZCjHqMLipBUKkNwbYyjLba&#10;EGouwN2GVagouA1f2ZNYybKqPEuCsFM3AbOrtiC6JzGCh6QdWevEXfmP4WVDJKvgUlrFHi0ajfe1&#10;Q5FuvR/TmipZIVJCvQMT8jKfyVwdsuyb7P/n6EsLzbkOL0qXJLehvb2zhw60d3S4hXmy0lQSJy9N&#10;JXHy0lQSZ39IU0mcvDSVxMkLc6CkqSROXpq8OOkxL730khClQBAAsguBEkifJQmTZqFRqXBEgRYx&#10;FTaW+KC4Kq2sRqwpF4aC+/CFPQlHq72T8N1FRI4UHNJdiZyCW9k2Kz2Xf11GWwOCioqRabgfP1bH&#10;4zCXrC+J+Gh5JPZrhyG1cD7i2lsR4XTgtq3zP3k9e9ghVIX0qYXmXEMuym1oZ6LsQFtbB9ra212y&#10;lOCkqSROXppK4uSlqSROXppK4vQnTSVx8tJUEicvTSVx8tI8neLkpakkTiFKgeDkkV0IlLGrli+I&#10;KjGfUJOmJNSYMisr5KGwAc+kCR6qfI1qqMOkgjzYzHfgaBXJTi5ONu3bNAR24xRc21DWcz4pvx+9&#10;VpCtDI/pFuJAeQqOVse7C5KkaeTuVWxpEJ7JHo8bclbjsqwi5Gn/gX9VhqMrgBaar0xXH3o77YJz&#10;ooVFUZTtnUySrW3taG1rQ1tbu4t2F57i9CdNJXHy0lQSJy9NJXH6k6aSOHlpKomTl6aSOHlpKomT&#10;F+ZASVNJnCRKuk7v49lnhSgFglNFdiFQgjaszaZCIFfYr4K4KD2/pgIRJi1iK0p8SlMipb0RoU4H&#10;ZhrWY6f1evzkUBhcSmXM1rFoN8RgliNXVhnr+foTqyoxx7gS79mm4mfnpJ6CJNd4GzgnsS1huiet&#10;Jr/TD8KypSn44/xNuH/5HBwoTQZqo92PUaQ6BT85o/F+1iV73lqhOetaWNRESZJsaW1DS2srWlvb&#10;mDAlPMV5OlabvDADkaaSOHlpKomTl6aSOPtLmmri5GXpS5pK4pRkSV+j9yJEKRD0P7ILgTDm0QcH&#10;hWRubYivq1TcpmVFO9tbEVFswcQCPZJa5WJTpb0R4wuLkKG7j7WwSKtOqYXlqCMJ3cXjsV0fhXur&#10;MzBJTZx0zlldiZnaNdicew826+b0FCQtxDrtPJj1d+D1kunsNY45U9BdOBzWzVEYv3wFRixdhwfS&#10;H4LVcLv7MWpFS120Ai4ZhT1r//uMb2FRFWVrG5pbWtHc0sJkKcGk6SHOgV5t8tJUEicvTSVx8tJU&#10;EicvTSVx+pOmkjh5aaqJkxfmyYjTU5gUX+cS5XNClALBACO7oIbUpxm8acOmCRvXNYRkbf0yrrrc&#10;S5wUxBvesYP1TMaXWBCxeR3CS62I2PGU6sqQp3eLdREOlqfgeHUc4HCtDmnFeLByGo6YrkazKQE3&#10;NpQgvk2+VcvOVptrEVFoQmzuJna+Orqo1KMgqRQhBUZXm0zBbfi6MgU/loxBa144breuQ3hVBcYV&#10;l2CCqfcxakVLtGX7gz0Y727+U/k78//o1cLyS6Mkyrb2TraabG5uYaL0pKWlV5r8atMtzQBWm7ww&#10;A5Gmkjh5aSqJk5emkjj7Q5pK4uSlqSROXpj9JU2XKF/AM888x3J7hSgFgtOH7AIP36eZwELS7QjX&#10;5yLaamZbtRTsG9Xejpl1BVhbNBdG040wboqDcU04DNppSCuaw/VMyoXplp60xWpYiX2lU/FReQpb&#10;+aVp57pWjIZHsD79ZjyQNQ/xjnIktTW6smo9pSkVJJm0iPZZkFTFCpKMljn40hKMZ4yRuNeZjdjO&#10;dtlj1IqWaOv4SMVEfJD516f2LP/NgE4d94eiKNs6mBBJlE3NzV7IxMlLU0mcfqSpJE5emkri5KWp&#10;JE5emkri9CdNJXHy0lQSJy9NJXHy0uxPcdKP9Jr0/umzEaIUCH45ZBc8UevTTNnWgqhCA0vpie9o&#10;RUqzE4+VLUWzIRYHtVehW3cpuizD0F04At2GK/B5vrxnkhemFImX0N6MidXVuMewEnm6WXjIuATh&#10;ZgNGWWm16Foxji22IdhiQYRRywSZ2FTjXvmeTEFSrEWH8swENJiSMaOuCHEkY+4xVLRUZr6DhTd4&#10;Fi25xBmO/Vl/30n9SfxnOJD4EmVTcwsam5rc+JVmIKvNAdqiVRInL00lcfqTppI4eWkqiZOXppI4&#10;eWkqiZMXZl+kSdfodYUoBYIzD9kFT1T7NNsaEFtVirACA+KrSrC2bAH25Q/DMfNwVrHKt2/IeiYb&#10;KxDXs/J0be9uZzPWKBLvumY7wkpLMSlnCxLNuWzFF99Qg+SeZJ+U7a1I2dbMVplUdMRWlSVmJDY6&#10;2dfjair7XJA0saYWt2ctxKKChZjcVisLVmCPcTpwrXYDnim6HqiJdW/Zsqpc+wS8u+XPjtcWaQZ0&#10;6riaKOl8srGpGQ2NjQxPYQYiTcXVpigI6ndpqolTiFIgOLuQXZAIpE8zxFaGh/Pm4B39CByzhTKJ&#10;+GrfcPVMDsWakocQ3daKyPYOj+3dG2AzTUNVwTRYsxPwwKa7EKXPYueUNDHcM8g9zmln74lWvxRY&#10;EFmgYyvPpI5m9nh6bF8KkihtKNqiR3RBPmh8Df919pj2Row2W/HQ1n/iYGkyKPGfFQc5p+BY6Wjs&#10;WfNf/T51XEmUrW0dbDXZ0NiE+oYGtywDlaaSOGXSPI2rTV6aSuLkpakkTl6aSuLkpakkTn/SVBIn&#10;L001cXrKkv57586dePppIUqB4GxDdkHCX59mbHsrbq3MQWtuGI4VjuqRplyYvDwp+edZfSgesK/F&#10;wxWrPbZ3L8OxgqtxyDgMjekheCDzXsSZchBRWOAV5O4SKG3RWpDY5GTyjHPYEWbS458Fj+K+nAcR&#10;arW6smsV3rcSJMVoWxGrAE6od7rOSRUeE1lRiphVy6HdeBu+qpyKIzUp+NEZhwO5Vxx4Y/mvTnnq&#10;uKIoW9vR1NSM+oZGJkpP/ElTSZwyaQayRRvAapMXZiDSVBInL00lcfLSVBJnf0hTSZy8NJXEyQtT&#10;QohSIDg3kF0gZsyY8W9BaWty2RmhSp9mRPs2bCiag891g9hWLC9JNWi0zKeG4diWOQK79EHu7d2j&#10;NZPxXXUKbIX3IrEgD0GVDrZlKg9yr0NsRan3Fm1HM0IKLVixaSZW5tyDEHuF6ipZCXosTUWhlStJ&#10;WOm5dC3aUYnJW1cgPzUae7OH41vbRHxjGXH47fV/SPWcIRco/kRZV1/vxp80lcTJS1NRnLw0lcTp&#10;R5pK4uSlqSROXppK4uSlqSROf9JUEicvTSVx8tJUEicvTUmc9CPdk96PEKVAcG4hu0CMXrrg4tCs&#10;LXUJdVWKEqEq1YT2RjZxpFt3OZMhL0g1JHEezLoIXbYItgqlYhsKO6iz3Ip4QxbCa2vZuSL/um6J&#10;sSkmri3amJJCJtewMhvuz38c8wxLEV7h3SbjDybOKptLnFyLjedjwqurcI9hGV7QhuFL3ZX43HAV&#10;9m688KW3F2uukj67QfPn/27k4rmKU1R4UVJ8HYmSzifr6htQW1fH8BSmkjSVxMlLU0mcMmkGstoc&#10;oC1aJXHy0lQSpz9pKomTl6aSOHlpKomTl6anOOnndF8hSoHg3Ed2gRi1bNFlIVlbW2jCtpJEEjpb&#10;cF2FAZVZk3CMKmcdyTJBKkEVqN+URuAT3RB8aQ1hBUR0/YfqOLxZeg3uNaxEUGUVq2TlX5OH5Ent&#10;KLTyJNlFOqowz7gc92U/gpCSEtWVshJ0r5iyIrYNTN+zZ3uL52OCy8qxUP8YPqqcjmOORHxnC8On&#10;+Vfuf3rzoHXJq+c/NHLTpvQJW9eXhKRvtgVvXp8Zs35d6sbi4kWeomwhUTY2oa6uHjW1tW5ZqklT&#10;SZy8NJXE6U+aiqtNURAUsDTpGt3rqaeEKAWC8w3ZBSI6NfW3wZvW6+Jr5Fu1KR2NiKxrRPTmjTCt&#10;jsRnhcEszcczwk4JWlUedabgc8MQHNQOxvfVvUVE9NwCw51sFJhqaLsCJDNqi4ksNCLcUY2Hzcvw&#10;UMY/EWYpQFIA8nXfp6PJdX5qouKgevbf/F8Y6HMYW1SMjdr7We7t4eqe8ANHLD7IG4xlubMQ5axG&#10;XG0la4MhoqwFuKXIjLXWIlTX1DJResJLU0mcvDSVxOlPmkrilEnzNK42eWkqiZOXppI4eWkqiZOX&#10;ppI4/UlT4tlnn2WvK0QpEJzfyC5IjF2zcukke3FvSwcJpb0B8XVVCMrJx+hVabhl04NYkjcX63Te&#10;EXae8XQkmd7kn8l4O3c4vjQOA+oS2LUuCl6vSmAxeJToQ9uuvNjUYCtFWyGiLAaMKy7FUtOjaDTf&#10;jH8Y1yHM6fS53eu+R1sDEhocmKjNQWj2VlbBSyKmyt2ktnrX991Wj8j6WkwzpaPZPBM/OWJ7/1JA&#10;8rRNwAumiZjjzEBMZyf7nJh8e+QdbzHiMUsB7I5qn+LkpakkTn/SVBKnTJqBbNEGsNrkhRmINJXE&#10;yUtTSZy8NJXE2R/SlMRJP9I9hCgFAgGP7ILE2NWLQ8NyM/aQOFiKTlMNJlGwgEnbc7ZoxsRyG4LL&#10;7CzOzjPC7kt7EjuzPOGIxTu2Ka7kH91cLNY9hEVZc7AqexYs+ruYaH92TMKHZVPwsP5xhJQrF+ao&#10;QY+NqyxFWFERxuiMyNbdjWMVUSguuAtRRQWIaG722cvJXqu5DtFstalFjK1IVrlL0X1xrY0ILypA&#10;tmkODlUmopsbUeZr1Bm9Bq1WE4vNSC0096s0lcTJS1NRnLw0lcTpR5pK4uSlqSROXppK4uSlqSRO&#10;f9JUEicvTU9x0s/pPnTv7duFKAUCgTqyC54Epa2dF11q/j6ppR7RpUUsjYdWoSQEXxF2BeZ78VFZ&#10;CpoKb8Zc/VLW5jGqqJQl/0wos2NMsc0t2hrLrXi9ZBoeMT2OUHvfxUmVrlO067Bm83XYmTkK3+qv&#10;xFs5Q2FKT8AtxtWIqK1lA6qZwDyhHtC6KkRajGyVST9n35NH5S79BSGiqAAxhQasNC3A/rLJ+NEh&#10;3472N+qMfU9tDZhqyENeWYlMmkri5KWpJE5emkrilEkzkNXmAG3RKomTl6aSOP1JU0mcvDR5cdJ/&#10;0/OefJJEuUOIUiAQBIzsgidDFi/+44SMzRvCDfmHaPsy0Ai7KeZsPJi7ENeY0jHOXuUzKzbelAN9&#10;wT1YnP8ggov7XtQTXF6BBTnz8KFhFL43D8enBWPwpXEovtZegR0ZY7Ak9y7Elxgw3l6NqOoKxDrs&#10;TP6uM00KVDCCneXyZ5rtjUhscGC8QY+5OYvwrm0KjjvivELevSa2WMeiwzgJs5y5iG2VRwrS/ajl&#10;5UGjzq80lcTJS1NJnP6kqbjaPE8KglyifJrdU4hSIBCcCrILPONWLL02JHPzpxTs7kuaElQ8FG61&#10;YExePmLqHD7PGUm0kQ11mG7JxA1bHmcyi29vQaJKeg+Pu2BHNxc/OJPQ7RHzd7g6CUeLx+HdnMEw&#10;bU3CQv0izNSnIVqb6d5upq3nxOZamTTd929vRISzGneb1uCV4muZOOXntik4WDEVR61j8Gz+BNxl&#10;T2fhEEr3SqivwiyDDhUOh09x8tJUEqc/aSqJUybN07ja5KWpJE5emkri5KWpJE6SJP1Ij3/iCSFK&#10;gUDQv8guEO4RYps3pI1PW/NkpFn/YyBVqiQgNrzarGOrK6k4xhcUEj+uvg2R+ZmYnpOKKVUWxFPQ&#10;e8cOxTB4z9dSLdjx3EKtiMFX2ivxoXEM1ufPRog2j1W+snvQ+/NXxdszHzRddx9OVMfhX57nttLE&#10;Fv0j2JBzBxasuQWJxhwktruydPn3m1jvwE1GHYx2u6o0lcTpT5pK4pRJM5At2gBWm7wwA5Gmkjh5&#10;aSqJk5emkjh7hUnbrk8JUQoEggHH6z+8R4gZ2NZsuCEf0cWu8WEyqfAy66D2EGNAWbEJrY09o8jM&#10;WGOdB2N2Mko2hcGWmwBTwY1IK5ytOoqMFQU1N/gs2PGU5zclE9GlvxSbMmdiVEmFKyRe4T0pQStF&#10;mg9KgqQzzuYi73Nbacbn2BIbxumNCM3LQUwJxQH2TmyR3jNt/d5g1EFbXn7S0lQSJy9NRXHy0lQS&#10;px9pKomTl6aSOHlpKomTl6aSOHlpukT5pBClQCA4rbh/wo8QY5WgTTWIMusRU25V3c7sxbXCiqRt&#10;0CKTz6xYmoiS0uTwHkVmuAKHLSPQVTAM3frL8bmWG0XW0YaUnqKeqIZahBWascKoXrDjCVW9fmcY&#10;hPQtKZhopzYT/38JkKDvmwZbU7jCZt0cpJgyFM9t2ffbVs9W2l5xgD0rTwqSp1ae2w062BzViuLk&#10;pakkTl6aSuKUSTOQ1eYAbdEqiZOXppI4laT55JOuxwpRCgSCXxL3T/gRYtK2KzsLpH5OP+KkXkca&#10;cs1aVTxFS+Lw2LaklWZysxNrSx8KbBSZbhi2WO5FSmURwivtLMD9GtNWZBrvx/seBTtSoQ5B9/MW&#10;52QctgxHSUYMppabkNCuvgXMQ9/HJIcdibkbEKvLQGRdjc9zW9dZZm8coCROkmxsdTke0GkVpakk&#10;Tl6aSuL0J03F1eZZUhBEX9ux40ls2yZEKRAIzhzYv1RHiDXXukZ2WXu3aqWB04Tn3EoSJ1WnMtFW&#10;lLJh1ySNxAYnKGCAtm5JHjHt7Xi8bAn25Q8NbBSZPRIf5F2NJbl3I9yQh/u2zEW7bjLgjGWJQ3yh&#10;zgF7Co5UxXslGVHUX1dxEJrTg3CrJQ0xzY3s/SglBPGQCCeVWzEmNw9hlZUBBTTQc6Q4wNhKmzsM&#10;IbnAgM1FRYri5KWpJE5/0lQSp0yap3G1yUtTSZyewpQeI0QpEAjOZNi/1EaIkSTYLEyTDnEdrV4D&#10;p69tsLFggN4iHpJoLehsNMKQx875SBwsTKBnlmZoURFutmWiwxCDY4UjAx9FVhqMZ3ODcE/OfNyZ&#10;8ygycm+H1XgnXi+djrdt01BsuM2jUGchSyHyTDI65khCV8kEtKePw81Zj2CChd5b72xPKSGIF6D0&#10;GYQVmTEjYxHuqcrApPY22ZmrEiRPSjSizyOlsxmxZUVYUGBEldMpk6aSOP1JU0mcMmkGskUbwGqT&#10;F2Yg0lQSJy/NHTtcj6HnC1EKBIKzBZ8jxKZub8KoHCMuX5ONmypysbb4ATZwusw0DXbjVJhMN7iK&#10;eBz5rAUjobWB5b2GZm1BpEWPKIvRa5bmWIsVq7NvwRe6q/o2iozOKHVXICP3Oowvr8LoknJMMOox&#10;O38xHtAvQXiBzqtQh6L7PJOMvq6ajOOFw1CZH49rirMRYevp4/Sa7eldzMPkR5W7DbVsa7g6Nxk7&#10;DWFYIZ25+qj4lcRJcYD0F48oqxn3mfSwVlXKhBmINJXEyUtTUZy8NJXE6UeaSuLkpakkTl6aLuhr&#10;QpQCgeDsRnWEWHJrHeLamjFkXR5uevhmtGgjcFA3mA2c/t40BIdNQ91FPDsMkVhesggJVj0mmg1s&#10;q5YKjDyLZ5I6mhHX2gCD/jr2vL6MIpOSeSoKpuG6lkokdDQjymbFeKMBoRV2WaEOn2RkLLwfn+Ve&#10;iQLzTYinHktfsz3dxTyelbv347uKePxYNArva4ci3Xo/pjVWIM7HypOdEVPYgj4Xc/Q6WCsq+m2L&#10;VkmcMmkGstocoC1aSZzSz4UoBQLBuYTqCLFE2qa12TB/7Z14Y+tV+NE6El2VykU8PxcNQ3H2FEzU&#10;5yC2rloxKCGurQk31VlQY0zGYTNt07pGigUCnVEeto5FuyEGs2ryEW4vR7hRi/i6wJKMEgtysTnr&#10;JiwpX4qYtjZvwXkV81jc4o2ql1fusjPX8kjs1w7F6pKH2La15zmv130pPL6uEjG5WdhgKVSUppI4&#10;eWkqidOfNBVXm6ehIMj130KUAoHg3EZ1hFhMRzseNj2CN9MH47h9omoRDxXgvFV2HeYYUxFSSSJT&#10;Lrah1eutNUY0GBJx2DL6JMQZhB3GGNxVsh4hFjNiK0p8SlOCKmCjnFWIMWRhsp3GjclXiVIxD7XS&#10;hFnNGF9SyoIVMo1zvCp32XuhM9eSIOzUTcDsqs2Iau9QLpaioiJ7CSbmZWFGgQGriyxw1Nb6lKaS&#10;OP1JU0mcMmkO2GqT/luIUiAQnF+wf/EjxOj87janDp3GGPxgHeWziCfQWZoJLQ1IaXaiyHQtugyD&#10;+rxVe7hgOGrMUzHFsBlhZpPfgAVPSOYRhSZMtBhl7TG9j2lkRUDTM5YhTTcPreabWLACn09LsDNX&#10;7RXIsNyFyPYOXNNo9y6Wam12z/iMLNCy+8cXmvB4oRmVNb3FQX2VppI4ZdIMZIs2gNUmL0yXNHvF&#10;KUQpEAjOV9i/PEeIMcl0bMP6wtn4XDvIZxEPDXNWm6Wp1LYS2d6JreY78K32MiYf/n5qdJNk9VdC&#10;W3Azgs0WhBcFlmTkKUUq1Iko0CK+oQYJbU2KK8QJZWVYpF2Eg+XJ7C8EfD+o+/t2TMYh80hsyx4H&#10;g+lG2EzXeBVL3VmjRXRDPUJNBlYY5Tp/bWKjxVYVWQKSppI4eWkqipOXppI4/UjTU5wkyc5OIUqB&#10;QCCQcP+ERohFFZu/T+5oRkJ7M5NAt853EQ/1UL5nm9ozS7PcVVDT2qzatkLXZ1duxk7tBBwtDvK5&#10;ku2VVDK6yyKxyzABiywLEW3OR6TdhvDtT/mtbHVLsa0BUVV2jLaUIMpRjWubKmTtNPSYiVUVmGNc&#10;ydpYfqh2BborQVvHXxaH4UDmRfg25yIcLhjqVSy13RSDx3LuQWhWFsKqapDSRsOwe0eL6ew2v+Lk&#10;pakkTpk0A1lt+tmiJUkKUQoEAoE67p/QCLHgrRvTw4qKTsysL0RtQYrfIh4S5x7bNMw3LMGEiipE&#10;d27DzLoCrC2aq9y24sxHRFsHK6z5SDcURytifN6ffa06CZ/pBuHZjKtQpk1ESXY8DNprkFY0RzXL&#10;1hNKKoru6MSN9jwsz7wVuvxrUFbgvUKk+8R2tCPE4cTdxlV4qfg6v+L8yhqKA7oh+MYWgW7nVK9i&#10;qWPW0diXOQjLN96CWFsJqwKWVrUUyfeQSe9Tmkri9CdNxdWmn4Kgjo4O98pSiFIgEAgCw+s/xqY+&#10;etHQjVsfvS53xbusiKdojE+xdVUl4lBVIpbrH2YTRBZXrujNnlVoW6Hs2cW2xZhRX4T8ojvxaf6V&#10;OFIayla19DqsCIjokdChshgmpw/zB+EL4zB8VzAMXebhLNf283wuy1Zh9emZidukjcGBvEE4Yrhc&#10;8X2llj2KsJIizDcsxYflk3FUZZuWfd+OyfjcMg6faAfj27IYfF+d7C1Wx2T8UBmF93KuxgrzP1lh&#10;FG0Luyp4qzDLqEdVTY2qOP1JU0mcMmlyq812EiZtyQpRCgQCwSkhu0D8fumm8XUbRrYdKx3lc6uW&#10;+JczDibjLCzMvAvv6Ef4zZ79QDcU64sfxPWWzVibdxte0QfhsO4KdFlG4rB1PA4XB+OboiAcNIzA&#10;x3mDcEB3Nb6xRaKrZqri/dT6KvlM3B/8vS/DCCzLug35hrtxxOHKvuW/V7c4nVNwUD8Mn+QPZiti&#10;/usMkmdpEJ7Xh2B25RZEt7Wx7VoaLTbTpEdBRUVA0lQSp0yaClu0rpVlOzo6hCgFAoGgP5FdeGOZ&#10;5m8HVmpm7V/3b21f07QSp/eK0zNMnX5+1JmM14zheDVrKI7awlTbVthzHZPxc3kISvKmY4JBi6ga&#10;Bx6oXA+D6SbUGxNZkEKbfhKezxyKj9L/gs8LxuK7ygTVVa+vvkrq1+xbJm4U3swehmfzw9kQbM+s&#10;W+/HpuBQWTST5ufmcarvjSBBH9JdiZyCW9mWMk1lYaPFTHro7HaZNJXEyUtTUZwkS1pZMlG6CnuE&#10;KAUCgWBgcP/EMFvz691r/nvGp3l/a/jCcDX25I/GS1uHo6vMJUOlMPWjVFVbFoZPtVfhW6v/Yh86&#10;N3zLNt3d80kJPlIf5M21JnbW+HjxIjyROx7fFY1Ht3OKquwkvPsqXSs71k5To0OHPrpPmbhdpaF4&#10;J28orLnXQGu41511S5XDbAJLjyQPGobhoGE4k7qv98fuaRoCu3EKrm0oQ0JHCxstdodRj/Iap19p&#10;KomTl6UQpUAgEJxe2L923Kn57Vtpf5j7he7KL392hOFEbSKeMs2AdVUk3ssdghOVEXi3bBqshtu9&#10;wtRX6R9Gc0YovtINUt+y9ECt55NWiXQeOWHbM1hlnY9PdVe72mB8tMJ44lrZXYFc8z8Q296GiG1P&#10;YEPRHHYO6qudhqfbkYKv9VchNXMGxhQU4S79KpZ1+1VlEo7XJLPzzIP6oTigH4Zvy6JZxS9/D088&#10;E4/ucuQgblsHGy32T71OJk0lcfLCJFG2C1EKBALBLwr711tr/2fGV8YrPzvunITD1Sk47kzAM6br&#10;sWTJrShbHY4mfTLmmVZgYoHeHaYeZCvHiCIbtmZMQ7fhSr9nob56PgladU5qa4bRdKPfNhgeWtkd&#10;KRiCSn0SpjmLEVVbA4N2Oisi6ut9aIVYab4G0xvtGFdVg1hTHnSGu/ChYRzraz1gGI5DZVE46kjC&#10;kep41V5Pdj8p8UgfiXudWYjtbGejxbYUF/uVJhNla6ur+lWIUiAQCM4YNHvW/Pvg9zL++sy/HOHu&#10;rchjjgS8WTgFDy65DzcsnY9rjOsxvqLaK0w9vrMVNzdaUVswGYfNI3ye9RHePZ92dy6u1PcZ1d6O&#10;25xa1BkScJgKhfzcz/O+qI3Dj6Xj0ZgZ0n1t5uJdyenLmzq3jn6vu8T3GSQPm9tZNBYtxnjcXGtG&#10;1PYnENXYgGhDNvLXTcTX+ZcCNbH40ZGkOvvT6349iUdO02Tc1GRDdHkpFppNcNbVyaRJq0rafm3r&#10;6asUohQIBIIzE82bq/59wdcFQ050eWw7HnUk4MPiZCxcPxdDM3WIaahhgelerR59zJ717PkMs9uR&#10;2N7MZCn1fepNM+DQTsLrWYNZVa2/+3VXJeCEYxLesU2B1XgH1uffh3nps7ujNq14feqaB1p2bBr2&#10;Xnep//t4QuI8VBKK17MHQ6u/Fv9w6l39nXVNmJGzGKU5U1FV4Hv2JxVNSRF93Y4pOGwYBIP5ZoSX&#10;luL+QjPs9fVoam5xryqpVUSIUiAQCM4eNHvWXpB7vHwsDntsaVI+63OW6/CP/FUId1QoBrf3NXtW&#10;6vlcrfsnRpZUYHJbHeuv9Oz7/M40DB9nXYJPTb7bYI5Vx+ObyiTUF96CufqlPVvINoSWlyOqqgLx&#10;FcUw501Bl/Eqn/fhYf2ZhUE4mP1XHMgfxPo7af7m1BYnQqxWJGSuRowpz+fsz6/sSa7VZ3UKfrBH&#10;4i1TMB7Jnoc55mI2WqyxsQltbRRA0InGxubPTaaCpunTr5uvIEghSoFAIDgD0byXflHd0fIQr5UZ&#10;Vc+aDXci1GxEYps8EF2ir9mzcMQiV38vxptMWFu2gPVX9vZ9TkV3zTU4oB+KT7RXq64Uu6sT8G1l&#10;IkrNdyHemIVx9irZPM6obTuQXngXvs0P7H1JSP2ZFLrQVZ3U2ydqewAJxXr2vmPrnZjc2ex+LX72&#10;p6HgPnxZmYITNfE4aByFivzbsNVqgsNZA2dNLzRmjFadra2uXkurtfSplStXZl5xxRUzhSgFAoHg&#10;zEXz/ta/thy1U5+jSzD+ing8oV7JOZWbWCtIINmzx6vjsa34FmTl3YQ3tKNk/ZX0Hr6yhuDj/MH4&#10;uoTOXOX3+8kRhzrLrYg3ZCG8tpaNDTvV9yW9Nt+f6e4T1Q/HCt29CLWYEeesQHKrfAUuzf6cVKCF&#10;zXAzDhpH4+mNw9BsWeYlTKKmttaL2tpaNDY2suACkmhlZfWLmzdv3TJlypRrhSgFAoHgzELzzoY/&#10;6n4oH+fe0lQr4lHC1UbSiHXF/8SHLHuWWjTUV3g05eRgSRQ+zL2C9WkqCq06kW3VfqIdgu8q4rxW&#10;jNQH+mbpNbjXsBJBlVWyc9eTfV+++jNdfaLBeDZ3HO7QLUG404FklVU4SXyisxa36Zbh0cXTUZoa&#10;jY+L4tFpWYgaR4WiNHloJUoFQy6JdqKpqXlPcXHppkWLHo8WohQIBIJfHs1ba/59WZd1ODvfI1F4&#10;FvGE2n2Lk6Cq2GsaymC03IpPtYNwtDREMXuWpNldFoVPs/6KA9qr2HVeYExUVKBjj8VB/XC2+vua&#10;4vack5lAUROHAsNdsj5QJfj3dUTlfUmZuL76M6UEoKy8GxBZX4ckhRWnBG3fRpRYMHHJUlRk3AQ0&#10;hOGAcRSeLpiDOkeZTJSewlSivqGRReqRRNvbO/e1tLTl1te3jOV/IQUCgUBwetDsXvHr0PezLtlz&#10;3BnNClrovJGKeFbp5mOc1RbA3MtaltRzY50Vm4tm4xXdeHRRX6dllDt79rBlFL7XD8KruiA8mzEE&#10;XxqH+yzaYfIsi8anxhFs25bOHb8qDMJ3JaFYm3svRlttPreQFd+Xdhy+N1yFb4rG46viMMYXVAhk&#10;GMEETatNlzTlK1PW31kwFOWGyZhWX47YVnmgvAQbiF1ehn+kL8bz5mtxvDYZx2sS8Ll5DHYUPhyw&#10;MCWkodeuGZ6NrCKXQhBoS7ejY5uus7NzOv+LKhAIBIKBg/1rb9rvH/jKNOT7H2oSWAACFfHk62Zh&#10;nLkQSSrboTwkKRqfdZ/psRO5m2JP1Onjsd0YhSf0kWg0JEBrugXLrQ+h1pCA70mqCoLyllUySyP6&#10;oigYB7RX47O8y7AzayRmZz+EMHuF35Ww5/uKb2vC7OLVKEyPwe7MQTiYdwW75yf5V7NCpM8t431n&#10;4tLqtGgcOvVRbJ5odFu7e44n/3r0vsIrK3GPPhUvS+PJqlPwkzMae/KD0WLb3GdhKkHbuSRRqtAl&#10;iba3byvv7OycuWPHjt/yv8gCgUAg6D/Yv95erPnjvo0Xpn9uuPrEj44YnKhJwnMlM3CzcQPCnE7F&#10;AhweOveLbazByHz9iRCD9sTNdQW4x5GJ+6rSWb/npNYWXF9XjHpjUkB9n70CdU0y+d48Ao6cKEzL&#10;X43ICtfQbP49qNLWiCBnA6YZN6I+eyK+MQzG16XhbOqK6zV6C5SUIHF+WxyGt3IGoy4vAoaCGe45&#10;nvw8UCbO6io21/Plkt65nrQV3lUyCs8abpVJsi/C5AdgSxNWmpub0dpG8zW3k0Rr29vbZ+3YsePP&#10;/C+4QCAQCE4N90/2PKq56O01Fzx+MOeyfT/aRuOnimDYC25GklWH2JZGn6Kir8W1NLgeu2UVIkqL&#10;EN/ZhkltLUwsNLWE5NKXvk9PSDrdlhEoN12DOH06wouLAthC9nh/1KJSVowosw5m3XR0m65Gd83U&#10;nnNWdWF6vj6tSj/OuRTfGobgiMccT34eKL1WcFk5Fuofxf7yKe65niTnH+zBeEU/FfUOe78Ik5en&#10;BAtWYAlEtJ3b+XxbW8eCHTt2XMr/4gsEAoGg78gu7F78q7h9636f/mnmhQ270wc9vSj9rv3RhXok&#10;9kiBJOlFRxOi6msRUWTCAu0juC9/CcLtZYqi7WvfpwSbkqK7EgbLzQizmBFeYECSwv3VoPPQyKIC&#10;jC0sQXrhnfhWe3mfXt89f1N7tWvl6GMeKAl9bFExNmrvZ0EN0lxPkvSRiol4Qx+DFnvugAhTCdd2&#10;bjsLhu/o6Nzb1taxuq1tx2j+110gEAgEgSG7IPHKMs0l3ama0abUMSkTVi7Rjc/O/jqusgSxtdWI&#10;dFSz7ciQCjvGWUswzZSOfNNsPFV0PR41PaZajXuy/ZXHbBPxhnYMFpWnYmK1AxEmLeIcdiZy/jV4&#10;6H1QaAGlC4Xby3G/Ywt2avv2+nx/Z+/XvOeBxnW0ILKhjn0ezeaZ+MkR2/tYJs5wvK2PPLHdoaM2&#10;EyY2XpT9JUw+NN6Vh0vB8a42l46Ozg87OrZldnTsiOZ/7QUCgUCgjuyCEprRD13w/+5aYr3kkbW7&#10;knPWbLs1Z8mPs4yr8E/DUqzXzkWL+Sa2sjpWHYdUH9W4J9Nf2V0Vh8/0Q5BTeCeSW2qQ0NqIqCIT&#10;Jpr0iG929U7yr+MpTdpCnlRkxCPZ92J+RRoi2rdhXfEDAb8+/ajU39n7mJ55oPoQ3FO5BeOtpcgw&#10;3I9DlQksT9frcfYJeHLp/3v2kftuXFdQYGlqbGz6gipkm5tbWMXsQAnTW54eY8paaUwZq86lFWkh&#10;VeiK4iKBQCDwjeyCGproZXGauLQNyx6OqHw+f8KPL5Vej722aax9hdJ86MefA6jGdfVXlsPA+iuv&#10;wtGyMNX+yqNl4fhCPxilBdfhxroidl6a0tGIyFIrJmWuxyRzPiJqa3xuIYcVmZFasAjv5gyBofAW&#10;RHRuxzXNlTBZ78Bn+sE4ajv5/k4J1udpHIy0rdMxV7cM79umsLxfr8c4p+BY6WjU//M/KzQaTUJP&#10;pN6U6667YX5+vraqvr7hE1oJtra1o7GpecCEqYR71me7q82lp0L3zh07dlzA/z4QCASC8x3ZBTU0&#10;0am//feklY+umj/xOEoG4XhNEjvD85xHSbJ41no9ZhrSfFTjUn9lK26sL8YG3W14IXO4K4ydRol5&#10;9H0e1g/Cbu0Y5Fpux021Fkxqa0NySy1byQZbrXg8558oKbgT1xs2YGxRCUs5Cq+qlG0hZxrn4AP7&#10;NThhGYxybTKmVhQgtLIaUwybsS7jJrycNxaH9dR36nr9ruJgfFc0Fp8bhrt6SH30d3quJr+1jETn&#10;ljF4yTIFPznj3RNSGNXJ+NEZh/1Zl3+RNePfHtRoNBN6smcpDShekmhkZOTd69dvNDkczr00LYXO&#10;JklqvCT7S5iSNHlIoq7tXLYabW1tbZ8riosEAoHAheyCL+Juu/562/JxXx+1UVyeXCS0XUvzKa2m&#10;uxBj1iKmqUE1Fi+2ow3RjgrcnbsA2vxr0VCQjO2GSHffp9E0AwvKViC5uYZJk4RLLS+uM8QMdBbe&#10;iJ8dk/BE0Q3YqJuL+frFmGVYjbuMa/CAYYl7C/lQZSJ+cibie+t4tOZMxM26FQgpKECIxYzI8lLM&#10;K1sLQ8FM1BsTscMYhU5tBLZnT8D7eUNwuHAMvvfR3+n+vquT8YU1BJ/rBuP70lAmyt6vpeBYTTK+&#10;sgz/6cnFF2SP+ptmuEajubone3asRqMJ1mg0YT1B7nEajSaZJDpmzJjbacSYzVa+s72980fq1ySp&#10;kQwHSpie0GxQQpJoT3HRa21tHUtaW3dczf/eEAgEgvMF2QVfNC38f1ft3XJJh2coPA+tQj8tT8Fm&#10;0wOughwfW6nxDQ6MNpi6Q4y67ptrTbi3Jtvd90kTT6Lb25HQE29Hz6FrERY9sgz3sXQjmn35L0cs&#10;k/U+21S8VHwdXii+jkUGem4hUwDBYWsQtmsjcFfJekTV1TARJ1GbSnsH4lsbwV7fmYU7Sjbg5qxH&#10;sCH3Prxddj2OO+LZ/b1WkAripCQimqpC/aFUeStt9/7oiMVX5uF4Y8OFJRk3aIZpNJr/15M5+3eN&#10;RnO5RqMZrNEwmY7RaDRBPRKN7JmKkkQS/eMf/3j94sWLN9G8zpaW9u629k4Ww0cC5IXpT5q8IHkk&#10;YfLQeahrkotbonupuEhU6AoEgvMN2QWfzNf8+7sb/uAVCs9DgqF5lPvLJ8NguhvXGza6tlLtlYip&#10;rkBcdRkm2UsQZS1AuD4PwZvWHgzeuulgmLUQUXW1iO3sQFxHKxLbPGTb0YSEuipMKCrGA+l3Y58h&#10;GD/V9Bbp0KxPEjYNkib4LWTaSj1sHg6HMQUzGooR397stfp1FS01I7azHeF2O8Zodaz4aJZ+ldeM&#10;TTV50v2/sIzHZ9or0GULxpHKSByrCMWx0jE4mHv5x3s3/u86qlLWuP75tUaj+a+ekPb/02g0f+6Z&#10;dEITT0iiJFeahkJTUUI1Gk1Ej0RpxNhkms+5YMGCtVRcRNu5JLKW1jZWMctLkoeXpJcwW+Sy7BVm&#10;D22etKO9nQIXSKLbRfyfQCA4b5Bd8AcfCq8Giaa7Kt61lap/AA/lPIjpeasx0WxEZIEOkWYdoq1m&#10;hGVndE3UZXfF2ApZm0lUoQmTyosRW1WG2OpyTLIXsyraCJMO40rKsVU7A4d1lwbUSiJBAfPf6QdB&#10;Z5rJei1JlPzWMUH9nlGFRkSZ9UhsbUBwZbV7xuYX9iQcre6VsSddjin4yjwK+zb88eMPM/++Y3/m&#10;JS9+mHFx0951v898bemvpqaqTC/pkShNOCGJ/rFHon/tkehVGo1mqEajGdUjUZrFSRKN6SkuIolO&#10;ufXW2xcaDKYaVlzUuY0FHzT3rEYHRphtrC/Uk/Z2l0RJoD3JRSL+TyAQnLPILviDD4XnJeLJ4aoE&#10;/KsmAcdtoejMi8A9hamIclQjvqbCJSraKrUYEF1iYdKilSiTqgKTyqyIaW3B3Oq+9mEmo7ssAq9r&#10;x2GRbTnLmeWF6d4KrqtGBL2WrYj9d++MzTzYzHfgaFVvoIGbnsKfj3KuOPDG8t/c83bqb4a/seLX&#10;QbsXay7nPztfaDSaX2k0mv/QaDS/6xkb9ieNRnOxRqO5tGcGJ0l0pEajGddTXBTuIVFWXJSYmDx3&#10;69b0wtrauvdoJUitLrQa5WXZX8Jsa3dB0vSko8NLorU9xUUi/k8gEJwTyC4EAh8Kz8uqV1quPswv&#10;DEOgL7wNU1qcSGxrQnJrvUtUtVVMijHlVtc5KFXhttYhvraSbenGVdnckk1ub2CjxKQ+0I90w3C0&#10;Mkb1rFV6ffrxS8MQPJ81BA9WrGVnmkrSTGquc602i4xIaq7tXYW2NyLU6cBMw3rstF7Pzk0973/U&#10;mYhvLMN+2Lv+f9dWpmp+w39WJ4NGo/k3jUbzW41G8z8ajeYPPTM4L9Jo2HbvlT0DrT2LizwrdFlx&#10;EVXoUnFRVZVjN52Lulpd2gZUmG6YOFnIQs+ZqEuiIv5PIBCcC8guBIIUCn/IeGXXMXu4ah+kUh9m&#10;r6zqEV9T6VpN2otd8pK+1iNWBjd3k84ipzeUw2i+GR/lD8Z3NvXXd/VhDmPjyb7I+TuyC+9k1bxU&#10;FOR1flpfjUiLa4s2oa7S670w2hsxvrAIGfrZOO5IQLcj2fX9lUfgq4Lh2LX5koo3lmn+xn9O/QEN&#10;qdZoNP+u0Wj+u0einsVFV3hU6FJxkWKF7hVXXDFz5cqVmVJxEYUekPhaeWn2szB5aBW8bdt2hoj/&#10;EwgEZyuyCwGzWPPH8vVBVS/rgllo+xHraHSVBOFw8QR0FY5W7cP0ElJzLRMnFQopJQ0pU4u4jjZM&#10;LtXCkpGIg3mD8KlhGL4opDmboYpzNg9VxKK7cARK8hIRZzMjpNrB+j1DK+wIshYjyGxBeJEFCTXK&#10;48pcwe12PJb/ID4tDscP1pE4rBuENw3jkW28FTeun5cq+3wGgJ5/ftNTXHRBT3ERSZSKizwrdKm4&#10;iCp0qbjIs0J3MlXoUnFRUZG1w7USdZ2LMpEOoDDVYRKl+D+diP8TCARnA7ILgXLB2i2Xjc/NbppX&#10;vhbZ2dehNC0cHblheEIbinptrEIfJi/AOibLKIuenSv2LbS9ESOt5VijfQCHisbjIM3W1A5mIewM&#10;bs4mrQ6/Kw7Cs9ljsDL3XtxhWsf6Pecbl2Jj5j+wJH82ptfbEN8hn6/J3mdbAyKrK3Fb/lIUro9B&#10;bUYETOYZWFixCgnOcozIyLFNmD//d/xnNJB4VOj6Ki6iCl2+uGiSZ4XuPffct4SKiyj+j52Ltney&#10;GZ+ewlSV5ikJs3f1Sbi2c3f0/Cji/wQCwZmL7EKgjF21fEFkseVEzPZtiK6tQ3jaeiQsfwS3ZD2K&#10;m0ozWDuJZx+mIhTAXlXa59D2yPpaV5C6ZSZO1NB5YxKbrUmrTYKfs+nqswzFAe1g7LNE4qXSG1i/&#10;517bNeiyheNj/TCsLn2YjT9Tqril14xz2hGyZRPi1y7DjbY8JLY1IKazE/ENNQjPzXxq/PLlI/jP&#10;6HSiUlxEEvUsLiKJUnERSVRWXETxf1lZ2Taq0CWxUZUuiXQghamOS6Ii/k8gEJxpyC4EwowZM/4t&#10;KG1NLhXx0KoxpbMJYZU1uCStAIPWZCGyrARJnd69kqq01iO62MzOGBOban3KkwmspRHhVjOyTXNY&#10;KpAUpO4+3+zBM4zdNU9zHFuVHi6Pxo+OhN5+T5q+QiHtugmYXbUF0QqrY3pPsXYrxqZnI6S0ks0a&#10;TWhxnZEmNjgQlpu1c+SKFeP4z+mXgisuIolScRFV6HoWF1GFLhUXBRT/x0Q6wMLcvn2HDOm6a0t3&#10;2xMi/k8gEPzSyC4EwuilCy4OzdpSR6EE0pnglM4GTKp1YuzWTHZuSVWwvICUoOKfxMYaTDQbME6v&#10;R1StUzVpiELbQwoMWKb9J/aXTZYFqavhnqeZPxjfV8sHV7OQdt2VyCm4lRUwUfWu53uU+jvZ99XW&#10;+7XktkbEUzBDxhbHqNRFF/Kf05mASnERVejyxUU+4/+ouEiK/+s5lxxQYXqyY8cTjO3bCZdMRfyf&#10;QCD4pZBdCIRRyxZdFpK1tYWqUT2LaSZ3NrKt13BDHuID3nqtZ72SNxRswbLcebjZtN5HaHsGtubf&#10;hd3543HEph775wk9Rm2eZu9jJqPLNAR24xRc21CG+NYmj/cn7+/0FCqFNIxbsyqd/4zORHok6llc&#10;5C/+jy8uksX/9awEZbLsT2Eq4ZLoE5JEWfxfe/uOEP57FggEgv5GdiEQolNTfxu8ab2O2klk1bC0&#10;9VpiQaTZgMQmV04tL0tPKcU1NyC8qAC5pjn4pjIRzxRdrxra3mqZybZnvzZchY/zr8ThyjhFEXpK&#10;k6L3vjAMxafGYYrzNNnjaHvXOhbthhjMcuQits1VJMQkqdLfyVpm2hsRbsg/MGrx4in8Z3Smo1Bc&#10;xMf/ScVFfPyfV3GRZ/xfr0TlkuwvYRJPPPGkFzt2PMmeR/fueQ8i/k8gEAwYsguBMnbNyqWs/5IT&#10;I9t6bXCwmDza2qQAA6WtV6qMjW6oQ1iRBSuMC9xbrycccT5C22NxxJmCL4qCsCfzMjb260hpqGof&#10;J/WR7s8fitfzxuDzsknoUpmn6RJnEHYYonCvI4tl1kr5uEr9nfQ90mozxlb4U9DGdWvHz579n/zn&#10;c7bRU1zkWaErFRfx8X9ScZEs/o+Ki6T4P0mSnhLlBcnDC5KHFybPk08+xZBWoyL+TyAQDASyC4Ey&#10;dvXi0LDcjD20wpTJs62ebW9Sf6Yrf9bI8mepcpYEFO+wIaK0ENO0aUjX3o33y6YyaUoh6r5C29kw&#10;aesEPKmdCIPherygC8Fh3RWK8zzf0I/DutxbkK67Bx9VXIPu6niZNF33nIwuywhUaeNxrV2HmFqH&#10;K/6v0ICoYjP7XkiU0lkrnd9GlxZiwtZNhcOXLRyQ4INfkh6JUnGRUvyfZ3GRZ/yfV3GRZ/wfrUap&#10;StaXPHlJ8vCS5JGkyUPP9ZCoiP8TCASnjOxCXwhKWzsvqtj8PZMJ34dJ/91a5xKQxcC2Oifq8jEy&#10;bcvPV6/ciNE5OqTl3opvTMPYpBO1ySM80qSTStNU3FBvxZzKTTCYbmLzNPl5ngvtqQivKMOdxjS8&#10;VjIdP1QrFxN1O6fge/0g5GRMRnB+/s8JOWkHp21ZinCTlhX/JDXVIKHByRKGYh12hBu1HwdvXJ82&#10;dtGiS/jP5FyjP+L/pNmidnvVy3QuKm2rDqQwJZ566mk39Hja1hXxfwKB4FSQXegLQxYv/mPw1o3p&#10;kUWmE0mtDfIt2fYGpGxvZdcjzXqMX59mvmrh8qpBK9Nx4QozVq6ehi7DZehyqp9T8jDJ6a6E3jSD&#10;9V1GdnS652neU53hNc+T+izDHA7cbVzFtn2VxEnbusdsE1nK0cPWxTS67OfHs+d++EzpdGSZZ2Oh&#10;6THca0pFgm7LnrDcjKbx61dnjlr6+FSNJlVx4sm5DFehyxcXSRW6UnGRVKFLxUWq8X+0ElUSKC9I&#10;Hl6QPJ7CVOLJJ10ipdcX8X8CgaAvyC70lbGpj140fsOaxybq8/fRaoxWZXTGmdDovUKbsGXD6uDb&#10;b/9jeHpaarTdhqtyy5G8YiGe2DIGP9gmBDjpxCW5N7RjsNC2HDE9k06keZrUSkK4ggxcIg8uK8dC&#10;/aPYXz4FRz1mdEr3oxD6z/RDkFN4J1I6GhDX4MQq44M4URfF+KQyHq+VpRyO3/h4eNDixX2aeHIu&#10;0/NPv8X/Sdu5JFFekv0pzKeffkYGSVQqMBLxfwKBwB+yCyfLmGWL44LWr00Pzd7aEJaXtXOiNvtF&#10;zxUaPWbk3Ll/CMncWp/YUI0pT7Qg0lmD5fn34WPDcBytiPZbIUtFQ58bhjLJUZQfhRB4bQ9zUAES&#10;tbFs0s/DD84kdCkUD3mF0He0I7G+GnNNy7HPnuKSZy0TaA3//Qp6UajQPeX4v96t3IETpifPPPMs&#10;g37+xBOuAiMR/ycQCJSQXThVxi5bdMnIFYvHjVm9IohfoY1MXXy5Z/8nZcNObyqHwXIrPtUOwpHS&#10;ENUK2a7yKBzQD0ExSa7e6jVpRQm6f0xDLabnpqJpaxhOFA6VFQ/JQujbXBXB9xhX4o3yKUyc/6qP&#10;womayDv571Ogjkr8X59mi1577fUPSvF/JFFp+3aghKnGU09RgZHrXJSKi9rb22eJ+D+B4PxGdmEg&#10;kfd/1rKeyRvrrNhSNBsva8ezClkS27clofiqZCKbdPKpYTj2ZV4N45pIpOg2IaKljQ2Z5mXpKc2k&#10;lnqEFxfhOkMaMs13odEYLyse4kPopSSgRw2L8CW1xtRF4ae6yEPYES1WGydJf8b/0WxR2tKVJMpL&#10;sj+F+eyzz8mg+9JqVMT/CQTnN7ILA41S/yfJkwp85lWkQW+aiWZ9DN7OGYwDuVewKScUzv6ePhit&#10;+hvwSP4jrNAovNYVrsD3hyZR/2VLHaIohMGkRUx9LQucVyoe4kPopSQgal9xSTMK/6qL0vHfg+Dk&#10;6EP8n+psUT7+j7ZUPSXKC5KHFyQPL0ue557byXj66WfZirfnXFTE/wkE5xGyCwONWv8nFfhEtXew&#10;wp5baoyoyI/FN7l/x6HyGHbG2e1Mwc81cfjYPhkG09243rBRHs1ntyO0rAyT9JmfR6YtsYbkZu0i&#10;mSa2NykWD3mtUnvez7UF6dhRdK27OOjHmuhTqrSk5/9UEx39Q320+J+qBwMR/0cSpW1VXpb9KUwl&#10;nnnGtRr1KC4S8X8CwTmM7MLpwFf/JxX8hHU+ic2WWTikuxzdNVO8YvJ+qI5Hd1U8niy6gYvmW40H&#10;TcuRob0dm1ZGFaYvCP3fcRvT7lN7HV6atNqMK7NAW3A3up0xPYVBkTv59x4oP9VFJJ2ojdzjEnA0&#10;rVxpBVsutn3lKBQXnVT837x581ZK8X9SYdFTT/mWJi9IHl6SPDt3Pu8FXSOJ0nayq9VFxP8JBOca&#10;sgunA3/9n5M6OnC/cyteKJiIY7YQfM9V2x6uSsS/KH7PM5qv5EZ8aJ+MgzmXHvh+hSaFXmd86sL/&#10;8/U6DI8koFXG+ThQFe+SZn0UfqqJ6Pv/8GqiLzhRG9VCsqStXmnl6kGNkKdvuOIiz/i/QGaLyuL/&#10;XC0uVEjUK1FekDy8IHl4YfI8//wL7Ed6TXptkqhH/J8oLhIIzmJkF04Xvvo/4xuciKwoQ2rWzMOf&#10;5V3Z/YMzHoer5a0q7mg+ZyJQl4DvC4f+9O7GC9a+nKpxZ8f6eh2pzzTelP11fsG9+KSiR5qMyP38&#10;e/YHbcf2PJeXpRtaeR6vjZzDP1egjEdxkVShKxUX8fF/UnGRYvwfFRdJ8X8uiT4tk2V/CVMJ+hoJ&#10;+4knnpYkKuL/BIKzFNmF041i/2d2etPQ9Zu3XL/y7tvf2nRx9uf6wSd+dMSotqr86IjFV+bh2Lv5&#10;T4VvLNMoZscqvk5Pn2mj5br3j9dG98qtPgrHayIf4u/hC7Y1qyBKSZbu/65l9y/kny/wT49EqbhI&#10;Kf5PabYoVejKios84/8kifKC5OEFycOLkueFF170giRNr9uTXCTi/wSCswjZhV8Ktf7Pt5dq/vL2&#10;mgseP5hz2b5jttE4Zg/BkYpwHKmIwLGKUBwrHYODuZd/vHfj/657ZZnGb3Ys/zq0HUvbst6yi9zf&#10;l+1UJk3ZPVxVub3nnEKc/Ukf4/+ouMgz/o8VF3nG/1GFrutM1LUSDVSavCB5eGHyvPjiS+w+VMDU&#10;U1xEs0U3iPg/geDMRXbhTGX34l/F7Vv3+/QP0i9u+CDr7zv3Z17y4ocZFzftXff7zNeW/mpqqkZz&#10;UtmxJ+oid/Gy+1dd1Ab+cWooi9e1aqVWFqqoVbi/aHHpR3r+kSp0peIiPv5PKi6SKnSpuMgd/yfN&#10;FpXi/ySJ+hInL0keXpI8JE2enTtfYBKl4iIR/ycQnJnILpzpvLVMc8nuFb8Zt3f1r4N2L9acUnas&#10;svQi96MxOqBzJ9f2bO8Wr6c0pa3en+oiU9W+JhgY+iH+b4pn/B+1uVCeLa1EB0qYnrz00suMF198&#10;kbW6SMVFIv5PIDgzkF04n6AK154sWtdq0LWNmsk/Tgm17Vl2zSOij0TMP+Z4XbTo8TtN9Gf8HxUX&#10;0Xaqazt354AJUwn6+nPPPccELhUXifg/geCXQXbhfIGCCXihBbraVJUma0GJSHI/jm3T9q5IpTNP&#10;/n6C04NK/B8/W1Sq0FWcLcrH/0krUV6S/SVMiZdffsUL6Vy0p1dUxP8JBKcR2YXzBX61GWjRDq0W&#10;lbZnWd+nhzQJup/Xa7iyb1P5ewpOP/0d/+eq0H2atZxIq09ekDy8HJXghanE88+/yCIAe85FRfyf&#10;QDDAyC6cFzRG/9mrRaQHf/F6rlVqYNKkqlz+cfSaqIkWq4IzDK64yHO2KB//53O2KMX/UXGR1OZC&#10;ElUSKC9HJXg5+uKVV15188ILL7FzUY/iIhH/JxD0M7IL5wN0jknnmW6pBTBzszfcIABp0sq0JvIh&#10;NpLM/dhIep0W/nGCM4uef/o1/o8kRtuqtDLkBcnDS9EXnsJUgu5HZ7EUgi/i/wSC/kN24ZyHIvF4&#10;+flbbdZEXxrwSrMHWVHQyUb4edIY/WcRGH96OcX4P1ZcRPF/+fnaKor/c0mUtnO9JcpL0Re8IH3x&#10;6qu7GPTz555zRQCK+D+B4NSQXTjXka8E/YS5q0mTPS9ipuzxvtpc+hCq4Alb7bL8W7qPKzD+RF3U&#10;DvpLAP9YwcChUlzUp9mifPwfrUSp0IeXoxK8FH0hCVMJ+jqdwz711LMi/k8gOAlkF85pdkT/Vuls&#10;U02A0uqUD2tn4vVoOeEhqfGPP9neTQpjcL1nxfxbIc9fCIX4P6m46KTj/558kiS6c8CEKbFr12te&#10;0DksnYtu28bORVn8nyguEgjUkV04l+nTSpBJU77S9CfBU2lz8cIl7Rpe2p70pe9UMHCcxGxRKf7P&#10;PVuU4v+k2aIU/0dtLpJEeTkqwctRCV6YPK+99jpeeukV97moiP8TCJSRXTiXcW13eq/cFNtDVKSp&#10;+njP1ziFUAU3bHvYXbTkhWyb+SSmuAgGDq5Cly8u4uP/PIuLSKLu4iLP+D+SGMmMzkIHSphKvPyy&#10;61yUKoRF/J9A0IvswjlLTfSl8m1ahZXgKUiT7sU/h16zT8U8PWeqiivN2sg9P9VGHvP+mhDnmcxJ&#10;xv9RcZE7/u/WW29fKMX/UXERbau++OLLMkHy8ILk4UXJ8/rru93Q4+lclLaTPeL/qLhIvlsjEJzj&#10;yC6cq9BZoZdwlFpQ1KQZYDjCybS5eOJqeVF+/Z7zTNdK1OtrPgqbBGcU/RH/R8VFUvyfJFHq3RxI&#10;afLQ16kf9emn6VxUxP8Jzj9kF85VZO0hXDzeqUrzZEMVJJTPRt1bvez1qYjJ62ti0spZi0qF7knH&#10;/1FxkRS4sGuXujh5QfLwkuTZvfsNL+iaq1/UJVER/yc4H5BdOBdRktJPtZGfuR9zqtJUWtGy5we2&#10;GlRNJHKdabrPR/nzU3/VvYKzA5X4P362qM/4P2m2qBT/R60mtLUqrT55QfLwguThhanEG2+8iVde&#10;2cVGsdFYtp74v9WiQldwriG7cC7Cj/Yi3OeVStufTHqBS1OxzSXAwAM1aZIUvc5UFVa0TP6iHeWc&#10;gisu8oz/8ywu6lP8H4Ue0JxPkuhACVOJV199jb1uT4WuiP8TnDPILpyL8Cs1goQlnSnKV4p9kKZa&#10;qEJd5C7+cTJUpK20kpS/hojwO9fp+UepuIiP/5OKi3zG/1FxEUmMKmVpZchLsr+EqQTdk7aRaSQb&#10;zTcV8X+CsxnZhXMR/nzzp7rIQ/x5oZs+StN1f//ik6GSSKT2XBKx12MDXNEKzh36O/7PJdGdrK1l&#10;oIT55ptvyaB7UHGRK3RBxP8Jzj5kF85FeHGqwYpt+ijNPoUqSCi0rRBq0nSNMuMf7+c1BOc0KsVF&#10;pxT/RxKlQh9elP0lTCXosRTyQH2qIv5PcLYgu3AuIlutqUAFPvxz/cHf21+ykGohko8+UX6ruaea&#10;ts/v1Yua6AsoMD7Qql/BmYtKcZHSbFGpQldWXCTF/0nFRdRq8tJLL7FVKC9FX/Bi9MVbb70tg1a/&#10;lN3r2s4V8X+CMxPZhXMR+fkgT+Qu1bxaHyitBFnBjtpK8CSkqRTcwF6DD24IFJqwUhdV7rqX9F4i&#10;d4k5oecGAxH/RxKlXlFfEuWl6Atelkq8/fbbeO213T2hCyy5SMT/Cc4YZBfOVWgLVlZcQz/WRu7s&#10;U7KPB7KVoK94PRps7Z5wEuBz+iFUwRP2Fwju9XuJFkO2zzEUiotOarYoxf9Js0UpQ5dGor3++usD&#10;JkwXe7x4/fU3mLx7JCri/wS/KLIL5zIkDlqt9Qio5WRWmW76shIkaZJk+Qkn/gqRXM+TSa7P26uu&#10;dhmdz1X3KQhZcHagUKErFRdJEuWLi6T4PyouksX/UXERrQh37XpdJsn+EqbEnj29vPnmmyyMnuaa&#10;0kQXEf8nON3ILggCQxZ44EM8SuHyBG2Z8o/1RHmLOYA2F09cU1Z2yFpuela7/HXZ8wXnJD0VulRc&#10;pBT/R8VFSvF/VFykGP8ntblQ7+ZACdPFXi/oua++6gqjp3NREf8nOB3ILggCQCnwQGUlSCtKvoe0&#10;R6I1qmehaq/R1xYUlTNVJsvayJ2sLYf7muwegnMerkKXiouU4v/42aKy+D8qLpLi/1y9oq+qCvRU&#10;hbl3rxx6HMUNUuhCT6/oE1RcJOL/BP2N7ILAPyotKLKV4ElLU2G12SO7PfzjVGEtL3JpMmojd7oS&#10;i7j+1trIY7L7CM4rVCp0/cX/UXGRavwftZq8/PLLbon6EqY/afKy9GYf9u3rhVpoKHShJ7lIxP8J&#10;+g3ZBYF/eqtSXSi1oChLsye/1o80iT63uXji2p5VeG3X2S6L6VM4ow00W1dwftDzT7/G/9G5JPWK&#10;UmFRX4TpW5r7ZNLkodej0AWP4iIR/yc4aWQXBH5QLNjxmOspFQIpSdM1Gszv2YvKijawwAOV7Vn3&#10;GWzPPY7XRj7uKc5+6Q0VnLMoVOgGOlvUq0L3nnvuWyLF/5HEqFKWVoYDJUyJd955xw29BoUuPP30&#10;MyyMvqe4KPAjEMF5j+yCwDcyqXkWBZG0WLUuLz1GQNIkZKvNuiiQ6PjHyVCRpudoMo/XkKUpUV+q&#10;7J4CgQIqs0X5+D+puCig+D9XmwtJdGCEqYR0LuqRXFTe3t5+iyguEvhCdkHgG76a1h2T5+tMsQ/S&#10;lImZ4bGiVcO10t0he20FadIcUvl7jdwvu6dAEAD9Ef8nzRZ1OJx7qV/U1eayS1GavByV4AXpi3ff&#10;fZdBP3/tNddEF6lCV8T/CZSQXRD4hm8tocpUJjteWC4Zuc4NA5Qmuz8nP38BCYw+9onyW8lim1bQ&#10;X6gUFynF/6nOFuXj/1xtLrvY6pAXJA8vRV9IwlSDQh6ouMhjtqiI/xMwZBcEvuHF5oJfvbnxWz3r&#10;idLAbb+rzT5KU3Wup6/XEAhOgpOI/+OLi7zi/3ordF+RSZSXoi94QfrivffeY1DxEhU10Vg0Ef8n&#10;kF0Q+IavqFWDhRv0QZoEvxJ030fhsRKK1btq0uznCD9P6HxUnJEK1FAoLjrl+D8q7pEkystRCV6K&#10;vpCEqQRJlF6XBoT3xv91JPHfs+DcRXZB4BvlM0hPaDC2SmC7L1RGjSmFKkgoStPXgGulUAX2fiNO&#10;7g+9634buNff5es9CwSER3ERH/8XyGxRWfwfVejSipB6RQdKmL28j/ffd0Gr3V27XmPFRXQuKuL/&#10;zg9kFwT+ITEqtHKwgIKTlZBsJehLgApFSu7n+Nge5kMVJNHxjwsEGkkmfe/e9yOifQpfIPBEIf5P&#10;Ki6S4v/44iIp/s9rtujWremFUvwfnU1S7yYvRjXkclTifS9p8rz77nvsXHTnzhdF/N85juyCIDCO&#10;10bOcbd01EbuYe0ifSgC8kKpN9RHvB6JW/Z49j6iWtSkScjaXFQGZ/vD9b3TSlXhPbg5OSELzm96&#10;KnSpuEgp/o+Ki5Ti/6i4SDX+jyp0qVpWafUpl6MSvoX5/vsfePHBB/Tj+3jjjTdY6IKI/zv3kF0Q&#10;nH5IRPwKVi1ejw8u8MBny4vyFnOAoQoe0MpY8fW5LWN6jBhTJjgVuApdvrhIqtCViov4+D93cRHF&#10;/0nFRVShK0lULkievgvTm/1u3nrLdS7ak1wk4v/OcmQXBKcfpZWgUrwerQ7lW60Mn9Lsy2v4gs5U&#10;vbeTJaJZZa5Xf6sQp6Af6fmnr/F/VFzkFf9HxUVS/N8zzzzH2lyoP3SghMmzf/9+7N37Dl55ZZdU&#10;oSvi/85CZBcEpxelFhTqDeVXgn6k6VNQVO0qf56fNhdPqAhIsRCJ3WeXK1BB3qYT8P0Fgj6gUKF7&#10;yvF/JDFaEb799l4FUfaPMPfv/1AGnYvSPNNnnnlWxP+dRcguCE4vsiIfhVaSU5Emez4feBBIqIKP&#10;58teX+GMlslf4V4CQX+jEv8nFRfx8X9ScZFX/N+1117/IM0Wpfg/qUKXJrmcqjRdwlSWpicffvgh&#10;uy+di1JxkYj/O7ORXRCcXlyVuN7S8eyHVK6E9ZCWwj09UVrR9mW1qb7S7H39E7URM7n7+6wIFggG&#10;ilOM/3MXF3nG/734Ik1zeWPAhPnhhx/JoK+9+eabLAS/p7ioVcT/nTnILghOHz/UR1/tqyiIFeKo&#10;SDPQdg+Z+PoQeCB7rvse3jGCfAzhyVbrCgT9SX/H/7W3d/5IQfS7d+9mZ6C8LPtDmBIffeSNFLog&#10;4v/ODGQXBKcPpS1YFp7Qc6aoXIgTuDSV4vWIQJ6vKk2+EEkhuIFF+PkpVhIITicK8X9ScREf/+d3&#10;tqhUoUth8HQ+SeeUvdKUS/JUhPnRRx978fHHH+Odd97FK6+8KuL/fkFkFwSnD3noQTR6tj13KEqr&#10;NnJnINJTvX+Aq81/1UXp+O1jRWkqtccE+BoCwS+FQnHRKcf/UXEPSXTfvndlsuwvYSpBK9/XXust&#10;LvIV/3dp9EMX/DVkTjRBP+e/Lggc2QXB6YNf1VFBjYKspKCBHbS1y99DFTabk79XNCjxR/ZYD1TD&#10;FRSkScjnep5ChJ9A8AvAFRf1Nf6PFRdJ8X9UXEQrQVoRUtvJQAnTxSf45JNe6LVoKLg0Fk2K/7sk&#10;fN6yi0Pn4uKwufhrqAv6+cWhc/dfHDp3/aXRd/apl1sgxPmLolRRKxeWezSZ30IgT5SLinyn+fRV&#10;mqqhCgr37gu0qvYneIFgIPAoLuLj/wIpLpLF/7kqdKnN5e0BE6YSdM+nn3sJSbevIUH65KLQ+3f9&#10;dcL9oo+0D8guCE4fyhWvvbjyb6NalKTlE6Uwdx8RfgSfXuSGpK1SgUtf83q/JxGq4H2/iJlUHOW6&#10;H41qi9wvVq+CXwqF+D+puEiK/5OKi/j4P3dxkRT/Z7dXvUznoq4g+jfZ6nAghEkcOHAAL776pkyQ&#10;/qAtXP4zECgjuyA4vVCBEJOah4BcP4/cz/JvFZ7jD9WVoEq8nlKRUg+qLS9K0lcKbgiImuhLpQAF&#10;2dkq+2yEPAW/LB7FRUrxf1Rc5Bn/R8VFfuP/qEKXgujpDFQuyb4LU5ImMe2ejTIx+iVk7h6xbRsY&#10;sguC0w8TXc9Ki+RDxTlqq7xAkMXrUW+oioSVJetuOVGUpus1Ti1UQUKasuKPPq+6BYIBoucfqUJX&#10;Ki7i4/+k4iI+/o8VF/Hxf5Sh+/rru1lv6KkIk0jLrZRLMUAuCrlfx3+/AjmyC4KzG6WVoFrgAYvK&#10;U5Kmv5YXtRYUhdfwBVttsy1Z2evLz3trI2byzxcIzgT6If5vCsX/SbNFXRW6r7GKWV6QPJ7ClOgp&#10;/DkpLgqZe+zPoxL+i/8eBd7ILgjObmStJAoRfsRJS/MU2lw8YWeqCq9Pq2O+ulgEKgjOFgYi/o+C&#10;6Kl3058wT/Zsk+ei8bPC+e9L4I3sguAsRiEzlvCM8CPUpem/XeVUQhUk+EHgbqi4iPpCeTH7KWwS&#10;CM5EVOL/pOIivkJXKi7yGf9H6UF79uyRCVOi1LntlFac9Ny/hMxeSG+e/34EvcguCM5e5JmxhHcL&#10;iqo0AyzCkQUeuNjBP04NXy0v0usrndH2qYdVIDjD6K/4PyoukuL/KEOX2lzoPFQSp76kCReHzpML&#10;sQ/8Jfi+pfz7F3gjuyA4e/mpLqrcSzhcewgT6ylI82TaXDxRlaZHIhKf30uw81OF+wkEZyNccVGg&#10;s0X9xv+9+eZb6HzqpVNbcYbOxZ+D753Cv2eBN7ILgrMUhW1az8xYVyGOgrQCleZJhipIqEqTS0Ti&#10;t2npvJZVGSvcUyA42+n5R6m4iI//k4qLFOP/5s2bt1KK/+NF2BcuCr3/u4uDb/8j/z4F3sguCM5O&#10;ZNW0HgU77ExRJry+SZOQx+sFVu2qLFyGd5+o0oo2kHNXgeAcoT/i/wZF3vf8xaH3y6QYCBeF3P+C&#10;ON/0j+yC4OyEDzGgn5Mw+e1bLyH1QZrK/Z7qoQoS/PvyQBauoPoaCvcVCM51VIqL/Mb//fv//Ona&#10;vwTd8wkvRX9cFDL7jT+NvXkk/z4EcmQXBGcnckGp9Ef2SIuvtPWHrGAngHg9+XvqfX1emq7XcKUH&#10;uV/DR3CDQHA+4VFcxMf/8cVFrEL3givjFrAw94CZhz8F3bWEVrz8awvkyC4Izk7kFbW9g6W567v6&#10;0jpCkGQV7uNztalavVsbuVOpQla21Sy9Rh9DFWTURF8qtnoF5xIKs0X5+D9WXPR/Q6Y+flHwfTQB&#10;RUGUvfxlwr17/jTutpU9Fb//H/96AjmyC4KzFIXiIE9YKIKPwHZfyOL1XKvBDfzjJFSl6SNcgR+x&#10;djKhCp6w91AXtcN1ZuoKjA/kPFYgOJvwKC7yjP9zFxf9x4XDJ/4l6O6nmSQ9q23D5uKiCfd99pfg&#10;e3b//rIwKjKibeB/5+8vUEZ2QXD24pKF8hYtE52PFaIqNdGXygt21FeCrtWp0nuIlgUxuOmHUAU3&#10;NdEXMAkrvgeRQCQ4t1Gp0P3r//x9QsT/DZ8+90+jb827cPQtuv8dkrLgvy4aRcKkgiM6N6XH/xt/&#10;P4EysguCsxtXaLrrPPKn2shjVBykKqwA4NtD2H3rosr5xxGu7VYFYfmp3pXNJWUE1ubihWvKijzn&#10;1gMStNL5qkBwruEn/o+2dKnIiLZ46cyUHie7h0AZ2QWBwI3K9q/SSpDOLfnHMfxIU7EFpQ+hChLS&#10;lBW5gL1FKgqOBOcjXIUunYuSSEmYtNKkFapYbfYB2QWBQEKlKlYer8dWevKVZiDh7Eo9nn1NClLd&#10;oq513YsXM7Xp8PcQCM4XeoqLaEuXqnSpyIhWprLHCdSRXRAIJPgWFJeMuAKbU5Cm0mozkDYXT9QK&#10;kei+dNbJT2ERK06BQHCqyC4IBAyFoiC2EvQsMPIhzUDkJ2+hIXy3uXjCAhPUXr9HjrJq3T4GPwgE&#10;AgGP7IJAQPBTUPjMWNVCoD5shfIrWn9tLp6orTTZNWmlq7CipVmfUn6vQCAQnAyyCwIBQT2fvJSk&#10;6lz1lpPApakar6fS5uL1XDVpcqtJ5RWtwhmtQCAQ9AHZBYFAuZrWlRmrtj1KBCpNgo/Xo5YXan3h&#10;H8ejKk2F6t0TtVEtnglKPeebc/h7CgQCQV+QXRAI+Pg7aZuWjQZTkBYJqS/S5O/PXoPOT/2sNl0t&#10;JwrSVpCm0hltoCtagUAg8IXsgkDAC4qJsTbymExYvYU4fVrF8RF+gcTrqZ6pKkmzj8ENAoFA0Bdk&#10;FwQCpRWhMtH+W054GqP/LL+PcqiCRF+lqbzV7Ps1AqIm+gIWGB9g1a9AIDg3kV0QCIgTtZF7FFN4&#10;GJEUGL/nZKL85CtBuldUC/84N1KMHo+PdCGlUIWTivDrgVKRXPm3dB+XwANptxEIBOcmsgsCAdG7&#10;yuPGk5GQSHQnc1aotBL0IUBffaK+VrpsEkqgr+EHdq5L9+C2fQPtVRUIBOcesgsCgQSTJ6tMdQtj&#10;x8kKiOjTSrAm+gJemExYfipjVdtc+rq96np9r8pfOa5KY4FAcH4huyAQDBT89q/qqo1JS77SJPxV&#10;7/KhCqqv4Qu17eGeCmPpvXkGQggEgvMH2QWBYCDgK3VdKKwET0GarmAG7jnU5tKHpCDXlBcKUpC/&#10;Pr1fNgKNvhc+s1cgEJw3yC4IBAMB34KiGHigIk0+7k+NgF7DB6rVxHTPkz3XFQgE5xyyCwJBv6NQ&#10;FERnlbS6cz9GRZokLapold2TQ1l6gQceqLa8uLZ7C2UrY4FAcN4iuyAQ9DeKmbG1kTvdjzlFaRKu&#10;ZCPv5wcaeKAmTTof9bc9LBAIzj9kFwSC/oYExgvJ3U6iVojTB2nSqlIerxdg4IGPlpc+FxUJBILz&#10;AtkFgaC/4fsq2WivHdG/Vd5e7aM0lUIVAojwY/iQpq8+UYFAcH4juyAQ9CvK/Zg7FLdvT0KaSuen&#10;hN9UI5XoPyFNgUDgD9kFgaBf4aaU0DmkWmB8TxVs4NLsa6iChMqZqpCmQCAIBNkFgaBfUVxxcjF+&#10;PdLqS+sIY0f0b2Vnm/7i9VSkSYhCIIFAEAiyCwJBf8MPlPaWFf14ElNWFOL12L1qI/fwj3ND27re&#10;EYJCmgKBoM/ILggE/Y6rcnaHpzx7Qg3Ytqrf80gV+hSv5zoLrZEJ/CS2hwUCwfmN7IJAMCCQPD1X&#10;ezSWrDby8ZMNFlCK11OM8OtBbdUbaK+nQCAQSMguCARnA3xvqK94PTZLkxsL1iPRGjXRCgQCgRqy&#10;CwLBGY9i4IFyvJ6QpkAg6G9kFwSCMx1ZC4pK4IGyNHvi/oQ0BQLBSSK7IBCc6ZD4vESo0IKiKs26&#10;qB19GTMmEAgEPLILAsEZDReo0LP12lsURL2dQpoCgWAAkV0QCM5k+G1ar6IgqeVESFMgEAwgsgsC&#10;wZmMXIzR+KkmOronocirV1RIUyAQDASyCwLBmYzSpBXlnk6CSVRIUyAQ9CuyCwLBmYxMnD2B8fwQ&#10;a3elrZCmQCDoZ2QXBIIzGUoc8pSkTJg9556iT1MgEAwUsgsCwZnMv+qiNijJ0s3JTFkRCASCPiC7&#10;IBCc0UhFQFzlrDQZhe/nFAgEgv5GdkEgOOOpib6A9Wq6t2YjP6OVqDjPFAgEpwPZBYFAIBAIBOrI&#10;LggEAoFAIFBHdkEgEAgEAoE6sgsCgUAgEAjUkV0QCAQCgUCgjuyCQCAQCAQCdWQXBAKBQCAQqCO7&#10;IBAIBAKBQB3ZBYFAIBAIBOr8/3V7a8K4WxmpAAAAAElFTkSuQmCCUEsDBBQABgAIAAAAIQBZwAHd&#10;3gAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9PS8NAEMXvgt9hGcGb3aT/CDGbUop6KoKtIN6m&#10;yTQJzc6G7DZJv73jSU/D4z3e/F62mWyrBup949hAPItAEReubLgy8Hl8fUpA+YBcYuuYDNzIwya/&#10;v8swLd3IHzQcQqWkhH2KBuoQulRrX9Rk0c9cRyze2fUWg8i+0mWPo5TbVs+jaK0tNiwfauxoV1Nx&#10;OVytgbcRx+0ifhn2l/Pu9n1cvX/tYzLm8WHaPoMKNIW/MPziCzrkwnRyVy69ag0sFytJyl2DEjuZ&#10;J7LkJHqZRKDzTP8fkP8AAAD//wMAUEsDBBQABgAIAAAAIQCqJg6+vAAAACEBAAAZAAAAZHJzL19y&#10;ZWxzL2Uyb0RvYy54bWwucmVsc4SPQWrDMBBF94XcQcw+lp1FKMWyN6HgbUgOMEhjWcQaCUkt9e0j&#10;yCaBQJfzP/89ph///Cp+KWUXWEHXtCCIdTCOrYLr5Xv/CSIXZINrYFKwUYZx2H30Z1qx1FFeXMyi&#10;UjgrWEqJX1JmvZDH3IRIXJs5JI+lnsnKiPqGluShbY8yPTNgeGGKyShIk+lAXLZYzf+zwzw7Taeg&#10;fzxxeaOQzld3BWKyVBR4Mg4fYddEtiCHXr48NtwBAAD//wMAUEsBAi0AFAAGAAgAAAAhALGCZ7YK&#10;AQAAEwIAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAA7AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAOQ6dQAsGAACbHQAADgAAAAAAAAAAAAAAAAA6AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAKAAAA&#10;AAAAACEAvQxnuPSeAAD0ngAAFAAAAAAAAAAAAAAAAABxCAAAZHJzL21lZGlhL2ltYWdlMS5wbmdQ&#10;SwECLQAUAAYACAAAACEAWcAB3d4AAAAIAQAADwAAAAAAAAAAAAAAAACXpwAAZHJzL2Rvd25yZXYu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAKomDr68AAAAIQEAABkAAAAAAAAAAAAAAAAAoqgAAGRycy9fcmVs&#10;cy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAAAAYABgB8AQAAlakAAAAA&#10;">
-                <v:shape id="Picture 3" o:spid="_x0000_s1070" type="#_x0000_t75" alt="A pair of metal tongs with a spring&#10;&#10;AI-generated content may be incorrect." style="position:absolute;left:2571;width:45339;height:28155;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBs3wIIyQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/JTsMw&#10;EL0j9R+sqcSN2ixtaKhbVYhW9IDowgdM42kSsMdRbNLA12MkJI7z9pktemdFR22oPWu4HikQxIU3&#10;NZca3g6rq3sQISIbtJ5JwxcFWMwHFzPMjT/zjrp9LEUK4ZCjhirGJpcyFBU5DCPfECfu5FuHMZ1t&#10;KU2L5xTurLxRaiId1pwaKmzosaLiY//pNCzt63rdb7vD6e6Jv4/Z+8vKbqLWl8N++QAiUh//xX/u&#10;Z5PmZ9PbscrGagK/PyUA5PwHAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAbN8CCMkAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;">
+              <v:group w14:anchorId="248699DF" id="Group 5" o:spid="_x0000_s1071" style="position:absolute;margin-left:21.75pt;margin-top:2.3pt;width:392.65pt;height:221.7pt;z-index:251835392" coordsize="49863,28155" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQAEFqfeDgYAAJsdAAAOAAAAZHJzL2Uyb0RvYy54bWzsWVtv2zYUfh+w/0Bo&#10;wN4ai7rLa1J4SVsUyNqg6dZnWqZsoRKpkXRs99fvIyXZiZ30jhbF/BCHl0Py8PDj4XeOHj9ZNzW5&#10;4UpXUpx69MT3CBeFnFVifur9/ebZo8wj2jAxY7UU/NTbcO09Ofv1l8erdswDuZD1jCuCSYQer9pT&#10;b2FMOx6NdLHgDdMnsuUCnaVUDTOoqvloptgKszf1KPD9ZLSSatYqWXCt0XrRdXpnbv6y5IV5VZaa&#10;G1KfetDNuF/lfqf2d3T2mI3nirWLqujVYF+gRcMqgUW3U10ww8hSVQdTNVWhpJalOSlkM5JlWRXc&#10;7QG7of7ebp4ruWzdXubj1bzdmgmm3bPTF09bvLx5rtrr9krBEqt2Dlu4mt3LulSN/Q8tydqZbLM1&#10;GV8bUqAxyrMkDHHIBfqCjMZx3hu1WMDyB+OKxdOPjBwNC4/uqNNWxRh/vQ1QOrDBx7GCUWapuNdP&#10;0nzSHA1T75btIxxXy0w1rerKbBz0cDBWKXFzVRVXqqvAnFeKVDNchTQPYz+N/cQjgjWAPsTs6iT0&#10;yIzrAiCckJZVisiSNNywmhgp5pqsKrMgjOhWAdC//7ae/OF+Ji8ezbngihk+I4UUhgtDGrYhU04q&#10;XDmlAPYTC2irlVWkU4tZs13K4p0mQp4vmJjziW4hCx2t9OiuuKve2dO0rtpnVV1bKNhybz3ovwfC&#10;ew6gA/iFLJYN1O1urOI1DCmFXlSt9oga82bKYTH1YuYUYmOtitdQ0N1NbRQ3xcIuXkKJvh0g2XY4&#10;jXdK2u1o4JlMV3/JGezOlka6u7mH5yBOaRp75B5Qx2GY+3AXe6DeQhM2Vdo857IhtgDdoa5bg91c&#10;aqs4RAcRq7qQ1oJuQ7W40wBB2+I2YdXui9iFvY9winowOGoHJv+se3+9YC2HlnbaHVDTKImjMKf5&#10;gNNro1g1XxhyLoXAvqQi7lz6Yeei9xXamdluZs+wMBxsGmfUD+LOwQ7egoZ+lKPRGdb5iYdNWlfC&#10;KsvGD5i0FmQFCAcpDsqKaVlXswGn7v3g57UiNwye36w7qN+RGixv99VZ3pXMpuZ2vlq85iWuMpwc&#10;7Rawb9JuTlYUgPQwr5O2wzqQ9gN7zT40sJe3Q7l7r7arfsLg7Qi3MnzCdnBTCanuU3tnirKTB+Bu&#10;7dsWp3K2cWfsOgDA74REmsU0ypI0+GZIDJOMRhQOF3ik1M+TJDgCEpfgCMg9pnW/a6R+lCQ+HBY8&#10;VveGf7VvDMMk9TPwJUuXwJUyeC/3LBxd5IO+9egid6zSz/0AL3a0ZZVfjUhwnchyHQvIzM8zUKIj&#10;II8u8iAYfcBFJgHNYxpSOrjIN9aT/SnXiHOAI8snwDWvLSE3azT3UYejHI7uHtBHBMJ52CMy96Ms&#10;3cMjjdDbk3P457QjmQ8Tyc/i5pZTJgjcHHXasvb7qaJZT9cu1gucijvqRJRETAAVdVs8qxAgXDJt&#10;rphCZgGNyJaYV/gpa4nFZF/yyEKq9/e1W3kQf/R6ZIVMxamn/10yG8bWLwRCgpxGEaY1rhLFaYCK&#10;ut0zvd0jls25BCXGeUE7V7Typh6KpZLNWyRVJnZVdDFRYG1w6KF4blBDB5IyBZ9MXLmLji/FdYuY&#10;uqPLNvx5s37LVNvHSAbAeCkHGB3w+k7WElkhJwjZysrFUTur9kT1+/HRMI+BRUqjbwjtjAY9Hw38&#10;IMsOAiQAOgP6XIAEehCjjFv0Q8GdDfe4iwuO4AZEf35w04wmYZLjxR/QvWUSE6Xk6lb072Km3pF/&#10;PPqnQRDmSR9zxXEahvsOPAbH2DrwPLa+/oMY131CYpuP6BzMB/MCQRaDyFhvYo/qgulFlwnQG30h&#10;TfeiGFbVT8WMmE2LNJFRFXJjNe91cUmZ3SvlSsfUwI9KDVhOkNA8SoGrvUjsK9GKpAMy2F2GIAki&#10;n+5nCPCVgQ4eOYVH7vjxwx75iNb/fSIrQVYyDuPkMG3wBWAlJXLu/wysqv8WQ9OUJhaVNmpLk+CA&#10;RyRBltrkts1gRzTyQQqPPtblgu/mbX+O3IL7FIYvgI4J9l8r7SfG23VHj3ffVM/+AwAA//8DAFBL&#10;AwQKAAAAAAAAACEAvQxnuPSeAAD0ngAAFAAAAGRycy9tZWRpYS9pbWFnZTEucG5niVBORw0KGgoA&#10;AAANSUhEUgAAAc4AAAEfCAYAAADIhCY6AAAAAXNSR0IArs4c6QAAAARnQU1BAACxjwv8YQUAAAAJ&#10;cEhZcwAADsMAAA7DAcdvqGQAAJ6JSURBVHhe7b0HeJRV2v8//3d3333brvvu+3N3dXetiPSakIRU&#10;0kMRG6KuDQsILipgoYcWenoyNTPJJJlkUmbSewA7dhQLYMMCdkVJAEXW7/+6z+SZzJzneWYmkCDl&#10;eF0fwSczz0wG8MM5576/twaARiAQCAQCYtD8+b8buXjuH/jr/nh2meaS3am/nv/Bhv9J37fpwpJ3&#10;N19oe3/j7zPfTP31gqeW/GGkRoP/0Gi0f7j03gUho1YsWzBhU1r6hK0bS0LSN9uCN6/PHL186WMj&#10;Hlkykr/vmYjsgkAgEAjOL8Yum3fJmNSl8yds8ZbZ2NQVC0Y/9tgw/vGeGGZrfr17zX/P+DTvbw0H&#10;dVfjJ/sYHC0PwrHyIBy3j8GXpqvxceZfn9788Pi8YQ8vNg9Pz3kpstCI+JpKF7UuoorNCMvNfHrI&#10;oytW/Obax+7TxC2eoolOv1J6nefna3739GJNn4U+EMguCAQCgeD8YPz42b8et2b5jHBDdkOkRY/4&#10;2ipvmVkLMFGfuyNo7cpZg+bP/3fpebQq1czL+2/M1vz+xGbNnEOGy7/82RGGLkcSupxT0OVIwWFH&#10;Cvt5tyMZJ6pC8U7uMKzNuhWTa4oR196ClI5GJLf30NGE5PYGJDU5MdFsxt8fXPWuZsqK7BE33r65&#10;/NFLN3608T83ea1iV/96wa7HfuNT6J70t3RlFwQCgUBw7hN9552/DU5bOzeyQPdlYksdktoakMIE&#10;xsmstR4RZt13wVvXbxqduvShoE3r2Kp0XHq6NX7dIyUb10858I4tBcediThSnYDvqhLxPcdhx2T8&#10;UBmFj4wjsMa2ALFtzUhsqUcSva4HyW0NSG6rxwSz6Yubl816unrlqE8PFozET+WjuFXsEBzM/fuO&#10;3at+N+u5BZr/4L83QnXruI/SVUJ2QSAQCATnPhNWr74x0mL8jORIwuIlJomMfowpK0JobgYiLQbE&#10;11SwVWkCrUirKxBVbMEs/SpUFNyGr+xJ+KE6XlWex0qCsFM3AbOrtiC6rU32etJrRtXX4m7Tcrxi&#10;noR/OWKVV7HOCHxmGPzd3o0XPv7OfM3vpO/L/9axf+n6Q3ZBIBAIBOc2I9csHxyalf6Mpxx5klvr&#10;kdRUg+jSQkSYtIitsslWpfTzxNZ6BFdWI9aUC0PBffjCnoSj1QkycRIkv0O6K5FTcCsmtbWy5/Kv&#10;y2hrQFBRMTIN9+PH6ngcrpLfj0R8vCYBXxkHH3p6xUUPSd/b3g1/mPu57kq2ddyttnUsSTftwsdf&#10;flzze/7z8YfsgkAgEAjObcauWr4gqsR8Qk2aklBjyqwIN+az804SJf8YiZT2BkQ11GFSQR5s5jtw&#10;tIpkJxcnya7LNAR24xRc21CG+NYm2b3Ya7c3IshWhsd0C3GgPAVHq+PZNjDR5SnR6hT85IjE7q2D&#10;P5n8j8nz1z8UsuCo6ZLPUBvNvvZ9VZLsPXhJ13T1obfTLriP/3z8IbsgEAgEgnOboA1rs6kQKLlD&#10;WYYkTdqSZSvNihKf0pRIaW9EqNOBmYb12Gm9Hj854uTCqk7GYetYtBtiMMuRi9i2Ftl9pNefWFWJ&#10;OcaVeM82FT87J+FTewoO2FNwpCoecE5iW8J0z67qFHxXOAIZC8Z8du29M77QbpiBD0qmguQpPUYR&#10;kq4zGu9nXbLnrRWaCfxn5AvZBYFAIBCcu4x59MFBIZlbG+LrKhW3aVnRzvZWRBRbMLFAj6RWudhU&#10;aW/E+MIiZOjuw4/Vce5VJ/1Iq8WjjiR0F4/Hdn0U7q3OwCQ1cbY3IrK6EjO1a7A59x5s1s3BUv0C&#10;LNYvxDrtPJj1d+D1kunsNY45U3C4aBQaNo46HrVk0fGrlm3CA+kPwWq43f0YtaKlLloBl4zCnrX/&#10;ncZ/Tr6QXRAIBALBuYXUpxm8acOmCRvXNYRkbf0yrrrcS5xxrc0I79iBuLYWxJdYELF5HcJLrYjY&#10;8ZTqypCnd4t1EQ6Wp+B4dRzgcK0OacV4sHIajpiuRrMpATc2lCC+Tb5Vy85Wm2sRUWhCbO4mRBRo&#10;MbqoFEGlNgTbyjDaWoqQAiNm6VNZQdLXlSn4sWQMWvKj8I/iDQivqsC44hJMMPU+Rq1oiVX72oPx&#10;7uY/lb8z/4/uAiN/yC4IBAKB4NyA79NMYH2adoTrcxFtNbOt2oSWBkS1t2NmXQHWFs2F0XQjjJvi&#10;YFwTDoN2GtKK5uAOZx4r5lE7k3RLT9piNazEvtKp+Kg8ha380rRzXStGwyNYn34zHsiah3hHOZLa&#10;Glm7i5c0PQqSoitsSGipVylIqmIFSUbLHHxpCcYzxkjc68xGbGe77DFqRUu0dXykYiI+yPzrU3uW&#10;/2YE//mpIbsgEAgEgrMftT7NlG0tiCo0IMKkQ3xHK1KanXisbCmaDbE4qL0K3bpL0WUZhu7CEeg2&#10;XIHP86/ENn0kVpYuxJSmKsXVJ23vxrc2IqG9GROrq3GPYSXydLPwkHEJws0GjLLSatG1YhxbbEOw&#10;xYIIo5YJMrGpxr3yPZmCpFiLDuWZCWgwJWNGXRHiSMbcY6hoqcx8B46xCl1enOHYn/X3nbtX/GYc&#10;/xmqIbsgEAgEgrMf1T7NtgbEVpUirMCA+KoSrC1bgH35w3DMPJxVrPLtG13ViThaNBrva4ci3Xo/&#10;pjVWIK5n5ena3t2O2NZmTG8sx3XNdoSVlmJSzhYkmnPZii++oQbJLbWu1eL2VqRsa2arTCo6YqvK&#10;EjMSG53s63E1lX0uSJpYU4vbsxZiUcFCTG6rlQUrsMc4HbhWuwHPFF0P1MS6t2xZb6l9At7d8mfH&#10;a4s0F/KfoRqyCwKBQCA4uwmkTzPEVoaH8+bgHf0IHLOFMon4at84Wh6J/dqhWFPyEKLbWhHZ3uGx&#10;vXsDbKZpqCqYBmt2Ah7YdBei9FnsnDLSrEdEgY6tcCMLTYhz2tl7otVvQr0DkQU6tvJM6mhmj6fH&#10;9qUgKbmtEdEWPaIL8pHUqvy9koRHm614aOs/cbA0GT84eypynVNwrHQ09qz5r3T+M/SF7IJAIBAI&#10;zm789WnGtrfi1soctOaG4VjhqB5pyoXJy5OSf57Vh+IB+1o8XLHaY3v3MhwruBqHjMPQmB6CBzLv&#10;RZwpBxGFBYgutSCmtBBRRS4pslVmqQWJTU4mzziHHWEmPf5Z8Cjuy3kQoVYri/vj37MaJMVoWxGr&#10;AE6od7rOSRUeE1lRiphVy6HdeBu+qpyKIzUp+NEZhwO5Vxx4Y/mvpvCfoS9kFwQCgUBw9jJjxox/&#10;C0pbk8vOCFX6NCPat2FD0Rx8rhvEtmJ5SarR5ZyMTw3DsS1zBHbpg9zbu0drJuO76hTYCu9FYkEe&#10;giodbMuUz76llWRsRan3Fm1HM0IKLVixaSZW5tyDEHuF6ipZCXpsbGUpW7mShJWeS9eiHZWYvHUF&#10;8lOjsTd7OL61TcQ3lhGH317/h9SXUzX/yX+OvpBdEAgEAsHZy+ilCy4OzdpSl1BXpSgRqlJNaG9E&#10;gflGdOsuZzLkBamGJM6DWRehyxbBVqFUbENhB3WWWxFvyEJ4bS07V+Rf1y2x9kb3Fm1MSSGTa1iZ&#10;DffnP455hqUIr/Buk/EHE2eVzSVOrsXG8zHh1VW4x7AML2jD8KXuSnxuuAp7N1740tuLNVdJn12g&#10;s0hlFwQCgUBw9jJq2aLLQrK2tiTUVytKJKGzBddVGFCZNQnHqHLWkSwTpBJUgfpNaQQ+0Q3Bl9YQ&#10;VkBE13+ojsObpdfgXsNKBFVWsUpW/jV5SJ7UjkIrT5JdpKMK84zLcV/2IwgpKVFdKStB96IQetoG&#10;pu/Zs73F8zHBZeVYqH8MH1VOxzFHIr6zheHT/Cv3P7150Lrk1fMfGrlpU/qEresDmkUquyAQCASC&#10;s5fo1NTfBm9ar6MJJryAaAZmZF0jojdvhGl1JD4rDGZpPp4RdkrQqvKoMwWfG4bgoHYwvq/uLSKi&#10;5xYY7kRIgUk9tF0Bkhm1xdBQ63BHNR42L8NDGf9EmKUASQHI132fjibX+amJioPqXePQuL8w0Ocw&#10;tqgYG7X3s9zbw9U94QeOWHyQNxjLcmchylmNuJ45pF6zSFetnBW6YIHXFBXZhy4QCASCs5uxa1Yu&#10;nWQv7m3pIKG0NyC+rgpBOfkYvSoNt2x6EEvy5mKdzjvCzjOejiTTm/wzGW/nDseXxmFAXQK71kXB&#10;61UJLAaPEn1o25UXmxpspWgrRJTFgHHFpVhqehSN5pvxD+M6hDmdPrd73fdoa0BCgwMTtTkIzd7K&#10;KnhJxFS5m9RW7/q+2+oRWV+LaaZ0NJtn4idHbO9fCkietgl4wTQRc5wZiOnsZJ+TexZpSx0izYbv&#10;gjenPT7+8dnuKSqyD1wgEAgEZzdjVy8ODcvN2EPiYCk6TTWYRMECJm3P2aIZE8ttCC6zszg7zwi7&#10;L+1J7MzyhCMW79imuJJ/dHOxWPcQFmXNwarsWbDo72Ki/dkxCR+WTcHD+scRUq5cmKMGPTaushRh&#10;RUUYozMiW3c3jlVEobjgLkQVFSCiudlnLyd7reY6RLPVphYxtiJZ5S5F98W1NiK8qADZpjk4VJmI&#10;bm5Ema9RZ/QatFqNspoOBaetck9RkX3gAoFAIDj7CUpbOy+61Px9Uks9okuLWBoPrUJJCL4i7ArM&#10;9+KjshQ0Fd6MufqlrM1jVFEpS/6ZUGbHmGKbW7Q1llvxesk0PGJ6HKH2vouTKl2naNdhzebrsDNz&#10;FL7VX4m3cobClJ6AW4yrEVFbi/iOFpfAPKEe0LoqRFqMbJVJP2ffk0flLv0FIaKoADGFBqw0LcD+&#10;ssn40SHfjvY36ox9T20NCMvL2DN+9SI2RUX2YQsEAoHg7GfI4sV/nJCxeUO4If8QbV8GGmE3xZyN&#10;B3MX4hpTOsbZq3xmxcabcqAvuAeL8x9EcHHfi3qCyyuwIGcePjSMwvfm4fi0YAy+NA7F19orsCNj&#10;DJbk3oX4EgPG26sRVV2BWIedyd91pkmBCkaws1z+TLO9EYkNDow36DE3ZxHetU3BcUecV8i718QW&#10;61h0GCdhljMXsa3ySEG6H7W8jE9LZVNUZB+2QCAQCM4Nxq1Yem1I5uZPKdjdlzQlqHgo3GrBmLx8&#10;xNQ5fJ4zkmgjG+ow3ZKJG7Y8zmQW396CRJX0Hh53wY5uLn5wJqHbI+bvcHUSjhaPw7s5g2HamoSF&#10;+kWYqU9DtDbTvd1MW8+JzbUyabrv396ICGc17jatwSvF1zJxys9tU3CwYiqOWsfg2fwJuMuezsIh&#10;lO6VUF+FCVs3lU+YP/93sg9aIBAIBGcv7hFimzekjU9b82SkWf9jIFWqJCA2vNqsY6srqTjGFxQS&#10;P66+DZH5mZiek4opVRbEU9B7xw7FMHjP11It2PHcQq2IwVfaK/GhcQzW589GiDaPVb6ye9D781fF&#10;2zMfNF13H05Ux+Ffnue20sQW/SPYkHMHFqy5BYnGHCS2u7J0+febWO9AWG7mU+OXLx8h+9AFAoFA&#10;cPbhPULMwLZmww35iC52jQ+TSYWXGRXBFBoDyopNaG3sGUVmxhrrPBizk1GyKQy23ASYCm5EWuFs&#10;1VFkrCioucFnwY6nPL8pmYgu/aXYlDkTo0oqXCHxCu9JCVop0nxQEiSdcTYXeZ/bSjM+x5bYME5v&#10;RGheDmJKKA6wd2KL9J5p6zcsN2vnyBUrxsk+fIFAIBCcXfAjxEiC9D//KLMeMeVW1e3MXlwrrEja&#10;Bi0y+cyKpYkoKU0O71Fkhitw2DICXQXD0K2/HJ9ruVFkHW1I6SnqiWqoRVihGSuM6gU7nlDV63eG&#10;QUjfkoKJdmoz8f+XAAn6vmmwNYUrbNbNQYopQ/Hcln2/bfVspe0VB9iz8qQgeWrlmZCxxTEqddGF&#10;sl8AgUAgEJxd8CPEpG1XdhZI/Zx+xEm9jjTkmrWqeIqWxOGxbUkrzeRmJ9aWPhTYKDLdMGyx3IuU&#10;yiKEV9pZgPs1pq3INN6P9z0KdqRCHYLu5y3OyThsGY6SjBhMLTchoV19C5iHvo9JDjsSczcgVpeB&#10;yLoan+e2rrPM3jhASZwk2djqcoxbs4pNUZH9AggEAoHg7EF1hFhzrWtkl7V3q1YaOE14zq0kcVJ1&#10;KhNtRSkbdk3SSGxwggIGaOuW5BHT3o7Hy5ZgX/7QwEaR2SPxQd7VWJJ7N8INebhvy1y06yYDzliW&#10;OMQX6hywp+BIVbxXkhFF/XUVB6E5PQi3WtIQ09zI3o9SQhAPiXBSuRVjcvMQVlkZUEADPUeKA4yt&#10;tLnDEMIN+QdGLV7MpqjIfhEEAoFAcPagNkKMJMFmYZp0iOto9Ro4fW2DjQUD9BbxkERrQWejEYY8&#10;ds5H4mBhAj2zNEOLinCzLRMdhhgcKxwZ+Ciy0mA8mxuEe3Lm486cR5GRezusxjvxeul0vG2bhmLD&#10;bR6FOgtZCpFnktExRxK6SiagPX0cbs56BBMs9N56Z3tKCUG8AKXPIKzIjBkZi3BPVQYmtbfJzlyV&#10;IHlSohF9HimdzZRw9FPQxnVrx8+ezaaoyH4RBAKBQHB24GuE2NTtTRiVY8Tla7JxU0Uu1hY/wAZO&#10;l5mmwW6cCpPpBlcRjyOftWAktDawvNfQrC2ItOgRZTF6zdIca7FidfYt+EJ3Vd9GkdEZpe4KZORe&#10;h/HlVRhdUo4JRj1m5y/GA/olCC/QeRXqUHSfZ5LR11WTcbxwGCrz43FNcTYibD19nF6zPb2LeZj8&#10;qHK3oZZtDVfnJmOnIQwrpDNXHxW/kjgpDpBF+BUV/BySvqlw+LKFf5M+d9kvhEAgEAjODtRGiCW3&#10;1iGurRlD1uXhpodvRos2Agd1g9nA6e9NQ3DYNNRdxLPDEInlJYuQYNVjotnAtmqpwMizeCapoxlx&#10;rQ0w6K9jz+vLKDIpmaeiYBqua6lEQkczomxWjDcaEFphlxXq8ElGxsL78VnulSgw34R46rH0NdvT&#10;XczjWbl7P76riMePRaPwvnYo0q33Y1pjBeJ8rDzZGbHDjonarO/Hp63NH7to0SWen7vsF0IgEAgE&#10;ZwdqI8QSaZvWZsP8tXfija1X4UfrSHRVKhfx/Fw0DMXZUzBRn4PYumrFoIS4tibcVGdBjTEZh820&#10;TesaKRYIdEZ52DoW7YYYzKrJR7i9HOFGLeLrAksySizIxeasm7CkfCli2tq8BedVzGNxizeqXl65&#10;y85cyyOxXzsUq0seYtvWnue8Xvel8Pi6SoRkpX89+pHHr+U/d9kvhEAgEAjODtRGiMV0tONh0yN4&#10;M30wjtsnqhbxUAHOW2XXYY4xFSGVJDLlYhtavd5aY0SDIRGHLaNPQpxB2GGMwV0l6xFiMSO2osSn&#10;NCWoAjbKWYUYQxYm22ncmHyVKBXzUCtNmNWM8SWlLFgh0zjHq3KXvRc6cy0Jwk7dBMyu2oyo9g7l&#10;YikqKrKXICwv60RYfvbT49euvMNztJjsF0IgEAgEZz47duz4c2dn58z7DdoXPEeI0fndbU4dOo0x&#10;+ME6ymcRT6CzNBNaGpDS7ESR6Vp0GQb1eav2cMFw1JinYophM8LMJr8BC56QzCMKTZhoMcraY3of&#10;08iKgKZnLEOabh5azTexYAU+n5ZgZ67aK5BhuQuR7R24ptHuXSzV2uye8RlZoGX3j7QYvUaLyX4x&#10;BAKBQHDmIYly27btus7ObXt27HgSL7zwEhw7tuN6C8nINXMzomMb1hfOxufaQT6LeGiYs9osTaW2&#10;lcj2Tmw134FvtZcx+fD3U6ObJKu/EtqCmxFstiC8KLAkI08pUqFORIEW8Q01SGhrUlwhTigrwyLt&#10;IhwsT2Z/IeD7Qd3ft2MyDplHYlv2OBhMN8JmusarWOrOGi2iG+oRajKwwijX+WuT12gx2S+OQCAQ&#10;CH55lET5/PMv4fXXd+Odd97Dhx9+hI8+cmHoaEdSmRXJHc1IaG9mEujW+S7ioR7K92xTe2ZplrsK&#10;alqbVdtW6Prsys3YqZ2Ao8VBPleyvZJKRndZJHYZJmCRZSGizfmItNsQvv0pv5Wtbim2NSCqyo7R&#10;lhJEOapxbVOFrJ2GHjOxqgJzjCtZG8sP1a5AdyVo6/jL4jAcyLwI3+ZchMMFQ72KpbabYvBYzj0I&#10;zcpCWFUNUtpoGLb3aDHZL5ZAIBAITj/KonwRr722G/v2vctE6YkkzY8++hhv7HsHa+prEW61YmZ9&#10;IWoLUvwW8ZA499imYb5hCSZUVCG6cxtm1hVgbdFc5bYVZz4i2jpYYc1HuqE4WhHj8/7sa9VJ+Ew3&#10;CM9mXIUybSJKsuNh0F6DtKI5qlm2nlBSUXRHJ26052F55q3Q5V+DsgLvFSLdJ7ajHSEOJ+42rsJL&#10;xdf5FedX1lAc0A3BN7YIdDunehVLHbOOxr7MQVi+8RbE2kpYFbC0qpVGi8l+8QQCgUAw8KiL8nUm&#10;yv37P3Tz4YeEkjRd4iRe27sHW1vbMbtwq6uIp2iMT7F1VSXiUFUilusfZhNEFleu6M2eVWhboezZ&#10;xbbFmFFfhPyiO/Fp/pU4UhrKVrX0OqwIiOiR0KGyGCanD/MH4QvjMHxXMAxd5uEs1/bzfC7LVmH1&#10;6ZmJ26SNwYG8QThiuFzxfaWWPYqwkiLMNyzFh+WTcVRlm5Z9347J+NwyDp9oB+Pbshh8X53sLVbH&#10;ZPxQGYX3cq7GCvM/WWEUbQu7Knhdo8Vkv5gCgUAg6H/URLlr1+vYu/cdfPDBfuzfT/QKU0ma/GqT&#10;+PjjXlpeeQ07iu7EsdJRPrdqiX8542AyzsLCzLvwjn6E3+zZD3RDsb74QVxv2Yy1ebfhFX0QDuuu&#10;QJdlJA5bx+NwcTC+KQrCQcMIfJw3CAd0V+MbWyS6aqYq3k+tr5LPxP3B3/syjMCyrNuQb7gbRxyu&#10;7Fv+e3WL0zkFB/XD8En+YLYi5r/OIHmWBuF5fQhmV25BdFsb266VRovJfnEFAoFAcOooiXLnThLl&#10;a9i7dx8++OADJktPeGkqiVNptSlJ88O3n8cnnen40BKDr2laidN7xekZpk4/P+pMxmvGcLyaNRRH&#10;bWGqbSvsuY7J+Lk8BCV50zHBoEVUjQMPVK6HwXQT6o2JLEihTT8Jz2cOxUfpf8HnBWPxXWWC6qrX&#10;V18l9Wv2LRM3Cm9mD8Oz+eFsCLZn1q33Y1NwqCyaSfNz8zjV90aQoA/prkROwa1sS5mmskijxWS/&#10;2AKBQCDoO8qifIGJcs+evXj//Q8YLmEqSVMuTl6aaqvNjz78AO8/ZcTBqpvwheFq7MkfjZe2DkdX&#10;mUuGSmHqR6mqtiwMn2qvwrdW/8U+dG74lm26u+eTEnykPsiba03srPHx4kV4Inc8visaj27nFFXZ&#10;SXj3VbpWdqydpkaHDn10nzJxu0pD8U7eUFhzr4HWcK8765Yqh9kElh5JHjQMw0HDcCZ1X++P3dM0&#10;BHbjFFzbUIaEjhb3aDHZL75AIBAI/KMmyldf3YW33yZRvu+BS5q+xam02vQtTcYH7+L9zq34whKE&#10;nx1hOFGbiKdMM2BdFYn3cofgRGUE3i2bBqvhdq8w9VX6h9GcEYqvdIPUtyw9UOv5pFUinUdO2PYM&#10;Vlnn41Pd1a42GB+tMJ64VnZXINf8D8S2tyFi2xPYUDSHnYP6aqfh6Xak4Gv9VUjNnIExBUW4S7+K&#10;Zd1+VZmE4zXJ7DzzoH4oDuiH4duyaFbxy9/DE8/Eo7scOYjb1uEeLSb7zSAQCAQCOb5FuQfvvfde&#10;D57C9BanujTl4uRXm2pbtB88bcKX1mAcd07C4eoUHHcm4BnT9Viy5FaUrQ5Hkz4Z80wrMLFA7w5T&#10;D7KVY0SRDVszpqHbcKXfs1BfPZ8ErTontTXDaLrRbxsMD1vZFQxFuT4Fk52liKithUE7nRUR9fk+&#10;piGoNF+D6Y12jKuqQawpDzrDXfjQMI71tR4wDMehsigcdSThSHW8aq8nu5+UeKSPxL3OLMR2trtH&#10;i8l+cwgEAoHAvyjfffddD1n24l+a3uIMRJpKq012pvnGE3jfmox/OcLdW5HHHAl4s3AKHlxyH25Y&#10;Oh/XGNdjfEW1V5h6fGcrbm60orZgMg6bR/g86yO8ez7t7lxcqe8zqr0dtzm1qDMk4DAVCvm5nwTJ&#10;qbt2GrpKJ2Bb5tjuOzIf3BWfsbKpcev4946U+D6D5GFzO4vGosUYj5trzYja/gSiGhsQbchG/rqJ&#10;+Dr/UqAmFj86klRnf3rdryfxyGmajJuabIgoK3GPFpP9ZhEIBILzESVRPvfc816i9IQX5smvNpW2&#10;aANbbb7XshrfWIajy2Pb8agjAR8WJ2Ph+rkYmqlDTEMNC0z3avXoY/asZ89nmN2OxPZmJkup71Nv&#10;mgGHdhJezxrMqmr93Y/OFukx35RF4aBxBD7JvRx7Nl/c/cyGS19/evWfW97dfOF735VSUZC/+/RC&#10;4jxUEorXswdDq78W/3DqXf2ddU24MefxE6U5U05UFfie/UlFU1JEX7djCg4bBsFgvhnhpaWYkL7Z&#10;PVpM9ptHIBAIzgfURPnKK6/irbfexjvvvCOTZf9LUy5OXppqq00mzuq5OF4+Foc9tjQpn/U5y3X4&#10;R/4qhDsqFIPb+5o9K/V8rtb9EyNLKjC5rY71V3r2fX5nGoaPsy7BpybfbTAkuO8q4/G5ZTw+1g5m&#10;Fa4HDMPwZeFYdBWPRbd1FA5k/83vfXhYf2ZhEA5m/xUH8gex/k6avzm1xYkJVuuJ+MzVJ2JMeT5n&#10;f35lT3KtPqtT8IM9Em+ZgjE/fdaBwVvy0zxHi8l+MwkEAsG5CC/K7dufYKJ8+eVX3KLk4YXZN3EO&#10;XEGQJM4PymfiaHmI18qMqmfNhjsRajYisU0eiC7R1+xZOGKRq78X400mrC1bwPore/s+p6K75hoc&#10;0A/FJ9qrVVeK1CpC0vzMPIb1eVJBE5OeR3/mEXafYSygQO0+Skj9mRS60FWd1NsnansACcV69r5j&#10;652Y3NmsOvvTUHAfvqxMwYmaeHxqGPZD2abg6tg1D03XaFL/P8/fS7LfXAKBQHAu4EuUb775Fvbt&#10;28fgZdk/0uyf1abaFq3EftuNOGrv3dL0V8TjCfVKzqncxFpBAsmePV4dj23FtyAr7ya8oR0l66+k&#10;9/CVNQQf5w/G1yV05iq/Hz2GUns+zh+EbykYgb1v74reQO7DQ8/h+zPdfaL64VihuxehFjPinBVI&#10;bpWvwKXZn5MKtLAZbsZB42g8s/Zvn734+K+m8r+vCNkFgUAgOBvxJco33njTLUoeXpgnI07/0uy/&#10;giBP3q+egx/Kx7m3NNWKeJRwtZE0Yl3xP/Ehy56lFg31FR5NOTlYEoUPc69gfZqKQqtOZFusn2iH&#10;4LuKOK+VLG3RflMawVaSXxQFs61V2fMDuA+P9J6V+jNdfaLBeDZ3HO7QLUG404FklVU4zf6c6KzF&#10;bbpleHTxdJQsD+s6ari45c01v7vzuQUa9yxOQvabTyAQCM4GlET57LPP46WXXKLcu3evB3Jh9pc0&#10;T261qbRF27fV5scff4L3m5agy0rFQb3ilIp4Qu2+xUlQVew1DWUwWm7Fp9pBOFoaopg9S9LsLovC&#10;p1l/xQHtVew6LzAmKirQscfioH44W/19TavKnvtR7B6JjbZy/fWN+rqPUiaur/5MKQEoK+8GRNbX&#10;IUlhxSlB27cRJRZMXLIUFRk3AQ1h+Mww+Lu9aRc+/vLjGjaLk5D9ZhQIBIIzEWVR7sRLL72M3bvf&#10;wJ49e1hCD+Etzb0yYf6y0pSLk5dmIKtNEuf+l+uw3xyJ485oVtBC541UxLNKNx/jrLYA5l7WsqSe&#10;G+us2Fw0G6/oxqOL+joto9zZs4cto/C9fhBe1QXh2Ywh+NI43GfRDpNeWTQ+NY5g26107vhFYRC+&#10;KZmIj3Muw6cGigJUf778PiPxUf5V+MwwHF8XBeOr4jAG3ZMycUmstNp0SVO+MnX3iRomY1p9OWJb&#10;5YHynuIMKy/DP9IX43nztThem4zjNQn4ynT1obfTLmCzOAnZb06BQCA4E/Alytdff4O1iBAuYapL&#10;8/SuNge+IEiS5iefuNjfuRlfFY7DDzUJLACBinjydbMwzlyIJIWKWiVInjQ+6z7TYydyN8WeqNPH&#10;Y7sxCk/oI9FoSIDWdAuWWx9CrSEB35NUFQTlLatktqqkLdkD2qvxSd6V2Jd5GfZlXoqvCgNpV+m9&#10;Dwn0c9MIvLHlb3gr8wp2L3bP/KvZ6pWqc31m4tLqtGgcOvVRbJ5odFu7e44n/znQCj28shL36FPx&#10;sjSerDoFPzmj8X7WJXveWqGZQL83Zb9ZBQKB4JdATZQvvkii3M0qXyVZqklTLk65MAdOmv2z2vS/&#10;RfuxW5rEx+/uxgd1C/CFcSh+dMTgRE0SniuZgZuNGxDmdLKzO14QPHTuF9tYg5H5+hMhBu2Jm+sK&#10;cI8jE/dVpbN+z0mtLbi+rhj1xqSA+j57xeeqlP3aPAZPZ4/C0zmj8S07Hw3s+dI9vi8JxdO6UGzP&#10;HoMvDEPwdWk4m7ri+npvgZISJM5vi8PwVs5g1OVFwFAwwz3Hk58HysRZXcXmer5c0jvXk7bCu0pG&#10;Yc/a/06j36uy37wCgUBwOlAS5TPPkChfcovSk7ff9i9OfrXJC7M/xelfmt7iDESaSqtNXpqeq023&#10;PPe+jA9aVuNgYRR+tI3GTxXBsBfcjCSrDrEtjT7POulrcS0NrsduWYWI0iLEd7ZhUlsLEwtNLSG5&#10;9KXv0xOSDm33VpimoUyXhO+MV/fp+UyM5pGoME1FOT3fNATdNVN7zlnVhSnhmr85Hh/nXIpvDUNw&#10;xGOOJz8PlLZqg8vKsVD/KPaXT3HP9aT38IM9GO9u/lP5O/P/+DvZb2aBQCAYCHyJ8rXXdrMWEYIX&#10;Zq84+ybNM2+1qbRF29fVplyaxIEDBxj7d9rxQc18fFpxA/YUX4c1hgWILtQjsUcKJEkvOpoQVV+L&#10;iCITFmgfwX35SxBuL1MUbV/7PiXYlBTdlciwzMImyz34Rnt5H58/Gd/rBiHdcvdJPd89f1N7tWvl&#10;6GMeKJ0Jjy0qxkbt/ThWHe+e60mSPlIxER9k/vWpPct/M0L2m1sgEAj6A2VRPocXXniJDW+WRMnD&#10;C1NptdkrTXVx8sL8ZaUpFycvzZNdbXqKU+KjPc/js9fb8NrzdVhhtyFGp0NcZQlia6sR6ahm25Eh&#10;FXaMs5Zgmikd+abZeKroejxqeky1GrevfZ9MOI4UHLNNxBvaMXjAvo5NGXleF8JaRAJ7fjK6yyLw&#10;unYc/mlfizsdudip7dvr8/2dvV/zngca19GCyIY69nk0m2fiJ0ds72OZOMOxP+vvO3ev+M042W92&#10;gUAgOBn8iZJaRCR4WfZFmmfeavP0FwT5kqbEwYMHGXve+QCzsq2I25SP2eYc3JK9+KdZxlX4p2Ep&#10;1mvnosV8E1tZHauOQ6qPaty+9n3S17qr4vCZfghyCu90V/CuK5yL9/OGoqtykt/n049fGobg+awh&#10;mF+5DhPbt2Nd8QMBvz79qNTf2fuYnnmg+hDcU7kF462lyDDcj0OVCej2mJzCHmefgHe3/Nnx2iLN&#10;hbLf/AKBQBAISqJ8+unn8PzzL+LVV19jLSKesjx5cfqWplyccmEOnDT7Z7Xpf4vWuyDInzglaUrY&#10;217AA5n1yM/4J3bmTTjxUun12GubxtpXfnLEsR9/DqAa19X3WQ4D6/u8CkfLwlT7K4+WheML/WCU&#10;FlyHG+uKXIU47a1ILDXBnJ6Ar7RX4htbhOrzXf2Zw1hbyxc5f0d24Z2I7NyOa5orYbLegc/0g3HU&#10;ptx3Gkh/pwTr8zQORtrW6ZirW4b3bVNY3q/XY5xTcKx0NPas+a90+r0v+8MgEAgESiiL8lk8/zyN&#10;2nKJ0hNelicnTf/i5FebvDD7U5z+pXn6CoLUpKkkzg8+/Bip5maseSgSKBmE4zVJ7AzPcx4lyeJZ&#10;6/WYaUjzUY1Lq8ZW3FhfjA262/BC5nB0Ga9CF40S8+j7PKwfhN3aMci13I6bai2Y1NaG5JZapHQ0&#10;YrS1HOtzZuGQaSg+yb+qp89zPL4qDlXszzxUEYtuywiUa5MwtaIAoZXVmGLYjHUZN+HlvLE4rKe+&#10;U9frdxUH47uisfjcMNzVQ+qjv9NzNfmtZSQ6t4zBS5Yp+MkZ756QwqhOxo/OOBzIveLAG8t/NYX+&#10;LMj+cAgEAgHhS5SvvLKLVb4SvDB9iZOXpS9pBrLa5KV55q02lbZo+7ralAuzL9KUqGtrRuW6aBy1&#10;KbeD0HYtzae0mu5CjFmLmKYG2TgyidiONkQ7KnB37gJo869FQ0Eythsi3X2fRtMMLChbgeTmGiZN&#10;Ei61vLjOEDPQXHgLjjvi8WVRMCvaoRg+14/y/kxa7ZEUW3Mm4mbdCoQUFCDEYkZkeSnmla2FoWAm&#10;6o2J2GGMQqc2AtuzJ+D9vCE4XDgG3/vo73R/39XJ+MIags91g/F9aSgTZe/XUnCsJhlfWYb/tHf9&#10;/659OVXzn/RnQ/aHRSAQnJ/woty2zSVKGt788suv4rXXXnfL0hNemGrS7Ks4+dWmKAg6eXHS/d94&#10;oQNvm6d5hcLz0Cr00/IUbDY9gIkFeoTX1qhW48Y3ODDaYOoOMeq6b6414d6abHffJw3Njm5vR0JP&#10;vB09h65FWPTIMtzH0o26q6VzyCTWkyklAvH9mWz71RqE7doI3FWyHlF1NUzESe2NiGrvQHxrI9jr&#10;O7NwR8kG3Jz1CDbk3oe3y65ncqa/DHitIBXESa9LU1WoP5S1z/Rs9/7oiMVX5uHYu/lPhW8s07BZ&#10;nITsD49AIDg/UBLlU0+RKF3B6CRKnl9KmmfeavPMLgiie9JnRbNFn376GTQ3t35bVlT49JNpY9/w&#10;DIXnIcHQPMr95ZNhMN2N6w0bMbaoBCH2SsRUVyCuugyT7CWIshYgXJ+H4E1rDwZv3XQwzFqIqLpa&#10;xHZ2IK6jFYltHrLtaEJCXRUmFBXjgfS7sc8QjJ9quCId6XyyB88iHhLoYfNwOIwpmNFQjPj2Zq/V&#10;r6toqRmxne0It9sxRqvDRJMes/SrvGZsqsmT7v+FZTw+016BLlswjlRG4lhFKI6VjsHB3Ms/3rvx&#10;f9e9skzjnsVJyP4wCQSCcxO5KHfgqaeecU8Q2bXrNS9ORpr9J07f0pSLUy7MgZNm/6w2/W/RBl4Q&#10;pCTK4mLbk2vWrM1PSkqZo9FophDF9/za6hkKrwaJprsqHk8U3YCN+gfwUM6DmJ63GhPNRkQW6BBp&#10;1iHaakZYdkbXRF12V4ytEBEmLaIKTZhUXozYqjLEVpdjkr0YUUUmRJh0GFdSjq3aGTisuzSgVhIJ&#10;6uP8Tj8IOtNM1mtJouS3jgkaoRZVaESUWY/E1gYEV1a7Z2x+YU/C0ere81xPuhxT8JV5FPZt+OPH&#10;H2b+fcf+zEte/DDj4qa9636f+drSX01N1Wi8ZnESsj9cAoHg3MCXKGmCyKuv7nLTV2mqiZOX5clJ&#10;0784+dUmL8z+FKd/aZ7+giB6Hn1O/kTJMzvy3x7dvfHvnxzvCYXnJeLJ4aoE/KsmAcdtoejMi8A9&#10;hamIclQjvqbCJSraKrUYEF1iYdKilSiTqgKTyqyIaW3B3OotfezD7O3jXGRbznJmeWG6t4LrqhFB&#10;r2UrYv/dO2MzDzbzHTha1Rto4Kan8OejHCr8+c09b6f+ZvgbK34dtHux5nL+z5MnsgsCgeDsRE2U&#10;Ut4r/U/WU5aBSlNJnLwwfYmTl6UvaQay2uSleeatNpW2aPu62vSWJT3/ZESp0Wim9vyYotFoEjUa&#10;Taz1nv/K/MJwdbcUCs/Lqldarj5MyobVF96GKS1OJLY1Ibm13iWq2iomxZhyq+sclKpwW+sQX1vJ&#10;tnTjqmxuySa3NyCxtbcP9CPdMBytjFE9a5Ven36U+jgfrFjLzjSVpJnUXOdabRYZkdRc27sKbW9E&#10;qNOBmYb12Gm9nrXeeN7/qDMR31iG/UCFP5Wpmt/wf6bUkF0QCARnB0qifPJJb1F6wgtTSZpK4uSl&#10;qSZOXpgnI05+tXm+FgTR8/pLlBqNJkqj0UzUaDQhGo1mfMwgTdSOxf9n/cZwZfcxe7hqH6RSH2av&#10;rOoRX1PpWk3ai72ShiSxMlq9t1XpLHJ6QzmM5pvxUf5gfGdTf32lPk6q5qWiIK/z0/pqRFpcW7QJ&#10;dZVe74XR3ojxhUXI0M/GcUcCuh3Jru+vPAJfFQzHrs2XVHgW/gSC7IJAIDgzURelK52HzikJXph9&#10;EScvTSVx8sIcKGmeeavNgSsIIuG+9dZb7NePdgn6U5QajWa0RqMZodFohmg0mkEajeayuWM1Iy2p&#10;Yxte1gWz0PYj1tHoKgnC4eIJ6CocrdqH6SWk5lomTioUUkoaUqYWcR1tmFyqhSUjEQfzBuFTQwB9&#10;nIUjUJKXiDibGSHVDhYZGFphR5C1GEFmC8KLLEioqZBL0x3cbsdj+Q/i0+Jw/GAdicO6QXjTMB7Z&#10;xltx4/p5qfyfNX/ILggEgjMDZVE+7Y6xk0TpCS/LvkhTSZyBSLP/xOlbmnJxyoU5cNLsn9WmJE16&#10;Pn0OLlE+PeCi1Gg0f9NoNH/RaDQXajSa//3vO+4ZOS4rs21e+VpkZ1+H0rRwdOSG4QltKOq1sQp9&#10;mLwA65gsoyx6dq6YpCAsNSgEYaS1HGu0D+BQ0XgcDKCP87viIDybPQYrc+/FHaZ1uMu4BvONS7Ex&#10;8x9Ykj8b0+ttiO+Qz9dk77OtAZHVlbgtfykK18egNiMCJvMMLKxYhQRnOUZk5NgmzJ//O/7Pny9k&#10;FwQCwS+DL1FSjB0NcJbghdlXaSqJ05801cTJy/LkpOlfnPxqkxdmf4rTvzS9xelPmvTcN9988xcT&#10;pUaj+b1Go/lPjUbzG41G8/+NXbV8QWSx5UTM9m2Irq1DeNp6JCx/BLdkPYqbSjNYO4lnH6YibQ2I&#10;rSpl1bRxDrvrjJN/jJLE6mtdQeqWmThRQ+eN/vs4aTV6QDsY+yyReKn0BrxQfB322q5Bly0cH+uH&#10;YXXpw2z8mVLFLb1mnNOOkC2bEL92GW605SGxrQExnZ2Ib6hBeG7mU+OXLx/B/3n0heyCQCA4PaiL&#10;0hU6QOO2PGXpS5p9Fac/aSqJkxemL3HysvQlzUBWm7w0z7zVprc06R4kSqpePhNE6fn7bsaMGf8W&#10;lLYml4p4aNWY0tmEsMoaXJJWgEFrshBZVoKkTu9eSVVa6xFdbGZnjIlNtT7lyQTW0ohwqxnZpjk4&#10;VJnoDlL31cfpmqc5jq1KD5dH40dHAn6sjnNFBtL0FQpp103A7KotiFZYHdN7irVbMTY9GyGllWzW&#10;aEKL64w0scGBsNysnSNXrBjH//n0heyCQCAYGJRE+cQTT7N0HmoRIVF6wgtzoKSpJE5emmri5IV5&#10;MuLkV5tnY0EQPY++b/o1OtNEyTN66YKLQ7O21FEogXQmOKWzAZNqnRi7NZOdW1IVLC8gJaj4J7Gx&#10;BhPNBozT6xFV61RNGqK5nyEFBizT/hP7yybLgtTVcM/TzB+M76vlg6tZSLvuSuQU3MoKmKh61/M9&#10;Sv2d7Ptq6/1aclsj4imYIWOLY1Tqogv5z8kXsgsCgaB/UBblU+5eyhdeeNENL83TKU5emkri5IU5&#10;UNI881abygVB7777HvsMzgZR8oxatuiykKytLVSN6llMM7mzkW29hhvyEB/w1ms965W8oWALluXO&#10;w82m9a6koXI7wqsqubmfGdiafxd254/HEZt67J8n9Bi1eZq9j5mMLtMQ2I1TcG1DGeJbmzzen7y/&#10;01OoFNIwbs0qNvGkL8guCASCk8O3KHeycHTCU5hq4uSFOVDSVBJnINLsP3H6lqZcnHJhDpw0e8VJ&#10;z9m9e/dZKUqe6NTU3wZvWq+jdhJZNSxtvZZYEGk2ILHJlVPLy9JTSnHNDQgvKkCuaQ6+qUzEM0XX&#10;Y6NuLubrF2OWYTUr4nnAsITN/Wy1zGTbs18brsLH+VficGWcogg9pUnTW74wDMWnxmGK8zTZ41iW&#10;7Vi0G2Iwy5HLZn5K70+tv5O1zLQ3ItyQf2DU4sVs4klfkF0QCASBoS7Kp1kvJWW+SrI8VWmqiZOX&#10;pS9pKonTnzTVxMnL8uSk6V+c/GqTF2Z/itNTmPRcEiX1w57tolRi7JqVS1n/JSdGtvXa4GAxebS1&#10;SQEGSluvVBkb3VCHsCILVhgXuLdeTzjiWKj6PttUvFR8HSvi2eOe+xmLI84UfFEUhD2Zl7GxX0dK&#10;Q1X7OKmPdH/+ULyeNwafl01Cl8o8TZc4g7DDEIV7HVkss1bKx1Xq76TvkVabMbbCn4I2rls7fvZs&#10;NvGkL8guCAQCZZREuWPHU+7KVxKlJ7w0lcTJS1NNnLwwT0ac/qSpJE5emL7EycvSlzQDWW3y0hzI&#10;1ea+fZIoXzonRckzdvXi0LDcjD20wpTJs62ebW9Sf6Yrf9bI8mepcpYEFO+wIaK0ENO0aUjX3o33&#10;y6YyaUoh6l09U1aogMddxCMVAZH8rBPwpHYiDIbr8YIuBId1VyjO83xDPw7rcm9Buu4efFRxDbqr&#10;42XSdN1zMrosI1Cljce1dh1iah2u+L9CA6KKzex7IVFKZ610fhtdWogJWzcVDl+2sE/BBxKyCwKB&#10;wIWyKJ/Ek08+xURJ268SvDSVxMlLU0mcvDAHSppK4uSlqSZOXpgnI05+tXm6C4Loua+//vp5I0ol&#10;gtLWzosqNn/PZML3YdJ/t9a5BGQxsK3Oibp8jEzb8vPVKzdidI4Oabm34hvTMDbpRG3yCI806aTS&#10;NBU31Fsxp3ITDKab2DxNfp7nQnsqwivKcKcxDa+VTMcP1crFRN3OKfhePwg5GZMRnJ//c3Dmlt3j&#10;0ta8H27SsuKfpKYaJDQ4WcJQrMOOcKP24+CN69PGLlrkNfGkL8guCATnK7woOzt7RUmVr5TQQ3gK&#10;U02cvDSVxMlL83SKk5emkjh5YQ6UNE/HapPu8dprr53XouQZsnjxH4O3bkyPLDKdSGptkG/Jtjcg&#10;ZXsrux5p1mP8+jTzVQuXVw1amY4LV5ixcvU0dBkuQ5dT/ZySh0lOdyX0phms7zKyo9M9T/Oe6gyv&#10;eZ7UZxnmcOBu4yq27askTtrWPWabyFKOHrYuptFlP49dnZo7em1qQvCWDVtCs9MbwvKydk7UZr8Y&#10;lpvRNH796sxRSx+fqtGkntKvgeyCQHC+IBfldiZKqaCH+iklWXriT5pK4uSlqSROXpgDJU0lcQYi&#10;zf4Tp29pysUpF6Y/aUqipM+Z/uIjRKnM2NRHLxq/Yc1jE/X5+2g1RqsyOuNMaPReoU3YsmF18O23&#10;/zE8PS012m7DVbnlSF6xEE9sGYMfbBMCnHTiktwb2jFYaFuOmJ5JJ9I8TWolIVxBBi6RB5eVY6H+&#10;Uewvn4KjPdu9nvejEPrP9EOQU3gnUjoaENfgROjWjVb397ds0SUjVyweN2b1iqCgxYt9TjzpC7IL&#10;AsG5ipIot29/smdV6Qoe4PEnTSVx9pc01cTJy9KXNJXE6U+aauLkZXly0vQvTn61yQtTSZz0fCHK&#10;k2fMssVxQevXpodmb1VcodFjRs6d+4eQzK31iQ3VmPJECyKdNViefx8+NgzH0YpovxWyVDT0uWEo&#10;kxxF+VEIgdf2MAcVIFEbyyb9PPzgTEKXQvGQVwh9RzsS66sRdhJJQH1FduFMZeyyeZeMSV06f8KW&#10;tPQJWzeWhKRvtgVvXp85NnXFgtGPPTaMf7xAoCzKJ7BjxxNMlDR1whN/0lQSpz9pKomTl6aaOHlh&#10;now4/UlTSZy8MH2Jk5elL2kGstrkpam22hSiHBh8rdBGpi6+3LP/k7JhpzeVw2C5FZ9qB+FIaYhq&#10;hWxXeRQO6IegmCRXb/WatKIE3T+moRbTc1PRtDUMJwqHyoqHZCH0ba6K4JNJAuorsgtnGuPHz/71&#10;uDXLZ4QbshsiLXrE11axcTYUF0VQ5ddEfe6OoFUrZ4UuWPAf/PMF5w++RelqE5EYCGkqiZOXppI4&#10;eWEOlDSVxMlLU02cvDBPRpz8arMvBUH0mF27dglR/oLI+z9rWc/kjXVWbCmajZe141mFLInt25JQ&#10;fFUykU06+dQwHPsyr4ZxTSRSdJsQ0dLGhkzzsvSUZlJLPcKLi3CdIQ2Z5rvQaIyXFQ/xIfSnkgTU&#10;V2QXTgfPz9f87unFmj/w13mi77zzt8Fpa+dGFui+TKQPlfUPUTmxa2iqVFpMH1qk2fBd8Oa0x8c/&#10;Pvv3/H14Bs2f/7uRi+f6fX3BmY2aKAk6p6T/wfLCDESaSuLkpakkTl6aSuLkpXk6xclLU0mcvDAH&#10;Spr+Vpv0ePoehCjPLJT6P0meVOAzryINetNMNOtj8HbOYBzIvYJNOaFw9vf0wWjV34BH8h9hhUbh&#10;ta5wBb4/NIn6L1vqEEUhDCYtYuprWeC8UvEQH0J/KklAfUV2YaB4dpnmkt2pv57/wYb/Sd+36cKS&#10;dzdfaHt/4+8z31z96wW7HvuN4lbrhNWrb4y0GD8jOcrKpbm/obARN1bToeC0Vffx9yHEVu/Zj5Io&#10;t20jUbqqX594wlUB64k/aSqJk5emkjh5aSqJk5emkjh5YQ6UNJXEGYg0+0+cvqVJj3n11VfZ5yZE&#10;eeai1v9JBT5R7R2ssOeWGiMq8mPxTe7fcag8hp1xdjtT8HNNHD62T4bBdDeuN2yUR/PZ7QgtK8Mk&#10;febnkWlLrCG5Wbvo/+2J7U2KxUNeDjjFJKC+IrvQ3xhma369e81/z/g0728NB3VX4yf7GBwtD8Kx&#10;8iAct4/Bl6YhOJj79x27V/1u1nMLNO6t1pFrlg8OzUp/RhIjL0se9pi2BoTlZewZv3rRBOk+Yqv3&#10;7EVZlDsYkig98SdNJXHy0lQSJy9NJXH2lzTVxMnL0pc0lcTpT5pq4uRleXLSlIuThjYLUZ6d+Or/&#10;pIKfsM4nsdkyC4d0l6O7ZopXTN4P1fHororHk0U3cNF8q/GgaTkytLdj08qowvQFof87bmPafWqv&#10;4/X//n5IAuorsgv9yY47Nb99K+0Pc7/QXfnlz44wdDuSXAfFdHjcc2jc7UjGCWcEPjMM/m5v2oWP&#10;v/y4hm21Dl216sHwEuuJJB9ZiQxKwu+B/sYRW1mK4LTUNLrHoPnJ/z4QW72CgcGXKKWzSgl/0lQS&#10;Jy9NJXHy0lQSpz9pKomTl6aaOHlhnow4/UlTSZy8MH2Jk5elL2lKq036Or1fGpcmRHl246//c1JH&#10;B+53bsULBRNxzBaC77lq28NVifgXxe95RvOV3IgP7ZNxMOfSA9+v0KTQ64xPXfh/vl7HtdPYP0lA&#10;fUV2oT/Zu/Y/ZnxlHPTZceckHK6mD08e0OsqVZ6M4zUJ+Lpg6KH3Nlxwp2b87F9Hr1usm+YoZJVb&#10;Ezt2sH10qppKaSNB9nxgLFfRiYQGB5Pf5O2trKpqwtZN5dHR0b8avyZ1en9t9Qr6H3VRun6kLVjX&#10;NqxvaSqJk5emkjj7Q5pK4uSlqSROXpgDJU0lcfLSVBMnL8y+iJMeR++dPh8hynMPX/2f8Q1ORFaU&#10;ITVr5uHP8q7s/sEZ3/P/f+//77uj+ZyJQF0Cvi8c+tO7Gy9Y+3Kqxr1i9PU6/ZkE1FdkF/oDTfI7&#10;/25ZcXnQx9kX70RtMH50KgvT60N0TsURewje3XDBm6+u/r3BsSXo3XJ9CkymG5FWNBu3V+dhYm0j&#10;JlbVIMpmY+G9ESYdGxfDMOkQWWhCTHkJwnXZDWHrF0+J1Gd1UPUWQXvwdIBNqE0JV9rqFfQfSqKk&#10;dB7XjyRLKu7pFaaSNJXEyUtTSZz+pKkkTl6aSuLkpakkTl6ap1OcvDSVxMkL82Sk6SlKKswSojw/&#10;UOz/zE5vGrp+85brV959+1ubLs7+XD/4xI+OGNVWlR8dsfjKPBx7N/+p8I1lGsUVo+Lr9GMSUF+R&#10;XThZPItvRm/NMF2/ecGLKzNu+9msvx27S69lYb9HqhNYpiEt1ennRHd1Er6rjGcTvj/SXo2vCobh&#10;aOkodBePwuGCYejWX47PtVdimz4KD2XMwfgtmRibp0e4MZ+FD0eXWhBTWsjS/CmbkAQ6Om3Dnovu&#10;X7JzyNrsoyHlToS2bENcWwumN5bj2gYb4lob3atYL3n2bPWO79nqFZwayqLcjo6Obejs3NazsuyF&#10;l6aSOHlpKonTnzSVxMlLU0mcvDSVxMlLU0mcvDAHSppK4gxEmoGIkx7z8ssvs7mi9GsgRHl+o9b/&#10;+fZSzV/eXnPB4wdzLtt3zDYax+whOFIRjiMVEThWEYpjpWNwMPfyj/du/N91ryzT+F0xqr3O6UZ2&#10;oa8oFd8k1FYixlGJsSXlCCkwYZY+FRXm2/FNRSJQE8OW55/aU3DAPhldFTE4WjgUX2ivwJeWoJ7V&#10;p/c5aFd1In6wjsGe9EFYveVGJJUZEdfWJDuvpHPO+OoyBOfk/HzFI2vx50ezMHHteizNvQcF5htR&#10;ZpoGu3EqTKYbkFY4G3c481iVlmvwaS27T0J9FUK3biqfMH/+7zy/z0BbaM5n1EXZyUTpCS9NJXH2&#10;hzSVxMlLU0mcvDSVxNlf0lQTJy9LX9JUEqc/aaqJk5clQY8VohScLLsX/ypu37rfp3+QfnHDB1l/&#10;37k/85IXP8y4uGnvut9nvrb0V1NTz7JfU9mFvuCvz5J+nthaj+CqaiSa87DFOA8l+tuwXns/luoX&#10;YLH+EazOvRd5W6bglYIE/ORMcq9K+a1cOgc9VhGJjwzDsca2ALFtVJKstOXayJpiSdg3pD2M0vVR&#10;+CjzchzRX4bvTUNw2DTUYxUbiZWlCzGlqcp9hppY70BIbuYOzePll375sOYvfW2hOZ9QEmVHh0uU&#10;tKp0/SiXppI4/UlTSZy8NJXEyUtTSZy8NJXE6U+aSuLkpakmTl6YJyNOf9JUEicvTE9x0tfpvdH3&#10;LkQp6C/eorbEFb8Zt3f1r4N2L9b8YivGU0V2oS8E0mfJCm9a6zHRakFITgZCjHqMLipBUKkNwbYy&#10;jLbaEGouwN2GVagouA1f2ZNYybKqPEuCsFM3AbOrtiC6JzGCh6QdWevEXfmP4WVDJKvgUlrFHi0a&#10;jfe1Q5FuvR/TmipZIVJCvQMT8jKfyVwdsuyb7P/n6EsLzbkOL0qXJLehvb2zhw60d3S4hXmy0lQS&#10;Jy9NJXHy0lQSZ39IU0mcvDSVxMkLc6CkqSROXpq8OOkxL730khClQBAAsguBEkifJQmTZqFRqXBE&#10;gRYxFTaW+KC4Kq2sRqwpF4aC+/CFPQlHq72T8N1FRI4UHNJdiZyCW9k2Kz2Xf11GWwOCioqRabgf&#10;P1bH4zCXrC+J+Gh5JPZrhyG1cD7i2lsR4XTgtq3zP3k9e9ghVIX0qYXmXEMuym1oZ6LsQFtbB9ra&#10;212ylOCkqSROXppK4uSlqSROXppK4vQnTSVx8tJUEicvTSVx8tI8neLkpakkTiFKgeDkkV0IlLGr&#10;li+IKjGfUJOmJNSYMisr5KGwAc+kCR6qfI1qqMOkgjzYzHfgaBXJTi5ONu3bNAR24xRc21DWcz4p&#10;vx+9VpCtDI/pFuJAeQqOVse7C5KkaeTuVWxpEJ7JHo8bclbjsqwi5Gn/gX9VhqMrgBaar0xXH3o7&#10;7YJzooVFUZTtnUySrW3taG1rQ1tbu4t2F57i9CdNJXHy0lQSJy9NJXH6k6aSOHlpKomTl6aSOHlp&#10;KomTF+ZASVNJnCRKuk7v49lnhSgFglNFdiFQgjaszaZCIFfYr4K4KD2/pgIRJi1iK0p8SlMipb0R&#10;oU4HZhrWY6f1evzkUBhcSmXM1rFoN8RgliNXVhnr+foTqyoxx7gS79mm4mfnpJ6CJNd4GzgnsS1h&#10;uietJr/TD8KypSn44/xNuH/5HBwoTQZqo92PUaQ6BT85o/F+1iV73lqhOetaWNRESZJsaW1DS2sr&#10;WlvbmDAlPMV5OlabvDADkaaSOHlpKomTl6aSOPtLmmri5GXpS5pK4pRkSV+j9yJEKRD0P7ILgTDm&#10;0QcHhWRubYivq1TcpmVFO9tbEVFswcQCPZJa5WJTpb0R4wuLkKG7j7WwSKtOqYXlqCMJ3cXjsV0f&#10;hXurMzBJTZx0zlldiZnaNdicew826+b0FCQtxDrtPJj1d+D1kunsNY45U9BdOBzWzVEYv3wFRixd&#10;hwfSH4LVcLv7MWpFS120Ai4ZhT1r//uMb2FRFWVrG5pbWtHc0sJkKcGk6SHOgV5t8tJUEicvTSVx&#10;8tJUEicvTSVx+pOmkjh5aaqJkxfmyYjTU5gUX+cS5XNClALBACO7oIbUpxm8acOmCRvXNYRkbf0y&#10;rrrcS5wUxBvesYP1TMaXWBCxeR3CS62I2PGU6sqQp3eLdREOlqfgeHUc4HCtDmnFeLByGo6Yrkaz&#10;KQE3NpQgvk2+VcvOVptrEVFoQmzuJna+Orqo1KMgqRQhBUZXm0zBbfi6MgU/loxBa144breuQ3hV&#10;BcYVl2CCqfcxakVLtGX7gz0Y727+U/k78//o1cLyS6Mkyrb2TraabG5uYaL0pKWlV5r8atMtzQBW&#10;m7wwA5Gmkjh5aSqJk5emkjj7Q5pK4uSlqSROXpj9JU2XKF/AM888x3J7hSgFgtOH7AIP36eZwELS&#10;7QjX5yLaamZbtRTsG9Xejpl1BVhbNBdG040wboqDcU04DNppSCuaw/VMyoXplp60xWpYiX2lU/FR&#10;eQpb+aVp57pWjIZHsD79ZjyQNQ/xjnIktTW6smo9pSkVJJm0iPZZkFTFCpKMljn40hKMZ4yRuNeZ&#10;jdjOdtlj1IqWaOv4SMVEfJD516f2LP/NgE4d94eiKNs6mBBJlE3NzV7IxMlLU0mcfqSpJE5emkri&#10;5KWpJE5emkri9CdNJXHy0lQSJy9NJXHy0uxPcdKP9Jr0/umzEaIUCH45ZBc8UevTTNnWgqhCA0vp&#10;ie9oRUqzE4+VLUWzIRYHtVehW3cpuizD0F04At2GK/B5vrxnkhemFImX0N6MidXVuMewEnm6WXjI&#10;uAThZgNGWWm16Foxji22IdhiQYRRywSZ2FTjXvmeTEFSrEWH8swENJiSMaOuCHEkY+4xVLRUZr6D&#10;hTd4Fi25xBmO/Vl/30n9SfxnOJD4EmVTcwsam5rc+JVmIKvNAdqiVRInL00lcfqTppI4eWkqiZOX&#10;ppI4eWkqiZMXZl+kSdfodYUoBYIzD9kFT1T7NNsaEFtVirACA+KrSrC2bAH25Q/DMfNwVrHKt2/I&#10;eiYbKxDXs/J0be9uZzPWKBLvumY7wkpLMSlnCxLNuWzFF99Qg+SeZJ+U7a1I2dbMVplUdMRWlSVm&#10;JDY62dfjair7XJA0saYWt2ctxKKChZjcVisLVmCPcTpwrXYDnim6HqiJdW/Zsqpc+wS8u+XPjtcW&#10;aQZ06riaKOl8srGpGQ2NjQxPYQYiTcXVpigI6ndpqolTiFIgOLuQXZAIpE8zxFaGh/Pm4B39CByz&#10;hTKJ+GrfcPVMDsWakocQ3daKyPYOj+3dG2AzTUNVwTRYsxPwwKa7EKXPYueUNDHcM8g9zmln74lW&#10;vxRYEFmgYyvPpI5m9nh6bF8KkihtKNqiR3RBPmh8Df919pj2Row2W/HQ1n/iYGkyKPGfFQc5p+BY&#10;6WjsWfNf/T51XEmUrW0dbDXZ0NiE+oYGtywDlaaSOGXSPI2rTV6aSuLkpakkTl6aSuLkpakkTn/S&#10;VBInL001cXrKkv57586dePppIUqB4GxDdkHCX59mbHsrbq3MQWtuGI4VjuqRplyYvDwp+edZfSge&#10;sK/FwxWrPbZ3L8OxgqtxyDgMjekheCDzXsSZchBRWOAV5O4SKG3RWpDY5GTyjHPYEWbS458Fj+K+&#10;nAcRarW6smsV3rcSJMVoWxGrAE6od7rOSRUeE1lRiphVy6HdeBu+qpyKIzUp+NEZhwO5Vxx4Y/mv&#10;TnnquKIoW9vR1NSM+oZGJkpP/ElTSZwyaQayRRvAapMXZiDSVBInL00lcfLSVBJnf0hTSZy8NJXE&#10;yQtTQohSIDg3kF0gZsyY8W9BaWty2RmhSp9mRPs2bCiag891g9hWLC9JNWi0zKeG4diWOQK79EHu&#10;7d2jNZPxXXUKbIX3IrEgD0GVDrZlKg9yr0NsRan3Fm1HM0IKLVixaSZW5tyDEHuF6ipZCXosTUWh&#10;lStJWOm5dC3aUYnJW1cgPzUae7OH41vbRHxjGXH47fV/SPWcIRco/kRZV1/vxp80lcTJS1NRnLw0&#10;lcTpR5pK4uSlqSROXppK4uSlqSROf9JUEicvTSVx8tJUEicvTUmc9CPdk96PEKVAcG4hu0CMXrrg&#10;4tCsLXUJdVWKEqEq1YT2RjZxpFt3OZMhL0g1JHEezLoIXbYItgqlYhsKO6iz3Ip4QxbCa2vZuSL/&#10;um6JsSkmri3amJJCJtewMhvuz38c8wxLEV7h3SbjDybOKptLnFyLjedjwqurcI9hGV7QhuFL3ZX4&#10;3HAV9m688KW3F2uukj67QfPn/27k4rmKU1R4UVJ8HYmSzifr6htQW1fH8BSmkjSVxMlLU0mcMmkG&#10;stocoC1aJXHy0lQSpz9pKomTl6aSOHlpKomTl6anOOnndF8hSoHg3Ed2gRi1bNFlIVlbW2jCtpJE&#10;EjpbcF2FAZVZk3CMKmcdyTJBKkEVqN+URuAT3RB8aQ1hBUR0/YfqOLxZeg3uNaxEUGUVq2TlX5OH&#10;5EntKLTyJNlFOqowz7gc92U/gpCSEtWVshJ0r5iyIrYNTN+zZ3uL52OCy8qxUP8YPqqcjmOORHxn&#10;C8On+Vfuf3rzoHXJq+c/NHLTpvQJW9eXhKRvtgVvXp8Zs35d6sbi4kWeomwhUTY2oa6uHjW1tW5Z&#10;qklTSZy8NJXE6U+aiqtNURAUsDTpGt3rqaeEKAWC8w3ZBSI6NfW3wZvW6+Jr5Fu1KR2NiKxrRPTm&#10;jTCtjsRnhcEszcczwk4JWlUedabgc8MQHNQOxvfVvUVE9NwCw51sFJhqaLsCJDNqi4ksNCLcUY2H&#10;zcvwUMY/EWYpQFIA8nXfp6PJdX5qouKgevbf/F8Y6HMYW1SMjdr7We7t4eqe8ANHLD7IG4xlubMQ&#10;5axGXG0la4MhoqwFuKXIjLXWIlTX1DJResJLU0mcvDSVxOlPmkrilEnzNK42eWkqiZOXppI4eWkq&#10;iZOXppI4/UlT4tlnn2WvK0QpEJzfyC5IjF2zcukke3FvSwcJpb0B8XVVCMrJx+hVabhl04NYkjcX&#10;63TeEXae8XQkmd7kn8l4O3c4vjQOA+oS2LUuCl6vSmAxeJToQ9uuvNjUYCtFWyGiLAaMKy7FUtOj&#10;aDTfjH8Y1yHM6fS53eu+R1sDEhocmKjNQWj2VlbBSyKmyt2ktnrX991Wj8j6WkwzpaPZPBM/OWJ7&#10;/1JA8rRNwAumiZjjzEBMZyf7nJh8e+QdbzHiMUsB7I5qn+LkpakkTn/SVBKnTJqBbNEGsNrkhRmI&#10;NJXEyUtTSZy8NJXE2R/SlMRJP9I9hCgFAgGP7ILE2NWLQ8NyM/aQOFiKTlMNJlGwgEnbc7ZoxsRy&#10;G4LL7CzOzjPC7kt7EjuzPOGIxTu2Ka7kH91cLNY9hEVZc7AqexYs+ruYaH92TMKHZVPwsP5xhJQr&#10;F+aoQY+NqyxFWFERxuiMyNbdjWMVUSguuAtRRQWIaG722cvJXqu5DtFstalFjK1IVrlL0X1xrY0I&#10;LypAtmkODlUmopsbUeZr1Bm9Bq1WE4vNSC0096s0lcTJS1NRnLw0lcTpR5pK4uSlqSROXppK4uSl&#10;qSROf9JUEicvTU9x0s/pPnTv7duFKAUCgTqyC54Epa2dF11q/j6ppR7RpUUsjYdWoSQEXxF2BeZ7&#10;8VFZCpoKb8Zc/VLW5jGqqJQl/0wos2NMsc0t2hrLrXi9ZBoeMT2OUHvfxUmVrlO067Bm83XYmTkK&#10;3+qvxFs5Q2FKT8AtxtWIqK1lA6qZwDyhHtC6KkRajGyVST9n35NH5S79BSGiqAAxhQasNC3A/rLJ&#10;+NEh3472N+qMfU9tDZhqyENeWYlMmkri5KWpJE5emkrilEkzkNXmAG3RKomTl6aSOP1JU0mcvDR5&#10;cdJ/0/OefJJEuUOIUiAQBIzsgidDFi/+44SMzRvCDfmHaPsy0Ai7KeZsPJi7ENeY0jHOXuUzKzbe&#10;lAN9wT1YnP8ggov7XtQTXF6BBTnz8KFhFL43D8enBWPwpXEovtZegR0ZY7Ak9y7Elxgw3l6NqOoK&#10;xDrsTP6uM00KVDCCneXyZ5rtjUhscGC8QY+5OYvwrm0KjjvivELevSa2WMeiwzgJs5y5iG2VRwrS&#10;/ajl5UGjzq80lcTJS1NJnP6kqbjaPE8KglyifJrdU4hSIBCcCrILPONWLL02JHPzpxTs7kuaElQ8&#10;FG61YExePmLqHD7PGUm0kQ11mG7JxA1bHmcyi29vQaJKeg+Pu2BHNxc/OJPQ7RHzd7g6CUeLx+Hd&#10;nMEwbU3CQv0izNSnIVqb6d5upq3nxOZamTTd929vRISzGneb1uCV4muZOOXntik4WDEVR61j8Gz+&#10;BNxlT2fhEEr3SqivwiyDDhUOh09x8tJUEqc/aSqJUybN07ja5KWpJE5emkri5KWpJE6SJP1Ij3/i&#10;CSFKgUDQv8guEO4RYps3pI1PW/NkpFn/YyBVqiQgNrzarGOrK6k4xhcUEj+uvg2R+ZmYnpOKKVUW&#10;xFPQe8cOxTB4z9dSLdjx3EKtiMFX2ivxoXEM1ufPRog2j1W+snvQ+/NXxdszHzRddx9OVMfhX57n&#10;ttLEFv0j2JBzBxasuQWJxhwktruydPn3m1jvwE1GHYx2u6o0lcTpT5pK4pRJM5At2gBWm7wwA5Gm&#10;kjh5aSqJk5emkjh7hUnbrk8JUQoEggHH6z+8R4gZ2NZsuCEf0cWu8WEyqfAy66D2EGNAWbEJrY09&#10;o8jMWGOdB2N2Mko2hcGWmwBTwY1IK5ytOoqMFQU1N/gs2PGU5zclE9GlvxSbMmdiVEmFKyRe4T0p&#10;QStFmg9KgqQzzuYi73Nbacbn2BIbxumNCM3LQUwJxQH2TmyR3jNt/d5g1EFbXn7S0lQSJy9NRXHy&#10;0lQSpx9pKomTl6aSOHlpKomTl6aSOHlpukT5pBClQCA4rbh/wo8QY5WgTTWIMusRU25V3c7sxbXC&#10;iqRt0CKTz6xYmoiS0uTwHkVmuAKHLSPQVTAM3frL8bmWG0XW0YaUnqKeqIZahBWascKoXrDjCVW9&#10;fmcYhPQtKZhopzYT/38JkKDvmwZbU7jCZt0cpJgyFM9t2ffbVs9W2l5xgD0rTwqSp1ae2w062BzV&#10;iuLkpakkTl6aSuKUSTOQ1eYAbdEqiZOXppI4laT55JOuxwpRCgSCXxL3T/gRYtK2KzsLpH5OP+Kk&#10;Xkcacs1aVTxFS+Lw2LaklWZysxNrSx8KbBSZbhi2WO5FSmURwivtLMD9GtNWZBrvx/seBTtSoQ5B&#10;9/MW52QctgxHSUYMppabkNCuvgXMQ9/HJIcdibkbEKvLQGRdjc9zW9dZZm8coCROkmxsdTke0GkV&#10;pakkTl6aSuL0J03F1eZZUhBEX9ux40ls2yZEKRAIzhzYv1RHiDXXukZ2WXu3aqWB04Tn3EoSJ1Wn&#10;MtFWlLJh1ySNxAYnKGCAtm5JHjHt7Xi8bAn25Q8NbBSZPRIf5F2NJbl3I9yQh/u2zEW7bjLgjGWJ&#10;Q3yhzgF7Co5UxXslGVHUX1dxEJrTg3CrJQ0xzY3s/SglBPGQCCeVWzEmNw9hlZUBBTTQc6Q4wNhK&#10;mzsMIbnAgM1FRYri5KWpJE5/0lQSp0yap3G1yUtTSZyewpQeI0QpEAjOZNi/1EaIkSTYLEyTDnEd&#10;rV4Dp69tsLFggN4iHpJoLehsNMKQx875SBwsTKBnlmZoURFutmWiwxCDY4UjAx9FVhqMZ3ODcE/O&#10;fNyZ8ygycm+H1XgnXi+djrdt01BsuM2jUGchSyHyTDI65khCV8kEtKePw81Zj2CChd5b72xPKSGI&#10;F6D0GYQVmTEjYxHuqcrApPY22ZmrEiRPSjSizyOlsxmxZUVYUGBEldMpk6aSOP1JU0mcMmkGskUb&#10;wGqTF2Yg0lQSJy/NHTtcj6HnC1EKBIKzBZ8jxKZub8KoHCMuX5ONmypysbb4ATZwusw0DXbjVJhM&#10;N7iKeBz5rAUjobWB5b2GZm1BpEWPKIvRa5bmWIsVq7NvwRe6q/o2iozOKHVXICP3Oowvr8LoknJM&#10;MOoxO38xHtAvQXiBzqtQh6L7PJOMvq6ajOOFw1CZH49rirMRYevp4/Sa7eldzMPkR5W7DbVsa7g6&#10;Nxk7DWFYIZ25+qj4lcRJcYD0F48oqxn3mfSwVlXKhBmINJXEyUtTUZy8NJXE6UeaSuLkpakkTl6a&#10;LuhrQpQCgeDsRnWEWHJrHeLamjFkXR5uevhmtGgjcFA3mA2c/t40BIdNQ91FPDsMkVhesggJVj0m&#10;mg1sq5YKjDyLZ5I6mhHX2gCD/jr2vL6MIpOSeSoKpuG6lkokdDQjymbFeKMBoRV2WaEOn2RkLLwf&#10;n+VeiQLzTYinHktfsz3dxTyelbv347uKePxYNArva4ci3Xo/pjVWIM7HypOdEVPYgj4Xc/Q6WCsq&#10;+m2LVkmcMmkGstocoC1aSZzSz4UoBQLBuYTqCLFE2qa12TB/7Z14Y+tV+NE6El2VykU8PxcNQ3H2&#10;FEzU5yC2rloxKCGurQk31VlQY0zGYTNt07pGigUCnVEeto5FuyEGs2ryEW4vR7hRi/i6wJKMEgty&#10;sTnrJiwpX4qYtjZvwXkV81jc4o2ql1fusjPX8kjs1w7F6pKH2La15zmv130pPL6uEjG5WdhgKVSU&#10;ppI4eWkqidOfNBVXm6ehIMj130KUAoHg3EZ1hFhMRzseNj2CN9MH47h9omoRDxXgvFV2HeYYUxFS&#10;SSJTLrah1eutNUY0GBJx2DL6JMQZhB3GGNxVsh4hFjNiK0p8SlOCKmCjnFWIMWRhsp3GjclXiVIx&#10;D7XShFnNGF9SyoIVMo1zvCp32XuhM9eSIOzUTcDsqs2Iau9QLpaioiJ7CSbmZWFGgQGriyxw1Nb6&#10;lKaSOP1JU0mcMmkO2GqT/luIUiAQnF+wf/EjxOj87janDp3GGPxgHeWziCfQWZoJLQ1IaXaiyHQt&#10;ugyD+rxVe7hgOGrMUzHFsBlhZpPfgAVPSOYRhSZMtBhl7TG9j2lkRUDTM5YhTTcPreabWLACn09L&#10;sDNX7RXIsNyFyPYOXNNo9y6Wam12z/iMLNCy+8cXmvB4oRmVNb3FQX2VppI4ZdIMZIs2gNUmL0yX&#10;NHvFKUQpEAjOV9i/PEeIMcl0bMP6wtn4XDvIZxEPDXNWm6Wp1LYS2d6JreY78K32MiYf/n5qdJNk&#10;9VdCW3Azgs0WhBcFlmTkKUUq1Iko0CK+oQYJbU2KK8QJZWVYpF2Eg+XJ7C8EfD+o+/t2TMYh80hs&#10;yx4Hg+lG2EzXeBVL3VmjRXRDPUJNBlYY5Tp/bWKjxVYVWQKSppI4eWkqipOXppI4/UjTU5wkyc5O&#10;IUqBQCCQcP+ERohFFZu/T+5oRkJ7M5NAt853EQ/1UL5nm9ozS7PcVVDT2qzatkLXZ1duxk7tBBwt&#10;DvK5ku2VVDK6yyKxyzABiywLEW3OR6TdhvDtT/mtbHVLsa0BUVV2jLaUIMpRjWubKmTtNPSYiVUV&#10;mGNcydpYfqh2BborQVvHXxaH4UDmRfg25yIcLhjqVSy13RSDx3LuQWhWFsKqapDSRsOwe0eL6ew2&#10;v+LkpakkTpk0A1lt+tmiJUkKUQoEAoE67p/QCLHgrRvTw4qKTsysL0RtQYrfIh4S5x7bNMw3LMGE&#10;iipEd27DzLoCrC2aq9y24sxHRFsHK6z5SDcURytifN6ffa06CZ/pBuHZjKtQpk1ESXY8DNprkFY0&#10;RzXL1hNKKoru6MSN9jwsz7wVuvxrUFbgvUKk+8R2tCPE4cTdxlV4qfg6v+L8yhqKA7oh+MYWgW7n&#10;VK9iqWPW0diXOQjLN96CWFsJqwKWVrUUyfeQSe9Tmkri9CdNxdWmn4Kgjo4O98pSiFIgEAgCw+s/&#10;xqY+etHQjVsfvS53xbusiKdojE+xdVUl4lBVIpbrH2YTRBZXrujNnlVoW6Hs2cW2xZhRX4T8ojvx&#10;af6VOFIayla19DqsCIjokdChshgmpw/zB+EL4zB8VzAMXebhLNf283wuy1Zh9emZidukjcGBvEE4&#10;Yrhc8X2llj2KsJIizDcsxYflk3FUZZuWfd+OyfjcMg6faAfj27IYfF+d7C1Wx2T8UBmF93Kuxgrz&#10;P1lhFG0Luyp4qzDLqEdVTY2qOP1JU0mcMmlyq812EiZtyQpRCgQCwSkhu0D8fumm8XUbRrYdKx3l&#10;c6uW+JczDibjLCzMvAvv6Ef4zZ79QDcU64sfxPWWzVibdxte0QfhsO4KdFlG4rB1PA4XB+OboiAc&#10;NIzAx3mDcEB3Nb6xRaKrZqri/dT6KvlM3B/8vS/DCCzLug35hrtxxOHKvuW/V7c4nVNwUD8Mn+QP&#10;Ziti/usMkmdpEJ7Xh2B25RZEt7Wx7VoaLTbTpEdBRUVA0lQSp0yaClu0rpVlOzo6hCgFAoGgP5Fd&#10;eGOZ5m8HVmpm7V/3b21f07QSp/eK0zNMnX5+1JmM14zheDVrKI7awlTbVthzHZPxc3kISvKmY4JB&#10;i6gaBx6oXA+D6SbUGxNZkEKbfhKezxyKj9L/gs8LxuK7ygTVVa+vvkrq1+xbJm4U3swehmfzw9kQ&#10;bM+sW+/HpuBQWTST5ufmcarvjSBBH9JdiZyCW9mWMk1lYaPFTHro7HaZNJXEyUtTUZwkS1pZMlG6&#10;CnuEKAUCgWBgcP/EMFvz691r/nvGp3l/a/jCcDX25I/GS1uHo6vMJUOlMPWjVFVbFoZPtVfhW6v/&#10;Yh86N3zLNt3d80kJPlIf5M21JnbW+HjxIjyROx7fFY1Ht3OKquwkvPsqXSs71k5To0OHPrpPmbhd&#10;paF4J28orLnXQGu41511S5XDbAJLjyQPGobhoGE4k7qv98fuaRoCu3EKrm0oQ0JHCxstdodRj/Ia&#10;p19pKomTl6UQpUAgEJxe2L923Kn57Vtpf5j7he7KL392hOFEbSKeMs2AdVUk3ssdghOVEXi3bBqs&#10;htu9wtRX6R9Gc0YovtINUt+y9ECt55NWiXQeOWHbM1hlnY9PdVe72mB8tMJ44lrZXYFc8z8Q296G&#10;iG1PYEPRHHYO6qudhqfbkYKv9VchNXMGxhQU4S79KpZ1+1VlEo7XJLPzzIP6oTigH4Zvy6JZxS9/&#10;D088E4/ucuQgblsHGy32T71OJk0lcfLCJFG2C1EKBALBLwr711tr/2fGV8YrPzvunITD1Sk47kzA&#10;M6brsWTJrShbHY4mfTLmmVZgYoHeHaYeZCvHiCIbtmZMQ7fhSr9nob56PgladU5qa4bRdKPfNhge&#10;WtkdKRiCSn0SpjmLEVVbA4N2Oisi6ut9aIVYab4G0xvtGFdVg1hTHnSGu/ChYRzraz1gGI5DZVE4&#10;6kjCkep41V5Pdj8p8UgfiXudWYjtbGejxbYUF/uVJhNla6ur+lWIUiAQCM4YNHvW/Pvg9zL++sy/&#10;HOHurchjjgS8WTgFDy65DzcsnY9rjOsxvqLaK0w9vrMVNzdaUVswGYfNI3ye9RHePZ92dy6u1PcZ&#10;1d6O25xa1BkScJgKhfzcz/O+qI3Dj6Xj0ZgZ0n1t5uJdyenLmzq3jn6vu8T3GSQPm9tZNBYtxnjc&#10;XGtG1PYnENXYgGhDNvLXTcTX+ZcCNbH40ZGkOvvT6349iUdO02Tc1GRDdHkpFppNcNbVyaRJq0ra&#10;fm3r6asUohQIBIIzE82bq/59wdcFQ050eWw7HnUk4MPiZCxcPxdDM3WIaahhgelerR59zJ717PkM&#10;s9uR2N7MZCn1fepNM+DQTsLrWYNZVa2/+3VXJeCEYxLesU2B1XgH1uffh3nps7ujNq14feqaB1p2&#10;bBr2Xnep//t4QuI8VBKK17MHQ6u/Fv9w6l39nXVNmJGzGKU5U1FV4Hv2JxVNSRF93Y4pOGwYBIP5&#10;ZoSXluL+QjPs9fVoam5xryqpVUSIUiAQCM4eNHvWXpB7vHwsDntsaVI+63OW6/CP/FUId1QoBrf3&#10;NXtW6vlcrfsnRpZUYHJbHeuv9Oz7/M40DB9nXYJPTb7bYI5Vx+ObyiTUF96CufqlPVvINoSWlyOq&#10;qgLxFcUw501Bl/Eqn/fhYf2ZhUE4mP1XHMgfxPo7af7m1BYnQqxWJGSuRowpz+fsz6/sSa7VZ3UK&#10;frBH4i1TMB7Jnoc55mI2WqyxsQltbRRA0InGxubPTaaCpunTr5uvIEghSoFAIDgD0byXflHd0fIQ&#10;r5UZVc+aDXci1GxEYps8EF2ir9mzcMQiV38vxptMWFu2gPVX9vZ9TkV3zTU4oB+KT7RXq64Uu6sT&#10;8G1lIkrNdyHemIVx9irZPM6obTuQXngXvs0P7H1JSP2ZFLrQVZ3U2ydqewAJxXr2vmPrnZjc2ex+&#10;LX72p6HgPnxZmYITNfE4aByFivzbsNVqgsNZA2dNLzRmjFadra2uXkurtfSplStXZl5xxRUzhSgF&#10;AoHgzEXz/ta/thy1U5+jSzD+ing8oV7JOZWbWCtIINmzx6vjsa34FmTl3YQ3tKNk/ZX0Hr6yhuDj&#10;/MH4uoTOXOX3+8kRhzrLrYg3ZCG8tpaNDTvV9yW9Nt+f6e4T1Q/HCt29CLWYEeesQHKrfAUuzf6c&#10;VKCFzXAzDhpH4+mNw9BsWeYlTKKmttaL2tpaNDY2suACkmhlZfWLmzdv3TJlypRrhSgFAoHgzELz&#10;zoY/6n4oH+fe0lQr4lHC1UbSiHXF/8SHLHuWWjTUV3g05eRgSRQ+zL2C9WkqCq06kW3VfqIdgu8q&#10;4rxWjNQH+mbpNbjXsBJBlVWyc9eTfV+++jNdfaLBeDZ3HO7QLUG404FklVU4SXyisxa36Zbh0cXT&#10;UZoajY+L4tFpWYgaR4WiNHloJUoFQy6JdqKpqXlPcXHppkWLHo8WohQIBIJfHs1ba/59WZd1ODvf&#10;I1F4FvGE2n2Lk6Cq2GsaymC03IpPtYNwtDREMXuWpNldFoVPs/6KA9qr2HVeYExUVKBjj8VB/XC2&#10;+vua4vack5lAUROHAsNdsj5QJfj3dUTlfUmZuL76M6UEoKy8GxBZX4ckhRWnBG3fRpRYMHHJUlRk&#10;3AQ0hOGAcRSeLpiDOkeZTJSewlSivqGRReqRRNvbO/e1tLTl1te3jOV/IQUCgUBwetDsXvHr0Pez&#10;Ltlz3BnNClrovJGKeFbp5mOc1RbA3MtaltRzY50Vm4tm4xXdeHRRX6dllDt79rBlFL7XD8KruiA8&#10;mzEEXxqH+yzaYfIsi8anxhFs25bOHb8qDMJ3JaFYm3svRlttPreQFd+Xdhy+N1yFb4rG46viMMYX&#10;VAhkGMEETatNlzTlK1PW31kwFOWGyZhWX47YVnmgvAQbiF1ehn+kL8bz5mtxvDYZx2sS8Ll5DHYU&#10;PhywMCWkodeuGZ6NrCKXQhBoS7ejY5uus7NzOv+LKhAIBIKBg/1rb9rvH/jKNOT7H2oSWAACFfHk&#10;62ZhnLkQSSrboTwkKRqfdZ/psRO5m2JP1Onjsd0YhSf0kWg0JEBrugXLrQ+h1pCA70mqCoLyllUy&#10;SyP6oigYB7RX47O8y7AzayRmZz+EMHuF35Ww5/uKb2vC7OLVKEyPwe7MQTiYdwW75yf5V7NCpM8t&#10;431n4tLqtGgcOvVRbJ5odFu7e44n/3r0vsIrK3GPPhUvS+PJqlPwkzMae/KD0WLb3GdhKkHbuSRR&#10;qtAliba3byvv7OycuWPHjt/yv8gCgUAg6D/Yv95erPnjvo0Xpn9uuPrEj44YnKhJwnMlM3CzcQPC&#10;nE7FAhweOveLbazByHz9iRCD9sTNdQW4x5GJ+6rSWb/npNYWXF9XjHpjUkB9n70CdU0y+d48Ao6c&#10;KEzLX43ICtfQbP49qNLWiCBnA6YZN6I+eyK+MQzG16XhbOqK6zV6C5SUIHF+WxyGt3IGoy4vAoaC&#10;Ge45nvw8UCbO6io21/Plkt65nrQV3lUyCs8abpVJsi/C5AdgSxNWmpub0dpG8zW3k0Rr29vbZ+3Y&#10;sePP/C+4QCAQCE4N90/2PKq56O01Fzx+MOeyfT/aRuOnimDYC25GklWH2JZGn6Kir8W1NLgeu2UV&#10;IkqLEN/ZhkltLUwsNLWE5NKXvk9PSDrdlhEoN12DOH06wouLAthC9nh/1KJSVowosw5m3XR0m65G&#10;d83UnnNWdWF6vj6tSj/OuRTfGobgiMccT34eKL1WcFk5Fuofxf7yKe65niTnH+zBeEU/FfUOe78I&#10;k5enBAtWYAlEtJ3b+XxbW8eCHTt2XMr/4gsEAoGg78gu7F78q7h9636f/mnmhQ270wc9vSj9rv3R&#10;hXok9kiBJOlFRxOi6msRUWTCAu0juC9/CcLtZYqi7WvfpwSbkqK7EgbLzQizmBFeYECSwv3VoPPQ&#10;yKICjC0sQXrhnfhWe3mfXt89f1N7tWvl6GMeKAl9bFExNmrvZ0EN0lxPkvSRiol4Qx+DFnvugAhT&#10;Cdd2bjsLhu/o6Nzb1taxuq1tx2j+110gEAgEgSG7IPHKMs0l3ama0abUMSkTVi7Rjc/O/jqusgSx&#10;tdWIdFSz7ciQCjvGWUswzZSOfNNsPFV0PR41PaZajXuy/ZXHbBPxhnYMFpWnYmK1AxEmLeIcdiZy&#10;/jV46H1QaAGlC4Xby3G/Ywt2avv2+nx/Z+/XvOeBxnW0ILKhjn0ezeaZ+MkR2/tYJs5wvK2PPLHd&#10;oaM2EyY2XpT9JUw+NN6Vh0vB8a42l46Ozg87OrZldnTsiOZ/7QUCgUCgjuyCEprRD13w/+5aYr3k&#10;kbW7knPWbLs1Z8mPs4yr8E/DUqzXzkWL+Sa2sjpWHYdUH9W4J9Nf2V0Vh8/0Q5BTeCeSW2qQ0NqI&#10;qCITJpr0iG929U7yr+MpTdpCnlRkxCPZ92J+RRoi2rdhXfEDAb8+/ajU39n7mJ55oPoQ3FO5BeOt&#10;pcgw3I9DlQksT9frcfYJeHLp/3v2kftuXFdQYGlqbGz6gipkm5tbWMXsQAnTW54eY8paaUwZq86l&#10;FWkhVeiK4iKBQCDwjeyCGproZXGauLQNyx6OqHw+f8KPL5Vej722aax9hdJ86MefA6jGdfVXlsPA&#10;+iuvwtGyMNX+yqNl4fhCPxilBdfhxroidl6a0tGIyFIrJmWuxyRzPiJqa3xuIYcVmZFasAjv5gyB&#10;ofAWRHRuxzXNlTBZ78Bn+sE4ajv5/k4J1udpHIy0rdMxV7cM79umsLxfr8c4p+BY6WjU//M/KzQa&#10;TUJPpN6U6667YX5+vraqvr7hE1oJtra1o7GpecCEqYR71me7q82lp0L3zh07dlzA/z4QCASC8x3Z&#10;BTU00am//feklY+umj/xOEoG4XhNEjvD85xHSbJ41no9ZhrSfFTjUn9lK26sL8YG3W14IXO4K4yd&#10;Rol59H0e1g/Cbu0Y5Fpux021Fkxqa0NySy1byQZbrXg8558oKbgT1xs2YGxRCUs5Cq+qlG0hZxrn&#10;4AP7NThhGYxybTKmVhQgtLIaUwybsS7jJrycNxaH9dR36nr9ruJgfFc0Fp8bhrt6SH30d3quJr+1&#10;jETnljF4yTIFPznj3RNSGNXJ+NEZh/1Zl3+RNePfHtRoNBN6smcpDShekmhkZOTd69dvNDkczr00&#10;LYXOJklqvCT7S5iSNHlIoq7tXLYabW1tbZ8riosEAoHAheyCL+Juu/562/JxXx+1UVyeXCS0XUvz&#10;Ka2muxBj1iKmqUE1Fi+2ow3RjgrcnbsA2vxr0VCQjO2GSHffp9E0AwvKViC5uYZJk4RLLS+uM8QM&#10;dBbeiJ8dk/BE0Q3YqJuL+frFmGVYjbuMa/CAYYl7C/lQZSJ+cibie+t4tOZMxM26FQgpKECIxYzI&#10;8lLMK1sLQ8FM1BsTscMYhU5tBLZnT8D7eUNwuHAMvvfR3+n+vquT8YU1BJ/rBuP70lAmyt6vpeBY&#10;TTK+sgz/6cnFF2SP+ptmuEajubone3asRqMJ1mg0YT1B7nEajSaZJDpmzJjbacSYzVa+s72980fq&#10;1ySpkQwHSpie0GxQQpJoT3HRa21tHUtaW3dczf/eEAgEgvMF2QVfNC38f1ft3XJJh2coPA+tQj8t&#10;T8Fm0wOughwfW6nxDQ6MNpi6Q4y67ptrTbi3Jtvd90kTT6Lb25HQE29Hz6FrERY9sgz3sXQjmn35&#10;L0csk/U+21S8VHwdXii+jkUGem4hUwDBYWsQtmsjcFfJekTV1TARJ1GbSnsH4lsbwV7fmYU7Sjbg&#10;5qxHsCH3Prxddj2OO+LZ/b1WkAripCQimqpC/aFUeStt9/7oiMVX5uF4Y8OFJRk3aIZpNJr/15M5&#10;+3eNRnO5RqMZrNEwmY7RaDRBPRKN7JmKkkQS/eMf/3j94sWLN9G8zpaW9u629k4Ww0cC5IXpT5q8&#10;IHkkYfLQeahrkotbonupuEhU6AoEgvMN2QWfzNf8+7sb/uAVCs9DgqF5lPvLJ8NguhvXGza6tlLt&#10;lYiprkBcdRkm2UsQZS1AuD4PwZvWHgzeuulgmLUQUXW1iO3sQFxHKxLbPGTb0YSEuipMKCrGA+l3&#10;Y58hGD/V9Bbp0KxPEjYNkib4LWTaSj1sHg6HMQUzGooR397stfp1FS01I7azHeF2O8Zodaz4aJZ+&#10;ldeMTTV50v2/sIzHZ9or0GULxpHKSByrCMWx0jE4mHv5x3s3/u86qlLWuP75tUaj+a+ekPb/02g0&#10;f+6ZdEITT0iiJFeahkJTUUI1Gk1Ej0RpxNhkms+5YMGCtVRcRNu5JLKW1jZWMctLkoeXpJcwW+Sy&#10;7BVmD22etKO9nQIXSKLbRfyfQCA4b5Bd8AcfCq8Giaa7Kt61lap/AA/lPIjpeasx0WxEZIEOkWYd&#10;oq1mhGVndE3UZXfF2ApZm0lUoQmTyosRW1WG2OpyTLIXsyraCJMO40rKsVU7A4d1lwbUSiJBAfPf&#10;6QdBZ5rJei1JlPzWMUH9nlGFRkSZ9UhsbUBwZbV7xuYX9iQcre6VsSddjin4yjwK+zb88eMPM/++&#10;Y3/mJS9+mHFx0951v898bemvpqaqTC/pkShNOCGJ/rFHon/tkehVGo1mqEajGdUjUZrFSRKN6Sku&#10;IolOufXW2xcaDKYaVlzUuY0FHzT3rEYHRphtrC/Uk/Z2l0RJoD3JRSL+TyAQnLPILviDD4XnJeLJ&#10;4aoE/KsmAcdtoejMi8A9hamIclQjvqbCJSraKrUYEF1iYdKilSiTqgKTyqyIaW3B3Oq+9mEmo7ss&#10;Aq9rx2GRbTnLmeWF6d4KrqtGBL2WrYj9d++MzTzYzHfgaFVvoIGbnsKfj3KuOPDG8t/c83bqb4a/&#10;seLXQbsXay7nPztfaDSaX2k0mv/QaDS/6xkb9ieNRnOxRqO5tGcGJ0l0pEajGddTXBTuIVFWXJSY&#10;mDx369b0wtrauvdoJUitLrQa5WXZX8Jsa3dB0vSko8NLorU9xUUi/k8gEJwTyC4EAh8Kz8uqV1qu&#10;PswvDEOgL7wNU1qcSGxrQnJrvUtUtVVMijHlVtc5KFXhttYhvraSbenGVdnckk1ub2CjxKQ+0I90&#10;w3C0Mkb1rFV6ffrxS8MQPJ81BA9WrGVnmkrSTGquc602i4xIaq7tXYW2NyLU6cBMw3rstF7Pzk09&#10;73/UmYhvLMN+2Lv+f9dWpmp+w39WJ4NGo/k3jUbzW41G8z8ajeYPPTM4L9Jo2HbvlT0DrT2Lizwr&#10;dFlxEVXoUnFRVZVjN52Lulpd2gZUmG6YOFnIQs+ZqEuiIv5PIBCcC8guBIIUCn/IeGXXMXu4ah+k&#10;Uh9mr6zqEV9T6VpN2otd8pK+1iNWBjd3k84ipzeUw2i+GR/lD8Z3NvXXd/VhDmPjyb7I+TuyC+9k&#10;1bxUFOR1flpfjUiLa4s2oa7S670w2hsxvrAIGfrZOO5IQLcj2fX9lUfgq4Lh2LX5koo3lmn+xn9O&#10;/QENqdZoNP+u0Wj+u0einsVFV3hU6FJxkWKF7hVXXDFz5cqVmVJxEYUekPhaeWn2szB5aBW8bdt2&#10;hoj/EwgEZyuyCwGzWPPH8vVBVS/rgllo+xHraHSVBOFw8QR0FY5W7cP0ElJzLRMnFQopJQ0pU4u4&#10;jjZMLtXCkpGIg3mD8KlhGL4opDmboYpzNg9VxKK7cARK8hIRZzMjpNrB+j1DK+wIshYjyGxBeJEF&#10;CTXK48pcwe12PJb/ID4tDscP1pE4rBuENw3jkW28FTeun5cq+3wGgJ5/ftNTXHRBT3ERSZSKizwr&#10;dKm4iCp0qbjIs0J3MlXoUnFRUZG1w7USdZ2LMpEOoDDVYRKl+D+diP8TCARnA7ILgXLB2i2Xjc/N&#10;bppXvhbZ2dehNC0cHblheEIbinptrEIfJi/AOibLKIuenSv2LbS9ESOt5VijfQCHisbjIM3W1A5m&#10;IewMbs4mrQ6/Kw7Cs9ljsDL3XtxhWsf6Pecbl2Jj5j+wJH82ptfbEN8hn6/J3mdbAyKrK3Fb/lIU&#10;ro9BbUYETOYZWFixCgnOcozIyLFNmD//d/xnNJB4VOj6Ki6iCl2+uGiSZ4XuPffct4SKiyj+j52L&#10;tneyGZ+ewlSV5ikJs3f1Sbi2c3f0/Cji/wQCwZmL7EKgjF21fEFkseVEzPZtiK6tQ3jaeiQsfwS3&#10;ZD2Km0ozWDuJZx+mIhTAXlXa59D2yPpaV5C6ZSZO1NB5YxKbrUmrTYKfs+nqswzFAe1g7LNE4qXS&#10;G1i/517bNeiyheNj/TCsLn2YjT9Tqril14xz2hGyZRPi1y7DjbY8JLY1IKazE/ENNQjPzXxq/PLl&#10;I/jP6HSiUlxEEvUsLiKJUnERSVRWXETxf1lZ2Taq0CWxUZUuiXQghamOS6Ii/k8gEJxpyC4EwowZ&#10;M/4tKG1NLhXx0KoxpbMJYZU1uCStAIPWZCGyrARJnd69kqq01iO62MzOGBOban3KkwmspRHhVjOy&#10;TXNYKpAUpO4+3+zBM4zdNU9zHFuVHi6Pxo+OhN5+T5q+QiHtugmYXbUF0QqrY3pPsXYrxqZnI6S0&#10;ks0aTWhxnZEmNjgQlpu1c+SKFeP4z+mXgisuIolScRFV6HoWF1GFLhUXBRT/x0Q6wMLcvn2HDOm6&#10;a0t32xMi/k8gEPzSyC4EwuilCy4OzdpSR6EE0pnglM4GTKp1YuzWTHZuSVWwvICUoOKfxMYaTDQb&#10;ME6vR1StUzVpiELbQwoMWKb9J/aXTZYFqavhnqeZPxjfV8sHV7OQdt2VyCm4lRUwUfWu53uU+jvZ&#10;99XW+7XktkbEUzBDxhbHqNRFF/Kf05mASnERVejyxUU+4/+ouEiK/+s5lxxQYXqyY8cTjO3bCZdM&#10;RfyfQCD4pZBdCIRRyxZdFpK1tYWqUT2LaSZ3NrKt13BDHuID3nqtZ72SNxRswbLcebjZtN5HaHsG&#10;tubfhd3543HEph775wk9Rm2eZu9jJqPLNAR24xRc21CG+NYmj/cn7+/0FCqFNIxbsyqd/4zORHok&#10;6llc5C/+jy8uksX/9awEZbLsT2Eq4ZLoE5JEWfxfe/uOEP57FggEgv5GdiEQolNTfxu8ab2O2klk&#10;1bC09VpiQaTZgMQmV04tL0tPKcU1NyC8qAC5pjn4pjIRzxRdrxra3mqZybZnvzZchY/zr8ThyjhF&#10;EXpKk6L3vjAMxafGYYrzNNnjaHvXOhbthhjMcuQits1VJMQkqdLfyVpm2hsRbsg/MGrx4in8Z3Sm&#10;o1BcxMf/ScVFfPyfV3GRZ/xfr0TlkuwvYRJPPPGkFzt2PMmeR/fueQ8i/k8gEAwYsguBMnbNyqWs&#10;/5ITI9t6bXCwmDza2qQAA6WtV6qMjW6oQ1iRBSuMC9xbrycccT5C22NxxJmCL4qCsCfzMjb260hp&#10;qGofJ/WR7s8fitfzxuDzsknoUpmn6RJnEHYYonCvI4tl1kr5uEr9nfQ90mozxlb4U9DGdWvHz579&#10;n/znc7bRU1zkWaErFRfx8X9ScZEs/o+Ki6T4P0mSnhLlBcnDC5KHFybPk08+xZBWoyL+TyAQDASy&#10;C4EydvXi0LDcjD20wpTJs62ebW9Sf6Yrf9bI8mepcpYEFO+wIaK0ENO0aUjX3o33y6YyaUoh6r5C&#10;29kwaesEPKmdCIPherygC8Fh3RWK8zzf0I/DutxbkK67Bx9VXIPu6niZNF33nIwuywhUaeNxrV2H&#10;mFqHK/6v0ICoYjP7XkiU0lkrnd9GlxZiwtZNhcOXLRyQ4INfkh6JUnGRUvyfZ3GRZ/yfV3GRZ/wf&#10;rUapStaXPHlJ8vCS5JGkyUPP9ZCoiP8TCASnjOxCXwhKWzsvqtj8PZMJ34dJ/91a5xKQxcC2Oifq&#10;8jEybcvPV6/ciNE5OqTl3opvTMPYpBO1ySM80qSTStNU3FBvxZzKTTCYbmLzNPl5ngvtqQivKMOd&#10;xjS8VjIdP1QrFxN1O6fge/0g5GRMRnB+/s8JOWkHp21ZinCTlhX/JDXVIKHByRKGYh12hBu1Hwdv&#10;XJ82dtGiS/jP5FyjP+L/pNmidnvVy3QuKm2rDqQwJZ566mk39Hja1hXxfwKB4FSQXegLQxYv/mPw&#10;1o3pkUWmE0mtDfIt2fYGpGxvZdcjzXqMX59mvmrh8qpBK9Nx4QozVq6ehi7DZehyqp9T8jDJ6a6E&#10;3jSD9V1GdnS652neU53hNc+T+izDHA7cbVzFtn2VxEnbusdsE1nK0cPWxTS67OfHs+d++EzpdGSZ&#10;Z2Oh6THca0pFgm7LnrDcjKbx61dnjlr6+FSNJlVx4sm5DFehyxcXSRW6UnGRVKFLxUWq8X+0ElUS&#10;KC9IHl6QPJ7CVOLJJ10ipdcX8X8CgaAvyC70lbGpj140fsOaxybq8/fRaoxWZXTGmdDovUKbsGXD&#10;6uDbb/9jeHpaarTdhqtyy5G8YiGe2DIGP9gmBDjpxCW5N7RjsNC2HDE9k06keZrUSkK4ggxcIg8u&#10;K8dC/aPYXz4FRz1mdEr3oxD6z/RDkFN4J1I6GhDX4MQq44M4URfF+KQyHq+VpRyO3/h4eNDixX2a&#10;eHIu0/NPv8X/Sdu5JFFekv0pzKeffkYGSVQqMBLxfwKBwB+yCyfLmGWL44LWr00Pzd7aEJaXtXOi&#10;NvtFzxUaPWbk3Ll/CMncWp/YUI0pT7Qg0lmD5fn34WPDcBytiPZbIUtFQ58bhjLJUZQfhRB4bQ9z&#10;UAEStbFs0s/DD84kdCkUD3mF0He0I7G+GnNNy7HPnuKSZy0TaA3//Qp6UajQPeX4v96t3IETpifP&#10;PPMsg37+xBOuAiMR/ycQCJSQXThVxi5bdMnIFYvHjVm9IohfoY1MXXy5Z/8nZcNObyqHwXIrPtUO&#10;wpHSENUK2a7yKBzQD0ExSa7e6jVpRQm6f0xDLabnpqJpaxhOFA6VFQ/JQujbXBXB9xhX4o3yKUyc&#10;/6qPwomayDv571Ogjkr8X59mi1577fUPSvF/JFFp+3aghKnGU09RgZHrXJSKi9rb22eJ+D+B4PxG&#10;dmEgkfd/1rKeyRvrrNhSNBsva8ezClkS27clofiqZCKbdPKpYTj2ZV4N45pIpOg2IaKljQ2Z5mXp&#10;Kc2klnqEFxfhOkMaMs13odEYLyse4kPopSSgRw2L8CW1xtRF4ae6yEPYES1WGydJf8b/0WxR2tKV&#10;JMpLsj+F+eyzz8mg+9JqVMT/CQTnN7ILA41S/yfJkwp85lWkQW+aiWZ9DN7OGYwDuVewKScUzv6e&#10;Phit+hvwSP4jrNAovNYVrsD3hyZR/2VLHaIohMGkRUx9LQucVyoe4kPopSQgal9xSTMK/6qL0vHf&#10;g+Dk6EP8n+psUT7+j7ZUPSXKC5KHFyQPL0ue557byXj66WfZirfnXFTE/wkE5xGyCwONWv8nFfhE&#10;tXewwp5baoyoyI/FN7l/x6HyGHbG2e1Mwc81cfjYPhkG09243rBRHs1ntyO0rAyT9JmfR6YtsYbk&#10;Zu0imSa2NykWD3mtUnvez7UF6dhRdK27OOjHmuhTqrSk5/9UEx39Q320+J+qBwMR/0cSpW1VXpb9&#10;KUwlnnnGtRr1KC4S8X8CwTmM7MLpwFf/JxX8hHU+ic2WWTikuxzdNVO8YvJ+qI5Hd1U8niy6gYvm&#10;W40HTcuRob0dm1ZGFaYvCP3fcRvT7lN7HV6atNqMK7NAW3A3up0xPYVBkTv59x4oP9VFJJ2ojdzj&#10;EnA0rVxpBVsutn3lKBQXnVT837x581ZK8X9SYdFTT/mWJi9IHl6SPDt3Pu8FXSOJ0nayq9VFxP8J&#10;BOcasgunA3/9n5M6OnC/cyteKJiIY7YQfM9V2x6uSsS/KH7PM5qv5EZ8aJ+MgzmXHvh+hSaFXmd8&#10;6sL/8/U6DI8koFXG+ThQFe+SZn0UfqqJ6Pv/8GqiLzhRG9VCsqStXmnl6kGNkKdvuOIiz/i/QGaL&#10;yuL/XC0uVEjUK1FekDy8IHl4YfI8//wL7Ed6TXptkqhH/J8oLhIIzmJkF04Xvvo/4xuciKwoQ2rW&#10;zMOf5V3Z/YMzHoer5a0q7mg+ZyJQl4DvC4f+9O7GC9a+nKpxZ8f6eh2pzzTelP11fsG9+KSiR5qM&#10;yP38e/YHbcf2PJeXpRtaeR6vjZzDP1egjEdxkVShKxUX8fF/UnGRYvwfFRdJ8X8uiT4tk2V/CVMJ&#10;+hoJ+4knnpYkKuL/BIKzFNmF041i/2d2etPQ9Zu3XL/y7tvf2nRx9uf6wSd+dMSotqr86IjFV+bh&#10;2Lv5T4VvLNMoZscqvk5Pn2mj5br3j9dG98qtPgrHayIf4u/hC7Y1qyBKSZbu/65l9y/kny/wT49E&#10;qbhIKf5PabYoVejKios84/8kifKC5OEFycOLkueFF170giRNr9uTXCTi/wSCswjZhV8Ktf7Pt5dq&#10;/vL2mgseP5hz2b5jttE4Zg/BkYpwHKmIwLGKUBwrHYODuZd/vHfj/657ZZnGb3Ys/zq0HUvbst6y&#10;i9zfl+1UJk3ZPVxVub3nnEKc/Ukf4/+ouMgz/o8VF3nG/1GFrutM1LUSDVSavCB5eGHyvPjiS+w+&#10;VMDUU1xEs0U3iPg/geDMRXbhTGX34l/F7Vv3+/QP0i9u+CDr7zv3Z17y4ocZFzftXff7zNeW/mpq&#10;qkZzUtmxJ+oid/Gy+1dd1Ab+cWooi9e1aqVWFqqoVbi/aHHpR3r+kSp0peIiPv5PKi6SKnSpuMgd&#10;/yfNFpXi/ySJ+hInL0keXpI8JE2enTtfYBKl4iIR/ycQnJnILpzpvLVMc8nuFb8Zt3f1r4N2L9ac&#10;UnassvQi96MxOqBzJ9f2bO8Wr6c0pa3en+oiU9W+JhgY+iH+b4pn/B+1uVCeLa1EB0qYnrz00suM&#10;F198kbW6SMVFIv5PIDgzkF04n6AK154sWtdq0LWNmsk/Tgm17Vl2zSOij0TMP+Z4XbTo8TtN9Gf8&#10;HxUX0Xaqazt354AJUwn6+nPPPccELhUXifg/geCXQXbhfIGCCXihBbraVJUma0GJSHI/jm3T9q5I&#10;pTNP/n6C04NK/B8/W1Sq0FWcLcrH/0krUV6S/SVMiZdffsUL6Vy0p1dUxP8JBKcR2YXzBX61GWjR&#10;Dq0WlbZnWd+nhzQJup/Xa7iyb1P5ewpOP/0d/+eq0H2atZxIq09ekDy8HJXghanE88+/yCIAe85F&#10;RfyfQDDAyC6cFzRG/9mrRaQHf/F6rlVqYNKkqlz+cfSaqIkWq4IzDK64yHO2KB//53O2KMX/UXGR&#10;1OZCElUSKC9HJXg5+uKVV15188ILL7FzUY/iIhH/JxD0M7IL5wN0jknnmW6pBTBzszfcIABp0sq0&#10;JvIhNpLM/dhIep0W/nGCM4uef/o1/o8kRtuqtDLkBcnDS9EXnsJUgu5HZ7EUgi/i/wSC/kN24ZyH&#10;IvF4+flbbdZEXxrwSrMHWVHQyUb4edIY/WcRGH96OcX4P1ZcRPF/+fnaKor/c0mUtnO9JcpL0Re8&#10;IH3x6qu7GPTz555zRQCK+D+B4NSQXTjXka8E/YS5q0mTPS9ipuzxvtpc+hCq4Alb7bL8W7qPKzD+&#10;RF3UDvpLAP9YwcChUlzUp9mifPwfrUSp0IeXoxK8FH0hCVMJ+jqdwz711LMi/k8gOAlkF85pdkT/&#10;VulsU02A0uqUD2tn4vVoOeEhqfGPP9neTQpjcL1nxfxbIc9fCIX4P6m46KTj/558kiS6c8CEKbFr&#10;12te0DksnYtu28bORVn8nyguEgjUkV04l+nTSpBJU77S9CfBU2lz8cIl7Rpe2p70pe9UMHCcxGxR&#10;Kf7PPVuU4v+k2aIU/0dtLpJEeTkqwctRCV6YPK+99jpeeukV97moiP8TCJSRXTiXcW13eq/cFNtD&#10;VKSp+njP1ziFUAU3bHvYXbTkhWyb+SSmuAgGDq5Cly8u4uP/PIuLSKLu4iLP+D+SGMmMzkIHSphK&#10;vPyy61yUKoRF/J9A0IvswjlLTfSl8m1ahZXgKUiT7sU/h16zT8U8PWeqiivN2sg9P9VGHvP+mhDn&#10;mcxJxv9RcZE7/u/WW29fKMX/UXERbau++OLLMkHy8ILk4UXJ8/rru93Q4+lclLaTPeL/qLhIvlsj&#10;EJzjyC6cq9BZoZdwlFpQ1KQZYDjCybS5eOJqeVF+/Z7zTNdK1OtrPgqbBGcU/RH/R8VFUvyfJFHq&#10;3RxIafLQ16kf9emn6VxUxP8Jzj9kF85VZO0hXDzeqUrzZEMVJJTPRt1bvez1qYjJ62ti0spZi0qF&#10;7knH/1FxkRS4sGuXujh5QfLwkuTZvfsNL+iaq1/UJVER/yc4H5BdOBdRktJPtZGfuR9zqtJUWtGy&#10;5we2GlRNJHKdabrPR/nzU3/VvYKzA5X4P362qM/4P2m2qBT/R60mtLUqrT55QfLwguThhanEG2+8&#10;iVde2cVGsdFYtp74v9WiQldwriG7cC7Cj/Yi3OeVStufTHqBS1OxzSXAwAM1aZIUvc5UFVa0TP6i&#10;HeWcgisu8oz/8ywu6lP8H4Ue0JxPkuhACVOJV199jb1uT4WuiP8TnDPILpyL8Cs1goQlnSnKV4p9&#10;kKZaqEJd5C7+cTJUpK20kpS/hojwO9fp+UepuIiP/5OKi3zG/1FxEUmMKmVpZchLsr+EqQTdk7aR&#10;aSQbzTcV8X+CsxnZhXMR/nzzp7rIQ/x5oZs+StN1f//ik6GSSKT2XBKx12MDXNEKzh36O/7PJdGd&#10;rK1loIT55ptvyaB7UHGRK3RBxP8Jzj5kF85FeHGqwYpt+ijNPoUqSCi0rRBq0nSNMuMf7+c1BOc0&#10;KsVFpxT/RxKlQh9elP0lTCXosRTyQH2qIv5PcLYgu3AuIlutqUAFPvxz/cHf21+ykGohko8+UX6r&#10;uaeats/v1Yua6AsoMD7Qql/BmYtKcZHSbFGpQldWXCTF/0nFRdRq8tJLL7FVKC9FX/Bi9MVbb70t&#10;g1a/lN3r2s4V8X+CMxPZhXMR+fkgT+Qu1bxaHyitBFnBjtpK8CSkqRTcwF6DD24IFJqwUhdV7rqX&#10;9F4id4k5oecGAxH/RxKlXlFfEuWl6Atelkq8/fbbeO213T2hCyy5SMT/Cc4YZBfOVWgLVlZcQz/W&#10;Ru7sU7KPB7KVoK94PRps7Z5wEuBz+iFUwRP2Fwju9XuJFkO2zzEUiotOarYoxf9Js0UpQ5dGor3+&#10;+usDJkwXe7x4/fU3mLx7JCri/wS/KLIL5zIkDlqt9Qio5WRWmW76shIkaZJk+Qkn/gqRXM+TSa7P&#10;26uudhmdz1X3KQhZcHagUKErFRdJEuWLi6T4PyouksX/UXERrQh37XpdJsn+EqbEnj29vPnmmyyM&#10;nuaa0kQXEf8nON3ILggCQxZ44EM8SuHyBG2Z8o/1RHmLOYA2F09cU1Z2yFpuela7/HXZ8wXnJD0V&#10;ulRcpBT/R8VFSvF/VFykGP8ntblQ7+ZACdPFXi/oua++6gqjp3NREf8nOB3ILggCQCnwQGUlSCtK&#10;voe0R6I1qmehaq/R1xYUlTNVJsvayJ2sLYf7muwegnMerkKXiouU4v/42aKy+D8qLpLi/1y9oq+q&#10;CvRUhbl3rxx6HMUNUuhCT6/oE1RcJOL/BP2N7ILAPyotKLKV4ElLU2G12SO7PfzjVGEtL3JpMmoj&#10;d7oSi7j+1trIY7L7CM4rVCp0/cX/UXGRavwftZq8/PLLbon6EqY/afKy9GYf9u3rhVpoKHShJ7lI&#10;xP8J+g3ZBYF/eqtSXSi1oChLsye/1o80iT63uXji2p5VeG3X2S6L6VM4ow00W1dwftDzT7/G/9G5&#10;JPWKUmFRX4TpW5r7ZNLkodej0AWP4iIR/yc4aWQXBH5QLNjxmOspFQIpSdM1Gszv2YvKijawwAOV&#10;7Vn3GWzPPY7XRj7uKc5+6Q0VnLMoVOgGOlvUq0L3nnvuWyLF/5HEqFKWVoYDJUyJd955xw29BoUu&#10;PP30MyyMvqe4KPAjEMF5j+yCwDcyqXkWBZG0WLUuLz1GQNIkZKvNuiiQ6PjHyVCRpudoMo/XkKUp&#10;UV+q7J4CgQIqs0X5+D+puCig+D9XmwtJdGCEqYR0LuqRXFTe3t5+iyguEvhCdkHgG76a1h2T5+tM&#10;sQ/SlImZ4bGiVcO10t0he20FadIcUvl7jdwvu6dAEAD9Ef8nzRZ1OJx7qV/U1eayS1GavByV4AXp&#10;i3fffZdBP3/tNddEF6lCV8T/CZSQXRD4hm8tocpUJjteWC4Zuc4NA5Qmuz8nP38BCYw+9onyW8li&#10;m1bQX6gUFynF/6nOFuXj/1xtLrvY6pAXJA8vRV9IwlSDQh6ouMhjtqiI/xMwZBcEvuHF5oJfvbnx&#10;Wz3ridLAbb+rzT5KU3Wup6/XEAhOgpOI/+OLi7zi/3ordF+RSZSXoi94QfrivffeY1DxEhU10Vg0&#10;Ef8nkF0Q+IavqFWDhRv0QZoEvxJ030fhsRKK1btq0uznCD9P6HxUnJEK1FAoLjrl+D8q7pEkystR&#10;CV6KvpCEqQRJlF6XBoT3xv91JPHfs+DcRXZB4BvlM0hPaDC2SmC7L1RGjSmFKkgoStPXgGulUAX2&#10;fiNO7g+9634buNff5es9CwSER3ERH/8XyGxRWfwfVejSipB6RQdKmL28j/ffd0Gr3V27XmPFRXQu&#10;KuL/zg9kFwT+ITEqtHKwgIKTlZBsJehLgApFSu7n+Nge5kMVJNHxjwsEGkkmfe/e9yOifQpfIPBE&#10;If5PKi6S4v/44iIp/s9rtujWremFUvwfnU1S7yYvRjXkclTifS9p8rz77nvsXHTnzhdF/N85juyC&#10;IDCO10bOcbd01EbuYe0ifSgC8kKpN9RHvB6JW/Z49j6iWtSkScjaXFQGZ/vD9b3TSlXhPbg5OSEL&#10;zm96KnSpuEgp/o+Ki5Ti/6i4SDX+jyp0qVpWafUpl6MSvoX5/vsfePHBB/Tj+3jjjTdY6IKI/zv3&#10;kF0QnH5IRPwKVi1ejw8u8MBny4vyFnOAoQoe0MpY8fW5LWN6jBhTJjgVuApdvrhIqtCViov4+D93&#10;cRHF/0nFRVShK0lULkievgvTm/1u3nrLdS7ak1wk4v/OcmQXBKcfpZWgUrwerQ7lW60Mn9Lsy2v4&#10;gs5UvbeTJaJZZa5Xf6sQp6Af6fmnr/F/VFzkFf9HxUVS/N8zzzzH2lyoP3SghMmzf/9+7N37Dl55&#10;ZZdUoSvi/85CZBcEpxelFhTqDeVXgn6k6VNQVO0qf56fNhdPqAhIsRCJ3WeXK1BB3qYT8P0Fgj6g&#10;UKF7yvF/JDFaEb799l4FUfaPMPfv/1AGnYvSPNNnnnlWxP+dRcguCE4vsiIfhVaSU5Emez4feBBI&#10;qIKP58teX+GMlslf4V4CQX+jEv8nFRfx8X9ScZFX/N+1117/IM0Wpfg/qUKXJrmcqjRdwlSWpicf&#10;fvghuy+di1JxkYj/O7ORXRCcXlyVuN7S8eyHVK6E9ZCWwj09UVrR9mW1qb7S7H39E7URM7n7+6wI&#10;FggGilOM/3MXF3nG/734Ik1zeWPAhPnhhx/JoK+9+eabLAS/p7ioVcT/nTnILghOHz/UR1/tqyiI&#10;FeKoSDPQdg+Z+PoQeCB7rvse3jGCfAzhyVbrCgT9SX/H/7W3d/5IQfS7d+9mZ6C8LPtDmBIffeSN&#10;FLog4v/ODGQXBKcPpS1YFp7Qc6aoXIgTuDSV4vWIQJ6vKk2+EEkhuIFF+PkpVhIITicK8X9ScREf&#10;/+d3tqhUoUth8HQ+SeeUvdKUS/JUhPnRRx978fHHH+Odd97FK6+8KuL/fkFkFwSnD3noQTR6tj13&#10;KEqrNnJnINJTvX+Aq81/1UXp+O1jRWkqtccE+BoCwS+FQnHRKcf/UXEPSXTfvndlsuwvYSpBK9/X&#10;XustLvIV/3dp9EMX/DVkTjRBP+e/Lggc2QXB6YNf1VFBjYKspKCBHbS1y99DFTabk79XNCjxR/ZY&#10;D1TDFRSkScjnep5ChJ9A8AvAFRf1Nf6PFRdJ8X9UXEQrQVoRUtvJQAnTxSf45JNe6LVoKLg0Fk2K&#10;/7skfN6yi0Pn4uKwufhrqAv6+cWhc/dfHDp3/aXRd/apl1sgxPmLolRRKxeWezSZ30IgT5SLinyn&#10;+fRVmqqhCgr37gu0qvYneIFgIPAoLuLj/wIpLpLF/7kqdKnN5e0BE6YSdM+nn3sJSbevIUH65KLQ&#10;+3f9dcL9oo+0D8guCE4fyhWvvbjyb6NalKTlE6Uwdx8RfgSfXuSGpK1SgUtf83q/JxGq4H2/iJlU&#10;HOW6H41qi9wvVq+CXwqF+D+puEiK/5OKi/j4P3dxkRT/Z7dXvUznoq4g+jfZ6nAghEkcOHAAL776&#10;pkyQ/qAtXP4zECgjuyA4vVCBEJOah4BcP4/cz/JvFZ7jD9WVoEq8nlKRUg+qLS9K0lcKbgiImuhL&#10;pQAF2dkq+2yEPAW/LB7FRUrxf1Rc5Bn/R8VFfuP/qEKXgujpDFQuyb4LU5ImMe2ejTIx+iVk7h6x&#10;bRsYsguC0w8TXc9Ki+RDxTlqq7xAkMXrUW+oioSVJetuOVGUpus1Ti1UQUKasuKPPq+6BYIBoucf&#10;qUJXKi7i4/+k4iI+/o8VF/Hxf5Sh+/rru1lv6KkIk0jLrZRLMUAuCrlfx3+/AjmyC4KzG6WVoFrg&#10;AYvKU5Kmv5YXtRYUhdfwBVttsy1Z2evLz3trI2byzxcIzgT6If5vCsX/SbNFXRW6r7GKWV6QPJ7C&#10;lOgp/DkpLgqZe+zPoxL+i/8eBd7ILgjObmStJAoRfsRJS/MU2lw8YWeqCq9Pq2O+ulgEKgjOFgYi&#10;/o+C6Kl3058wT/Zsk+ei8bPC+e9L4I3sguAsRiEzlvCM8CPUpem/XeVUQhUk+EHgbqi4iPpCeTH7&#10;KWwSCM5EVOL/pOIivkJXKi7yGf9H6UF79uyRCVOi1LntlFac9Ny/hMxeSG+e/34EvcguCM5e5Jmx&#10;hHcLiqo0AyzCkQUeuNjBP04NXy0v0usrndH2qYdVIDjD6K/4PyoukuL/KEOX2lzoPFQSp76kCReH&#10;zpMLsQ/8Jfi+pfz7F3gjuyA4e/mpLqrcSzhcewgT6ylI82TaXDxRlaZHIhKf30uw81OF+wkEZyNc&#10;cVGgs0X9xv+9+eZb6HzqpVNbcYbOxZ+D753Cv2eBN7ILgrMUhW1az8xYVyGOgrQCleZJhipIqEqT&#10;S0Tit2npvJZVGSvcUyA42+n5R6m4iI//k4qLFOP/5s2bt1KK/+NF2BcuCr3/u4uDb/8j/z4F3sgu&#10;CM5OZNW0HgU77ExRJry+SZOQx+sFVu2qLFyGd5+o0oo2kHNXgeAcoT/i/wZF3vf8xaH3y6QYCBeF&#10;3P+CON/0j+yC4OyEDzGgn5Mw+e1bLyH1QZrK/Z7qoQoS/PvyQBauoPoaCvcVCM51VIqL/Mb//fv/&#10;/OnavwTd8wkvRX9cFDL7jT+NvXkk/z4EcmQXBGcnckGp9Ef2SIuvtPWHrGAngHg9+XvqfX1emq7X&#10;cKUHuV/DR3CDQHA+4VFcxMf/8cVFrEL3givjFrAw94CZhz8F3bWEVrz8awvkyC4Izk7kFbW9g6W5&#10;67v60jpCkGQV7uNztalavVsbuVOpQla21Sy9Rh9DFWTURF8qtnoF5xIKs0X5+D9WXPR/Q6Y+flHw&#10;fTQBRUGUvfxlwr17/jTutpU9Fb//H/96AjmyC4KzFIXiIE9YKIKPwHZfyOL1XKvBDfzjJFSl6SNc&#10;gR+xdjKhCp6w91AXtcN1ZuoKjA/kPFYgOJvwKC7yjP9zFxf9x4XDJ/4l6O6nmSQ9q23D5uKiCfd9&#10;9pfge3b//rIwKjKibeB/5+8vUEZ2QXD24pKF8hYtE52PFaIqNdGXygt21FeCrtWp0nuIlgUxuOmH&#10;UAU3NdEXMAkrvgeRQCQ4t1Gp0P3r//x9QsT/DZ8+90+jb827cPQtuv8dkrLgvy4aRcKkgiM6N6XH&#10;/xt/P4EysguCsxtXaLrrPPKn2shjVBykKqwA4NtD2H3rosr5xxGu7VYFYfmp3pXNJWUE1ubihWvK&#10;ijzn1gMStNL5qkBwruEn/o+2dKnIiLZ46cyUHie7h0AZ2QWBwI3K9q/SSpDOLfnHMfxIU7EFpQ+h&#10;ChLSlBW5gL1FKgqOBOcjXIUunYuSSEmYtNKkFapYbfYB2QWBQEKlKlYer8dWevKVZiDh7Eo9nn1N&#10;ClLdoq513YsXM7Xp8PcQCM4XeoqLaEuXqnSpyIhWprLHCdSRXRAIJPgWFJeMuAKbU5Cm0mozkDYX&#10;T9QKkei+dNbJT2ERK06BQHCqyC4IBAyFoiC2EvQsMPIhzUDkJ2+hIXy3uXjCAhPUXr9HjrJq3T4G&#10;PwgEAgGP7IJAQPBTUPjMWNVCoD5shfIrWn9tLp6orTTZNWmlq7CipVmfUn6vQCAQnAyyCwIBQT2f&#10;vJSk6lz1lpPApakar6fS5uL1XDVpcqtJ5RWtwhmtQCAQ9AHZBYFAuZrWlRmrtj1KBCpNgo/Xo5YX&#10;an3hH8ejKk2F6t0TtVEtnglKPeebc/h7CgQCQV+QXRAI+Pg7aZuWjQZTkBYJqS/S5O/PXoPOT/2s&#10;Nl0tJwrSVpCm0hltoCtagUAg8IXsgkDAC4qJsTbymExYvYU4fVrF8RF+gcTrqZ6pKkmzj8ENAoFA&#10;0BdkFwQCpRWhMtH+W054GqP/LL+PcqiCRF+lqbzV7Ps1AqIm+gIWGB9g1a9AIDg3kV0QCIgTtZF7&#10;FFN4GJEUGL/nZKL85CtBuldUC/84N1KMHo+PdCGlUIWTivDrgVKRXPm3dB+XwANptxEIBOcmsgsC&#10;AdG7yuPGk5GQSHQnc1aotBL0IUBffaK+VrpsEkqgr+EHdq5L9+C2fQPtVRUIBOcesgsCgQSTJ6tM&#10;dQtjx8kKiOjTSrAm+gJemExYfipjVdtc+rq96np9r8pfOa5KY4FAcH4huyAQDBT89q/qqo1JS77S&#10;JPxV7/KhCqqv4Qu17eGeCmPpvXkGQggEgvMH2QWBYCDgK3VdKKwET0GarmAG7jnU5tKHpCDXlBcK&#10;UpC/Pr1fNgKNvhc+s1cgEJw3yC4IBAMB34KiGHigIk0+7k+NgF7DB6rVxHTPkz3XFQgE5xyyCwJB&#10;v6NQFERnlbS6cz9GRZokLapold2TQ1l6gQceqLa8uLZ7C2UrY4FAcN4iuyAQ9DeKmbG1kTvdjzlF&#10;aRKuZCPv5wcaeKAmTTof9bc9LBAIzj9kFwSC/oYExgvJ3U6iVojTB2nSqlIerxdg4IGPlpc+FxUJ&#10;BILzAtkFgaC/4fsq2WivHdG/Vd5e7aM0lUIVAojwY/iQpq8+UYFAcH4juyAQ9CvK/Zg7FLdvT0Ka&#10;SuenhN9UI5XoPyFNgUDgD9kFgaBf4aaU0DmkWmB8TxVs4NLsa6iChMqZqpCmQCAIBNkFgaBfUVxx&#10;cjF+PdLqS+sIY0f0b2Vnm/7i9VSkSYhCIIFAEAiyCwJBf8MPlPaWFf14ElNWFOL12L1qI/fwj3ND&#10;27reEYJCmgKBoM/ILggE/Y6rcnaHpzx7Qg3Ytqrf80gV+hSv5zoLrZEJ/CS2hwUCwfmN7IJAMCCQ&#10;PD1XezSWrDby8ZMNFlCK11OM8OtBbdUbaK+nQCAQSMguCARnA3xvqK94PTZLkxsL1iPRGjXRCgQC&#10;gRqyCwLBGY9i4IFyvJ6QpkAg6G9kFwSCMx1ZC4pK4IGyNHvi/oQ0BQLBSSK7IBCc6ZD4vESo0IKi&#10;Ks26qB19GTMmEAgEPLILAsEZDReo0LP12lsURL2dQpoCgWAAkV0QCM5k+G1ar6IgqeVESFMgEAwg&#10;sgsCwZmMXIzR+KkmOronocirV1RIUyAQDASyCwLBmYzSpBXlnk6CSVRIUyAQ9CuyCwLBmYxMnD2B&#10;8fwQa3elrZCmQCDoZ2QXBIIzGUoc8pSkTJg9556iT1MgEAwUsgsCwZnMv+qiNijJ0s3JTFkRCASC&#10;PiC7IBCc0UhFQFzlrDQZhe/nFAgEgv5GdkEgOOOpib6A9Wq6t2YjP6OVqDjPFAgEpwPZBYFAIBAI&#10;BOrILggEAoFAIFBHdkEgEAgEAoE6sgsCgUAgEAjUkV0QCAQCgUCgjuyCQCAQCAQCdWQXBAKBQCAQ&#10;qCO7IBAIBAKBQB3ZBYFAIBAIBOr8/3V7a8K4WxmpAAAAAElFTkSuQmCCUEsDBBQABgAIAAAAIQBZ&#10;wAHd3gAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9PS8NAEMXvgt9hGcGb3aT/CDGbUop6KoKt&#10;IN6myTQJzc6G7DZJv73jSU/D4z3e/F62mWyrBup949hAPItAEReubLgy8Hl8fUpA+YBcYuuYDNzI&#10;wya/v8swLd3IHzQcQqWkhH2KBuoQulRrX9Rk0c9cRyze2fUWg8i+0mWPo5TbVs+jaK0tNiwfauxo&#10;V1NxOVytgbcRx+0ifhn2l/Pu9n1cvX/tYzLm8WHaPoMKNIW/MPziCzrkwnRyVy69ag0sFytJyl2D&#10;EjuZJ7LkJHqZRKDzTP8fkP8AAAD//wMAUEsDBBQABgAIAAAAIQCqJg6+vAAAACEBAAAZAAAAZHJz&#10;L19yZWxzL2Uyb0RvYy54bWwucmVsc4SPQWrDMBBF94XcQcw+lp1FKMWyN6HgbUgOMEhjWcQaCUkt&#10;9e0jyCaBQJfzP/89ph///Cp+KWUXWEHXtCCIdTCOrYLr5Xv/CSIXZINrYFKwUYZx2H30Z1qx1FFe&#10;XMyiUjgrWEqJX1JmvZDH3IRIXJs5JI+lnsnKiPqGluShbY8yPTNgeGGKyShIk+lAXLZYzf+zwzw7&#10;TaegfzxxeaOQzld3BWKyVBR4Mg4fYddEtiCHXr48NtwBAAD//wMAUEsBAi0AFAAGAAgAAAAhALGC&#10;Z7YKAQAAEwIAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAA7AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEABBan3g4GAACbHQAADgAAAAAAAAAAAAAAAAA6AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAK&#10;AAAAAAAAACEAvQxnuPSeAAD0ngAAFAAAAAAAAAAAAAAAAAB0CAAAZHJzL21lZGlhL2ltYWdlMS5w&#10;bmdQSwECLQAUAAYACAAAACEAWcAB3d4AAAAIAQAADwAAAAAAAAAAAAAAAACapwAAZHJzL2Rvd25y&#10;ZXYueG1sUEsBAi0AFAAGAAgAAAAhAKomDr68AAAAIQEAABkAAAAAAAAAAAAAAAAApagAAGRycy9f&#10;cmVscy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAAAAYABgB8AQAAmKkAAAAA&#10;">
+                <v:shape id="Picture 3" o:spid="_x0000_s1072" type="#_x0000_t75" alt="A pair of metal tongs with a spring&#10;&#10;AI-generated content may be incorrect." style="position:absolute;left:2571;width:45339;height:28155;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBs3wIIyQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/JTsMw&#10;EL0j9R+sqcSN2ixtaKhbVYhW9IDowgdM42kSsMdRbNLA12MkJI7z9pktemdFR22oPWu4HikQxIU3&#10;NZca3g6rq3sQISIbtJ5JwxcFWMwHFzPMjT/zjrp9LEUK4ZCjhirGJpcyFBU5DCPfECfu5FuHMZ1t&#10;KU2L5xTurLxRaiId1pwaKmzosaLiY//pNCzt63rdb7vD6e6Jv4/Z+8vKbqLWl8N++QAiUh//xX/u&#10;Z5PmZ9PbscrGagK/PyUA5PwHAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAbN8CCMkAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;">
                   <v:imagedata r:id="rId29" o:title="A pair of metal tongs with a spring&#10;&#10;AI-generated content may be incorrect"/>
                 </v:shape>
-                <v:line id="Straight Connector 1" o:spid="_x0000_s1071" style="position:absolute;visibility:visible;mso-wrap-style:square" from="0,5810" to="13049,5810" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDknumKygAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9RS8NA&#10;EITfhf6HYwu+2U2bGNvYaxFB6VPF6g/Y5tYkbW4v5M4m+us9QfBxmJlvmPV2tK26cO8bJxrmswQU&#10;S+lMI5WG97enmyUoH0gMtU5Ywxd72G4mV2sqjBvklS+HUKkIEV+QhjqErkD0Zc2W/Mx1LNH7cL2l&#10;EGVfoelpiHDb4iJJcrTUSFyoqePHmsvz4dNqsOku2efDYt9ieXo+yjdilr5ofT0dH+5BBR7Df/iv&#10;vTMa7rL8NktX8xX8Xop3ADc/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOSe6YrKAAAA&#10;4gAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;" strokecolor="#4c4d4c [3213]" strokeweight="1pt">
+                <v:line id="Straight Connector 1" o:spid="_x0000_s1073" style="position:absolute;visibility:visible;mso-wrap-style:square" from="0,5810" to="13049,5810" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDknumKygAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9RS8NA&#10;EITfhf6HYwu+2U2bGNvYaxFB6VPF6g/Y5tYkbW4v5M4m+us9QfBxmJlvmPV2tK26cO8bJxrmswQU&#10;S+lMI5WG97enmyUoH0gMtU5Ywxd72G4mV2sqjBvklS+HUKkIEV+QhjqErkD0Zc2W/Mx1LNH7cL2l&#10;EGVfoelpiHDb4iJJcrTUSFyoqePHmsvz4dNqsOku2efDYt9ieXo+yjdilr5ofT0dH+5BBR7Df/iv&#10;vTMa7rL8NktX8xX8Xop3ADc/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOSe6YrKAAAA&#10;4gAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;" strokecolor="#4c4d4c [3213]" strokeweight="1pt">
                   <v:stroke joinstyle="miter"/>
                 </v:line>
-                <v:line id="Straight Connector 1" o:spid="_x0000_s1072" style="position:absolute;visibility:visible;mso-wrap-style:square" from="36814,11096" to="49863,11096" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAggJouxgAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NTsJA&#10;EL6b8A6bIfEmUwrWprIQYqLhhBF9gKE7tJXubNNdafXpXRMTjl++/9VmtK26cO8bJxrmswQUS+lM&#10;I5WGj/fnuxyUDySGWies4Zs9bNaTmxUVxg3yxpdDqFQMEV+QhjqErkD0Zc2W/Mx1LJE7ud5SiLCv&#10;0PQ0xHDbYpokGVpqJDbU1PFTzeX58GU12MUu2WdDum+x/Hw5yg/icvGq9e103D6CCjyGq/jfvTNx&#10;fn4/X+bZQwp/lyIGXP8CAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAIICaLsYAAADiAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" strokecolor="#4c4d4c [3213]" strokeweight="1pt">
+                <v:line id="Straight Connector 1" o:spid="_x0000_s1074" style="position:absolute;visibility:visible;mso-wrap-style:square" from="36814,11096" to="49863,11096" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAggJouxgAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NTsJA&#10;EL6b8A6bIfEmUwrWprIQYqLhhBF9gKE7tJXubNNdafXpXRMTjl++/9VmtK26cO8bJxrmswQUS+lM&#10;I5WGj/fnuxyUDySGWies4Zs9bNaTmxUVxg3yxpdDqFQMEV+QhjqErkD0Zc2W/Mx1LJE7ud5SiLCv&#10;0PQ0xHDbYpokGVpqJDbU1PFTzeX58GU12MUu2WdDum+x/Hw5yg/icvGq9e103D6CCjyGq/jfvTNx&#10;fn4/X+bZQwp/lyIGXP8CAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAIICaLsYAAADiAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" strokecolor="#4c4d4c [3213]" strokeweight="1pt">
                   <v:stroke joinstyle="miter"/>
                 </v:line>
-                <v:line id="Straight Connector 1" o:spid="_x0000_s1073" style="position:absolute;visibility:visible;mso-wrap-style:square" from="33670,25908" to="46720,25908" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBFrbiAxwAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NSsNA&#10;EL4LvsMygjc727QNNXZbSkHpqWL1AabZMYnNzobs2kSf3hUEj/P9z2ozulZduA+NFwPTiQbFUnrb&#10;SGXg7fXxbgkqRBJLrRc28MUBNuvrqxUV1g/ywpdjrFQKkVCQgTrGrkAMZc2OwsR3LIl7972jmM6+&#10;QtvTkMJdi5nWOTpqJDXU1PGu5vJ8/HQG3GyvD/mQHVosP55O8o04nz0bc3szbh9ARR7jv/jPvbdp&#10;vp7nub7PFgv4/SkBgOsfAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEWtuIDHAAAA4wAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;" strokecolor="#4c4d4c [3213]" strokeweight="1pt">
+                <v:line id="Straight Connector 1" o:spid="_x0000_s1075" style="position:absolute;visibility:visible;mso-wrap-style:square" from="33670,25908" to="46720,25908" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBFrbiAxwAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NSsNA&#10;EL4LvsMygjc727QNNXZbSkHpqWL1AabZMYnNzobs2kSf3hUEj/P9z2ozulZduA+NFwPTiQbFUnrb&#10;SGXg7fXxbgkqRBJLrRc28MUBNuvrqxUV1g/ywpdjrFQKkVCQgTrGrkAMZc2OwsR3LIl7972jmM6+&#10;QtvTkMJdi5nWOTpqJDXU1PGu5vJ8/HQG3GyvD/mQHVosP55O8o04nz0bc3szbh9ARR7jv/jPvbdp&#10;vp7nub7PFgv4/SkBgOsfAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEWtuIDHAAAA4wAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;" strokecolor="#4c4d4c [3213]" strokeweight="1pt">
                   <v:stroke joinstyle="miter"/>
                 </v:line>
-                <v:line id="Straight Connector 1" o:spid="_x0000_s1074" style="position:absolute;visibility:visible;mso-wrap-style:square" from="5334,28098" to="18383,28098" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAnqLR4xgAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NSsNA&#10;EL4LvsMygjc7axpSjd0WEZSeWtr6AGN2TKLZ2ZBdm+jTuwXB43z/s1xPrlMnHkLrxcDtTINiqbxt&#10;pTbweny+uQMVIomlzgsb+OYA69XlxZJK60fZ8+kQa5VCJJRkoImxLxFD1bCjMPM9S+Le/eAopnOo&#10;0Q40pnDXYaZ1gY5aSQ0N9fzUcPV5+HIG3Hyjt8WYbTusPl7e5Acxn++Mub6aHh9ARZ7iv/jPvbFp&#10;vr7X2SIv8gLOPyUAcPULAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAJ6i0eMYAAADjAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" strokecolor="#4c4d4c [3213]" strokeweight="1pt">
+                <v:line id="Straight Connector 1" o:spid="_x0000_s1076" style="position:absolute;visibility:visible;mso-wrap-style:square" from="5334,28098" to="18383,28098" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAnqLR4xgAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NSsNA&#10;EL4LvsMygjc7axpSjd0WEZSeWtr6AGN2TKLZ2ZBdm+jTuwXB43z/s1xPrlMnHkLrxcDtTINiqbxt&#10;pTbweny+uQMVIomlzgsb+OYA69XlxZJK60fZ8+kQa5VCJJRkoImxLxFD1bCjMPM9S+Le/eAopnOo&#10;0Q40pnDXYaZ1gY5aSQ0N9fzUcPV5+HIG3Hyjt8WYbTusPl7e5Acxn++Mub6aHh9ARZ7iv/jPvbFp&#10;vr7X2SIv8gLOPyUAcPULAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAJ6i0eMYAAADjAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" strokecolor="#4c4d4c [3213]" strokeweight="1pt">
                   <v:stroke joinstyle="miter"/>
                 </v:line>
-                <v:shape id="Text Box 3" o:spid="_x0000_s1075" type="#_x0000_t202" style="position:absolute;left:20193;top:904;width:11430;height:4668;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBWilEcyQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4L/Q/LFLzpZlMUm7qKBKQi7cHHpbdpdkxCs7NpdtW0v75bEDzO9575sreNuFDna8ca1DgBQVw4&#10;U3Op4XhYj2YgfEA22DgmDT/kYbl4GMwxM+7KO7rsQyliCPsMNVQhtJmUvqjIoh+7ljhyJ9dZDPHs&#10;Smk6vMZw28g0SabSYs2xocKW8oqKr/3Zatjm63fcfaZ29tvkr2+nVft9/JhoPXzsVy8gAvXhLr65&#10;NybOn6bqeaKelIL/nyIAcvEHAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAVopRHMkAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+                <v:shape id="Text Box 3" o:spid="_x0000_s1077" type="#_x0000_t202" style="position:absolute;left:20193;top:904;width:11430;height:4668;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBWilEcyQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4L/Q/LFLzpZlMUm7qKBKQi7cHHpbdpdkxCs7NpdtW0v75bEDzO9575sreNuFDna8ca1DgBQVw4&#10;U3Op4XhYj2YgfEA22DgmDT/kYbl4GMwxM+7KO7rsQyliCPsMNVQhtJmUvqjIoh+7ljhyJ9dZDPHs&#10;Smk6vMZw28g0SabSYs2xocKW8oqKr/3Zatjm63fcfaZ29tvkr2+nVft9/JhoPXzsVy8gAvXhLr65&#10;NybOn6bqeaKelIL/nyIAcvEHAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAVopRHMkAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
                   <v:textbox>
                     <w:txbxContent>
                       <w:p w14:paraId="50A0D6B7" w14:textId="77777777" w:rsidR="00BE612A" w:rsidRPr="00BE612A" w:rsidRDefault="00BE612A" w:rsidP="00BE612A">
                         <w:pPr>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
                             <w:b/>
                             <w:bCs/>
                             <w:color w:val="006CA9" w:themeColor="accent1"/>
                             <w:sz w:val="28"/>
                             <w:szCs w:val="28"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="00BE612A">
                           <w:rPr>
                             <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
                             <w:b/>
                             <w:bCs/>
                             <w:color w:val="006CA9" w:themeColor="accent1"/>
                             <w:sz w:val="28"/>
                             <w:szCs w:val="28"/>
                           </w:rPr>
                           <w:t>decays to</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:shape id="Text Box 3" o:spid="_x0000_s1076" type="#_x0000_t202" style="position:absolute;left:20812;top:20288;width:14668;height:5905;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCDgRRbywAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8gredJO0io2uIgFRSj1ovfT2mn0mwezbNLtq2l/vCgWPw8x8w8wWnanFhVpXWVYQDyMQ&#10;xLnVFRcKDp+rwQSE88gaa8uk4JccLOZPvRmm2l55R5e9L0SAsEtRQel9k0rp8pIMuqFtiIN3tK1B&#10;H2RbSN3iNcBNLZMoGkuDFYeFEhvKSspP+7NR8J6ttrj7Tszkr87WH8dl83P4GinVf+6WUxCeOv8I&#10;/7c3WsHL2yiJ4jh+hfulcAfk/AYAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCDgRRbywAA&#10;AOIAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
+                <v:shape id="Text Box 3" o:spid="_x0000_s1078" type="#_x0000_t202" style="position:absolute;left:20812;top:20288;width:14668;height:5905;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCDgRRbywAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8gredJO0io2uIgFRSj1ovfT2mn0mwezbNLtq2l/vCgWPw8x8w8wWnanFhVpXWVYQDyMQ&#10;xLnVFRcKDp+rwQSE88gaa8uk4JccLOZPvRmm2l55R5e9L0SAsEtRQel9k0rp8pIMuqFtiIN3tK1B&#10;H2RbSN3iNcBNLZMoGkuDFYeFEhvKSspP+7NR8J6ttrj7Tszkr87WH8dl83P4GinVf+6WUxCeOv8I&#10;/7c3WsHL2yiJ4jh+hfulcAfk/AYAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCDgRRbywAA&#10;AOIAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
                   <v:textbox>
                     <w:txbxContent>
                       <w:p w14:paraId="2A3945E4" w14:textId="77777777" w:rsidR="00BE612A" w:rsidRPr="00BE612A" w:rsidRDefault="00BE612A" w:rsidP="00BE612A">
                         <w:pPr>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
                             <w:b/>
                             <w:bCs/>
                             <w:color w:val="006CA9" w:themeColor="accent1"/>
                             <w:sz w:val="28"/>
                             <w:szCs w:val="28"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="00BE612A">
                           <w:rPr>
                             <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
                             <w:b/>
                             <w:bCs/>
                             <w:color w:val="006CA9" w:themeColor="accent1"/>
                             <w:sz w:val="28"/>
                             <w:szCs w:val="28"/>
                           </w:rPr>
                           <w:t>radiation emitted</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:shape id="Straight Arrow Connector 2" o:spid="_x0000_s1077" type="#_x0000_t32" style="position:absolute;left:12239;top:15573;width:15875;height:4953;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDa5KHKxgAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4L/Q/LFHrTTVoMMWYjtdAiXkp93IfsmIRmZ8PuVlN/vSsUepzvPeVqNL04k/OdZQXpLAFBXFvd&#10;caPgsH+f5iB8QNbYWyYFv+RhVT1MSiy0vfAXnXehETGEfYEK2hCGQkpft2TQz+xAHLmTdQZDPF0j&#10;tcNLDDe9fE6STBrsODa0ONBbS/X37scosOuPtd4eR2fMPs3m7qo/fa+VenocX5cgAo3hX/zn3ug4&#10;P0+zl2yRJwu4/xQBkNUNAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA2uShysYAAADjAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" strokecolor="#006ca9 [3204]" strokeweight="2.25pt">
+                <v:shape id="Straight Arrow Connector 2" o:spid="_x0000_s1079" type="#_x0000_t32" style="position:absolute;left:12239;top:15573;width:15875;height:4953;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDa5KHKxgAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4L/Q/LFHrTTVoMMWYjtdAiXkp93IfsmIRmZ8PuVlN/vSsUepzvPeVqNL04k/OdZQXpLAFBXFvd&#10;caPgsH+f5iB8QNbYWyYFv+RhVT1MSiy0vfAXnXehETGEfYEK2hCGQkpft2TQz+xAHLmTdQZDPF0j&#10;tcNLDDe9fE6STBrsODa0ONBbS/X37scosOuPtd4eR2fMPs3m7qo/fa+VenocX5cgAo3hX/zn3ug4&#10;P0+zl2yRJwu4/xQBkNUNAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA2uShysYAAADjAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" strokecolor="#006ca9 [3204]" strokeweight="2.25pt">
                   <v:stroke dashstyle="1 1" endarrow="block" joinstyle="miter"/>
                 </v:shape>
-                <v:shape id="Straight Arrow Connector 2" o:spid="_x0000_s1078" type="#_x0000_t32" style="position:absolute;left:11858;top:16240;width:12002;height:7905;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAOf/1uygAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvgv9heYXezCa2TWt0FS20iBdR2/sj+0xCs2/D7lajv74rFDwOM/MNM1v0phUncr6xrCBLUhDE&#10;pdUNVwq+Dh+jNxA+IGtsLZOCC3lYzIeDGRbannlHp32oRISwL1BBHUJXSOnLmgz6xHbE0TtaZzBE&#10;6SqpHZ4j3LRynKa5NNhwXKixo/eayp/9r1FgV58rvfnunTGHLH9xV731rVbq8aFfTkEE6sM9/N9e&#10;awXjNJvk2eT59Qlun+IfkPM/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAA5//W7KAAAA&#10;4wAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;" strokecolor="#006ca9 [3204]" strokeweight="2.25pt">
+                <v:shape id="Straight Arrow Connector 2" o:spid="_x0000_s1080" type="#_x0000_t32" style="position:absolute;left:11858;top:16240;width:12002;height:7905;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAOf/1uygAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvgv9heYXezCa2TWt0FS20iBdR2/sj+0xCs2/D7lajv74rFDwOM/MNM1v0phUncr6xrCBLUhDE&#10;pdUNVwq+Dh+jNxA+IGtsLZOCC3lYzIeDGRbannlHp32oRISwL1BBHUJXSOnLmgz6xHbE0TtaZzBE&#10;6SqpHZ4j3LRynKa5NNhwXKixo/eayp/9r1FgV58rvfnunTGHLH9xV731rVbq8aFfTkEE6sM9/N9e&#10;awXjNJvk2eT59Qlun+IfkPM/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAA5//W7KAAAA&#10;4wAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;" strokecolor="#006ca9 [3204]" strokeweight="2.25pt">
                   <v:stroke dashstyle="1 1" endarrow="block" joinstyle="miter"/>
                 </v:shape>
-                <v:shape id="Straight Arrow Connector 2" o:spid="_x0000_s1079" type="#_x0000_t32" style="position:absolute;left:17716;top:2762;width:16288;height:4140;flip:y;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBWH6YsyQAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasMw&#10;EETvhf6D2EBvjZwE28WJEkpCoLdSx5DrYm1tE2tlJMV2+/VVodDjMDNvmN1hNr0YyfnOsoLVMgFB&#10;XFvdcaOgupyfX0D4gKyxt0wKvsjDYf/4sMNC24k/aCxDIyKEfYEK2hCGQkpft2TQL+1AHL1P6wyG&#10;KF0jtcMpwk0v10mSSYMdx4UWBzq2VN/Ku1Fwu343fXW6uGOSh4rKbpxyfFfqaTG/bkEEmsN/+K/9&#10;phVkq3WebtIshd9L8Q7I/Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAVh+mLMkAAADi&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" strokecolor="#006ca9 [3204]" strokeweight="2.25pt">
+                <v:shape id="Straight Arrow Connector 2" o:spid="_x0000_s1081" type="#_x0000_t32" style="position:absolute;left:17716;top:2762;width:16288;height:4140;flip:y;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBWH6YsyQAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasMw&#10;EETvhf6D2EBvjZwE28WJEkpCoLdSx5DrYm1tE2tlJMV2+/VVodDjMDNvmN1hNr0YyfnOsoLVMgFB&#10;XFvdcaOgupyfX0D4gKyxt0wKvsjDYf/4sMNC24k/aCxDIyKEfYEK2hCGQkpft2TQL+1AHL1P6wyG&#10;KF0jtcMpwk0v10mSSYMdx4UWBzq2VN/Ku1Fwu343fXW6uGOSh4rKbpxyfFfqaTG/bkEEmsN/+K/9&#10;phVkq3WebtIshd9L8Q7I/Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAVh+mLMkAAADi&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" strokecolor="#006ca9 [3204]" strokeweight="2.25pt">
                   <v:stroke dashstyle="1 1" endarrow="block" joinstyle="miter"/>
                 </v:shape>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="49DA6D0C" w14:textId="07F67FDA" w:rsidR="003E2F0A" w:rsidRDefault="003E2F0A" w:rsidP="003E2F0A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3890"/>
         </w:tabs>
         <w:spacing w:beforeLines="160" w:before="384" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="28819F21" w14:textId="431B2A50" w:rsidR="003E2F0A" w:rsidRDefault="003E2F0A" w:rsidP="003E2F0A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3890"/>
         </w:tabs>
         <w:spacing w:beforeLines="160" w:before="384" w:line="360" w:lineRule="auto"/>
@@ -14981,51 +15241,51 @@
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>-</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="1088EDD9" id="_x0000_s1080" type="#_x0000_t202" style="position:absolute;margin-left:325.5pt;margin-top:7.3pt;width:33.4pt;height:28.1pt;z-index:251812864;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCJM7TNGgIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8lu2zAQvRfoPxC81/IeR7AcuAlcFDCS&#10;AE6RM02RFgGKw5K0JffrO6S8Ie2p6IUazoxmee9x/tDWmhyE8wpMQQe9PiXCcCiV2RX0x9vqy4wS&#10;H5gpmQYjCnoUnj4sPn+aNzYXQ6hAl8IRLGJ83tiCViHYPMs8r0TNfA+sMBiU4GoW8Op2WelYg9Vr&#10;nQ37/WnWgCutAy68R+9TF6SLVF9KwcOLlF4EoguKs4V0unRu45kt5izfOWYrxU9jsH+YombKYNNL&#10;qScWGNk79UepWnEHHmTocagzkFJxkXbAbQb9D9tsKmZF2gXB8fYCk/9/ZfnzYWNfHQntV2iRwAhI&#10;Y33u0Rn3aaWr4xcnJRhHCI8X2EQbCEfneDiaTUeUcAyNJneD2V2skl1/ts6HbwJqEo2COmQlgcUO&#10;ax+61HNK7GVgpbROzGhDmoJOR5N++uESweLaYI/rqNEK7bYlqizoME0QXVsoj7ieg455b/lK4RBr&#10;5sMrc0g1boTyDS94SA3YDE4WJRW4X3/zx3xkAKOUNCidgvqfe+YEJfq7QW7uB+Nx1Fq6jCd3Q7y4&#10;28j2NmL29SOgOgf4UCxPZswP+mxKB/U7qnwZu2KIGY69CxrO5mPoBI2vhIvlMiWhuiwLa7OxPJaO&#10;sEaI39p35uyJh4AEPsNZZCz/QEeX2xGy3AeQKnF1RfWEPyozsX16RVH6t/eUdX3ri98AAAD//wMA&#10;UEsDBBQABgAIAAAAIQB/mVye4QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvQv/D&#10;MgVvdpNi0xCzKSVQBNFDay/eJtltEszOxuy2jf56x5O9zeM93rwv30y2Fxcz+s6RgngRgTBUO91R&#10;o+D4vntIQfiApLF3ZBR8Gw+bYnaXY6bdlfbmcgiN4BLyGSpoQxgyKX3dGot+4QZD7J3caDGwHBup&#10;R7xyue3lMooSabEj/tDiYMrW1J+Hs1XwUu7ecF8tbfrTl8+vp+3wdfxYKXU/n7ZPIIKZwn8Y/ubz&#10;dCh4U+XOpL3oFSSrmFkCG48JCA6s4zWzVHxEKcgil7cExS8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAiTO0zRoCAAAzBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAf5lcnuEAAAAJAQAADwAAAAAAAAAAAAAAAAB0BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAIIFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="1088EDD9" id="_x0000_s1082" type="#_x0000_t202" style="position:absolute;margin-left:325.5pt;margin-top:7.3pt;width:33.4pt;height:28.1pt;z-index:251812864;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD1GE5DGwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8lu2zAQvRfoPxC81/IeR7AcuAlcFDCS&#10;AE6RM02RFgGKw5K0JffrO6S8Ie2p6IWa4Yxmee9x/tDWmhyE8wpMQQe9PiXCcCiV2RX0x9vqy4wS&#10;H5gpmQYjCnoUnj4sPn+aNzYXQ6hAl8IRLGJ83tiCViHYPMs8r0TNfA+sMBiU4GoW0HW7rHSsweq1&#10;zob9/jRrwJXWARfe4+1TF6SLVF9KwcOLlF4EoguKs4V0unRu45kt5izfOWYrxU9jsH+YombKYNNL&#10;qScWGNk79UepWnEHHmTocagzkFJxkXbAbQb9D9tsKmZF2gXB8fYCk/9/ZfnzYWNfHQntV2iRwAhI&#10;Y33u8TLu00pXxy9OSjCOEB4vsIk2EI6X4+FoNh1RwjE0mtwNZnexSnb92TofvgmoSTQK6pCVBBY7&#10;rH3oUs8psZeBldI6MaMNaQo6HU366YdLBItrgz2uo0YrtNuWqLKgw/vzHlsoj7ieg455b/lK4RBr&#10;5sMrc0g1boTyDS94SA3YDE4WJRW4X3+7j/nIAEYpaVA6BfU/98wJSvR3g9zcD8bjqLXkjCd3Q3Tc&#10;bWR7GzH7+hFQnQN8KJYnM+YHfTalg/odVb6MXTHEDMfeBQ1n8zF0gsZXwsVymZJQXZaFtdlYHktH&#10;WCPEb+07c/bEQ0ACn+EsMpZ/oKPL7QhZ7gNIlbiKQHeonvBHZSa2T68oSv/WT1nXt774DQAA//8D&#10;AFBLAwQUAAYACAAAACEAf5lcnuEAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF70L/&#10;wzIFb3aTYtMQsyklUATRQ2sv3ibZbRLMzsbsto3+eseTvc3jPd68L99MthcXM/rOkYJ4EYEwVDvd&#10;UaPg+L57SEH4gKSxd2QUfBsPm2J2l2Om3ZX25nIIjeAS8hkqaEMYMil93RqLfuEGQ+yd3GgxsBwb&#10;qUe8crnt5TKKEmmxI/7Q4mDK1tSfh7NV8FLu3nBfLW3605fPr6ft8HX8WCl1P5+2TyCCmcJ/GP7m&#10;83QoeFPlzqS96BUkq5hZAhuPCQgOrOM1s1R8RCnIIpe3BMUvAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAPUYTkMbAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAH+ZXJ7hAAAACQEAAA8AAAAAAAAAAAAAAAAAdQQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="3564FC30" w14:textId="77777777" w:rsidR="000601A6" w:rsidRPr="000601A6" w:rsidRDefault="000601A6" w:rsidP="000601A6">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>-</w:t>
                       </w:r>
                     </w:p>
@@ -15227,51 +15487,51 @@
                                 <w:sz w:val="52"/>
                                 <w:szCs w:val="52"/>
                               </w:rPr>
                               <w:t>7</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="07D9DED8" id="_x0000_s1081" style="position:absolute;left:0;text-align:left;margin-left:-23.25pt;margin-top:13.65pt;width:58.5pt;height:47.25pt;z-index:251714560;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBMVEH5iAIAAH4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X21nSR9BnSJo0WFA&#10;0RZrh54VWaoFyKImKbGzXz9KfiRoix2GXWxJJD+SHx+XV12jyU44r8CUtDjJKRGGQ6XMa0l/Pt9+&#10;OafEB2YqpsGIku6Fp1erz58uW7sUM6hBV8IRBDF+2dqS1iHYZZZ5XouG+ROwwqBQgmtYwKt7zSrH&#10;WkRvdDbL89OsBVdZB1x4j683vZCuEr6UgocHKb0IRJcUYwvp69J3E7/Z6pItXx2zteJDGOwfomiY&#10;Muh0grphgZGtU++gGsUdeJDhhEOTgZSKi5QDZlPkb7J5qpkVKRckx9uJJv//YPn97sk+OqShtX7p&#10;8Riz6KRr4h/jI10iaz+RJbpAOD6ezWcXC6SUo+g0z/OzRSQzOxhb58M3AQ2Jh5I6rEWiiO3ufOhV&#10;R5Xoy8Ct0jrVQxvSlvTreZHnycKDVlWURr3UGuJaO7JjWFTGuTChGHwfaWIk2mBAh7zSKey1iDDa&#10;/BCSqAozmfVOYsu9x00ua1aJ3l2xwFRHZ6NFSjsBRm2JgU7Yxd+wexIG/WgqUsdOxkP2o5uPEp4s&#10;kmcwYTJulAH3kXc9sSV7/ZGknprIUug2HXKDNUi5xqcNVPtHRxz0I+Qtv1VY1zvmwyNzODPYCrgH&#10;wgN+pAasHwwnSmpwvz96j/rYyiilpMUZLKn/tWVOUKK/G2zyi2I+j0ObLvPF2Qwv7liyOZaYbXMN&#10;2BEFbhzL0zHqBz0epYPmBdfFOnpFETMcfZeUBzderkO/G3DhcLFeJzUcVMvCnXmyPIJHomPfPncv&#10;zNmhuQNOxT2M88qWb3q8142WBtbbAFKlATjwOpQAhzz10rCQ4hY5vietw9pc/QEAAP//AwBQSwME&#10;FAAGAAgAAAAhAJ+VSN/hAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOxa&#10;p4E+FOJUqBIIwaYpVQs7Nx7iiNgOttOmfD3DCpZXc3TvmXw5mJYd0YfGWQGTcQIMbeVUY2sB29eH&#10;0QJYiNIq2TqLAs4YYFlcXuQyU+5kSzxuYs2oxIZMCtAxdhnnodJoZBi7Di3dPpw3MlL0NVdenqjc&#10;tDxNkhk3srG0oGWHK43V56Y3At63e/32Vfb6+/Hp2U/Ll9Vubc5CXF8N93fAIg7xD4ZffVKHgpwO&#10;rrcqsFbA6HY2JVRAOr8BRsA8oXwgMJ0sgBc5//9B8QMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQBMVEH5iAIAAH4FAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQCflUjf4QAAAAkBAAAPAAAAAAAAAAAAAAAAAOIEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAA8AUAAAAA&#10;" filled="f" strokecolor="#006ca9 [3204]" strokeweight="3pt">
+              <v:rect w14:anchorId="07D9DED8" id="_x0000_s1083" style="position:absolute;left:0;text-align:left;margin-left:-23.25pt;margin-top:13.65pt;width:58.5pt;height:47.25pt;z-index:251714560;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBMVEH5iAIAAH4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X21nSR9BnSJo0WFA&#10;0RZrh54VWaoFyKImKbGzXz9KfiRoix2GXWxJJD+SHx+XV12jyU44r8CUtDjJKRGGQ6XMa0l/Pt9+&#10;OafEB2YqpsGIku6Fp1erz58uW7sUM6hBV8IRBDF+2dqS1iHYZZZ5XouG+ROwwqBQgmtYwKt7zSrH&#10;WkRvdDbL89OsBVdZB1x4j683vZCuEr6UgocHKb0IRJcUYwvp69J3E7/Z6pItXx2zteJDGOwfomiY&#10;Muh0grphgZGtU++gGsUdeJDhhEOTgZSKi5QDZlPkb7J5qpkVKRckx9uJJv//YPn97sk+OqShtX7p&#10;8Riz6KRr4h/jI10iaz+RJbpAOD6ezWcXC6SUo+g0z/OzRSQzOxhb58M3AQ2Jh5I6rEWiiO3ufOhV&#10;R5Xoy8Ct0jrVQxvSlvTreZHnycKDVlWURr3UGuJaO7JjWFTGuTChGHwfaWIk2mBAh7zSKey1iDDa&#10;/BCSqAozmfVOYsu9x00ua1aJ3l2xwFRHZ6NFSjsBRm2JgU7Yxd+wexIG/WgqUsdOxkP2o5uPEp4s&#10;kmcwYTJulAH3kXc9sSV7/ZGknprIUug2HXKDNUi5xqcNVPtHRxz0I+Qtv1VY1zvmwyNzODPYCrgH&#10;wgN+pAasHwwnSmpwvz96j/rYyiilpMUZLKn/tWVOUKK/G2zyi2I+j0ObLvPF2Qwv7liyOZaYbXMN&#10;2BEFbhzL0zHqBz0epYPmBdfFOnpFETMcfZeUBzderkO/G3DhcLFeJzUcVMvCnXmyPIJHomPfPncv&#10;zNmhuQNOxT2M88qWb3q8142WBtbbAFKlATjwOpQAhzz10rCQ4hY5vietw9pc/QEAAP//AwBQSwME&#10;FAAGAAgAAAAhAJ+VSN/hAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOxa&#10;p4E+FOJUqBIIwaYpVQs7Nx7iiNgOttOmfD3DCpZXc3TvmXw5mJYd0YfGWQGTcQIMbeVUY2sB29eH&#10;0QJYiNIq2TqLAs4YYFlcXuQyU+5kSzxuYs2oxIZMCtAxdhnnodJoZBi7Di3dPpw3MlL0NVdenqjc&#10;tDxNkhk3srG0oGWHK43V56Y3At63e/32Vfb6+/Hp2U/Ll9Vubc5CXF8N93fAIg7xD4ZffVKHgpwO&#10;rrcqsFbA6HY2JVRAOr8BRsA8oXwgMJ0sgBc5//9B8QMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQBMVEH5iAIAAH4FAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQCflUjf4QAAAAkBAAAPAAAAAAAAAAAAAAAAAOIEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAA8AUAAAAA&#10;" filled="f" strokecolor="#006ca9 [3204]" strokeweight="3pt">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="7FC9B658" w14:textId="33698682" w:rsidR="00184DF3" w:rsidRPr="00184DF3" w:rsidRDefault="00184DF3" w:rsidP="00184DF3">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
                           <w:color w:val="006CA9" w:themeColor="accent1"/>
                           <w:sz w:val="80"/>
                           <w:szCs w:val="80"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="006CA9" w:themeColor="accent1"/>
                           <w:sz w:val="52"/>
                           <w:szCs w:val="52"/>
                         </w:rPr>
                         <w:t>131</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00184DF3">
                         <w:rPr>
@@ -15430,71 +15690,201 @@
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:rect w14:anchorId="7B5CB7C4" id="Rectangle 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:123.75pt;margin-top:13.5pt;width:45.75pt;height:47.25pt;z-index:251716608;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDHssWSfAIAAGsFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtP3DAQvlfqf7B8L0m2LNAVWbQCUVVC&#10;gICKs3FsEsnxuGPvZre/vmPnsStAPVS9OHbm8c188zi/2LaGbRT6BmzJi6OcM2UlVI19LfnPp+sv&#10;Z5z5IGwlDFhV8p3y/GL5+dN55xZqBjWYSiEjJ9YvOlfyOgS3yDIva9UKfwROWRJqwFYEeuJrVqHo&#10;yHtrslmen2QdYOUQpPKe/l71Qr5M/rVWMtxp7VVgpuQUW0gnpvMlntnyXCxeUbi6kUMY4h+iaEVj&#10;CXRydSWCYGts3rlqG4ngQYcjCW0GWjdSpRwomyJ/k81jLZxKuRA53k00+f/nVt5uHt09Eg2d8wtP&#10;15jFVmMbvxQf2yaydhNZahuYpJ/zsyKfzTmTJDrJ8/x0HsnM9sYOffiuoGXxUnKkWiSKxObGh151&#10;VIlYFq4bY1I9jGVdyb8SQJ4sPJimitKol1pDXRpkG0FFFVIqG4oB+0CTIjGWAtrnlW5hZ1R0Y+yD&#10;0qypKJNZDxJb7r3fBFmLSvVwxZxSHcFGi5R2chi1NQU6+S7+5rsnYdCPpip17GQ8ZD/CfJTwZJGQ&#10;wYbJuG0s4EfoZmJL9/ojST01kaUXqHb3yBD6efFOXjdUxBvhw71AGhAaJRr6cEeHNkDFguHGWQ34&#10;+6P/UZ/6lqScdTRwJfe/1gIVZ+aHpY7+VhwfxwlNj+P56YweeCh5OZTYdXsJVP6C1ouT6Rr1gxmv&#10;GqF9pt2wiqgkElYSdsllwPFxGfpFQNtFqtUqqdFUOhFu7KOT0XlkNTbp0/ZZoBs6OdAI3MI4nGLx&#10;pqF73WhpYbUOoJvU7XteB75polPjDNsnrozDd9La78jlHwAAAP//AwBQSwMEFAAGAAgAAAAhAC3w&#10;Z0riAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo05TQEuJUqBIIwYW0&#10;FT83N17iiNgOttOmPD3LCW4z2k+zM8VyNB3bow+tswKmkwQY2tqp1jYCtpu7iwWwEKVVsnMWBRwx&#10;wLI8PSlkrtzBVrhfx4ZRiA25FKBj7HPOQ63RyDBxPVq6fThvZCTrG668PFC46XiaJFfcyNbSBy17&#10;XGmsP9eDEfC+fdVvX9Wgv+8fHn1WPa1ens1RiPOz8fYGWMQx/sHwW5+qQ0mddm6wKrBOQHo5zwgl&#10;MadNBMxm1yR2RKbTDHhZ8P8Tyh8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAx7LFknwC&#10;AABrBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEALfBn&#10;SuIAAAAKAQAADwAAAAAAAAAAAAAAAADWBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AOUFAAAAAA==&#10;" filled="f" strokecolor="#006ca9 [3204]" strokeweight="3pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3700508F" w14:textId="77777777" w:rsidR="00184DF3" w:rsidRDefault="00184DF3" w:rsidP="00184DF3">
+    <w:p w14:paraId="3700508F" w14:textId="1447009D" w:rsidR="00184DF3" w:rsidRDefault="002534BA" w:rsidP="00184DF3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3890"/>
           <w:tab w:val="center" w:pos="4513"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251721728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="52CC54F3" wp14:editId="615A469D">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251841536" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="15F8C485" wp14:editId="6A93EEC2">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>4991100</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>184150</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="581025" cy="600075"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="2057666976" name="Rectangle 4"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="581025" cy="600075"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="38100">
+                          <a:noFill/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="accent1">
+                            <a:shade val="15000"/>
+                          </a:schemeClr>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="lt1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="3165E762" w14:textId="77777777" w:rsidR="002534BA" w:rsidRPr="00184DF3" w:rsidRDefault="002534BA" w:rsidP="002534BA">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="006CA9" w:themeColor="accent1"/>
+                                <w:sz w:val="56"/>
+                                <w:szCs w:val="56"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="006CA9" w:themeColor="accent1"/>
+                                <w:sz w:val="56"/>
+                                <w:szCs w:val="56"/>
+                              </w:rPr>
+                              <w:t>0</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect w14:anchorId="15F8C485" id="_x0000_s1084" style="position:absolute;left:0;text-align:left;margin-left:393pt;margin-top:14.5pt;width:45.75pt;height:47.25pt;z-index:251841536;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD1j34ffwIAAFIFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X21nSdsFdYqgRYcB&#10;RVusHXpWZKk2IIsapcTOfv0o2XG6dqdhF1sSyUfy8ePism8N2yn0DdiSFyc5Z8pKqBr7UvIfTzef&#10;zjnzQdhKGLCq5Hvl+eXq44eLzi3VDGowlUJGINYvO1fyOgS3zDIva9UKfwJOWRJqwFYEuuJLVqHo&#10;CL012SzPT7MOsHIIUnlPr9eDkK8SvtZKhnutvQrMlJxiC+mL6buJ32x1IZYvKFzdyDEM8Q9RtKKx&#10;5HSCuhZBsC0276DaRiJ40OFEQpuB1o1UKQfKpsjfZPNYC6dSLkSOdxNN/v/Byrvdo3tAoqFzfunp&#10;GLPoNbbxT/GxPpG1n8hSfWCSHhfnRT5bcCZJdJrn+dkikpkdjR368FVBy+Kh5Ei1SBSJ3a0Pg+pB&#10;JfqycNMYk+phLOtK/pkc5MliEhG6seTkGGs6hb1REcLY70qzpqLoZskwtZG6Msh2ghpASKlsKAZR&#10;LSo1PBcLCn8MfrJIqSTAiKwptAl7BIgt+h57SGzUj6YqdeFkPGQ0ufkzsMF4skiewYbJuG0s4N8y&#10;M5TV6HnQP5A0UBNZCv2mJ25KPk+q8WkD1f4BGcIwFt7Jm4ZqdSt8eBBIc0ATQ7Md7umjDVBNYDxx&#10;VgP++tt71Kf2JClnHc1Vyf3PrUDFmflmqXG/FPN5HMR0mS/OZnTB15LNa4ndtldAlStoiziZjlE/&#10;mMNRI7TPtALW0SuJhJXku+Qy4OFyFYZ5pyUi1Xqd1Gj4nAi39tHJCB6Jjr341D8LdGPDBur0OzjM&#10;oFi+6dtBN1paWG8D6CY19ZHXsQQ0uKmXxiUTN8Pre9I6rsLVbwAAAP//AwBQSwMEFAAGAAgAAAAh&#10;AELWuLLeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMjz1PwzAQhnck/oN1SGzUIahNCHEqVFSW&#10;DogW9mts4oj4HNlum/LrOSY6nV7do/ejXk5uEEcTYu9Jwf0sA2Go9bqnTsHHbn1XgogJSePgySg4&#10;mwjL5vqqxkr7E72b4zZ1gk0oVqjApjRWUsbWGodx5kdD/PvywWFiGTqpA57Y3A0yz7KFdNgTJ1gc&#10;zcqa9nt7cJz7SZvNz/rNWXy1u3BeEQ0vpNTtzfT8BCKZKf3D8Fefq0PDnfb+QDqKQUFRLnhLUpA/&#10;8mWgLIo5iD2T+cMcZFPLywnNLwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD1j34ffwIA&#10;AFIFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBC1riy&#10;3gAAAAoBAAAPAAAAAAAAAAAAAAAAANkEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;5AUAAAAA&#10;" filled="f" stroked="f" strokeweight="3pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="3165E762" w14:textId="77777777" w:rsidR="002534BA" w:rsidRPr="00184DF3" w:rsidRDefault="002534BA" w:rsidP="002534BA">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="006CA9" w:themeColor="accent1"/>
+                          <w:sz w:val="56"/>
+                          <w:szCs w:val="56"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="006CA9" w:themeColor="accent1"/>
+                          <w:sz w:val="56"/>
+                          <w:szCs w:val="56"/>
+                        </w:rPr>
+                        <w:t>0</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00184DF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251721728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="52CC54F3" wp14:editId="69BF6179">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5181600</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>282575</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="904875" cy="1228725"/>
                 <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
                 <wp:wrapNone/>
                 <wp:docPr id="949476950" name="Text Box 1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="904875" cy="1228725"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
@@ -15524,93 +15914,93 @@
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="006CA9" w:themeColor="accent1"/>
                                 <w:sz w:val="96"/>
                                 <w:szCs w:val="96"/>
                               </w:rPr>
                               <w:t>γ</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="52CC54F3" id="_x0000_s1082" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:408pt;margin-top:22.25pt;width:71.25pt;height:96.75pt;z-index:251721728;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA6lwntMwIAAF4EAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1v2jAUfZ+0/2D5fSSk0NKIUDEqpkmo&#10;rUSnPhvHJpEcX882JOzX79rhq92epr0YX9+b43vPOWb60DWK7IV1NeiCDgcpJUJzKGu9LeiP1+WX&#10;CSXOM10yBVoU9CAcfZh9/jRtTS4yqECVwhIE0S5vTUEr702eJI5XomFuAEZoTEqwDfMY2m1SWtYi&#10;eqOSLE1vkxZsaSxw4RyePvZJOov4Ugrun6V0whNVUOzNx9XGdRPWZDZl+dYyU9X82Ab7hy4aVmu8&#10;9Az1yDwjO1v/AdXU3IID6QccmgSkrLmIM+A0w/TDNOuKGRFnQXKcOdPk/h8sf9qvzYslvvsKHQoY&#10;CGmNyx0ehnk6aZvwi50SzCOFhzNtovOE4+F9OprcjSnhmBpm2eQuGweY5PK1sc5/E9CQsCmoRVki&#10;W2y/cr4vPZWEyxyoulzWSsUgWEEslCV7hiIqH3tE8HdVSpO2oLc34zQCawif98hKYy+XmcLOd5uO&#10;1GVBb84Db6A8IA8Weos4w5c1Nrtizr8wi57A0dHn/hkXqQAvg+OOkgrsr7+dh3qUCrOUtOixgrqf&#10;O2YFJeq7RhHvh6NRMGUMRuO7DAN7ndlcZ/SuWQAyMMQXZXjchnqvTltpoXnD5zAPt2KKaY53F5R7&#10;ewoWvvc+Pigu5vNYhkY0zK/02vAAHjgPYrx2b8yao2IetX6Ckx9Z/kG4vjZ8qWG+8yDrqGqguuf1&#10;qACaOPri+ODCK7mOY9Xlb2H2GwAA//8DAFBLAwQUAAYACAAAACEAeZjmT98AAAAKAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPwW6DMBBE75X6D9ZW6iVKDGkSUcoSpZH6ASH5AINdm4LXCJtA/77uqb3N&#10;akazb4rjYnt2V6NvHSGkmwSYosbJljTC7fqxzoD5IEiK3pFC+FYejuXjQyFy6Wa6qHsVNIsl5HOB&#10;YEIYcs59Y5QVfuMGRdH7dKMVIZ6j5nIUcyy3Pd8myYFb0VL8YMSgzkY1XTVZhOpSn1a6mr6uK/NO&#10;5/nWpanuEJ+fltMbsKCW8BeGX/yIDmVkqt1E0rMeIUsPcUtA2O32wGLgdZ9FUSNsX7IEeFnw/xPK&#10;HwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA6lwntMwIAAF4EAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB5mOZP3wAAAAoBAAAPAAAAAAAAAAAA&#10;AAAAAI0EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAmQUAAAAA&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="52CC54F3" id="_x0000_s1085" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:408pt;margin-top:22.25pt;width:71.25pt;height:96.75pt;z-index:251721728;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA6lwntMwIAAF4EAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1v2jAUfZ+0/2D5fSSk0NKIUDEqpkmo&#10;rUSnPhvHJpEcX882JOzX79rhq92epr0YX9+b43vPOWb60DWK7IV1NeiCDgcpJUJzKGu9LeiP1+WX&#10;CSXOM10yBVoU9CAcfZh9/jRtTS4yqECVwhIE0S5vTUEr702eJI5XomFuAEZoTEqwDfMY2m1SWtYi&#10;eqOSLE1vkxZsaSxw4RyePvZJOov4Ugrun6V0whNVUOzNx9XGdRPWZDZl+dYyU9X82Ab7hy4aVmu8&#10;9Az1yDwjO1v/AdXU3IID6QccmgSkrLmIM+A0w/TDNOuKGRFnQXKcOdPk/h8sf9qvzYslvvsKHQoY&#10;CGmNyx0ehnk6aZvwi50SzCOFhzNtovOE4+F9OprcjSnhmBpm2eQuGweY5PK1sc5/E9CQsCmoRVki&#10;W2y/cr4vPZWEyxyoulzWSsUgWEEslCV7hiIqH3tE8HdVSpO2oLc34zQCawif98hKYy+XmcLOd5uO&#10;1GVBb84Db6A8IA8Weos4w5c1Nrtizr8wi57A0dHn/hkXqQAvg+OOkgrsr7+dh3qUCrOUtOixgrqf&#10;O2YFJeq7RhHvh6NRMGUMRuO7DAN7ndlcZ/SuWQAyMMQXZXjchnqvTltpoXnD5zAPt2KKaY53F5R7&#10;ewoWvvc+Pigu5vNYhkY0zK/02vAAHjgPYrx2b8yao2IetX6Ckx9Z/kG4vjZ8qWG+8yDrqGqguuf1&#10;qACaOPri+ODCK7mOY9Xlb2H2GwAA//8DAFBLAwQUAAYACAAAACEAeZjmT98AAAAKAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPwW6DMBBE75X6D9ZW6iVKDGkSUcoSpZH6ASH5AINdm4LXCJtA/77uqb3N&#10;akazb4rjYnt2V6NvHSGkmwSYosbJljTC7fqxzoD5IEiK3pFC+FYejuXjQyFy6Wa6qHsVNIsl5HOB&#10;YEIYcs59Y5QVfuMGRdH7dKMVIZ6j5nIUcyy3Pd8myYFb0VL8YMSgzkY1XTVZhOpSn1a6mr6uK/NO&#10;5/nWpanuEJ+fltMbsKCW8BeGX/yIDmVkqt1E0rMeIUsPcUtA2O32wGLgdZ9FUSNsX7IEeFnw/xPK&#10;HwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA6lwntMwIAAF4EAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB5mOZP3wAAAAoBAAAPAAAAAAAAAAAA&#10;AAAAAI0EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAmQUAAAAA&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="6124435A" w14:textId="77777777" w:rsidR="00184DF3" w:rsidRPr="00461562" w:rsidRDefault="00184DF3" w:rsidP="00184DF3">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="006CA9" w:themeColor="accent1"/>
                           <w:sz w:val="96"/>
                           <w:szCs w:val="96"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="006CA9" w:themeColor="accent1"/>
                           <w:sz w:val="96"/>
                           <w:szCs w:val="96"/>
                         </w:rPr>
                         <w:t>γ</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00184DF3">
         <w:rPr>
           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251720704" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="551671D8" wp14:editId="1C0405AC">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251720704" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="551671D8" wp14:editId="6E0B5D6F">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>4426585</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>280035</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="904875" cy="1228725"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1655174553" name="Text Box 1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="904875" cy="1228725"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
@@ -15638,93 +16028,93 @@
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="006CA9" w:themeColor="accent1"/>
                                 <w:sz w:val="96"/>
                                 <w:szCs w:val="96"/>
                               </w:rPr>
                               <w:t>+</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="551671D8" id="_x0000_s1083" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:348.55pt;margin-top:22.05pt;width:71.25pt;height:96.75pt;z-index:251720704;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCdeSlxHgIAADYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfIPxC8x5IVO3YEy4GbwEUB&#10;IwngFDnTFGkJoLgsSVtyv75Lyi+kPRW9ULvc1T5mhrPHrlFkL6yrQRd0OEgpEZpDWettQX+8L2+n&#10;lDjPdMkUaFHQg3D0cX7zZdaaXGRQgSqFJVhEu7w1Ba28N3mSOF6JhrkBGKExKME2zKNrt0lpWYvV&#10;G5VkaXqftGBLY4EL5/D2uQ/SeawvpeD+VUonPFEFxdl8PG08N+FM5jOWby0zVc2PY7B/mKJhtcam&#10;51LPzDOys/UfpZqaW3Ag/YBDk4CUNRdxB9xmmH7aZl0xI+IuCI4zZ5jc/yvLX/Zr82aJ775ChwQG&#10;QFrjcoeXYZ9O2iZ8cVKCcYTwcIZNdJ5wvHxIR9PJmBKOoWGWTSfZOJRJLn8b6/w3AQ0JRkEt0hLR&#10;YvuV833qKSU007CslYrUKE3agt7fjdP4wzmCxZXGHpdZg+W7TUfqsqB32WmRDZQH3M9CT70zfFnj&#10;ECvm/BuzyDWuhPr1r3hIBdgMjhYlFdhff7sP+UgBRilpUTsFdT93zApK1HeN5DwMR6MgtuiMxpMM&#10;HXsd2VxH9K55ApTnEF+K4dEM+V6dTGmh+UCZL0JXDDHNsXdBubcn58n3msaHwsViEdNQYIb5lV4b&#10;HooHYAPI790Hs+bIhEcOX+CkM5Z/IqTP7SlZ7DzIOrIVoO5xPTKA4ox8Hx9SUP+1H7Muz33+GwAA&#10;//8DAFBLAwQUAAYACAAAACEA/aTBHOIAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwUrDQBCG&#10;74LvsIzgReymbUjamE2RgpBDLq0ieNtmx2xodjfubtP49o4nPQ3DfPzz/eVuNgOb0IfeWQHLRQIM&#10;betUbzsBb68vjxtgIUqr5OAsCvjGALvq9qaUhXJXe8DpGDtGITYUUoCOcSw4D61GI8PCjWjp9um8&#10;kZFW33Hl5ZXCzcBXSZJxI3tLH7Qcca+xPR8vRsD0XqfqMOnoH/ZNndTn5iv/aIS4v5ufn4BFnOMf&#10;DL/6pA4VOZ3cxarABgHZNl8SKiBNaRKwWW8zYCcBq3WeAa9K/r9C9QMAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQCdeSlxHgIAADYEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQD9pMEc4gAAAAoBAAAPAAAAAAAAAAAAAAAAAHgEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAhwUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="551671D8" id="_x0000_s1086" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:348.55pt;margin-top:22.05pt;width:71.25pt;height:96.75pt;z-index:251720704;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCdeSlxHgIAADYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfIPxC8x5IVO3YEy4GbwEUB&#10;IwngFDnTFGkJoLgsSVtyv75Lyi+kPRW9ULvc1T5mhrPHrlFkL6yrQRd0OEgpEZpDWettQX+8L2+n&#10;lDjPdMkUaFHQg3D0cX7zZdaaXGRQgSqFJVhEu7w1Ba28N3mSOF6JhrkBGKExKME2zKNrt0lpWYvV&#10;G5VkaXqftGBLY4EL5/D2uQ/SeawvpeD+VUonPFEFxdl8PG08N+FM5jOWby0zVc2PY7B/mKJhtcam&#10;51LPzDOys/UfpZqaW3Ag/YBDk4CUNRdxB9xmmH7aZl0xI+IuCI4zZ5jc/yvLX/Zr82aJ775ChwQG&#10;QFrjcoeXYZ9O2iZ8cVKCcYTwcIZNdJ5wvHxIR9PJmBKOoWGWTSfZOJRJLn8b6/w3AQ0JRkEt0hLR&#10;YvuV833qKSU007CslYrUKE3agt7fjdP4wzmCxZXGHpdZg+W7TUfqsqB32WmRDZQH3M9CT70zfFnj&#10;ECvm/BuzyDWuhPr1r3hIBdgMjhYlFdhff7sP+UgBRilpUTsFdT93zApK1HeN5DwMR6MgtuiMxpMM&#10;HXsd2VxH9K55ApTnEF+K4dEM+V6dTGmh+UCZL0JXDDHNsXdBubcn58n3msaHwsViEdNQYIb5lV4b&#10;HooHYAPI790Hs+bIhEcOX+CkM5Z/IqTP7SlZ7DzIOrIVoO5xPTKA4ox8Hx9SUP+1H7Muz33+GwAA&#10;//8DAFBLAwQUAAYACAAAACEA/aTBHOIAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwUrDQBCG&#10;74LvsIzgReymbUjamE2RgpBDLq0ieNtmx2xodjfubtP49o4nPQ3DfPzz/eVuNgOb0IfeWQHLRQIM&#10;betUbzsBb68vjxtgIUqr5OAsCvjGALvq9qaUhXJXe8DpGDtGITYUUoCOcSw4D61GI8PCjWjp9um8&#10;kZFW33Hl5ZXCzcBXSZJxI3tLH7Qcca+xPR8vRsD0XqfqMOnoH/ZNndTn5iv/aIS4v5ufn4BFnOMf&#10;DL/6pA4VOZ3cxarABgHZNl8SKiBNaRKwWW8zYCcBq3WeAa9K/r9C9QMAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQCdeSlxHgIAADYEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQD9pMEc4gAAAAoBAAAPAAAAAAAAAAAAAAAAAHgEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAhwUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="656EA68B" w14:textId="77777777" w:rsidR="00184DF3" w:rsidRPr="00461562" w:rsidRDefault="00184DF3" w:rsidP="00184DF3">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="006CA9" w:themeColor="accent1"/>
                           <w:sz w:val="96"/>
                           <w:szCs w:val="96"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00461562">
                         <w:rPr>
                           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="006CA9" w:themeColor="accent1"/>
                           <w:sz w:val="96"/>
                           <w:szCs w:val="96"/>
                         </w:rPr>
                         <w:t>+</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00184DF3">
         <w:rPr>
           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251713536" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6231DEBA" wp14:editId="1DBC886E">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251713536" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6231DEBA" wp14:editId="450C5C8A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3724275</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>308610</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="771525" cy="1171575"/>
                 <wp:effectExtent l="19050" t="19050" r="28575" b="28575"/>
                 <wp:wrapNone/>
                 <wp:docPr id="179203874" name="Rectangle 2"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="771525" cy="1171575"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
@@ -15745,64 +16135,64 @@
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="77E435E7" id="Rectangle 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:293.25pt;margin-top:24.3pt;width:60.75pt;height:92.25pt;z-index:251713536;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC6tiCXfgIAAGwFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r7azZumCOkXQosOA&#10;oi3WDj2rshQbkEWNUuJkXz9KdpygDXYYdpFFk3wkn0heXm1bwzYKfQO25MVZzpmyEqrGrkr+8/n2&#10;0wVnPghbCQNWlXynPL9afPxw2bm5mkANplLICMT6eedKXofg5lnmZa1a4c/AKUtKDdiKQCKusgpF&#10;R+itySZ5/iXrACuHIJX39PemV/JFwtdayfCgtVeBmZJTbiGdmM7XeGaLSzFfoXB1I4c0xD9k0YrG&#10;UtAR6kYEwdbYvINqG4ngQYczCW0GWjdSpRqomiJ/U81TLZxKtRA53o00+f8HK+83T+4RiYbO+bmn&#10;a6xiq7GNX8qPbRNZu5EstQ1M0s/ZrJhOppxJUhUFCbNpZDM7eDv04ZuClsVLyZEeI3EkNnc+9KZ7&#10;kxjMwm1jTHoQY1lX8s8XRZ4nDw+mqaI22qXeUNcG2UbQqwoplQ3FEPvIkjIxlhI6FJZuYWdUhDH2&#10;h9KsqaiUSR8k9tx73BSyFpXqwxXTnJLqsx8zSWUnwGitKdERu/gbdg8z2EdXlVp2dB6qP51Y7zx6&#10;pMhgw+jcNhbwVHQzsqV7+z1JPTWRpVeodo/IEPqB8U7eNvSId8KHR4E0ITRLNPXhgQ5tgB4Lhhtn&#10;NeDvU/+jPTUuaTnraOJK7n+tBSrOzHdLLf21OD+PI5qE8+lsQgIea16PNXbdXgM9f0H7xcl0jfbB&#10;7K8aoX2h5bCMUUklrKTYJZcB98J16DcBrReplstkRmPpRLizT05G8MhqbNLn7YtAN3RyoBm4h/10&#10;ivmbhu5to6eF5TqAblK3H3gd+KaRTo0zrJ+4M47lZHVYkos/AAAA//8DAFBLAwQUAAYACAAAACEA&#10;0N2F9uMAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzVI7KjTloQoZFKhSiAE&#10;G1IqHjs3HuKI2A6206Z8PWYFy9Ec3XtuuZp0z/bkfGcNwnyWACPTWNmZFmH7fHuRA/NBGCl6awjh&#10;SB5W1elJKQppD6am/Sa0LIYYXwgEFcJQcO4bRVr4mR3IxN+HdVqEeLqWSycOMVz3fJEkGdeiM7FB&#10;iYHWiprPzagR3rev6u2rHtX33f2DS+vH9cuTPiKen00318ACTeEPhl/9qA5VdNrZ0UjPeoQ0z9KI&#10;IlzmGbAIXCV5HLdDWCyXc+BVyf9PqH4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAurYg&#10;l34CAABsBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;0N2F9uMAAAAKAQAADwAAAAAAAAAAAAAAAADYBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAOgFAAAAAA==&#10;" filled="f" strokecolor="#006ca9 [3204]" strokeweight="3pt"/>
+              <v:rect w14:anchorId="23AD9692" id="Rectangle 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:293.25pt;margin-top:24.3pt;width:60.75pt;height:92.25pt;z-index:251713536;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC6tiCXfgIAAGwFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r7azZumCOkXQosOA&#10;oi3WDj2rshQbkEWNUuJkXz9KdpygDXYYdpFFk3wkn0heXm1bwzYKfQO25MVZzpmyEqrGrkr+8/n2&#10;0wVnPghbCQNWlXynPL9afPxw2bm5mkANplLICMT6eedKXofg5lnmZa1a4c/AKUtKDdiKQCKusgpF&#10;R+itySZ5/iXrACuHIJX39PemV/JFwtdayfCgtVeBmZJTbiGdmM7XeGaLSzFfoXB1I4c0xD9k0YrG&#10;UtAR6kYEwdbYvINqG4ngQYczCW0GWjdSpRqomiJ/U81TLZxKtRA53o00+f8HK+83T+4RiYbO+bmn&#10;a6xiq7GNX8qPbRNZu5EstQ1M0s/ZrJhOppxJUhUFCbNpZDM7eDv04ZuClsVLyZEeI3EkNnc+9KZ7&#10;kxjMwm1jTHoQY1lX8s8XRZ4nDw+mqaI22qXeUNcG2UbQqwoplQ3FEPvIkjIxlhI6FJZuYWdUhDH2&#10;h9KsqaiUSR8k9tx73BSyFpXqwxXTnJLqsx8zSWUnwGitKdERu/gbdg8z2EdXlVp2dB6qP51Y7zx6&#10;pMhgw+jcNhbwVHQzsqV7+z1JPTWRpVeodo/IEPqB8U7eNvSId8KHR4E0ITRLNPXhgQ5tgB4Lhhtn&#10;NeDvU/+jPTUuaTnraOJK7n+tBSrOzHdLLf21OD+PI5qE8+lsQgIea16PNXbdXgM9f0H7xcl0jfbB&#10;7K8aoX2h5bCMUUklrKTYJZcB98J16DcBrReplstkRmPpRLizT05G8MhqbNLn7YtAN3RyoBm4h/10&#10;ivmbhu5to6eF5TqAblK3H3gd+KaRTo0zrJ+4M47lZHVYkos/AAAA//8DAFBLAwQUAAYACAAAACEA&#10;0N2F9uMAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzVI7KjTloQoZFKhSiAE&#10;G1IqHjs3HuKI2A6206Z8PWYFy9Ec3XtuuZp0z/bkfGcNwnyWACPTWNmZFmH7fHuRA/NBGCl6awjh&#10;SB5W1elJKQppD6am/Sa0LIYYXwgEFcJQcO4bRVr4mR3IxN+HdVqEeLqWSycOMVz3fJEkGdeiM7FB&#10;iYHWiprPzagR3rev6u2rHtX33f2DS+vH9cuTPiKen00318ACTeEPhl/9qA5VdNrZ0UjPeoQ0z9KI&#10;IlzmGbAIXCV5HLdDWCyXc+BVyf9PqH4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAurYg&#10;l34CAABsBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;0N2F9uMAAAAKAQAADwAAAAAAAAAAAAAAAADYBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAOgFAAAAAA==&#10;" filled="f" strokecolor="#006ca9 [3204]" strokeweight="3pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00184DF3">
         <w:rPr>
           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251709440" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="155BD7EA" wp14:editId="476C4510">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251709440" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="155BD7EA" wp14:editId="064705A9">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2882265</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>285115</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="904875" cy="1228725"/>
                 <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1585962772" name="Text Box 1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="904875" cy="1228725"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
@@ -15832,93 +16222,93 @@
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="006CA9" w:themeColor="accent1"/>
                                 <w:sz w:val="96"/>
                                 <w:szCs w:val="96"/>
                               </w:rPr>
                               <w:t>+</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="155BD7EA" id="_x0000_s1084" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:226.95pt;margin-top:22.45pt;width:71.25pt;height:96.75pt;z-index:251709440;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDXVOgtNAIAAF4EAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8LwkBFjYirCgrqkpo&#10;dyW22rNxbIjkeFzbkNBf37HD1257qnoxHs/keea9Z6YPba3IQVhXgS5ov5dSIjSHstLbgv54XX6Z&#10;UOI80yVToEVBj8LRh9nnT9PG5CKDHahSWIIg2uWNKejOe5MnieM7UTPXAyM0JiXYmnkM7TYpLWsQ&#10;vVZJlqZ3SQO2NBa4cA5PH7sknUV8KQX3z1I64YkqKPbm42rjuglrMpuyfGuZ2VX81Ab7hy5qVmm8&#10;9AL1yDwje1v9AVVX3IID6Xsc6gSkrLiIM+A0/fTDNOsdMyLOguQ4c6HJ/T9Y/nRYmxdLfPsVWhQw&#10;ENIYlzs8DPO00tbhFzslmEcKjxfaROsJx8P7dDgZjyjhmOpn2WScjQJMcv3aWOe/CahJ2BTUoiyR&#10;LXZYOd+VnkvCZQ5UVS4rpWIQrCAWypIDQxGVjz0i+LsqpUlT0LvBKI3AGsLnHbLS2Mt1prDz7aYl&#10;VVnQweA88AbKI/JgobOIM3xZYbMr5vwLs+gJHB197p9xkQrwMjjtKNmB/fW381CPUmGWkgY9VlD3&#10;c8+soER91yjifX84DKaMwXA0zjCwt5nNbUbv6wUgA318UYbHbaj36ryVFuo3fA7zcCummOZ4d0G5&#10;t+dg4Tvv44PiYj6PZWhEw/xKrw0P4IHzIMZr+8asOSnmUesnOPuR5R+E62rDlxrmew+yiqoGqjte&#10;TwqgiaMvTg8uvJLbOFZd/xZmvwEAAP//AwBQSwMEFAAGAAgAAAAhAOCDZPXeAAAACgEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj8FugzAMhu+T9g6RK+1StYGWVi0lVF2lPUBpHyCQLDCIg0go7O3nnbaT&#10;bfnT78/ZebYde+rBNw4FxOsImMbKqQaNgMf9Y3UA5oNEJTuHWsC39nDOX18ymSo34U0/i2AYhaBP&#10;pYA6hD7l3Fe1ttKvXa+Rdp9usDLQOBiuBjlRuO34Jor23MoG6UIte32tddUWoxVQ3MrL0hTj131Z&#10;v+N1erRxbFoh3hbz5QQs6Dn8wfCrT+qQk1PpRlSedQKS3fZIKDUJVQJ2x30CrBSw2R4S4HnG/7+Q&#10;/wAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDXVOgtNAIAAF4EAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDgg2T13gAAAAoBAAAPAAAAAAAAAAAA&#10;AAAAAI4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAmQUAAAAA&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="155BD7EA" id="_x0000_s1087" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:226.95pt;margin-top:22.45pt;width:71.25pt;height:96.75pt;z-index:251709440;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDXVOgtNAIAAF4EAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8LwkBFjYirCgrqkpo&#10;dyW22rNxbIjkeFzbkNBf37HD1257qnoxHs/keea9Z6YPba3IQVhXgS5ov5dSIjSHstLbgv54XX6Z&#10;UOI80yVToEVBj8LRh9nnT9PG5CKDHahSWIIg2uWNKejOe5MnieM7UTPXAyM0JiXYmnkM7TYpLWsQ&#10;vVZJlqZ3SQO2NBa4cA5PH7sknUV8KQX3z1I64YkqKPbm42rjuglrMpuyfGuZ2VX81Ab7hy5qVmm8&#10;9AL1yDwje1v9AVVX3IID6Xsc6gSkrLiIM+A0/fTDNOsdMyLOguQ4c6HJ/T9Y/nRYmxdLfPsVWhQw&#10;ENIYlzs8DPO00tbhFzslmEcKjxfaROsJx8P7dDgZjyjhmOpn2WScjQJMcv3aWOe/CahJ2BTUoiyR&#10;LXZYOd+VnkvCZQ5UVS4rpWIQrCAWypIDQxGVjz0i+LsqpUlT0LvBKI3AGsLnHbLS2Mt1prDz7aYl&#10;VVnQweA88AbKI/JgobOIM3xZYbMr5vwLs+gJHB197p9xkQrwMjjtKNmB/fW381CPUmGWkgY9VlD3&#10;c8+soER91yjifX84DKaMwXA0zjCwt5nNbUbv6wUgA318UYbHbaj36ryVFuo3fA7zcCummOZ4d0G5&#10;t+dg4Tvv44PiYj6PZWhEw/xKrw0P4IHzIMZr+8asOSnmUesnOPuR5R+E62rDlxrmew+yiqoGqjte&#10;TwqgiaMvTg8uvJLbOFZd/xZmvwEAAP//AwBQSwMEFAAGAAgAAAAhAOCDZPXeAAAACgEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj8FugzAMhu+T9g6RK+1StYGWVi0lVF2lPUBpHyCQLDCIg0go7O3nnbaT&#10;bfnT78/ZebYde+rBNw4FxOsImMbKqQaNgMf9Y3UA5oNEJTuHWsC39nDOX18ymSo34U0/i2AYhaBP&#10;pYA6hD7l3Fe1ttKvXa+Rdp9usDLQOBiuBjlRuO34Jor23MoG6UIte32tddUWoxVQ3MrL0hTj131Z&#10;v+N1erRxbFoh3hbz5QQs6Dn8wfCrT+qQk1PpRlSedQKS3fZIKDUJVQJ2x30CrBSw2R4S4HnG/7+Q&#10;/wAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDXVOgtNAIAAF4EAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDgg2T13gAAAAoBAAAPAAAAAAAAAAAA&#10;AAAAAI4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAmQUAAAAA&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="253379EF" w14:textId="77777777" w:rsidR="00184DF3" w:rsidRPr="00461562" w:rsidRDefault="00184DF3" w:rsidP="00184DF3">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="006CA9" w:themeColor="accent1"/>
                           <w:sz w:val="96"/>
                           <w:szCs w:val="96"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00461562">
                         <w:rPr>
                           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="006CA9" w:themeColor="accent1"/>
                           <w:sz w:val="96"/>
                           <w:szCs w:val="96"/>
                         </w:rPr>
                         <w:t>+</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00184DF3">
         <w:rPr>
           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251708416" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="128FF9DF" wp14:editId="1351E288">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251708416" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="128FF9DF" wp14:editId="6DB0CA9B">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1306830</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>306070</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="904875" cy="1228725"/>
                 <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
                 <wp:wrapNone/>
                 <wp:docPr id="773159394" name="Text Box 1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="904875" cy="1228725"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
@@ -15948,96 +16338,96 @@
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="006CA9" w:themeColor="accent1"/>
                                 <w:sz w:val="96"/>
                                 <w:szCs w:val="96"/>
                               </w:rPr>
                               <w:sym w:font="Wingdings 3" w:char="F09A"/>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="128FF9DF" id="_x0000_s1085" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:102.9pt;margin-top:24.1pt;width:71.25pt;height:96.75pt;z-index:251708416;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB3dHM6NAIAAF4EAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1v2jAUfZ+0/2D5fSSk0NKIUDEqpkmo&#10;rUSnPhvHJpEcX882JOzX79rhq92epr0YX9+b43vPOWb60DWK7IV1NeiCDgcpJUJzKGu9LeiP1+WX&#10;CSXOM10yBVoU9CAcfZh9/jRtTS4yqECVwhIE0S5vTUEr702eJI5XomFuAEZoTEqwDfMY2m1SWtYi&#10;eqOSLE1vkxZsaSxw4RyePvZJOov4Ugrun6V0whNVUOzNx9XGdRPWZDZl+dYyU9X82Ab7hy4aVmu8&#10;9Az1yDwjO1v/AdXU3IID6QccmgSkrLmIM+A0w/TDNOuKGRFnQXKcOdPk/h8sf9qvzYslvvsKHQoY&#10;CGmNyx0ehnk6aZvwi50SzCOFhzNtovOE4+F9OprcjSnhmBpm2eQuGweY5PK1sc5/E9CQsCmoRVki&#10;W2y/cr4vPZWEyxyoulzWSsUgWEEslCV7hiIqH3tE8HdVSpO2oLc34zQCawif98hKYy+XmcLOd5uO&#10;1GVBb0angTdQHpAHC71FnOHLGptdMedfmEVP4Ojoc/+Mi1SAl8FxR0kF9tffzkM9SoVZSlr0WEHd&#10;zx2zghL1XaOI98PRKJgyBqPxXYaBvc5srjN61ywAGRjiizI8bkO9V6ettNC84XOYh1sxxTTHuwvK&#10;vT0FC997Hx8UF/N5LEMjGuZXem14AA+cBzFeuzdmzVExj1o/wcmPLP8gXF8bvtQw33mQdVQ1UN3z&#10;elQATRx9cXxw4ZVcx7Hq8rcw+w0AAP//AwBQSwMEFAAGAAgAAAAhAJ4jFKfdAAAACgEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj0FugzAURPeVegfrV+omagyEtohiojRSDxCSAxhwbAL+RtgEevv+rtrl&#10;aEYzb4r9agd2V5PvHAqItxEwhY1rO9QCLuevlwyYDxJbOThUAr6Vh335+FDIvHULntS9CppRCfpc&#10;CjAhjDnnvjHKSr91o0Lyrm6yMpCcNG8nuVC5HXgSRW/cyg5pwchRHY1q+mq2AqpTfdjoar6dN+YT&#10;j8ulj2PdC/H8tB4+gAW1hr8w/OITOpTEVLsZW88GAUn0SuhBQJolwCiwS7MdsJqcNH4HXhb8/4Xy&#10;BwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHd0czo0AgAAXgQAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJ4jFKfdAAAACgEAAA8AAAAAAAAAAAAA&#10;AAAAjgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACYBQAAAAA=&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="128FF9DF" id="_x0000_s1088" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:102.9pt;margin-top:24.1pt;width:71.25pt;height:96.75pt;z-index:251708416;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB3dHM6NAIAAF4EAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1v2jAUfZ+0/2D5fSSk0NKIUDEqpkmo&#10;rUSnPhvHJpEcX882JOzX79rhq92epr0YX9+b43vPOWb60DWK7IV1NeiCDgcpJUJzKGu9LeiP1+WX&#10;CSXOM10yBVoU9CAcfZh9/jRtTS4yqECVwhIE0S5vTUEr702eJI5XomFuAEZoTEqwDfMY2m1SWtYi&#10;eqOSLE1vkxZsaSxw4RyePvZJOov4Ugrun6V0whNVUOzNx9XGdRPWZDZl+dYyU9X82Ab7hy4aVmu8&#10;9Az1yDwjO1v/AdXU3IID6QccmgSkrLmIM+A0w/TDNOuKGRFnQXKcOdPk/h8sf9qvzYslvvsKHQoY&#10;CGmNyx0ehnk6aZvwi50SzCOFhzNtovOE4+F9OprcjSnhmBpm2eQuGweY5PK1sc5/E9CQsCmoRVki&#10;W2y/cr4vPZWEyxyoulzWSsUgWEEslCV7hiIqH3tE8HdVSpO2oLc34zQCawif98hKYy+XmcLOd5uO&#10;1GVBb0angTdQHpAHC71FnOHLGptdMedfmEVP4Ojoc/+Mi1SAl8FxR0kF9tffzkM9SoVZSlr0WEHd&#10;zx2zghL1XaOI98PRKJgyBqPxXYaBvc5srjN61ywAGRjiizI8bkO9V6ettNC84XOYh1sxxTTHuwvK&#10;vT0FC997Hx8UF/N5LEMjGuZXem14AA+cBzFeuzdmzVExj1o/wcmPLP8gXF8bvtQw33mQdVQ1UN3z&#10;elQATRx9cXxw4ZVcx7Hq8rcw+w0AAP//AwBQSwMEFAAGAAgAAAAhAJ4jFKfdAAAACgEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj0FugzAURPeVegfrV+omagyEtohiojRSDxCSAxhwbAL+RtgEevv+rtrl&#10;aEYzb4r9agd2V5PvHAqItxEwhY1rO9QCLuevlwyYDxJbOThUAr6Vh335+FDIvHULntS9CppRCfpc&#10;CjAhjDnnvjHKSr91o0Lyrm6yMpCcNG8nuVC5HXgSRW/cyg5pwchRHY1q+mq2AqpTfdjoar6dN+YT&#10;j8ulj2PdC/H8tB4+gAW1hr8w/OITOpTEVLsZW88GAUn0SuhBQJolwCiwS7MdsJqcNH4HXhb8/4Xy&#10;BwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHd0czo0AgAAXgQAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJ4jFKfdAAAACgEAAA8AAAAAAAAAAAAA&#10;AAAAjgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACYBQAAAAA=&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="2D23443B" w14:textId="77777777" w:rsidR="00184DF3" w:rsidRPr="00461562" w:rsidRDefault="00184DF3" w:rsidP="00184DF3">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="006CA9" w:themeColor="accent1"/>
                           <w:sz w:val="96"/>
                           <w:szCs w:val="96"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00461562">
                         <w:rPr>
                           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="006CA9" w:themeColor="accent1"/>
                           <w:sz w:val="96"/>
                           <w:szCs w:val="96"/>
                         </w:rPr>
                         <w:sym w:font="Wingdings 3" w:char="F09A"/>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="00184DF3">
+      <w:r w:rsidR="00184DF3" w:rsidRPr="00184DF3">
         <w:rPr>
           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
           <w:noProof/>
           <w:color w:val="006CA9" w:themeColor="accent1"/>
           <w:sz w:val="80"/>
           <w:szCs w:val="80"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251712512" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7998640B" wp14:editId="4C6D7208">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251712512" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7998640B" wp14:editId="32598E93">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2219325</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>307975</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="771525" cy="1171575"/>
                 <wp:effectExtent l="19050" t="19050" r="28575" b="28575"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1410360417" name="Rectangle 2"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="771525" cy="1171575"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
@@ -16086,93 +16476,93 @@
                                 <w:sz w:val="80"/>
                                 <w:szCs w:val="80"/>
                               </w:rPr>
                               <w:t>e</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="7998640B" id="_x0000_s1086" style="position:absolute;left:0;text-align:left;margin-left:174.75pt;margin-top:24.25pt;width:60.75pt;height:92.25pt;z-index:251712512;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCN7sHViQIAAH8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X21nzdIFdYqgRYcB&#10;RRusHXpWZCkWIIuapMTOfv0o2XGCNthh2MWWRPKRfPy4vukaTXbCeQWmpMVFTokwHCplNiX9+XL/&#10;6YoSH5ipmAYjSroXnt4sPn64bu1cTKAGXQlHEMT4eWtLWodg51nmeS0a5i/ACoNCCa5hAa9uk1WO&#10;tYje6GyS51+yFlxlHXDhPb7e9UK6SPhSCh6epPQiEF1SjC2kr0vfdfxmi2s23zhma8WHMNg/RNEw&#10;ZdDpCHXHAiNbp95BNYo78CDDBYcmAykVFykHzKbI32TzXDMrUi5IjrcjTf7/wfLH3bNdOaShtX7u&#10;8Riz6KRr4h/jI10iaz+SJbpAOD7OZsV0MqWEo6go8DKbRjazo7V1PnwT0JB4KKnDYiSO2O7Bh171&#10;oBKdGbhXWqeCaEPakn6+KvI8WXjQqorSqJd6Q9xqR3YMq8o4FyYUg+8TTYxEGwzomFg6hb0WEUab&#10;H0ISVWEqk95J7Ln3uMllzSrRuyumOQbVRz9GktJOgFFbYqAjdvE37B5m0I+mIrXsaDxkfz6w3ni0&#10;SJ7BhNG4UQbcOe96ZEv2+geSemoiS6Fbd8gN1iAVNT6todqvHHHQz5C3/F5hXR+YDyvmcGhwvHAR&#10;hCf8SA1YPxhOlNTgfp97j/rYyyilpMUhLKn/tWVOUKK/G+zyr8XlZZzadLmcziZ4caeS9anEbJtb&#10;wI4ocOVYno5RP+jDUTpoXnFfLKNXFDHD0XdJeXCHy23olwNuHC6Wy6SGk2pZeDDPlkfwSHTs25fu&#10;lTk7NHfAsXiEw8Cy+Zse73WjpYHlNoBUaQCOvA4lwClPvTRspLhGTu9J67g3F38AAAD//wMAUEsD&#10;BBQABgAIAAAAIQAw7G/y4wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjs&#10;qNMmhRIyqVAlEKIbUioeOzc2cURsB9tpU76eYQWr0WiO7pxbLEfTsb3yoXUWYTpJgClbO9naBmH7&#10;fHexABaisFJ0ziqEowqwLE9PCpFLd7CV2m9iwyjEhlwg6Bj7nPNQa2VEmLheWbp9OG9EpNU3XHpx&#10;oHDT8VmSXHIjWksftOjVSqv6czMYhPftq377qgb9ff/w6OfVevXyZI6I52fj7Q2wqMb4B8OvPqlD&#10;SU47N1gZWIeQZtdzQhGyBU0CsqspldshzNI0AV4W/H+F8gcAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQCN7sHViQIAAH8FAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQAw7G/y4wAAAAoBAAAPAAAAAAAAAAAAAAAAAOMEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAA8wUAAAAA&#10;" filled="f" strokecolor="#006ca9 [3204]" strokeweight="3pt">
+              <v:rect w14:anchorId="7998640B" id="_x0000_s1089" style="position:absolute;left:0;text-align:left;margin-left:174.75pt;margin-top:24.25pt;width:60.75pt;height:92.25pt;z-index:251712512;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCN7sHViQIAAH8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X21nzdIFdYqgRYcB&#10;RRusHXpWZCkWIIuapMTOfv0o2XGCNthh2MWWRPKRfPy4vukaTXbCeQWmpMVFTokwHCplNiX9+XL/&#10;6YoSH5ipmAYjSroXnt4sPn64bu1cTKAGXQlHEMT4eWtLWodg51nmeS0a5i/ACoNCCa5hAa9uk1WO&#10;tYje6GyS51+yFlxlHXDhPb7e9UK6SPhSCh6epPQiEF1SjC2kr0vfdfxmi2s23zhma8WHMNg/RNEw&#10;ZdDpCHXHAiNbp95BNYo78CDDBYcmAykVFykHzKbI32TzXDMrUi5IjrcjTf7/wfLH3bNdOaShtX7u&#10;8Riz6KRr4h/jI10iaz+SJbpAOD7OZsV0MqWEo6go8DKbRjazo7V1PnwT0JB4KKnDYiSO2O7Bh171&#10;oBKdGbhXWqeCaEPakn6+KvI8WXjQqorSqJd6Q9xqR3YMq8o4FyYUg+8TTYxEGwzomFg6hb0WEUab&#10;H0ISVWEqk95J7Ln3uMllzSrRuyumOQbVRz9GktJOgFFbYqAjdvE37B5m0I+mIrXsaDxkfz6w3ni0&#10;SJ7BhNG4UQbcOe96ZEv2+geSemoiS6Fbd8gN1iAVNT6todqvHHHQz5C3/F5hXR+YDyvmcGhwvHAR&#10;hCf8SA1YPxhOlNTgfp97j/rYyyilpMUhLKn/tWVOUKK/G+zyr8XlZZzadLmcziZ4caeS9anEbJtb&#10;wI4ocOVYno5RP+jDUTpoXnFfLKNXFDHD0XdJeXCHy23olwNuHC6Wy6SGk2pZeDDPlkfwSHTs25fu&#10;lTk7NHfAsXiEw8Cy+Zse73WjpYHlNoBUaQCOvA4lwClPvTRspLhGTu9J67g3F38AAAD//wMAUEsD&#10;BBQABgAIAAAAIQAw7G/y4wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjs&#10;qNMmhRIyqVAlEKIbUioeOzc2cURsB9tpU76eYQWr0WiO7pxbLEfTsb3yoXUWYTpJgClbO9naBmH7&#10;fHexABaisFJ0ziqEowqwLE9PCpFLd7CV2m9iwyjEhlwg6Bj7nPNQa2VEmLheWbp9OG9EpNU3XHpx&#10;oHDT8VmSXHIjWksftOjVSqv6czMYhPftq377qgb9ff/w6OfVevXyZI6I52fj7Q2wqMb4B8OvPqlD&#10;SU47N1gZWIeQZtdzQhGyBU0CsqspldshzNI0AV4W/H+F8gcAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQCN7sHViQIAAH8FAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQAw7G/y4wAAAAoBAAAPAAAAAAAAAAAAAAAAAOMEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAA8wUAAAAA&#10;" filled="f" strokecolor="#006ca9 [3204]" strokeweight="3pt">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="5E45D591" w14:textId="77777777" w:rsidR="00184DF3" w:rsidRPr="00184DF3" w:rsidRDefault="00184DF3" w:rsidP="00184DF3">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="006CA9" w:themeColor="accent1"/>
                           <w:sz w:val="80"/>
                           <w:szCs w:val="80"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00184DF3">
                         <w:rPr>
                           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="006CA9" w:themeColor="accent1"/>
                           <w:sz w:val="80"/>
                           <w:szCs w:val="80"/>
                         </w:rPr>
                         <w:t>e</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00184DF3">
         <w:rPr>
           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251711488" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="309C9E43" wp14:editId="2E6AA5F5">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251711488" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="309C9E43" wp14:editId="30BF7764">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>523875</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>304165</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="771525" cy="1171575"/>
                 <wp:effectExtent l="19050" t="19050" r="28575" b="28575"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1143669864" name="Rectangle 2"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="771525" cy="1171575"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
@@ -16221,93 +16611,93 @@
                                 <w:sz w:val="80"/>
                                 <w:szCs w:val="80"/>
                               </w:rPr>
                               <w:t>I</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="309C9E43" id="_x0000_s1087" style="position:absolute;left:0;text-align:left;margin-left:41.25pt;margin-top:23.95pt;width:60.75pt;height:92.25pt;z-index:251711488;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC2T+iYigIAAH8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X21nTdMFdYogRYcB&#10;RVu0HXpWZKkWIIuapMTOfv0o2XGCNthh2MWWRPKRfPy4uu4aTbbCeQWmpMVZTokwHCpl3kr68+X2&#10;yyUlPjBTMQ1GlHQnPL1efP501dq5mEANuhKOIIjx89aWtA7BzrPM81o0zJ+BFQaFElzDAl7dW1Y5&#10;1iJ6o7NJnl9kLbjKOuDCe3y96YV0kfClFDw8SOlFILqkGFtIX5e+6/jNFlds/uaYrRUfwmD/EEXD&#10;lEGnI9QNC4xsnPoA1SjuwIMMZxyaDKRUXKQcMJsif5fNc82sSLkgOd6ONPn/B8vvt8/20SENrfVz&#10;j8eYRSddE/8YH+kSWbuRLNEFwvFxNiumkyklHEVFgZfZNLKZHayt8+G7gIbEQ0kdFiNxxLZ3PvSq&#10;e5XozMCt0joVRBvSlvTrZZHnycKDVlWURr3UG2KlHdkyrCrjXJhQDL6PNDESbTCgQ2LpFHZaRBht&#10;noQkqsJUJr2T2HMfcZPLmlWid1dMcwyqj36MJKWdAKO2xEBH7OJv2D3MoB9NRWrZ0XjI/nRgvfFo&#10;kTyDCaNxowy4U971yJbs9fck9dRElkK37pAbrMFFzDU+raHaPTrioJ8hb/mtwrreMR8emcOhwfHC&#10;RRAe8CM1YP1gOFFSg/t96j3qYy+jlJIWh7Ck/teGOUGJ/mGwy78V5+dxatPlfDqb4MUdS9bHErNp&#10;VoAdUeDKsTwdo37Q+6N00LzivlhGryhihqPvkvLg9pdV6JcDbhwulsukhpNqWbgzz5ZH8Eh07NuX&#10;7pU5OzR3wLG4h/3Asvm7Hu91o6WB5SaAVGkADrwOJcApT700bKS4Ro7vSeuwNxd/AAAA//8DAFBL&#10;AwQUAAYACAAAACEApL+Pj+IAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI&#10;3KhDSGkJcSpUCYTohZSKn5sbL3FEbAfbaVOenuVEbzua0ew3xWI0HduhD62zAi4nCTC0tVOtbQRs&#10;Xu4v5sBClFbJzlkUcMAAi/L0pJC5cntb4W4dG0YlNuRSgI6xzzkPtUYjw8T1aMn7dN7ISNI3XHm5&#10;p3LT8TRJrrmRraUPWva41Fh/rQcj4GPzpt+/q0H/PDw++Wm1Wr4+m4MQ52fj3S2wiGP8D8MfPqFD&#10;SUxbN1gVWCdgnk4pKSCb3QAjP00y2ral4yrNgJcFP15Q/gIAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQC2T+iYigIAAH8FAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQCkv4+P4gAAAAkBAAAPAAAAAAAAAAAAAAAAAOQEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAA8wUAAAAA&#10;" filled="f" strokecolor="#006ca9 [3204]" strokeweight="3pt">
+              <v:rect w14:anchorId="309C9E43" id="_x0000_s1090" style="position:absolute;left:0;text-align:left;margin-left:41.25pt;margin-top:23.95pt;width:60.75pt;height:92.25pt;z-index:251711488;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC2T+iYigIAAH8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X21nTdMFdYogRYcB&#10;RVu0HXpWZKkWIIuapMTOfv0o2XGCNthh2MWWRPKRfPy4uu4aTbbCeQWmpMVZTokwHCpl3kr68+X2&#10;yyUlPjBTMQ1GlHQnPL1efP501dq5mEANuhKOIIjx89aWtA7BzrPM81o0zJ+BFQaFElzDAl7dW1Y5&#10;1iJ6o7NJnl9kLbjKOuDCe3y96YV0kfClFDw8SOlFILqkGFtIX5e+6/jNFlds/uaYrRUfwmD/EEXD&#10;lEGnI9QNC4xsnPoA1SjuwIMMZxyaDKRUXKQcMJsif5fNc82sSLkgOd6ONPn/B8vvt8/20SENrfVz&#10;j8eYRSddE/8YH+kSWbuRLNEFwvFxNiumkyklHEVFgZfZNLKZHayt8+G7gIbEQ0kdFiNxxLZ3PvSq&#10;e5XozMCt0joVRBvSlvTrZZHnycKDVlWURr3UG2KlHdkyrCrjXJhQDL6PNDESbTCgQ2LpFHZaRBht&#10;noQkqsJUJr2T2HMfcZPLmlWid1dMcwyqj36MJKWdAKO2xEBH7OJv2D3MoB9NRWrZ0XjI/nRgvfFo&#10;kTyDCaNxowy4U971yJbs9fck9dRElkK37pAbrMFFzDU+raHaPTrioJ8hb/mtwrreMR8emcOhwfHC&#10;RRAe8CM1YP1gOFFSg/t96j3qYy+jlJIWh7Ck/teGOUGJ/mGwy78V5+dxatPlfDqb4MUdS9bHErNp&#10;VoAdUeDKsTwdo37Q+6N00LzivlhGryhihqPvkvLg9pdV6JcDbhwulsukhpNqWbgzz5ZH8Eh07NuX&#10;7pU5OzR3wLG4h/3Asvm7Hu91o6WB5SaAVGkADrwOJcApT700bKS4Ro7vSeuwNxd/AAAA//8DAFBL&#10;AwQUAAYACAAAACEApL+Pj+IAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI&#10;3KhDSGkJcSpUCYTohZSKn5sbL3FEbAfbaVOenuVEbzua0ew3xWI0HduhD62zAi4nCTC0tVOtbQRs&#10;Xu4v5sBClFbJzlkUcMAAi/L0pJC5cntb4W4dG0YlNuRSgI6xzzkPtUYjw8T1aMn7dN7ISNI3XHm5&#10;p3LT8TRJrrmRraUPWva41Fh/rQcj4GPzpt+/q0H/PDw++Wm1Wr4+m4MQ52fj3S2wiGP8D8MfPqFD&#10;SUxbN1gVWCdgnk4pKSCb3QAjP00y2ral4yrNgJcFP15Q/gIAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQC2T+iYigIAAH8FAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQCkv4+P4gAAAAkBAAAPAAAAAAAAAAAAAAAAAOQEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAA8wUAAAAA&#10;" filled="f" strokecolor="#006ca9 [3204]" strokeweight="3pt">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="1B74E450" w14:textId="4F99AB18" w:rsidR="00184DF3" w:rsidRPr="00184DF3" w:rsidRDefault="00184DF3" w:rsidP="00184DF3">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="006CA9" w:themeColor="accent1"/>
                           <w:sz w:val="80"/>
                           <w:szCs w:val="80"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="006CA9" w:themeColor="accent1"/>
                           <w:sz w:val="80"/>
                           <w:szCs w:val="80"/>
                         </w:rPr>
                         <w:t>I</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00184DF3">
         <w:rPr>
           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251710464" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="02961E05" wp14:editId="1FA23F7F">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251710464" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="02961E05" wp14:editId="3C5416F0">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>4493895</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>304165</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="904875" cy="1228725"/>
                 <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2080103294" name="Text Box 1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="904875" cy="1228725"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
@@ -16325,120 +16715,250 @@
                               <w:rPr>
                                 <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="96"/>
                                 <w:szCs w:val="96"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="02961E05" id="_x0000_s1088" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:353.85pt;margin-top:23.95pt;width:71.25pt;height:96.75pt;z-index:251710464;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBM1Vp3NAIAAF4EAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1v2jAUfZ+0/2D5fSSkUGhEqBgV06Sq&#10;rUSnPhvHJpEcX882JOzX79rhq92epr0YX9+b43vPOWZ23zWK7IV1NeiCDgcpJUJzKGu9LeiP19WX&#10;KSXOM10yBVoU9CAcvZ9//jRrTS4yqECVwhIE0S5vTUEr702eJI5XomFuAEZoTEqwDfMY2m1SWtYi&#10;eqOSLE1vkxZsaSxw4RyePvRJOo/4Ugrun6V0whNVUOzNx9XGdRPWZD5j+dYyU9X82Ab7hy4aVmu8&#10;9Az1wDwjO1v/AdXU3IID6QccmgSkrLmIM+A0w/TDNOuKGRFnQXKcOdPk/h8sf9qvzYslvvsKHQoY&#10;CGmNyx0ehnk6aZvwi50SzCOFhzNtovOE4+FdOppOxpRwTA2zbDrJxgEmuXxtrPPfBDQkbApqUZbI&#10;Fts/Ot+XnkrCZQ5UXa5qpWIQrCCWypI9QxGVjz0i+LsqpUlb0NubcRqBNYTPe2SlsZfLTGHnu01H&#10;6rKgN5PTwBsoD8iDhd4izvBVjc0+MudfmEVP4Ojoc/+Mi1SAl8FxR0kF9tffzkM9SoVZSlr0WEHd&#10;zx2zghL1XaOId8PRKJgyBqPxJMPAXmc21xm9a5aADAzxRRket6Heq9NWWmje8Dkswq2YYprj3QXl&#10;3p6Cpe+9jw+Ki8UilqERDfOPem14AA+cBzFeuzdmzVExj1o/wcmPLP8gXF8bvtSw2HmQdVQ1UN3z&#10;elQATRx9cXxw4ZVcx7Hq8rcw/w0AAP//AwBQSwMEFAAGAAgAAAAhAJR4oSDeAAAACgEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj0FugzAQRfeVegdrKnUTNTaIlpRgojRSDxCSAxjs2gQ8RtgEevu6q3Y5&#10;+k//vykPqx3IXU2+c8gh2TIgClsnO9QcrpfPlx0QHwRKMThUHL6Vh0P1+FCKQroFz+peB01iCfpC&#10;cDAhjAWlvjXKCr91o8KYfbnJihDPSVM5iSWW24GmjL1RKzqMC0aM6mRU29ez5VCfm+NG1/PtsjEf&#10;eFqufZLonvPnp/W4BxLUGv5g+NWP6lBFp8bNKD0ZOOQszyPKIcvfgURg98pSIA2HNEsyoFVJ/79Q&#10;/QAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBM1Vp3NAIAAF4EAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCUeKEg3gAAAAoBAAAPAAAAAAAAAAAA&#10;AAAAAI4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAmQUAAAAA&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="02961E05" id="_x0000_s1091" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:353.85pt;margin-top:23.95pt;width:71.25pt;height:96.75pt;z-index:251710464;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBM1Vp3NAIAAF4EAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1v2jAUfZ+0/2D5fSSkUGhEqBgV06Sq&#10;rUSnPhvHJpEcX882JOzX79rhq92epr0YX9+b43vPOWZ23zWK7IV1NeiCDgcpJUJzKGu9LeiP19WX&#10;KSXOM10yBVoU9CAcvZ9//jRrTS4yqECVwhIE0S5vTUEr702eJI5XomFuAEZoTEqwDfMY2m1SWtYi&#10;eqOSLE1vkxZsaSxw4RyePvRJOo/4Ugrun6V0whNVUOzNx9XGdRPWZD5j+dYyU9X82Ab7hy4aVmu8&#10;9Az1wDwjO1v/AdXU3IID6QccmgSkrLmIM+A0w/TDNOuKGRFnQXKcOdPk/h8sf9qvzYslvvsKHQoY&#10;CGmNyx0ehnk6aZvwi50SzCOFhzNtovOE4+FdOppOxpRwTA2zbDrJxgEmuXxtrPPfBDQkbApqUZbI&#10;Fts/Ot+XnkrCZQ5UXa5qpWIQrCCWypI9QxGVjz0i+LsqpUlb0NubcRqBNYTPe2SlsZfLTGHnu01H&#10;6rKgN5PTwBsoD8iDhd4izvBVjc0+MudfmEVP4Ojoc/+Mi1SAl8FxR0kF9tffzkM9SoVZSlr0WEHd&#10;zx2zghL1XaOId8PRKJgyBqPxJMPAXmc21xm9a5aADAzxRRket6Heq9NWWmje8Dkswq2YYprj3QXl&#10;3p6Cpe+9jw+Ki8UilqERDfOPem14AA+cBzFeuzdmzVExj1o/wcmPLP8gXF8bvtSw2HmQdVQ1UN3z&#10;elQATRx9cXxw4ZVcx7Hq8rcw/w0AAP//AwBQSwMEFAAGAAgAAAAhAJR4oSDeAAAACgEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj0FugzAQRfeVegdrKnUTNTaIlpRgojRSDxCSAxjs2gQ8RtgEevu6q3Y5&#10;+k//vykPqx3IXU2+c8gh2TIgClsnO9QcrpfPlx0QHwRKMThUHL6Vh0P1+FCKQroFz+peB01iCfpC&#10;cDAhjAWlvjXKCr91o8KYfbnJihDPSVM5iSWW24GmjL1RKzqMC0aM6mRU29ez5VCfm+NG1/PtsjEf&#10;eFqufZLonvPnp/W4BxLUGv5g+NWP6lBFp8bNKD0ZOOQszyPKIcvfgURg98pSIA2HNEsyoFVJ/79Q&#10;/QAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBM1Vp3NAIAAF4EAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCUeKEg3gAAAAoBAAAPAAAAAAAAAAAA&#10;AAAAAI4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAmQUAAAAA&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="1396BC58" w14:textId="77777777" w:rsidR="00184DF3" w:rsidRPr="00A44907" w:rsidRDefault="00184DF3" w:rsidP="00184DF3">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="96"/>
                           <w:szCs w:val="96"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="221F44AF" w14:textId="77777777" w:rsidR="00184DF3" w:rsidRDefault="00184DF3" w:rsidP="00184DF3">
+    <w:p w14:paraId="221F44AF" w14:textId="02ABCF94" w:rsidR="00184DF3" w:rsidRDefault="00184DF3" w:rsidP="00184DF3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3890"/>
           <w:tab w:val="center" w:pos="4513"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="249AB309" w14:textId="77777777" w:rsidR="00184DF3" w:rsidRDefault="00184DF3" w:rsidP="00184DF3">
-[...12 lines deleted...]
-    <w:p w14:paraId="5DD3225B" w14:textId="62A04195" w:rsidR="00184DF3" w:rsidRDefault="00184DF3" w:rsidP="00184DF3">
+    <w:p w14:paraId="249AB309" w14:textId="67FC80EC" w:rsidR="00184DF3" w:rsidRDefault="002534BA" w:rsidP="00184DF3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3890"/>
           <w:tab w:val="center" w:pos="4513"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251715584" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5FBD12CE" wp14:editId="4EE36A09">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251842560" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="720E88A2" wp14:editId="5280C9B8">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>4991100</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>297180</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="581025" cy="600075"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1183871051" name="Rectangle 4"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="581025" cy="600075"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="38100">
+                          <a:noFill/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="accent1">
+                            <a:shade val="15000"/>
+                          </a:schemeClr>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="lt1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="649DCBC7" w14:textId="77777777" w:rsidR="002534BA" w:rsidRPr="00184DF3" w:rsidRDefault="002534BA" w:rsidP="002534BA">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="006CA9" w:themeColor="accent1"/>
+                                <w:sz w:val="56"/>
+                                <w:szCs w:val="56"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="006CA9" w:themeColor="accent1"/>
+                                <w:sz w:val="56"/>
+                                <w:szCs w:val="56"/>
+                              </w:rPr>
+                              <w:t>0</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect w14:anchorId="720E88A2" id="_x0000_s1092" style="position:absolute;left:0;text-align:left;margin-left:393pt;margin-top:23.4pt;width:45.75pt;height:47.25pt;z-index:251842560;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDOLldSgAIAAFIFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X21nSdsFdYqgRYcB&#10;RVusHXpWZKk2IIsapcTOfv0o2XG6dqdhF1sSyUfy8ePism8N2yn0DdiSFyc5Z8pKqBr7UvIfTzef&#10;zjnzQdhKGLCq5Hvl+eXq44eLzi3VDGowlUJGINYvO1fyOgS3zDIva9UKfwJOWRJqwFYEuuJLVqHo&#10;CL012SzPT7MOsHIIUnlPr9eDkK8SvtZKhnutvQrMlJxiC+mL6buJ32x1IZYvKFzdyDEM8Q9RtKKx&#10;5HSCuhZBsC0276DaRiJ40OFEQpuB1o1UKQfKpsjfZPNYC6dSLkSOdxNN/v/Byrvdo3tAoqFzfunp&#10;GLPoNbbxT/GxPpG1n8hSfWCSHhfnRT5bcCZJdJrn+dkikpkdjR368FVBy+Kh5Ei1SBSJ3a0Pg+pB&#10;JfqycNMYk+phLOtK/pkc5MliEhG6seTkGGs6hb1REcLY70qzpqLoZskwtZG6Msh2ghpASKlsKAZR&#10;LSo1PBcLCn8MfrJIqSTAiKwptAl7BIgt+h57SGzUj6YqdeFkPGQ0ufkzsMF4skiewYbJuG0s4N8y&#10;M5TV6HnQP5A0UBNZCv2mJ25KPp9F1fi0gWr/gAxhGAvv5E1DtboVPjwIpDmgiaHZDvf00QaoJjCe&#10;OKsBf/3tPepTe5KUs47mquT+51ag4sx8s9S4X4r5PA5iuswXZzO64GvJ5rXEbtsroMoVtEWcTMeo&#10;H8zhqBHaZ1oB6+iVRMJK8l1yGfBwuQrDvNMSkWq9Tmo0fE6EW/voZASPRMdefOqfBbqxYQN1+h0c&#10;ZlAs3/TtoBstLay3AXSTmvrI61gCGtzUS+OSiZvh9T1pHVfh6jcAAAD//wMAUEsDBBQABgAIAAAA&#10;IQBoO08S3gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqFMoSRTiVKio&#10;XHpAtHDfxiaOsNdR7LYpX89yosfVjmbeq5eTd+JoxtgHUjCfZSAMtUH31Cn42K3vShAxIWl0gYyC&#10;s4mwbK6vaqx0ONG7OW5TJ7iEYoUKbEpDJWVsrfEYZ2EwxL+vMHpMfI6d1COeuNw7eZ9lufTYEy9Y&#10;HMzKmvZ7e/C8+0mbzc/6zVt8tbvxvCJyL6TU7c30/AQimSn9h+EPn9GhYaZ9OJCOwikoypxdkoJF&#10;zgocKIviEcSek4v5A8imlpcKzS8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAzi5XUoAC&#10;AABSBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAaDtP&#10;Et4AAAAKAQAADwAAAAAAAAAAAAAAAADaBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AOUFAAAAAA==&#10;" filled="f" stroked="f" strokeweight="3pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="649DCBC7" w14:textId="77777777" w:rsidR="002534BA" w:rsidRPr="00184DF3" w:rsidRDefault="002534BA" w:rsidP="002534BA">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="006CA9" w:themeColor="accent1"/>
+                          <w:sz w:val="56"/>
+                          <w:szCs w:val="56"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="006CA9" w:themeColor="accent1"/>
+                          <w:sz w:val="56"/>
+                          <w:szCs w:val="56"/>
+                        </w:rPr>
+                        <w:t>0</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DD3225B" w14:textId="43492425" w:rsidR="00184DF3" w:rsidRDefault="00184DF3" w:rsidP="00184DF3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3890"/>
+          <w:tab w:val="center" w:pos="4513"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251715584" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5FBD12CE" wp14:editId="77F4E587">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-190500</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>266065</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="638175" cy="600075"/>
                 <wp:effectExtent l="19050" t="19050" r="28575" b="28575"/>
                 <wp:wrapNone/>
                 <wp:docPr id="625750371" name="Rectangle 4"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="638175" cy="600075"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
@@ -16487,93 +17007,93 @@
                                 <w:sz w:val="56"/>
                                 <w:szCs w:val="56"/>
                               </w:rPr>
                               <w:t>53</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="5FBD12CE" id="_x0000_s1089" style="position:absolute;left:0;text-align:left;margin-left:-15pt;margin-top:20.95pt;width:50.25pt;height:47.25pt;z-index:251715584;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDxnyW4hgIAAH4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X21nfS2oUwQpOgwo&#10;2qLt0LMiS7UAWdQkJXb260fJjwRtsMOwiy2J5Efy4+Pqums02QrnFZiSFic5JcJwqJR5K+nPl9sv&#10;l5T4wEzFNBhR0p3w9Hrx+dNVa+diBjXoSjiCIMbPW1vSOgQ7zzLPa9EwfwJWGBRKcA0LeHVvWeVY&#10;i+iNzmZ5fp614CrrgAvv8fWmF9JFwpdS8PAgpReB6JJibCF9Xfqu4zdbXLH5m2O2VnwIg/1DFA1T&#10;Bp1OUDcsMLJx6gNUo7gDDzKccGgykFJxkXLAbIr8XTbPNbMi5YLkeDvR5P8fLL/fPttHhzS01s89&#10;HmMWnXRN/GN8pEtk7SayRBcIx8fzr5fFxRklHEXneZ7jGVGyvbF1PnwX0JB4KKnDWiSK2PbOh151&#10;VIm+DNwqrVM9tCFtSRE/z5OFB62qKI16qTXESjuyZVhUxrkwoRh8H2hiJNpgQPu80instIgw2jwJ&#10;SVSFmcx6J7HlPuImlzWrRO+uOMNUR2ejRUo7AUZtiYFO2MXfsHsSBv1oKlLHTsZD9qObYwlPFskz&#10;mDAZN8qAO+ZdT2zJXn8kqacmshS6dYfcxBrEXOPTGqrdoyMO+hHylt8qrOsd8+GROZwZnC7cA+EB&#10;P1ID1g+GEyU1uN/H3qM+tjJKKWlxBkvqf22YE5ToHwab/FtxehqHNl1Ozy5meHGHkvWhxGyaFWBH&#10;FLhxLE/HqB/0eJQOmldcF8voFUXMcPRdUh7ceFmFfjfgwuFiuUxqOKiWhTvzbHkEj0THvn3pXpmz&#10;Q3MHnIp7GOeVzd/1eK8bLQ0sNwGkSgOw53UoAQ556qVhIcUtcnhPWvu1ufgDAAD//wMAUEsDBBQA&#10;BgAIAAAAIQDGIC624gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjsWrv0&#10;AYQ4FaoEQnRDSsVj58YmjojHwXbalK9nWMFyNEf3npsvB9eyvQmx8ShhMhbADFZeN1hL2D7fja6A&#10;xaRQq9ajkXA0EZbF6UmuMu0PWJr9JtWMQjBmSoJNqcs4j5U1TsWx7wzS78MHpxKdoeY6qAOFu5Zf&#10;CLHgTjVIDVZ1ZmVN9bnpnYT37at9+yp7+33/8Bjm5Xr18uSOUp6fDbc3wJIZ0h8Mv/qkDgU57XyP&#10;OrJWwmgqaEuSMJtcAyPgUsyB7QicLmbAi5z/X1D8AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAPGfJbiGAgAAfgUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAMYgLrbiAAAACQEAAA8AAAAAAAAAAAAAAAAA4AQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAADvBQAAAAA=&#10;" filled="f" strokecolor="#006ca9 [3204]" strokeweight="3pt">
+              <v:rect w14:anchorId="5FBD12CE" id="_x0000_s1093" style="position:absolute;left:0;text-align:left;margin-left:-15pt;margin-top:20.95pt;width:50.25pt;height:47.25pt;z-index:251715584;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDxnyW4hgIAAH4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X21nfS2oUwQpOgwo&#10;2qLt0LMiS7UAWdQkJXb260fJjwRtsMOwiy2J5Efy4+Pqums02QrnFZiSFic5JcJwqJR5K+nPl9sv&#10;l5T4wEzFNBhR0p3w9Hrx+dNVa+diBjXoSjiCIMbPW1vSOgQ7zzLPa9EwfwJWGBRKcA0LeHVvWeVY&#10;i+iNzmZ5fp614CrrgAvv8fWmF9JFwpdS8PAgpReB6JJibCF9Xfqu4zdbXLH5m2O2VnwIg/1DFA1T&#10;Bp1OUDcsMLJx6gNUo7gDDzKccGgykFJxkXLAbIr8XTbPNbMi5YLkeDvR5P8fLL/fPttHhzS01s89&#10;HmMWnXRN/GN8pEtk7SayRBcIx8fzr5fFxRklHEXneZ7jGVGyvbF1PnwX0JB4KKnDWiSK2PbOh151&#10;VIm+DNwqrVM9tCFtSRE/z5OFB62qKI16qTXESjuyZVhUxrkwoRh8H2hiJNpgQPu80instIgw2jwJ&#10;SVSFmcx6J7HlPuImlzWrRO+uOMNUR2ejRUo7AUZtiYFO2MXfsHsSBv1oKlLHTsZD9qObYwlPFskz&#10;mDAZN8qAO+ZdT2zJXn8kqacmshS6dYfcxBrEXOPTGqrdoyMO+hHylt8qrOsd8+GROZwZnC7cA+EB&#10;P1ID1g+GEyU1uN/H3qM+tjJKKWlxBkvqf22YE5ToHwab/FtxehqHNl1Ozy5meHGHkvWhxGyaFWBH&#10;FLhxLE/HqB/0eJQOmldcF8voFUXMcPRdUh7ceFmFfjfgwuFiuUxqOKiWhTvzbHkEj0THvn3pXpmz&#10;Q3MHnIp7GOeVzd/1eK8bLQ0sNwGkSgOw53UoAQ556qVhIcUtcnhPWvu1ufgDAAD//wMAUEsDBBQA&#10;BgAIAAAAIQDGIC624gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjsWrv0&#10;AYQ4FaoEQnRDSsVj58YmjojHwXbalK9nWMFyNEf3npsvB9eyvQmx8ShhMhbADFZeN1hL2D7fja6A&#10;xaRQq9ajkXA0EZbF6UmuMu0PWJr9JtWMQjBmSoJNqcs4j5U1TsWx7wzS78MHpxKdoeY6qAOFu5Zf&#10;CLHgTjVIDVZ1ZmVN9bnpnYT37at9+yp7+33/8Bjm5Xr18uSOUp6fDbc3wJIZ0h8Mv/qkDgU57XyP&#10;OrJWwmgqaEuSMJtcAyPgUsyB7QicLmbAi5z/X1D8AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAPGfJbiGAgAAfgUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAMYgLrbiAAAACQEAAA8AAAAAAAAAAAAAAAAA4AQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAADvBQAAAAA=&#10;" filled="f" strokecolor="#006ca9 [3204]" strokeweight="3pt">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="39CFF4EA" w14:textId="3B7B5B05" w:rsidR="00184DF3" w:rsidRPr="00184DF3" w:rsidRDefault="00184DF3" w:rsidP="00184DF3">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="006CA9" w:themeColor="accent1"/>
                           <w:sz w:val="56"/>
                           <w:szCs w:val="56"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="006CA9" w:themeColor="accent1"/>
                           <w:sz w:val="56"/>
                           <w:szCs w:val="56"/>
                         </w:rPr>
                         <w:t>53</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251719680" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2D7D737F" wp14:editId="1011F581">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251719680" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2D7D737F" wp14:editId="091659D1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3075940</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>268605</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="581025" cy="600075"/>
                 <wp:effectExtent l="19050" t="19050" r="28575" b="28575"/>
                 <wp:wrapNone/>
                 <wp:docPr id="177908637" name="Rectangle 4"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="581025" cy="600075"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
@@ -16591,64 +17111,64 @@
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="09863C46" id="Rectangle 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:242.2pt;margin-top:21.15pt;width:45.75pt;height:47.25pt;z-index:251719680;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDHssWSfAIAAGsFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtP3DAQvlfqf7B8L0m2LNAVWbQCUVVC&#10;gICKs3FsEsnxuGPvZre/vmPnsStAPVS9OHbm8c188zi/2LaGbRT6BmzJi6OcM2UlVI19LfnPp+sv&#10;Z5z5IGwlDFhV8p3y/GL5+dN55xZqBjWYSiEjJ9YvOlfyOgS3yDIva9UKfwROWRJqwFYEeuJrVqHo&#10;yHtrslmen2QdYOUQpPKe/l71Qr5M/rVWMtxp7VVgpuQUW0gnpvMlntnyXCxeUbi6kUMY4h+iaEVj&#10;CXRydSWCYGts3rlqG4ngQYcjCW0GWjdSpRwomyJ/k81jLZxKuRA53k00+f/nVt5uHt09Eg2d8wtP&#10;15jFVmMbvxQf2yaydhNZahuYpJ/zsyKfzTmTJDrJ8/x0HsnM9sYOffiuoGXxUnKkWiSKxObGh151&#10;VIlYFq4bY1I9jGVdyb8SQJ4sPJimitKol1pDXRpkG0FFFVIqG4oB+0CTIjGWAtrnlW5hZ1R0Y+yD&#10;0qypKJNZDxJb7r3fBFmLSvVwxZxSHcFGi5R2chi1NQU6+S7+5rsnYdCPpip17GQ8ZD/CfJTwZJGQ&#10;wYbJuG0s4EfoZmJL9/ojST01kaUXqHb3yBD6efFOXjdUxBvhw71AGhAaJRr6cEeHNkDFguHGWQ34&#10;+6P/UZ/6lqScdTRwJfe/1gIVZ+aHpY7+VhwfxwlNj+P56YweeCh5OZTYdXsJVP6C1ouT6Rr1gxmv&#10;GqF9pt2wiqgkElYSdsllwPFxGfpFQNtFqtUqqdFUOhFu7KOT0XlkNTbp0/ZZoBs6OdAI3MI4nGLx&#10;pqF73WhpYbUOoJvU7XteB75polPjDNsnrozDd9La78jlHwAAAP//AwBQSwMEFAAGAAgAAAAhAG+b&#10;YPzjAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOyoQ5u0IcSpUCUQohtS&#10;Kh47NzZxRDwOsdOmfD3Diu5mNEd3zs2Xo23ZXve+cSjgehIB01g51WAtYPtyf5UC80Gikq1DLeCo&#10;PSyL87NcZsodsNT7TagZhaDPpAATQpdx7iujrfQT12mk26frrQy09jVXvTxQuG35NIrm3MoG6YOR&#10;nV4ZXX1tBivgY/tm3r/Lwfw8PD71SblevT7boxCXF+PdLbCgx/APw58+qUNBTjs3oPKsFRCncUwo&#10;DdMZMAKSRXIDbEfkbJ4CL3J+WqH4BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMeyxZJ8&#10;AgAAawUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAG+b&#10;YPzjAAAACgEAAA8AAAAAAAAAAAAAAAAA1gQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AADmBQAAAAA=&#10;" filled="f" strokecolor="#006ca9 [3204]" strokeweight="3pt"/>
+              <v:rect w14:anchorId="687E80AD" id="Rectangle 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:242.2pt;margin-top:21.15pt;width:45.75pt;height:47.25pt;z-index:251719680;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDHssWSfAIAAGsFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtP3DAQvlfqf7B8L0m2LNAVWbQCUVVC&#10;gICKs3FsEsnxuGPvZre/vmPnsStAPVS9OHbm8c188zi/2LaGbRT6BmzJi6OcM2UlVI19LfnPp+sv&#10;Z5z5IGwlDFhV8p3y/GL5+dN55xZqBjWYSiEjJ9YvOlfyOgS3yDIva9UKfwROWRJqwFYEeuJrVqHo&#10;yHtrslmen2QdYOUQpPKe/l71Qr5M/rVWMtxp7VVgpuQUW0gnpvMlntnyXCxeUbi6kUMY4h+iaEVj&#10;CXRydSWCYGts3rlqG4ngQYcjCW0GWjdSpRwomyJ/k81jLZxKuRA53k00+f/nVt5uHt09Eg2d8wtP&#10;15jFVmMbvxQf2yaydhNZahuYpJ/zsyKfzTmTJDrJ8/x0HsnM9sYOffiuoGXxUnKkWiSKxObGh151&#10;VIlYFq4bY1I9jGVdyb8SQJ4sPJimitKol1pDXRpkG0FFFVIqG4oB+0CTIjGWAtrnlW5hZ1R0Y+yD&#10;0qypKJNZDxJb7r3fBFmLSvVwxZxSHcFGi5R2chi1NQU6+S7+5rsnYdCPpip17GQ8ZD/CfJTwZJGQ&#10;wYbJuG0s4EfoZmJL9/ojST01kaUXqHb3yBD6efFOXjdUxBvhw71AGhAaJRr6cEeHNkDFguHGWQ34&#10;+6P/UZ/6lqScdTRwJfe/1gIVZ+aHpY7+VhwfxwlNj+P56YweeCh5OZTYdXsJVP6C1ouT6Rr1gxmv&#10;GqF9pt2wiqgkElYSdsllwPFxGfpFQNtFqtUqqdFUOhFu7KOT0XlkNTbp0/ZZoBs6OdAI3MI4nGLx&#10;pqF73WhpYbUOoJvU7XteB75polPjDNsnrozDd9La78jlHwAAAP//AwBQSwMEFAAGAAgAAAAhAG+b&#10;YPzjAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOyoQ5u0IcSpUCUQohtS&#10;Kh47NzZxRDwOsdOmfD3Diu5mNEd3zs2Xo23ZXve+cSjgehIB01g51WAtYPtyf5UC80Gikq1DLeCo&#10;PSyL87NcZsodsNT7TagZhaDPpAATQpdx7iujrfQT12mk26frrQy09jVXvTxQuG35NIrm3MoG6YOR&#10;nV4ZXX1tBivgY/tm3r/Lwfw8PD71SblevT7boxCXF+PdLbCgx/APw58+qUNBTjs3oPKsFRCncUwo&#10;DdMZMAKSRXIDbEfkbJ4CL3J+WqH4BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMeyxZJ8&#10;AgAAawUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAG+b&#10;YPzjAAAACgEAAA8AAAAAAAAAAAAAAAAA1gQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AADmBQAAAAA=&#10;" filled="f" strokecolor="#006ca9 [3204]" strokeweight="3pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251717632" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5342D41D" wp14:editId="769EA4B6">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251717632" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5342D41D" wp14:editId="39805E73">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1570990</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>264160</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="581025" cy="600075"/>
                 <wp:effectExtent l="19050" t="19050" r="28575" b="28575"/>
                 <wp:wrapNone/>
                 <wp:docPr id="418461332" name="Rectangle 4"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="581025" cy="600075"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
@@ -16666,68 +17186,68 @@
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="50C1DD9D" id="Rectangle 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:123.7pt;margin-top:20.8pt;width:45.75pt;height:47.25pt;z-index:251717632;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDHssWSfAIAAGsFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtP3DAQvlfqf7B8L0m2LNAVWbQCUVVC&#10;gICKs3FsEsnxuGPvZre/vmPnsStAPVS9OHbm8c188zi/2LaGbRT6BmzJi6OcM2UlVI19LfnPp+sv&#10;Z5z5IGwlDFhV8p3y/GL5+dN55xZqBjWYSiEjJ9YvOlfyOgS3yDIva9UKfwROWRJqwFYEeuJrVqHo&#10;yHtrslmen2QdYOUQpPKe/l71Qr5M/rVWMtxp7VVgpuQUW0gnpvMlntnyXCxeUbi6kUMY4h+iaEVj&#10;CXRydSWCYGts3rlqG4ngQYcjCW0GWjdSpRwomyJ/k81jLZxKuRA53k00+f/nVt5uHt09Eg2d8wtP&#10;15jFVmMbvxQf2yaydhNZahuYpJ/zsyKfzTmTJDrJ8/x0HsnM9sYOffiuoGXxUnKkWiSKxObGh151&#10;VIlYFq4bY1I9jGVdyb8SQJ4sPJimitKol1pDXRpkG0FFFVIqG4oB+0CTIjGWAtrnlW5hZ1R0Y+yD&#10;0qypKJNZDxJb7r3fBFmLSvVwxZxSHcFGi5R2chi1NQU6+S7+5rsnYdCPpip17GQ8ZD/CfJTwZJGQ&#10;wYbJuG0s4EfoZmJL9/ojST01kaUXqHb3yBD6efFOXjdUxBvhw71AGhAaJRr6cEeHNkDFguHGWQ34&#10;+6P/UZ/6lqScdTRwJfe/1gIVZ+aHpY7+VhwfxwlNj+P56YweeCh5OZTYdXsJVP6C1ouT6Rr1gxmv&#10;GqF9pt2wiqgkElYSdsllwPFxGfpFQNtFqtUqqdFUOhFu7KOT0XlkNTbp0/ZZoBs6OdAI3MI4nGLx&#10;pqF73WhpYbUOoJvU7XteB75polPjDNsnrozDd9La78jlHwAAAP//AwBQSwMEFAAGAAgAAAAhAOZ9&#10;T0LjAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOyokyaEEuJUqBII0Q0p&#10;FY+dmwxxRDwOttOmfD1mBcvRPbr3TLGcdM/2aF1nSEA8i4Ah1abpqBWwfb67WABzXlIje0Mo4IgO&#10;luXpSSHzxhyowv3GtyyUkMulAOX9kHPuaoVaupkZkEL2YayWPpy25Y2Vh1Cuez6Pooxr2VFYUHLA&#10;lcL6czNqAe/bV/X2VY3q+/7h0V5W69XLkz4KcX423d4A8zj5Pxh+9YM6lMFpZ0ZqHOsFzNOrNKAC&#10;0jgDFoAkWVwD2wUyyWLgZcH/v1D+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMeyxZJ8&#10;AgAAawUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOZ9&#10;T0LjAAAACgEAAA8AAAAAAAAAAAAAAAAA1gQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AADmBQAAAAA=&#10;" filled="f" strokecolor="#006ca9 [3204]" strokeweight="3pt"/>
+              <v:rect w14:anchorId="2AEE8DE2" id="Rectangle 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:123.7pt;margin-top:20.8pt;width:45.75pt;height:47.25pt;z-index:251717632;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDHssWSfAIAAGsFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtP3DAQvlfqf7B8L0m2LNAVWbQCUVVC&#10;gICKs3FsEsnxuGPvZre/vmPnsStAPVS9OHbm8c188zi/2LaGbRT6BmzJi6OcM2UlVI19LfnPp+sv&#10;Z5z5IGwlDFhV8p3y/GL5+dN55xZqBjWYSiEjJ9YvOlfyOgS3yDIva9UKfwROWRJqwFYEeuJrVqHo&#10;yHtrslmen2QdYOUQpPKe/l71Qr5M/rVWMtxp7VVgpuQUW0gnpvMlntnyXCxeUbi6kUMY4h+iaEVj&#10;CXRydSWCYGts3rlqG4ngQYcjCW0GWjdSpRwomyJ/k81jLZxKuRA53k00+f/nVt5uHt09Eg2d8wtP&#10;15jFVmMbvxQf2yaydhNZahuYpJ/zsyKfzTmTJDrJ8/x0HsnM9sYOffiuoGXxUnKkWiSKxObGh151&#10;VIlYFq4bY1I9jGVdyb8SQJ4sPJimitKol1pDXRpkG0FFFVIqG4oB+0CTIjGWAtrnlW5hZ1R0Y+yD&#10;0qypKJNZDxJb7r3fBFmLSvVwxZxSHcFGi5R2chi1NQU6+S7+5rsnYdCPpip17GQ8ZD/CfJTwZJGQ&#10;wYbJuG0s4EfoZmJL9/ojST01kaUXqHb3yBD6efFOXjdUxBvhw71AGhAaJRr6cEeHNkDFguHGWQ34&#10;+6P/UZ/6lqScdTRwJfe/1gIVZ+aHpY7+VhwfxwlNj+P56YweeCh5OZTYdXsJVP6C1ouT6Rr1gxmv&#10;GqF9pt2wiqgkElYSdsllwPFxGfpFQNtFqtUqqdFUOhFu7KOT0XlkNTbp0/ZZoBs6OdAI3MI4nGLx&#10;pqF73WhpYbUOoJvU7XteB75polPjDNsnrozDd9La78jlHwAAAP//AwBQSwMEFAAGAAgAAAAhAOZ9&#10;T0LjAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOyokyaEEuJUqBII0Q0p&#10;FY+dmwxxRDwOttOmfD1mBcvRPbr3TLGcdM/2aF1nSEA8i4Ah1abpqBWwfb67WABzXlIje0Mo4IgO&#10;luXpSSHzxhyowv3GtyyUkMulAOX9kHPuaoVaupkZkEL2YayWPpy25Y2Vh1Cuez6Pooxr2VFYUHLA&#10;lcL6czNqAe/bV/X2VY3q+/7h0V5W69XLkz4KcX423d4A8zj5Pxh+9YM6lMFpZ0ZqHOsFzNOrNKAC&#10;0jgDFoAkWVwD2wUyyWLgZcH/v1D+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMeyxZJ8&#10;AgAAawUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOZ9&#10;T0LjAAAACgEAAA8AAAAAAAAAAAAAAAAA1gQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AADmBQAAAAA=&#10;" filled="f" strokecolor="#006ca9 [3204]" strokeweight="3pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A2D83BD" w14:textId="77777777" w:rsidR="00184DF3" w:rsidRDefault="00184DF3" w:rsidP="00184DF3">
+    <w:p w14:paraId="5A2D83BD" w14:textId="6A51A49C" w:rsidR="00184DF3" w:rsidRDefault="00184DF3" w:rsidP="00184DF3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3890"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4CC41003" w14:textId="77777777" w:rsidR="00184DF3" w:rsidRDefault="00184DF3" w:rsidP="00184DF3">
+    <w:p w14:paraId="4CC41003" w14:textId="566D2565" w:rsidR="00184DF3" w:rsidRDefault="00184DF3" w:rsidP="00184DF3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3890"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5F77D7D6" w14:textId="77777777" w:rsidR="00184DF3" w:rsidRDefault="00184DF3" w:rsidP="00184DF3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3890"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="71448569" w14:textId="77777777" w:rsidR="00B2205C" w:rsidRPr="00184DF3" w:rsidRDefault="00B2205C" w:rsidP="00184DF3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3890"/>
@@ -25707,87 +26227,88 @@
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1694527420">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="883950922">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1572034778">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="1939606184">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="1185434651">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="1129475601">
     <w:abstractNumId w:val="15"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="200"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D97006"/>
     <w:rsid w:val="00001F45"/>
     <w:rsid w:val="000601A6"/>
     <w:rsid w:val="00073DCF"/>
     <w:rsid w:val="000757E7"/>
     <w:rsid w:val="0007739B"/>
     <w:rsid w:val="000C13CB"/>
     <w:rsid w:val="000E051A"/>
     <w:rsid w:val="0014483A"/>
     <w:rsid w:val="00162524"/>
     <w:rsid w:val="00162EEC"/>
     <w:rsid w:val="00162FC5"/>
     <w:rsid w:val="00184DF3"/>
     <w:rsid w:val="0019547B"/>
     <w:rsid w:val="002161DF"/>
     <w:rsid w:val="002438E7"/>
+    <w:rsid w:val="002534BA"/>
     <w:rsid w:val="00295E90"/>
     <w:rsid w:val="002B4A21"/>
     <w:rsid w:val="00307F40"/>
     <w:rsid w:val="0031197F"/>
     <w:rsid w:val="00331BCB"/>
     <w:rsid w:val="00334679"/>
     <w:rsid w:val="003812EC"/>
     <w:rsid w:val="003E00EF"/>
     <w:rsid w:val="003E2F0A"/>
     <w:rsid w:val="0041516E"/>
     <w:rsid w:val="004511DB"/>
     <w:rsid w:val="00461562"/>
     <w:rsid w:val="00477897"/>
     <w:rsid w:val="00485640"/>
     <w:rsid w:val="004A220E"/>
     <w:rsid w:val="004C0724"/>
     <w:rsid w:val="00522E38"/>
     <w:rsid w:val="005253D2"/>
     <w:rsid w:val="00537E0B"/>
     <w:rsid w:val="00545062"/>
     <w:rsid w:val="00556039"/>
     <w:rsid w:val="00570DB3"/>
     <w:rsid w:val="00580231"/>
     <w:rsid w:val="005A0C8C"/>
     <w:rsid w:val="005C4968"/>
@@ -25814,50 +26335,51 @@
     <w:rsid w:val="007E4B50"/>
     <w:rsid w:val="0084385A"/>
     <w:rsid w:val="008832EE"/>
     <w:rsid w:val="008860E4"/>
     <w:rsid w:val="00891C53"/>
     <w:rsid w:val="008964F2"/>
     <w:rsid w:val="008A665B"/>
     <w:rsid w:val="008E04A5"/>
     <w:rsid w:val="009273BD"/>
     <w:rsid w:val="009377A0"/>
     <w:rsid w:val="00966309"/>
     <w:rsid w:val="00976821"/>
     <w:rsid w:val="00986960"/>
     <w:rsid w:val="009A7BFB"/>
     <w:rsid w:val="009B3478"/>
     <w:rsid w:val="009B77F5"/>
     <w:rsid w:val="009D11A9"/>
     <w:rsid w:val="009D4482"/>
     <w:rsid w:val="009E366A"/>
     <w:rsid w:val="00A12D3D"/>
     <w:rsid w:val="00A44907"/>
     <w:rsid w:val="00A675DC"/>
     <w:rsid w:val="00A84166"/>
     <w:rsid w:val="00A85682"/>
     <w:rsid w:val="00AC219F"/>
+    <w:rsid w:val="00B02886"/>
     <w:rsid w:val="00B066A5"/>
     <w:rsid w:val="00B2205C"/>
     <w:rsid w:val="00B34DC4"/>
     <w:rsid w:val="00B6066B"/>
     <w:rsid w:val="00B8425E"/>
     <w:rsid w:val="00B94492"/>
     <w:rsid w:val="00BA1496"/>
     <w:rsid w:val="00BA1B57"/>
     <w:rsid w:val="00BA7251"/>
     <w:rsid w:val="00BC12E0"/>
     <w:rsid w:val="00BD1E88"/>
     <w:rsid w:val="00BE612A"/>
     <w:rsid w:val="00C242A9"/>
     <w:rsid w:val="00C24407"/>
     <w:rsid w:val="00C37C44"/>
     <w:rsid w:val="00C61888"/>
     <w:rsid w:val="00C66535"/>
     <w:rsid w:val="00C83503"/>
     <w:rsid w:val="00C847FE"/>
     <w:rsid w:val="00C87B95"/>
     <w:rsid w:val="00CB0B96"/>
     <w:rsid w:val="00CB4783"/>
     <w:rsid w:val="00CE6F91"/>
     <w:rsid w:val="00D067CB"/>
     <w:rsid w:val="00D23375"/>
@@ -28218,55 +28740,55 @@
             <w:bottom w:val="single" w:sz="2" w:space="0" w:color="CDD3D6"/>
             <w:right w:val="single" w:sz="2" w:space="0" w:color="CDD3D6"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1143808569">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="single" w:sz="2" w:space="0" w:color="CDD3D6"/>
             <w:left w:val="single" w:sz="2" w:space="0" w:color="CDD3D6"/>
             <w:bottom w:val="single" w:sz="2" w:space="0" w:color="CDD3D6"/>
             <w:right w:val="single" w:sz="2" w:space="0" w:color="CDD3D6"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.australiancurriculum.edu.au/f-10-curriculum/learning-areas/science/year-9_year-10_year-7_year-8/content-description?subject-identifier=SCISCIY9&amp;content-description-code=AC9S9U06&amp;detailed-content-descriptions=0&amp;hide-ccp=0&amp;hide-gc=0&amp;side-by-side=1&amp;strands-start-index=0&amp;subjects-start-index=SCISCIY9%2CSCISCIY10&amp;view=quick" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart2.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iaea.org/newscenter/news/what-are-radiopharmaceuticals" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.australiancurriculum.edu.au/f-10-curriculum/learning-areas/science/year-9_year-10_year-7_year-8/content-description?subject-identifier=SCISCIY9&amp;content-description-code=AC9S9H02&amp;detailed-content-descriptions=0&amp;hide-ccp=0&amp;hide-gc=0&amp;side-by-side=1&amp;strands-start-index=0&amp;subjects-start-index=SCISCIY9%2CSCISCIY10&amp;view=quick" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpeg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youthstem2030.org/youth-stem-matters/read/the-role-of-radioisotopes-in-medical-diagnostic-procedures" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ansto.gov.au/education/nuclear-facts/benefits-of-nuclear-science" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ansto.gov.au/resources/typesofradiation" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ansto.gov.au/education/nuclear-facts/nuclear-medicine-and-health" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.industry.gov.au/australian-radioactive-waste-agency/radioactive-waste-australia" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.australiancurriculum.edu.au/f-10-curriculum/learning-areas/science/year-9_year-10_year-7_year-8/content-description?subject-identifier=SCISCIY9&amp;content-description-code=AC9S9U06&amp;detailed-content-descriptions=0&amp;hide-ccp=0&amp;hide-gc=0&amp;side-by-side=1&amp;strands-start-index=0&amp;subjects-start-index=SCISCIY9%2CSCISCIY10&amp;view=quick" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpansa.gov.au/understanding-radiation/radiation-sources/more-radiation-sources/radioactive-waste-safety/frequently-asked-questions" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ansto.gov.au/resources/radioisotopesinmedicine" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ansto.gov.au/resources/typesofradiation" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ansto.gov.au/education/nuclear-facts/what-are-radioisotopes" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ansto.gov.au/resources/radioisotopesinmedicine" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.australiancurriculum.edu.au/f-10-curriculum/learning-areas/science/year-9_year-10_year-7_year-8/content-description?subject-identifier=SCISCIY9&amp;content-description-code=AC9S9H02&amp;detailed-content-descriptions=0&amp;hide-ccp=0&amp;hide-gc=0&amp;side-by-side=1&amp;strands-start-index=0&amp;subjects-start-index=SCISCIY9%2CSCISCIY10&amp;view=quick" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ansto.gov.au/resources/aboutradioisotopes" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jfif"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ansto.gov.au/resources/aboutradioisotopes" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.britannica.com/story/how-radioactive-isotopes-are-used-in-medicine" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.australiancurriculum.edu.au/f-10-curriculum/learning-areas/science/year-9_year-10_year-7_year-8/content-description?subject-identifier=SCISCIY9&amp;content-description-code=AC9S9U06&amp;detailed-content-descriptions=0&amp;hide-ccp=0&amp;hide-gc=0&amp;side-by-side=1&amp;strands-start-index=0&amp;subjects-start-index=SCISCIY9%2CSCISCIY10&amp;view=quick" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart2.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iaea.org/newscenter/news/what-are-radiopharmaceuticals" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.australiancurriculum.edu.au/f-10-curriculum/learning-areas/science/year-9_year-10_year-7_year-8/content-description?subject-identifier=SCISCIY9&amp;content-description-code=AC9S9H02&amp;detailed-content-descriptions=0&amp;hide-ccp=0&amp;hide-gc=0&amp;side-by-side=1&amp;strands-start-index=0&amp;subjects-start-index=SCISCIY9%2CSCISCIY10&amp;view=quick" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youthstem2030.org/youth-stem-matters/read/the-role-of-radioisotopes-in-medical-diagnostic-procedures" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ansto.gov.au/education/nuclear-facts/benefits-of-nuclear-science" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ansto.gov.au/resources/typesofradiation" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ansto.gov.au/education/nuclear-facts/nuclear-medicine-and-health" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.industry.gov.au/australian-radioactive-waste-agency/radioactive-waste-australia" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.australiancurriculum.edu.au/f-10-curriculum/learning-areas/science/year-9_year-10_year-7_year-8/content-description?subject-identifier=SCISCIY9&amp;content-description-code=AC9S9U06&amp;detailed-content-descriptions=0&amp;hide-ccp=0&amp;hide-gc=0&amp;side-by-side=1&amp;strands-start-index=0&amp;subjects-start-index=SCISCIY9%2CSCISCIY10&amp;view=quick" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arpansa.gov.au/understanding-radiation/radiation-sources/more-radiation-sources/radioactive-waste-safety/frequently-asked-questions" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ansto.gov.au/resources/radioisotopesinmedicine" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ansto.gov.au/resources/typesofradiation" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ansto.gov.au/education/nuclear-facts/what-are-radioisotopes" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ansto.gov.au/resources/radioisotopesinmedicine" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.australiancurriculum.edu.au/f-10-curriculum/learning-areas/science/year-9_year-10_year-7_year-8/content-description?subject-identifier=SCISCIY9&amp;content-description-code=AC9S9H02&amp;detailed-content-descriptions=0&amp;hide-ccp=0&amp;hide-gc=0&amp;side-by-side=1&amp;strands-start-index=0&amp;subjects-start-index=SCISCIY9%2CSCISCIY10&amp;view=quick" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ansto.gov.au/resources/aboutradioisotopes" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jfif"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ansto.gov.au/resources/aboutradioisotopes" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.britannica.com/story/how-radioactive-isotopes-are-used-in-medicine" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.jpeg"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///\\fianna.ansto.gov.au\ansto\projects\Discovery%20Centre\Administration\Secondary\Resources\Online%20Learning%20Modules\Radiosisotopes%20in%20medicine%20project\Images\Graphs%20for%20half%20life%20workbook%20question.xlsx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///\\fianna.ansto.gov.au\ansto\projects\Discovery%20Centre\Administration\Secondary\Resources\Online%20Learning%20Modules\Radiosisotopes%20in%20medicine%20project\Images\Graphs%20for%20half%20life%20workbook%20question.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:title>
@@ -30693,70 +31215,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="ANSTO theme 1" id="{272C70B3-407F-4F7D-880C-555B417C4B32}" vid="{BEC8FD0B-1A32-43DD-8B39-809DE533D8B6}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>20</Pages>
-  <Words>2010</Words>
-  <Characters>11460</Characters>
+  <Words>2011</Words>
+  <Characters>11463</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>95</Lines>
   <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Radioisotopes in Medicine</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13444</CharactersWithSpaces>
+  <CharactersWithSpaces>13448</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Radioisotopes in Medicine</dc:title>
   <dc:subject/>
   <dc:creator>DONOHUE, Rochelle</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>